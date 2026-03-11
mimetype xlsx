--- v1 (2026-01-08)
+++ v2 (2026-03-11)
@@ -177,2524 +177,2524 @@
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>absent_students</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
           <t>date</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>time</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>link</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>1370</t>
+          <t>1487</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكيمياوية</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>الادارة الهندسية</t>
+          <t>حقوق الانسان والديمقراطية</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>77</t>
+          <t>115</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>2026-01-07</t>
+          <t>2026-03-05</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J2" s="1"/>
+      <c r="J2" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>1369</t>
+          <t>1486</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>القدرة الكهربائية 1</t>
+          <t>الرياضيات 1</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>245</t>
+          <t>126</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>3</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>2026-01-07</t>
+          <t>2026-03-04</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>للدراستين الصباحية والمسائية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>1368</t>
+          <t>1485</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>مكائن الاحتراق الداخلي 1</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>26</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>2026-01-07</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>1367</t>
+          <t>1484</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكيمياوية</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>ديناميك الحرارة 1</t>
+          <t>كيمياء</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>46</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>2026-01-05</t>
+          <t>2026-02-26</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>1366</t>
+          <t>1483</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>تحليل انظمة القدرة</t>
+          <t>الحاسبات</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>115</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>2026-01-05</t>
+          <t>2026-02-23</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>للدراستين الصباحية والمسائية</t>
+          <t>للدراستين الصباحية والمسائية </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>1365</t>
+          <t>1482</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>المكائن الكهربائية</t>
+          <t>مقاومة المواد</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>117</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>4</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>2026-01-05</t>
+          <t>2026-02-25</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>للدراستين الصباحية والمسائية</t>
+          <t>للدراستين الصباحية والمسائية </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>1364</t>
+          <t>1480</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>هندسة نفط</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحفر 1</t>
+          <t>اللغة الانگليزية١</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>202</t>
+          <t>28</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>2026-01-05</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J8" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>1363</t>
+          <t>1478</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>نظرية الاهتزازات</t>
+          <t>اساسيات الحاسوب</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>28</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>2026-01-05</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>1362</t>
+          <t>1477</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة الطب الحياتي</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>ديناميك الحرارة 1</t>
+          <t>الرسم الهندسي</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>45</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>2026-01-05</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>1361</t>
+          <t>1476</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>تصاميم الخرسانة المسلحة</t>
+          <t>الكيمياء التحليلية</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>38</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>2026-01-05</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>1360</t>
+          <t>1475</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>انتقال الحرارة 1</t>
+          <t>برمجة الحاسب الالي </t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>135</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>23</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-24</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J12" s="1"/>
+      <c r="J12" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية </t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>1359</t>
+          <t>1474</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>تصاميم الخرسانة</t>
+          <t>الفيزياء الاساسية</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>127</t>
+          <t>152</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>14</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-22</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J13" s="1"/>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية </t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>1358</t>
+          <t>1473</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>مقاومة المواد 1</t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>127</t>
+          <t>24</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-22</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>1357</t>
+          <t>1472</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>خواص المواد</t>
+          <t>الفيزياء </t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>36</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-22</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>1356</t>
+          <t>1471</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>هندسة نفط</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>هندسة الغاز</t>
+          <t>مبادئ هندسة الانتاج</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>156</t>
+          <t>33</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-22</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J16" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>1355</t>
+          <t>1470</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>هندسة نفط</t>
+          <t>هندسة الطب الحياتي</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات 1</t>
+          <t>تحليل دوائر التيار الكهربائي المستمر</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>78</t>
+          <t>45</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-22</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J17" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>1354</t>
+          <t>1469</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>المكائن الكهربائية</t>
+          <t>الجيولوجيا العامة</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>237</t>
+          <t>119</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>17</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-21</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
           <t>للدراستين الصباحية والمسائية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>1353</t>
+          <t>1468</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>الدوائر الكهربائية</t>
+          <t>اللغة الانجليزية</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>24</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>2025-12-31</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>1352</t>
+          <t>1467</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>معالجة الابنية</t>
+          <t>اللغة الانجليزية</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>35</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>2025-12-30</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>1351</t>
+          <t>1466</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>تطبيقات هندسية بالحاسوب</t>
+          <t>الرياضيات 1</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>31</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>2025-12-30</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>1350</t>
+          <t>1465</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>هندسة الطب الحياتي</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
           <t>اللغة العربية</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>45</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>2025-12-30</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>1349</t>
+          <t>1464</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>تصميم اجزاء الماكنة</t>
+          <t>اللغة الانجليزية</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>133</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>2025-12-30</t>
+          <t>2026-02-19</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J23" s="1"/>
+      <c r="J23" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>1348</t>
+          <t>1463</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية 1</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>113</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>2025-12-30</t>
+          <t>2026-02-18</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J24" s="1"/>
+      <c r="J24" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>1347</t>
+          <t>1462</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية 2</t>
+          <t>الميكانيك الهندسي</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>32</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
-          <t>2025-12-30</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>1346</t>
+          <t>1461</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانجليزية</t>
+          <t>حقوق الانسان والديمقراطية</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>38</t>
+          <t>28</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>2025-12-29</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>1345</t>
+          <t>1460</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>السيطرة</t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>128</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>17</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>2025-12-28</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J27" s="1"/>
+      <c r="J27" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>1344</t>
+          <t>1459</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>الرسم الميكانيكي</t>
+          <t>الرياضيات 1</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>37</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>2025-12-28</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>1343</t>
+          <t>1458</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية الاساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>هندسة الطب الحياتي</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>----</t>
+          <t>حقوق الانسان والديمقراطية</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>157</t>
+          <t>45</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-17</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
-          <t>12:00:00</t>
+          <t>09:00:00</t>
         </is>
       </c>
       <c r="J29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>1342</t>
+          <t>1457</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية الاساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>----</t>
+          <t>الميكانيك الهندسي</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>109</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-16</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
-          <t>12:00:00</t>
-[...2 lines deleted...]
-      <c r="J30" s="1"/>
+          <t>09:00:00</t>
+        </is>
+      </c>
+      <c r="J30" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>1341</t>
+          <t>1456</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية الاساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>جعرافية السياسة </t>
+          <t>الرسم الهندسي</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
-          <t>63</t>
+          <t>26</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-15</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
-          <t>12:00:00</t>
+          <t>09:00:00</t>
         </is>
       </c>
       <c r="J31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>1340</t>
+          <t>1455</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية الاساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>الاراضي الجافة </t>
+          <t>الميكانيك الهندسي ومقاومة المواد</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>59</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-15</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
-          <t>12:00:00</t>
+          <t>09:00:00</t>
         </is>
       </c>
       <c r="J32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>1339</t>
+          <t>1454</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية الاساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>البرمجة الخطية </t>
+          <t>ميكانيك هندسي سكوني</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
-          <t>188</t>
+          <t>33</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-15</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
-          <t>12:00:00</t>
+          <t>09:00:00</t>
         </is>
       </c>
       <c r="J33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>1338</t>
+          <t>1453</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية الاساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>الجبر الخطي </t>
+          <t>الرياضيات </t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>150</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>19</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>2026-01-04</t>
+          <t>2026-02-15</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
-          <t>12:00:00</t>
-[...2 lines deleted...]
-      <c r="J34" s="1"/>
+          <t>09:00:00</t>
+        </is>
+      </c>
+      <c r="J34" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>1337</t>
+          <t>1452</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة الطب الحياتي</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>تقنيات رقمية ٢</t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>45</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>2025-09-29</t>
+          <t>2026-02-15</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J35" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>1336</t>
+          <t>1451</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات ف٢</t>
+          <t>رياضيات1</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>68</t>
+          <t>28</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>2025-09-28</t>
+          <t>2026-02-12</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J36" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>1335</t>
+          <t>1450</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة الطب الحياتي</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>الكترونيك</t>
+          <t>الميكانيك الهندسي (السكوني)</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>45</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
-          <t>2025-09-27</t>
+          <t>2026-02-12</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J37" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>1334</t>
+          <t>1449</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>الاتصالات ف2</t>
+          <t>الرسم الهندسي</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>34</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
-          <t>2025-09-25</t>
+          <t>2026-02-12</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J38" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>1333</t>
+          <t>1448</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>جرائم حزب البعث + الاحصاء</t>
+          <t>الرسم الهندسي</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>28</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
-          <t>2025-09-25</t>
+          <t>2026-02-12</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J39" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>1332</t>
+          <t>1447</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>المرحلة الاولى</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك ف2</t>
+          <t>اسس الهندسة الكهربائية</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>148</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>22</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>2025-09-25</t>
+          <t>2026-02-12</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
           <t>للدراستين الصباحية والمسائية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>1331</t>
+          <t>1446</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
           <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
           <t>المرحلة الثالثة</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>السيطرة</t>
+          <t>الكترونيك</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
-          <t>61</t>
+          <t>237</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
-          <t>2025-09-24</t>
+          <t>2026-01-22</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
-          <t>للدراستين الصباحية والمسائية</t>
+          <t>للدراستين الصباحية والمسائية </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>1330</t>
+          <t>1445</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الرابعة</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>بريمجة الحاسبات</t>
+          <t>تصاميم المنشآت الفولاذية ١</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>125</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
-          <t>2025-09-24</t>
+          <t>2026-01-22</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J42" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>1329</t>
+          <t>1444</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الرابعة</t>
+          <t>المرحلة الثالثة</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>الههيدرولوجيا الهندسية</t>
+          <t>ادارة المشاريع</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>113</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>2025-09-24</t>
+          <t>2026-01-22</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>1328</t>
+          <t>1443</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
           <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الثانية</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>نظرية الانشاءات 1</t>
+          <t>ميكانيك الموائع ١</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>71</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
-          <t>2025-09-24</t>
+          <t>2026-01-21</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>1327</t>
+          <t>1442</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثانية</t>
+          <t>المرحلة الرابعة</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>مقاومة المواد 2</t>
+          <t>الكترونيك متقدم</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>156</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>2025-09-24</t>
+          <t>2026-01-21</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>لطلبة مسار بولونيا والصف الموازي</t>
+          <t>للدراستين الصباحية والمسائية </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>1326</t>
+          <t>1441</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الثانية</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>هندسة الطرق</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>109</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-01-21</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J46" s="1"/>
+      <c r="J46" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية </t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>1325</t>
+          <t>1440</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الاولى</t>
+          <t>المرحلة الثالثة</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>الرسم الهندسي</t>
+          <t>اقتصاديات النفط</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
+          <t>203</t>
+        </is>
+      </c>
+      <c r="G47" s="1" t="inlineStr">
+        <is>
           <t>8</t>
         </is>
       </c>
-      <c r="G47" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-01-21</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J47" s="1"/>
+      <c r="J47" s="1" t="inlineStr">
+        <is>
+          <t>للدراستين الصباحية والمسائية </t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>1324</t>
+          <t>1439</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
           <t>المرحلة الثالثة</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>الضغط العالي</t>
+          <t>هندسة المرور</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>120</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
-      <c r="J48" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>1323</t>
+          <t>1438</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الاولى</t>
+          <t>المرحلة الثالثة</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>البرمجة ف2</t>
+          <t>السيطرة ١</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>237</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>6</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>2025-09-23</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
-          <t>للدراستين الصباحية والمسائية</t>
+          <t>للدراستين الصباحية والمسائية </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>1322</t>
+          <t>1437</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>المرحلة الثالثة</t>
+          <t>المرحلة الرابعة</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>التحليلات الهندسية</t>
+          <t>المكامن التطبيقية</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>155</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>2025-09-22</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
-          <t>للدراستين الصباحية والمسائية</t>
+          <t>للدراستين الصباحية والمسائية </t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>1321</t>
+          <t>1436</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>هندسة نفط</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
           <t>المرحلة الثانية</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>المجالات</t>
+          <t>أخلاقيات المهنة</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>76</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>1</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>2025-09-22</t>
+          <t>2026-01-20</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>09:00:00</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
-          <t>للدراستين الصباحية والمسائية</t>
+          <t>للدراستين الصباحية والمسائية </t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>