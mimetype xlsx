--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -147,946 +147,954 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>372</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>علي ماجد عذاري منصور </t>
+          <t>زين العابدين عبدعلي طاهر </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>أثر أنموذجي جانيه وكلوز ماير في اكتساب المفاهيم النحوية ة</t>
+          <t>البحث القرآني في موسوعة اهل البيت الحضارية</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eokpm_7sfj60hb9.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a0ibhupdreqfnow.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>369</t>
+          <t>371</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>رعد نعمة راضي</t>
+          <t>علي ماجد عذاري منصور </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>التعليل اللغوي عند الفراء 207هـ</t>
+          <t>أثر أنموذجي جانيه وكلوز ماير في اكتساب المفاهيم النحوية ة</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/txy8346dvgken1r.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eokpm_7sfj60hb9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>369</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>دنيا موحي محسن </t>
+          <t>رعد نعمة راضي</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D4" s="1"/>
+          <t>التعليل اللغوي عند الفراء 207هـ</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/txy8346dvgken1r.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>366</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>ثاني اسمر راضي </t>
-[...2 lines deleted...]
-      <c r="C5" s="1"/>
+          <t>دنيا موحي محسن </t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>364</t>
+          <t>365</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>فرحان جاسم محمد</t>
-[...11 lines deleted...]
-      </c>
+          <t>ثاني اسمر راضي </t>
+        </is>
+      </c>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>363</t>
+          <t>364</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ورود جبار عيدان</t>
+          <t>فرحان جاسم محمد</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D7" s="1"/>
+          <t>Studies of Non-Chemical Strategies for Postharvest Management of Mediterranean Fruit Fly (Ceratitis capitata)</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6iykvlheqjwz4fd.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>363</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>فاطمة قاسم حمدان </t>
+          <t>ورود جبار عيدان</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية مظهرية وجزيئية لبعض حشرات الحبوب المخزونة في محافظة ميسان </t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>362</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>صلاح عبد الحسن غيلان</t>
+          <t>فاطمة قاسم حمدان </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>دراسة كيموحيوية لظاهرة العقد البكري لثمار نخيل التمر صنف البرحي الخضري والمكثر نسيجيا تحت تأثير منظمات النمو والاحماض الامينية الحرة.</t>
+          <t>دراسة تشخيصية مظهرية وجزيئية لبعض حشرات الحبوب المخزونة في محافظة ميسان </t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/t_2xdymq16v5leu.pdf</t>
+          <t>uploads/files/9jqga0t46bhn1u3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>361</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>علي حسين علي </t>
+          <t>صلاح عبد الحسن غيلان</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D10" s="1"/>
+          <t>دراسة كيموحيوية لظاهرة العقد البكري لثمار نخيل التمر صنف البرحي الخضري والمكثر نسيجيا تحت تأثير منظمات النمو والاحماض الامينية الحرة.</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/t_2xdymq16v5leu.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>359</t>
+          <t>360</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>زيدون طارق هاشم</t>
+          <t>علي حسين علي </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>358</t>
+          <t>359</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>اسعد شامل عطية </t>
+          <t>زيدون طارق هاشم</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>التغليف الدقيق لبكتريا Limosilactobacillus reuteri المجفف تحت التفريغ ودراسة تأثيرها خارج وداخل الجسم الحي </t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>358</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>محمد حمدان </t>
+          <t>اسعد شامل عطية </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>.دراسة تصنيفية لنيماتودا ثأليل الحنطة Anguina tritici ونيماتودا حوصلات الحبوب Heterodera avenae في وسط وجنوب العراق وادارتها المتكاملة</t>
+          <t>التغليف الدقيق لبكتريا Limosilactobacillus reuteri المجفف تحت التفريغ ودراسة تأثيرها خارج وداخل الجسم الحي </t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/qegoxdarp8mu640.pdf</t>
+          <t>uploads/files/80m3ogrn9jc7vil.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>356</t>
+          <t>357</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>قصي حطاب ماضي</t>
+          <t>محمد حمدان </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تأثير التداخل بين مسببات الامراض الفطرية الجذرية و تلوث المعادن الثقيلة على نمو و تطور نباتات الحنطه و بعض العوامل الاحيائية الفطرية </t>
+          <t>.دراسة تصنيفية لنيماتودا ثأليل الحنطة Anguina tritici ونيماتودا حوصلات الحبوب Heterodera avenae في وسط وجنوب العراق وادارتها المتكاملة</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m2wpar3sxnz8_56.pdf</t>
+          <t>uploads/files/qegoxdarp8mu640.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>356</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>عبد الكريم  قاسم جبر </t>
+          <t>قصي حطاب ماضي</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>دراسات حيوية وجزيئية وتحليل التتابع الجيني في تشخيص فايروس تجعد وأصفرار أوراق الطماطة TYLCV في العراق وسبل مكافحته </t>
+          <t>تأثير التداخل بين مسببات الامراض الفطرية الجذرية و تلوث المعادن الثقيلة على نمو و تطور نباتات الحنطه و بعض العوامل الاحيائية الفطرية </t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m5sh4o67a1lk9vw.pdf</t>
+          <t>uploads/files/m2wpar3sxnz8_56.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>355</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>شبيب منشد جاسم</t>
+          <t>عبد الكريم  قاسم جبر </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>.the</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>دراسات حيوية وجزيئية وتحليل التتابع الجيني في تشخيص فايروس تجعد وأصفرار أوراق الطماطة TYLCV في العراق وسبل مكافحته </t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/m5sh4o67a1lk9vw.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>353</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>نورفلاح مهدي </t>
+          <t>شبيب منشد جاسم</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>.the</t>
         </is>
       </c>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>محمد هاتو  محمد </t>
+          <t>نورفلاح مهدي </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>352</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>حسين أمير عباس </t>
+          <t>محمد هاتو  محمد </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>. </t>
+          <t>0</t>
         </is>
       </c>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>349</t>
+          <t>350</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>رحيم حسين موسى </t>
+          <t>حسين أمير عباس </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>نظرية الحكم عند الشيعة الإمامة - دراسة دستورية </t>
-[...6 lines deleted...]
-      </c>
+          <t>. </t>
+        </is>
+      </c>
+      <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>348</t>
+          <t>349</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>سولاف عبدالقادر حميد</t>
-[...3 lines deleted...]
-      <c r="D21" s="1"/>
+          <t>رحيم حسين موسى </t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>نظرية الحكم عند الشيعة الإمامة - دراسة دستورية </t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/niz_hack5t7ro2l.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>347</t>
+          <t>348</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>ستار خلف عريبي</t>
+          <t>سولاف عبدالقادر حميد</t>
         </is>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>347</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>صادق فنجان حسناوي </t>
-[...11 lines deleted...]
-      </c>
+          <t>ستار خلف عريبي</t>
+        </is>
+      </c>
+      <c r="C23" s="1"/>
+      <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>343</t>
+          <t>346</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>زينب جمعه حنون</t>
-[...3 lines deleted...]
-      <c r="D24" s="1"/>
+          <t>صادق فنجان حسناوي </t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>إنتاج وتنقية وتوصيف بروتيز الأسبارتك    ‏‎  ‎من عفن ‏Aspergillus terreus‏ المعزول محلياً واستعماله ‏في تطرية اللحوم ‏</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/t2fbjh_6m709id8.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>342</t>
+          <t>343</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>الاء علي حسين</t>
-[...11 lines deleted...]
-      </c>
+          <t>زينب جمعه حنون</t>
+        </is>
+      </c>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>339</t>
+          <t>342</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>صادق زغير محيسن </t>
+          <t>الاء علي حسين</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>تنازع القوانين في عقود نقل التكنولوجيا</t>
+          <t> لدى طالبات الصف الاول المتوسطاثر انموذجي التعلم البنائي وروثكوف في اكتاب المفاهيم الجغرافيية واستبقائها</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/18nvem0qfbzacxw.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uynq3cif1ox4zj9.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>338</t>
+          <t>339</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>عمار دعير فالح</t>
+          <t>صادق زغير محيسن </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>اللاجئون ومبدأ عدم الاعادة القسرية- دراسة مقارنة</t>
+          <t>تنازع القوانين في عقود نقل التكنولوجيا</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r4bfuz_plj08ity.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/18nvem0qfbzacxw.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>337</t>
+          <t>338</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>مرتضى حسن جاسم</t>
-[...3 lines deleted...]
-      <c r="D28" s="1"/>
+          <t>عمار دعير فالح</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>اللاجئون ومبدأ عدم الاعادة القسرية- دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r4bfuz_plj08ity.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>336</t>
+          <t>337</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>سرى سمير علوان </t>
+          <t>مرتضى حسن جاسم</t>
         </is>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>335</t>
+          <t>336</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>خليل ابراهيم حسب </t>
+          <t>سرى سمير علوان </t>
         </is>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>334</t>
+          <t>335</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>سلام جمعه هادي </t>
+          <t>خليل ابراهيم حسب </t>
         </is>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>333</t>
+          <t>334</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>ضفاف مهدي حسون</t>
-[...6 lines deleted...]
-      </c>
+          <t>سلام جمعه هادي </t>
+        </is>
+      </c>
+      <c r="C32" s="1"/>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>333</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الحسين يندر</t>
-[...2 lines deleted...]
-      <c r="C33" s="1"/>
+          <t>ضفاف مهدي حسون</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>الدور الكويتي في منظمة الاقطار المصدرة للنفط اوبلم 1961_1991</t>
+        </is>
+      </c>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>331</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>عبدالمحسن نتيش حسن</t>
+          <t>ميثم عبد الحسين يندر</t>
         </is>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>328</t>
+          <t>330</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>ماجد مجباس حسن </t>
-[...11 lines deleted...]
-      </c>
+          <t>عبدالمحسن نتيش حسن</t>
+        </is>
+      </c>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>326</t>
+          <t>328</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>وئام عبد العادل وحيد محمد </t>
+          <t>ماجد مجباس حسن </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>بناء وحدات تعليمية على وفق نظرية التعلم ذو المعنى وفاعليتها في تحصيل مادة القراءة للمبتدئين عند طلبة كليات التربية الاساسية </t>
+          <t>تنفيذ الالتزام العقدي على حساب المدين دراسة مقارنة</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4fxed8zm91hvky5.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jwu_428lxca1h5q.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>322</t>
+          <t>326</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>ورود لفته مطير حسين  </t>
+          <t>وئام عبد العادل وحيد محمد </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>not</t>
-[...2 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>بناء وحدات تعليمية على وفق نظرية التعلم ذو المعنى وفاعليتها في تحصيل مادة القراءة للمبتدئين عند طلبة كليات التربية الاساسية </t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4fxed8zm91hvky5.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>319</t>
+          <t>322</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>همسة رشيد محي</t>
-[...2 lines deleted...]
-      <c r="C38" s="1"/>
+          <t>ورود لفته مطير حسين  </t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>not</t>
+        </is>
+      </c>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>319</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>رياض غني محمود</t>
+          <t>همسة رشيد محي</t>
         </is>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>317</t>
+          <t>318</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>عامر زغير محيسن</t>
-[...11 lines deleted...]
-      </c>
+          <t>رياض غني محمود</t>
+        </is>
+      </c>
+      <c r="C40" s="1"/>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>316</t>
+          <t>317</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>اياد حميد ابراهيم سليم </t>
+          <t>عامر زغير محيسن</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>موقف القرآن الكريم من التعامل مع الخصوم -دراسة موضوعية</t>
+          <t>سلطة الادارة في مجال براءات الاختراع</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l5kfawo0crxmqb_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w6bf9zstmvnuq0r.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>315</t>
+          <t>316</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>اسامة كريم بدن مارد </t>
-[...3 lines deleted...]
-      <c r="D42" s="1"/>
+          <t>اياد حميد ابراهيم سليم </t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>موقف القرآن الكريم من التعامل مع الخصوم -دراسة موضوعية</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l5kfawo0crxmqb_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>314</t>
+          <t>315</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>ريام صبيح جاسم كاطع </t>
+          <t>اسامة كريم بدن مارد </t>
         </is>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>313</t>
+          <t>314</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>حسن فاضل قاسم</t>
+          <t>ريام صبيح جاسم كاطع </t>
         </is>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>313</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم قاسم</t>
-[...11 lines deleted...]
-      </c>
+          <t>حسن فاضل قاسم</t>
+        </is>
+      </c>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>312</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>سارة طعمة رزاق</t>
-[...3 lines deleted...]
-      <c r="D46" s="1"/>
+          <t>محمد جاسم قاسم</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>Antimicrobial and Cytotoxic Activity of Flavipin Produced by Aspergillus terreus and A. flavus, In Vitro Study</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/581cg6fre_0thw7.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>309</t>
+          <t>310</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>جعفر كاظم جبر</t>
-[...11 lines deleted...]
-      </c>
+          <t>سارة طعمة رزاق</t>
+        </is>
+      </c>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>308</t>
+          <t>309</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>ماجد باني ماذي </t>
-[...3 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>جعفر كاظم جبر</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>الاىتمان التاجيري</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n8r5gh1qwaovey7.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>307</t>
+          <t>308</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>رملة جبار كاظم </t>
-[...6 lines deleted...]
-      </c>
+          <t>ماجد باني ماذي </t>
+        </is>
+      </c>
+      <c r="C49" s="1"/>
       <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>307</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>فاتن خضير عباس </t>
-[...2 lines deleted...]
-      <c r="C50" s="1"/>
+          <t>رملة جبار كاظم </t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>اثر أنموذجي ابلتون وثيلين في اكتساب المفاهيم الإحيائية لدى طالبات الصف الخامس العلمي</t>
+        </is>
+      </c>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>305</t>
+          <t>306</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>علي خلف موسى</t>
+          <t>فاتن خضير عباس </t>
         </is>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">