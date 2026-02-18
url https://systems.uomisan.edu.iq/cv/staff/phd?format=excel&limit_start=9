--- v1 (2025-12-14)
+++ v2 (2026-02-18)
@@ -147,958 +147,958 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>372</t>
+          <t>381</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>زين العابدين عبدعلي طاهر </t>
+          <t>أسوان صابر ماجد</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>البحث القرآني في موسوعة اهل البيت الحضارية</t>
-[...6 lines deleted...]
-      </c>
+          <t>فاعلبة برنامج تدريبي قائم على بعض استراتيجيات التعلم المنظم ذاتيا لمعلمي الرياضيات وأثره في الرياضيات العلاقية لديهم والتحصيل لتلامذتهم</t>
+        </is>
+      </c>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>380</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>علي ماجد عذاري منصور </t>
+          <t>احمد اسماعيل محمد </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>أثر أنموذجي جانيه وكلوز ماير في اكتساب المفاهيم النحوية ة</t>
-[...6 lines deleted...]
-      </c>
+          <t>Characterization of m th   Order P-Self Semi Homogeneous System of Difference Equations</t>
+        </is>
+      </c>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>369</t>
+          <t>378</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>رعد نعمة راضي</t>
-[...11 lines deleted...]
-      </c>
+          <t>ابراهيم جبار منصور </t>
+        </is>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>376</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>دنيا موحي محسن </t>
-[...6 lines deleted...]
-      </c>
+          <t>اسمهان صادق جعفر</t>
+        </is>
+      </c>
+      <c r="C5" s="1"/>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>374</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>ثاني اسمر راضي </t>
-[...2 lines deleted...]
-      <c r="C6" s="1"/>
+          <t>أحمد صيهود هاشم </t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>لا يوجد</t>
+        </is>
+      </c>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>364</t>
+          <t>372</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>فرحان جاسم محمد</t>
+          <t>زين العابدين عبدعلي طاهر </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Studies of Non-Chemical Strategies for Postharvest Management of Mediterranean Fruit Fly (Ceratitis capitata)</t>
+          <t>البحث القرآني في موسوعة اهل البيت الحضارية</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6iykvlheqjwz4fd.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a0ibhupdreqfnow.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>363</t>
+          <t>371</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>ورود جبار عيدان</t>
+          <t>علي ماجد عذاري منصور </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>أثر أنموذجي جانيه وكلوز ماير في اكتساب المفاهيم النحوية ة</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eokpm_7sfj60hb9.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>369</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>فاطمة قاسم حمدان </t>
+          <t>رعد نعمة راضي</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية مظهرية وجزيئية لبعض حشرات الحبوب المخزونة في محافظة ميسان </t>
+          <t>التعليل اللغوي عند الفراء 207هـ</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/9jqga0t46bhn1u3.pdf</t>
+          <t>uploads/files/txy8346dvgken1r.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>366</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>صلاح عبد الحسن غيلان</t>
+          <t>دنيا موحي محسن </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>دراسة كيموحيوية لظاهرة العقد البكري لثمار نخيل التمر صنف البرحي الخضري والمكثر نسيجيا تحت تأثير منظمات النمو والاحماض الامينية الحرة.</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>365</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>علي حسين علي </t>
-[...6 lines deleted...]
-      </c>
+          <t>ثاني اسمر راضي </t>
+        </is>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>359</t>
+          <t>364</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>زيدون طارق هاشم</t>
+          <t>فرحان جاسم محمد</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D12" s="1"/>
+          <t>Studies of Non-Chemical Strategies for Postharvest Management of Mediterranean Fruit Fly (Ceratitis capitata)</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6iykvlheqjwz4fd.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>358</t>
+          <t>363</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>اسعد شامل عطية </t>
+          <t>ورود جبار عيدان</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>التغليف الدقيق لبكتريا Limosilactobacillus reuteri المجفف تحت التفريغ ودراسة تأثيرها خارج وداخل الجسم الحي </t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>362</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>محمد حمدان </t>
+          <t>فاطمة قاسم حمدان </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>.دراسة تصنيفية لنيماتودا ثأليل الحنطة Anguina tritici ونيماتودا حوصلات الحبوب Heterodera avenae في وسط وجنوب العراق وادارتها المتكاملة</t>
+          <t>دراسة تشخيصية مظهرية وجزيئية لبعض حشرات الحبوب المخزونة في محافظة ميسان </t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/qegoxdarp8mu640.pdf</t>
+          <t>uploads/files/9jqga0t46bhn1u3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>356</t>
+          <t>361</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>قصي حطاب ماضي</t>
+          <t>صلاح عبد الحسن غيلان</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>تأثير التداخل بين مسببات الامراض الفطرية الجذرية و تلوث المعادن الثقيلة على نمو و تطور نباتات الحنطه و بعض العوامل الاحيائية الفطرية </t>
+          <t>دراسة كيموحيوية لظاهرة العقد البكري لثمار نخيل التمر صنف البرحي الخضري والمكثر نسيجيا تحت تأثير منظمات النمو والاحماض الامينية الحرة.</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m2wpar3sxnz8_56.pdf</t>
+          <t>uploads/files/t_2xdymq16v5leu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>360</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>عبد الكريم  قاسم جبر </t>
+          <t>علي حسين علي </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>دراسات حيوية وجزيئية وتحليل التتابع الجيني في تشخيص فايروس تجعد وأصفرار أوراق الطماطة TYLCV في العراق وسبل مكافحته </t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>359</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>شبيب منشد جاسم</t>
+          <t>زيدون طارق هاشم</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>.the</t>
+          <t>.</t>
         </is>
       </c>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>353</t>
+          <t>358</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>نورفلاح مهدي </t>
+          <t>اسعد شامل عطية </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>التغليف الدقيق لبكتريا Limosilactobacillus reuteri المجفف تحت التفريغ ودراسة تأثيرها خارج وداخل الجسم الحي </t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/80m3ogrn9jc7vil.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>357</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمد هاتو  محمد </t>
+          <t>محمد حمدان </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>.دراسة تصنيفية لنيماتودا ثأليل الحنطة Anguina tritici ونيماتودا حوصلات الحبوب Heterodera avenae في وسط وجنوب العراق وادارتها المتكاملة</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/qegoxdarp8mu640.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>356</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>حسين أمير عباس </t>
+          <t>قصي حطاب ماضي</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>. </t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>تأثير التداخل بين مسببات الامراض الفطرية الجذرية و تلوث المعادن الثقيلة على نمو و تطور نباتات الحنطه و بعض العوامل الاحيائية الفطرية </t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/m2wpar3sxnz8_56.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>349</t>
+          <t>355</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>رحيم حسين موسى </t>
+          <t>عبد الكريم  قاسم جبر </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>نظرية الحكم عند الشيعة الإمامة - دراسة دستورية </t>
+          <t>دراسات حيوية وجزيئية وتحليل التتابع الجيني في تشخيص فايروس تجعد وأصفرار أوراق الطماطة TYLCV في العراق وسبل مكافحته </t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/niz_hack5t7ro2l.pdf</t>
+          <t>uploads/files/m5sh4o67a1lk9vw.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>348</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>سولاف عبدالقادر حميد</t>
-[...2 lines deleted...]
-      <c r="C22" s="1"/>
+          <t>شبيب منشد جاسم</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>.the</t>
+        </is>
+      </c>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>347</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>ستار خلف عريبي</t>
-[...2 lines deleted...]
-      <c r="C23" s="1"/>
+          <t>نورفلاح مهدي </t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>352</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>صادق فنجان حسناوي </t>
+          <t>محمد هاتو  محمد </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>إنتاج وتنقية وتوصيف بروتيز الأسبارتك    ‏‎  ‎من عفن ‏Aspergillus terreus‏ المعزول محلياً واستعماله ‏في تطرية اللحوم ‏</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>343</t>
+          <t>350</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>زينب جمعه حنون</t>
-[...2 lines deleted...]
-      <c r="C25" s="1"/>
+          <t>حسين أمير عباس </t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>. </t>
+        </is>
+      </c>
       <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>342</t>
+          <t>349</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>الاء علي حسين</t>
+          <t>رحيم حسين موسى </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t> لدى طالبات الصف الاول المتوسطاثر انموذجي التعلم البنائي وروثكوف في اكتاب المفاهيم الجغرافيية واستبقائها</t>
+          <t>نظرية الحكم عند الشيعة الإمامة - دراسة دستورية </t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uynq3cif1ox4zj9.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/niz_hack5t7ro2l.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>339</t>
+          <t>348</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>صادق زغير محيسن </t>
-[...11 lines deleted...]
-      </c>
+          <t>سولاف عبدالقادر حميد</t>
+        </is>
+      </c>
+      <c r="C27" s="1"/>
+      <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>338</t>
+          <t>347</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>عمار دعير فالح</t>
-[...11 lines deleted...]
-      </c>
+          <t>ستار خلف عريبي</t>
+        </is>
+      </c>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>337</t>
+          <t>346</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>مرتضى حسن جاسم</t>
-[...3 lines deleted...]
-      <c r="D29" s="1"/>
+          <t>صادق فنجان حسناوي </t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>إنتاج وتنقية وتوصيف بروتيز الأسبارتك    ‏‎  ‎من عفن ‏Aspergillus terreus‏ المعزول محلياً واستعماله ‏في تطرية اللحوم ‏</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/t2fbjh_6m709id8.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>336</t>
+          <t>343</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>سرى سمير علوان </t>
+          <t>زينب جمعه حنون</t>
         </is>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>335</t>
+          <t>342</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>خليل ابراهيم حسب </t>
-[...3 lines deleted...]
-      <c r="D31" s="1"/>
+          <t>الاء علي حسين</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t> لدى طالبات الصف الاول المتوسطاثر انموذجي التعلم البنائي وروثكوف في اكتاب المفاهيم الجغرافيية واستبقائها</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uynq3cif1ox4zj9.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>334</t>
+          <t>339</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>سلام جمعه هادي </t>
-[...3 lines deleted...]
-      <c r="D32" s="1"/>
+          <t>صادق زغير محيسن </t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>تنازع القوانين في عقود نقل التكنولوجيا</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/18nvem0qfbzacxw.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>333</t>
+          <t>338</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>ضفاف مهدي حسون</t>
+          <t>عمار دعير فالح</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>الدور الكويتي في منظمة الاقطار المصدرة للنفط اوبلم 1961_1991</t>
-[...2 lines deleted...]
-      <c r="D33" s="1"/>
+          <t>اللاجئون ومبدأ عدم الاعادة القسرية- دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r4bfuz_plj08ity.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>337</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الحسين يندر</t>
+          <t>مرتضى حسن جاسم</t>
         </is>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>336</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>عبدالمحسن نتيش حسن</t>
+          <t>سرى سمير علوان </t>
         </is>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>328</t>
+          <t>335</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>ماجد مجباس حسن </t>
-[...11 lines deleted...]
-      </c>
+          <t>خليل ابراهيم حسب </t>
+        </is>
+      </c>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>326</t>
+          <t>334</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>وئام عبد العادل وحيد محمد </t>
-[...11 lines deleted...]
-      </c>
+          <t>سلام جمعه هادي </t>
+        </is>
+      </c>
+      <c r="C37" s="1"/>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>322</t>
+          <t>333</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>ورود لفته مطير حسين  </t>
+          <t>ضفاف مهدي حسون</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>not</t>
+          <t>الدور الكويتي في منظمة الاقطار المصدرة للنفط اوبلم 1961_1991</t>
         </is>
       </c>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>319</t>
+          <t>331</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>همسة رشيد محي</t>
+          <t>ميثم عبد الحسين يندر</t>
         </is>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>330</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>رياض غني محمود</t>
+          <t>عبدالمحسن نتيش حسن</t>
         </is>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>317</t>
+          <t>328</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>عامر زغير محيسن</t>
+          <t>ماجد مجباس حسن </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>سلطة الادارة في مجال براءات الاختراع</t>
+          <t>تنفيذ الالتزام العقدي على حساب المدين دراسة مقارنة</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w6bf9zstmvnuq0r.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jwu_428lxca1h5q.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>316</t>
+          <t>326</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>اياد حميد ابراهيم سليم </t>
+          <t>وئام عبد العادل وحيد محمد </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>موقف القرآن الكريم من التعامل مع الخصوم -دراسة موضوعية</t>
+          <t>بناء وحدات تعليمية على وفق نظرية التعلم ذو المعنى وفاعليتها في تحصيل مادة القراءة للمبتدئين عند طلبة كليات التربية الاساسية </t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l5kfawo0crxmqb_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4fxed8zm91hvky5.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>315</t>
+          <t>322</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>اسامة كريم بدن مارد </t>
-[...2 lines deleted...]
-      <c r="C43" s="1"/>
+          <t>ورود لفته مطير حسين  </t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>not</t>
+        </is>
+      </c>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>314</t>
+          <t>319</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>ريام صبيح جاسم كاطع </t>
+          <t>همسة رشيد محي</t>
         </is>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>313</t>
+          <t>318</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>حسن فاضل قاسم</t>
+          <t>رياض غني محمود</t>
         </is>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>317</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم قاسم</t>
+          <t>عامر زغير محيسن</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>Antimicrobial and Cytotoxic Activity of Flavipin Produced by Aspergillus terreus and A. flavus, In Vitro Study</t>
+          <t>سلطة الادارة في مجال براءات الاختراع</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/581cg6fre_0thw7.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w6bf9zstmvnuq0r.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>316</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>سارة طعمة رزاق</t>
-[...3 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>اياد حميد ابراهيم سليم </t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>موقف القرآن الكريم من التعامل مع الخصوم -دراسة موضوعية</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l5kfawo0crxmqb_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>309</t>
+          <t>315</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>جعفر كاظم جبر</t>
-[...11 lines deleted...]
-      </c>
+          <t>اسامة كريم بدن مارد </t>
+        </is>
+      </c>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>308</t>
+          <t>314</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>ماجد باني ماذي </t>
+          <t>ريام صبيح جاسم كاطع </t>
         </is>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>307</t>
+          <t>313</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>رملة جبار كاظم </t>
-[...6 lines deleted...]
-      </c>
+          <t>حسن فاضل قاسم</t>
+        </is>
+      </c>
+      <c r="C50" s="1"/>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>312</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>فاتن خضير عباس </t>
-[...3 lines deleted...]
-      <c r="D51" s="1"/>
+          <t>محمد جاسم قاسم</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>Antimicrobial and Cytotoxic Activity of Flavipin Produced by Aspergillus terreus and A. flavus, In Vitro Study</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/581cg6fre_0thw7.pdf</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>