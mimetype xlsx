--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,922 +147,910 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>473</t>
+          <t>479</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>ابوذر طالب حلبوص</t>
-[...11 lines deleted...]
-      </c>
+          <t>ساره جمعة فليح</t>
+        </is>
+      </c>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>471</t>
+          <t>478</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>خالد وليد ناصر </t>
+          <t> أمير لطيف صالح</t>
         </is>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>469</t>
+          <t>477</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>عبدالخالق عبداليمه جعفر</t>
+          <t>ميس كريم جبار </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>تصرف الاعمدة الخرسانية القصيرة المقواة بالفيروسمنت</t>
+          <t>HyperGraph Based Stable Clustering in VANET</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/6_79803r4bhoymu.pdf</t>
+          <t>uploads/files/6xtci21kj4v8yp9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>468</t>
+          <t>476</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>حسين طعمه حازم </t>
-[...6 lines deleted...]
-      </c>
+          <t>علي ظاهر محسن</t>
+        </is>
+      </c>
+      <c r="C5" s="1"/>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>467</t>
+          <t>475</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>جاسم حسن علك صحين </t>
-[...11 lines deleted...]
-      </c>
+          <t>علي عبدالحسين رسن</t>
+        </is>
+      </c>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>465</t>
+          <t>474</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>هشام داود سلمان</t>
+          <t>ساجد كامل زمام</t>
         </is>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>464</t>
+          <t>473</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>سامر محمد جاسب</t>
+          <t>ابوذر طالب حلبوص</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Punching shear Strength of Reactive Concrete Slabs Reinforced with CFRP Bars Powder</t>
+          <t>3D printed membranes for oil water separation processes </t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/qw4l19kvrn0fday.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1e4icmvjqh08wp5.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>463</t>
+          <t>471</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>محمد خلف جمعة</t>
-[...11 lines deleted...]
-      </c>
+          <t>خالد وليد ناصر </t>
+        </is>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>461</t>
+          <t>469</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>عباس عوده داود</t>
+          <t>عبدالخالق عبداليمه جعفر</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>EXPERIMENTAL AND THEORETICAL INVESTIGATIONS OF CONCRETE BURIED PIPES</t>
+          <t>تصرف الاعمدة الخرسانية القصيرة المقواة بالفيروسمنت</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q92nejvgy7f4hbu.pdf</t>
+          <t>uploads/files/6_79803r4bhoymu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>460</t>
+          <t>468</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>سعد فهد رسن</t>
+          <t>حسين طعمه حازم </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Structural Behavior of Simply Supported Ferrocement Aluminum Composite Beams</t>
-[...6 lines deleted...]
-      </c>
+          <t>not yet</t>
+        </is>
+      </c>
+      <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>458</t>
+          <t>467</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الرحيم سعيد</t>
-[...3 lines deleted...]
-      <c r="D12" s="1"/>
+          <t>جاسم حسن علك صحين </t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Effect of Compression, Impact and Slipping on Rolling Contact Fatigue and Subsurface Microstructural Damage.</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/3ag_lcqb5m7pfos.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>454</t>
+          <t>465</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>رغد وليد طه ياسين </t>
+          <t>هشام داود سلمان</t>
         </is>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>448</t>
+          <t>464</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>زهراء حسين جوده</t>
-[...3 lines deleted...]
-      <c r="D14" s="1"/>
+          <t>سامر محمد جاسب</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Punching shear Strength of Reactive Concrete Slabs Reinforced with CFRP Bars Powder</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/qw4l19kvrn0fday.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>446</t>
+          <t>463</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>حسن سلام</t>
-[...3 lines deleted...]
-      <c r="D15" s="1"/>
+          <t>محمد خلف جمعة</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>FPGA BASED FUZZY LOGIC CONTROLLER FOR MULTICONVERTER IN DC DISTRIBUTED POWER SYSTEMS</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/17w0ls_2u8ib96v.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>444</t>
+          <t>461</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>اسماء بدر سبتي</t>
+          <t>عباس عوده داود</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers [٢٥/‏١٠ ١٢:٠٥ م] ????????‍???? Dr.Asmaa: Synthesis, Characterization and Biological Study of Some New Organotellurium Compounds </t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>EXPERIMENTAL AND THEORETICAL INVESTIGATIONS OF CONCRETE BURIED PIPES</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q92nejvgy7f4hbu.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>460</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>رائد صدام ماضي </t>
+          <t>سعد فهد رسن</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>دراسة اليات الشبكة خارج خلوية لكريات الدم العدله لمرضى التهاب البنكرياس الحاد </t>
-[...2 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>Structural Behavior of Simply Supported Ferrocement Aluminum Composite Beams</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/r0qsafkn9w3vb47.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>438</t>
+          <t>458</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>حوراء حميد راضي</t>
-[...6 lines deleted...]
-      </c>
+          <t>محمد عبد الرحيم سعيد</t>
+        </is>
+      </c>
+      <c r="C18" s="1"/>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>437</t>
+          <t>454</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>زهره عدنان داخل الشمري </t>
-[...6 lines deleted...]
-      </c>
+          <t>رغد وليد طه ياسين </t>
+        </is>
+      </c>
+      <c r="C19" s="1"/>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>435</t>
+          <t>448</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محمد</t>
+          <t>زهراء حسين جوده</t>
         </is>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>433</t>
+          <t>446</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>باقر عبيد ثعبان</t>
-[...6 lines deleted...]
-      </c>
+          <t>حسن سلام</t>
+        </is>
+      </c>
+      <c r="C21" s="1"/>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>432</t>
+          <t>444</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>   حسين علي مهوس</t>
+          <t>اسماء بدر سبتي</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Epidemiological, parasitological and immunological studies of Schistosoma haematobium infection in Maisan Southern Iraq.</t>
+          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers [٢٥/‏١٠ ١٢:٠٥ م] ????????‍???? Dr.Asmaa: Synthesis, Characterization and Biological Study of Some New Organotellurium Compounds </t>
         </is>
       </c>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>431</t>
+          <t>440</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>مسلم عيدان هامل جاسم </t>
-[...2 lines deleted...]
-      <c r="C23" s="1"/>
+          <t>رائد صدام ماضي </t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>دراسة اليات الشبكة خارج خلوية لكريات الدم العدله لمرضى التهاب البنكرياس الحاد </t>
+        </is>
+      </c>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>428</t>
+          <t>438</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t> زهراء عبد الحسين أسماعيل </t>
+          <t>حوراء حميد راضي</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>تراكيز النويدات الطبيعية والصناعية في نماذج بيئية مختلفة لمدينة العمارة- محافظة ميسان</t>
+          <t>Synthesis, Characterization of Some graphene oxide derivatives And their Corrosion Inhibitor ability for carbon Steel in Acidic media</t>
         </is>
       </c>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>425</t>
+          <t>437</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t> حسنين عباس حسن</t>
+          <t>زهره عدنان داخل الشمري </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Propagation Model for Nowcasting of HF Communications with Aircraft on Polar Routes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Genotyping of Lactobacillus species isolated from groups of Iraqi women with aerobic bacterial vaginosis and Trichomonas vaginalis in Missan Province</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>424</t>
+          <t>435</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t> صادق صبيح كريم </t>
+          <t>مرتضى محمد</t>
         </is>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>423</t>
+          <t>433</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>كريم سالم عباس </t>
+          <t>باقر عبيد ثعبان</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Preparation of some new N-allylated and N-tosylated Nitrogen base derivatives and study their biological activity  anti- Gram positive and Gram negative bacteria  </t>
+          <t>Kerr effect in quantum-dot structure</t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>419</t>
+          <t>432</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>محمد عباس عبد علي سبهان </t>
+          <t>   حسين علي مهوس</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
+          <t>Epidemiological, parasitological and immunological studies of Schistosoma haematobium infection in Maisan Southern Iraq.</t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>415</t>
+          <t>431</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>أحمد عبود خليفة</t>
-[...6 lines deleted...]
-      </c>
+          <t>مسلم عيدان هامل جاسم </t>
+        </is>
+      </c>
+      <c r="C29" s="1"/>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>412</t>
+          <t>428</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>هدى حلو علي</t>
+          <t> زهراء عبد الحسين أسماعيل </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>لايوجد</t>
+          <t>تراكيز النويدات الطبيعية والصناعية في نماذج بيئية مختلفة لمدينة العمارة- محافظة ميسان</t>
         </is>
       </c>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>411</t>
+          <t>425</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>زاهد سعدون عزيز </t>
+          <t> حسنين عباس حسن</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>Study of Some Antibiotic Resistance Genes in Klebsiella Isolates</t>
-[...2 lines deleted...]
-      <c r="D31" s="1"/>
+          <t>Propagation Model for Nowcasting of HF Communications with Aircraft on Polar Routes</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/7gph85awjvenxs4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>424</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>نيران عدنان عباس موسى </t>
-[...6 lines deleted...]
-      </c>
+          <t> صادق صبيح كريم </t>
+        </is>
+      </c>
+      <c r="C32" s="1"/>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>406</t>
+          <t>423</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>اسوان كاظم جبر </t>
+          <t>كريم سالم عباس </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Development of in situ hydrogel for biomedical applications and delivery of blood stage malaria vaccine</t>
+          <t>Preparation of some new N-allylated and N-tosylated Nitrogen base derivatives and study their biological activity  anti- Gram positive and Gram negative bacteria  </t>
         </is>
       </c>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>419</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>سمر جاسم محمد </t>
-[...2 lines deleted...]
-      <c r="C34" s="1"/>
+          <t>محمد عباس عبد علي سبهان </t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
+        </is>
+      </c>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>399</t>
+          <t>415</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>علاء كاظم فرحان</t>
+          <t>أحمد عبود خليفة</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>.دراسة تحليلية اقتصادية لكفاءة استخدام الموارد المائية في الزراعة العراقية</t>
-[...6 lines deleted...]
-      </c>
+          <t>EFFECT OF OXYTOCIN AND BROMOCRIPTINE ON SEVERAL REPRODUCTIVE ASPECTS OF PSEUDOPREGNANCY IN RATS</t>
+        </is>
+      </c>
+      <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>396</t>
+          <t>412</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>مريم ياسر كاظم</t>
+          <t>هدى حلو علي</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>/</t>
+          <t>لايوجد</t>
         </is>
       </c>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>394</t>
+          <t>411</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>اسيل اسعد عبد الزهرة </t>
-[...2 lines deleted...]
-      <c r="C37" s="1"/>
+          <t>زاهد سعدون عزيز </t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>Study of Some Antibiotic Resistance Genes in Klebsiella Isolates</t>
+        </is>
+      </c>
       <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>393</t>
+          <t>410</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>حوراء فاضل حسين </t>
-[...2 lines deleted...]
-      <c r="C38" s="1"/>
+          <t>نيران عدنان عباس موسى </t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>استخدام الطحالب القاعية ونظام المعلومات الجغرافي لتقييم نوعية مياه هور الحويزة جنوب </t>
+        </is>
+      </c>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>392</t>
+          <t>406</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ابتسام كريم محيسن </t>
+          <t>اسوان كاظم جبر </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>:                        Comparative Study of Interleukin-36 γ  , •   Paraoxonase 1 and Some Parameters Depending on Duration and   Supplement Metformin for Polycystic Ovarian Syndrome (PCOS) in Iraqi Patients.</t>
+          <t>Development of in situ hydrogel for biomedical applications and delivery of blood stage malaria vaccine</t>
         </is>
       </c>
       <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>388</t>
+          <t>400</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>موحان حسن صبيح</t>
-[...6 lines deleted...]
-      </c>
+          <t>سمر جاسم محمد </t>
+        </is>
+      </c>
+      <c r="C40" s="1"/>
       <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>399</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>عباس عبدالحسين حداد</t>
-[...3 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>علاء كاظم فرحان</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>.دراسة تحليلية اقتصادية لكفاءة استخدام الموارد المائية في الزراعة العراقية</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/m1loe3k5qcxab02.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>386</t>
+          <t>396</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>عيسى صفاء عيسى حسن </t>
-[...2 lines deleted...]
-      <c r="C42" s="1"/>
+          <t>مريم ياسر كاظم</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>/</t>
+        </is>
+      </c>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>394</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>حسام احمد علي</t>
-[...11 lines deleted...]
-      </c>
+          <t>اسيل اسعد عبد الزهرة </t>
+        </is>
+      </c>
+      <c r="C43" s="1"/>
+      <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>384</t>
+          <t>393</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>خالد مزهر طاهر</t>
-[...6 lines deleted...]
-      </c>
+          <t>حوراء فاضل حسين </t>
+        </is>
+      </c>
+      <c r="C44" s="1"/>
       <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>382</t>
+          <t>392</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>حسن علوان لفته</t>
-[...2 lines deleted...]
-      <c r="C45" s="1"/>
+          <t>ابتسام كريم محيسن </t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>:                        Comparative Study of Interleukin-36 γ  , •   Paraoxonase 1 and Some Parameters Depending on Duration and   Supplement Metformin for Polycystic Ovarian Syndrome (PCOS) in Iraqi Patients.</t>
+        </is>
+      </c>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>381</t>
+          <t>388</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>أسوان صابر ماجد</t>
+          <t>موحان حسن صبيح</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>فاعلبة برنامج تدريبي قائم على بعض استراتيجيات التعلم المنظم ذاتيا لمعلمي الرياضيات وأثره في الرياضيات العلاقية لديهم والتحصيل لتلامذتهم</t>
+          <t>التصورات اللغوية للقران الكريم في دراسات المستشرقين المعاصرين</t>
         </is>
       </c>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>387</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>احمد اسماعيل محمد </t>
-[...6 lines deleted...]
-      </c>
+          <t>عباس عبدالحسين حداد</t>
+        </is>
+      </c>
+      <c r="C47" s="1"/>
       <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>378</t>
+          <t>386</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>ابراهيم جبار منصور </t>
+          <t>عيسى صفاء عيسى حسن </t>
         </is>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>376</t>
+          <t>385</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>اسمهان صادق جعفر</t>
-[...3 lines deleted...]
-      <c r="D49" s="1"/>
+          <t>حسام احمد علي</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t> نظرية وحدة الوجود بين السيوطي والبقاعي دراسة تحليلية نقدية مقارنة</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_60c21y3rvbdlth.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>374</t>
+          <t>384</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>أحمد صيهود هاشم </t>
+          <t>خالد مزهر طاهر</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد</t>
+          <t>Comparison theorems for boundary value problems for functional differential equations and their application to the study of questions of existence and estimates of solutions</t>
         </is>
       </c>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>372</t>
+          <t>382</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>زين العابدين عبدعلي طاهر </t>
-[...11 lines deleted...]
-      </c>
+          <t>حسن علوان لفته</t>
+        </is>
+      </c>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>