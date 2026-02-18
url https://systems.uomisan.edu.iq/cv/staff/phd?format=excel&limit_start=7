--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,966 +147,982 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>543</t>
+          <t>553</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>رؤى صلاح قدوري</t>
-[...11 lines deleted...]
-      </c>
+          <t>علي عباس حسن </t>
+        </is>
+      </c>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>542</t>
+          <t>552</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>فاضل باقر مطشر</t>
-[...11 lines deleted...]
-      </c>
+          <t>زينب عبد الكاظم حسناوي </t>
+        </is>
+      </c>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>541</t>
+          <t>551</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>جواد كاظم جواد</t>
-[...6 lines deleted...]
-      </c>
+          <t>قحطان محمد جبار </t>
+        </is>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>549</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>شهاب احمد نعمه </t>
+          <t>رحيم حلو علي </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>تمرينات تحمل الاداء بأستخدام جهاز مقترح وفق مناطق التصويب لتطوير بعض القدرات الوظيفية والبدنية ودقة التصويب بالقفز للاعبي الدوري الممتاز بكرة السلة</t>
-[...2 lines deleted...]
-      <c r="D5" s="1"/>
+          <t>تأثير تمرينات خاصة في تطوير مستوى التصرف والذكاء الخططي الهجومي للاعبي المبارزك  بسلاح الشيش</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i_4k6tr9fsphbya.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>539</t>
+          <t>547</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>علاء جواد كاظم </t>
-[...3 lines deleted...]
-      <c r="D6" s="1"/>
+          <t> حيدر كاظم عبد الزهرة</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>التحليل العاملي لدافعية الانجاز وأثره على نتائج لأبي رفع الاثقال بالعراق</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f782y09ram6xiq_.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>538</t>
+          <t>546</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جاسب عبد الزهرة </t>
+          <t>ماجد محمد مساعد </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>الاحمال التدريبية المتباينة الشدة وفقاً لأنظمة الطاقة وتأثيرها على الموت الخلوي المبرمج وبعض المتغيرات البايوكيميائية للرياضيين الشباب</t>
-[...2 lines deleted...]
-      <c r="D7" s="1"/>
+          <t>يي تأثير تمرينات تأهيلية بالوسط المائي و جهاز التبريد على إصابة التهاب أوتار الركبة الخلفية وفق المدى الحركي وبعض القدرات البدنية والمؤشرات البيو كيميائية للاعبي كرة اليد ل</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z2v8y_wt50g4hu3.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>537</t>
+          <t>543</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>حيدر مجيد شويع</t>
+          <t>رؤى صلاح قدوري</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>تأثير التعليم المتمايز وفق الانشطة المتدرجة والثابتة في التعلم والتحصيل المعرفي لبعض المهارات الخاصة بكرة القدم للصالات للأعمار (15-16) سنة </t>
+          <t>تأثير تمرينات خاصة باستعمال جهاز (VertiMax) في بعض أنواع القوة العضلية وفاعلية الأداء المهاري للاعبي كرة السلة الشباب</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a2kdsexl17n3i6c.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hum72i5_vcq16pt.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>536</t>
+          <t>542</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>ميثم جبار مطر </t>
+          <t>فاضل باقر مطشر</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>أثر أداء المنتخبات الوطنية على الهوية الوطنية و الانسجام و العرقية من وجهة نظر طلاب الجامعات و مقارنة بين طلاب الجامعات العراقية والإيرانية</t>
-[...2 lines deleted...]
-      <c r="D9" s="1"/>
+          <t>عالقة مركز الضبط بأساليب معالجة المعلومات والتحمل  النفسي لالعبي المالكمة</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/c8z3twg2foejk49.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>535</t>
+          <t>541</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محسن عبد </t>
+          <t>جواد كاظم جواد</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>تأثير برنامج تعليمي مقترح باستخدام بعض الأجهزة والأدوات المساعدة في تطوير أهم جوانب تعلم مهارة الدورة الخلفية الكبرى على جهاز العقلة والاحتفاظ بها</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>533</t>
+          <t>540</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>عدنان راضي فرج</t>
+          <t>شهاب احمد نعمه </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>مقارنة بعض العضلات العاملة والمضادة بدلالة القوة العضلية والنشاط الكهربائي لمعرفة نسب توقع الإصابات الرياضية للاعبي المفتوحة والصالات بكرة القدم</t>
-[...6 lines deleted...]
-      </c>
+          <t>تمرينات تحمل الاداء بأستخدام جهاز مقترح وفق مناطق التصويب لتطوير بعض القدرات الوظيفية والبدنية ودقة التصويب بالقفز للاعبي الدوري الممتاز بكرة السلة</t>
+        </is>
+      </c>
+      <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>531</t>
+          <t>539</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>علي مطير حميدي</t>
-[...11 lines deleted...]
-      </c>
+          <t>علاء جواد كاظم </t>
+        </is>
+      </c>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>528</t>
+          <t>538</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>محمد حسين زبون </t>
+          <t>مصطفى جاسب عبد الزهرة </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t> الدروز ودورهم السياسي في لبنان 1943 1989</t>
-[...6 lines deleted...]
-      </c>
+          <t>الاحمال التدريبية المتباينة الشدة وفقاً لأنظمة الطاقة وتأثيرها على الموت الخلوي المبرمج وبعض المتغيرات البايوكيميائية للرياضيين الشباب</t>
+        </is>
+      </c>
+      <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>526</t>
+          <t>537</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>غفران محمد عزيز </t>
+          <t>حيدر مجيد شويع</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>الاسطورة واثرها في الرواية التاريخية الأندلسية حتى عام ٤٨١</t>
+          <t>تأثير التعليم المتمايز وفق الانشطة المتدرجة والثابتة في التعلم والتحصيل المعرفي لبعض المهارات الخاصة بكرة القدم للصالات للأعمار (15-16) سنة </t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g8iv0a_ksbhpoz3.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a2kdsexl17n3i6c.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>525</t>
+          <t>536</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>نبيل مهدي هداد</t>
+          <t>ميثم جبار مطر </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر أداء المنتخبات الوطنية على الهوية الوطنية و الانسجام و العرقية من وجهة نظر طلاب الجامعات و مقارنة بين طلاب الجامعات العراقية والإيرانية</t>
+        </is>
+      </c>
+      <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>524</t>
+          <t>535</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>يونس محمد عطية</t>
+          <t>مرتضى محسن عبد </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Studying of some of the nonlinear effects of the Laser Fibers</t>
+          <t>تأثير برنامج تعليمي مقترح باستخدام بعض الأجهزة والأدوات المساعدة في تطوير أهم جوانب تعلم مهارة الدورة الخلفية الكبرى على جهاز العقلة والاحتفاظ بها</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4gd0o2szqwby6ep.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rjg9f65dtusbapm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>523</t>
+          <t>533</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>دعاء حسين هاشم التميمي</t>
+          <t>عدنان راضي فرج</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>تصميم ومحاكاة لمصفوفات الهوائي الشريطي الدائري المعدل المثارة بمغذيين متعامدين و ركيزتين عازلتين</t>
-[...2 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>مقارنة بعض العضلات العاملة والمضادة بدلالة القوة العضلية والنشاط الكهربائي لمعرفة نسب توقع الإصابات الرياضية للاعبي المفتوحة والصالات بكرة القدم</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9ayfnp5it7b1scu.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>521</t>
+          <t>531</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>علاء نجم عبدالله</t>
-[...3 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>علي مطير حميدي</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>المحددات التدريبية النفسية وعلاقتها بالميل والكفاية المهندسة لدى مدربين كرة السلة في العراق </t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e4rtux_g53m1vow.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>519</t>
+          <t>528</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>ختام ثجيل شمخي</t>
-[...3 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>محمد حسين زبون </t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t> الدروز ودورهم السياسي في لبنان 1943 1989</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yp5ei6m390kzsj8.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>517</t>
+          <t>526</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>محمد رؤوف محمود</t>
-[...3 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>غفران محمد عزيز </t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>الاسطورة واثرها في الرواية التاريخية الأندلسية حتى عام ٤٨١</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g8iv0a_ksbhpoz3.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>516</t>
+          <t>525</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>علي حميد مؤمن</t>
-[...3 lines deleted...]
-      <c r="D21" s="1"/>
+          <t>نبيل مهدي هداد</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_a2eg3sp8lx7c01.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>515</t>
+          <t>524</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>فائز رمضان لعيبي</t>
-[...3 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>يونس محمد عطية</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>Studying of some of the nonlinear effects of the Laser Fibers</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4gd0o2szqwby6ep.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>514</t>
+          <t>523</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>علي عذافة طعمة</t>
+          <t>دعاء حسين هاشم التميمي</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>التأثيرات  التضادية والياتها للفطر Trichoderma virens ومبيدها الفطري النانوي ضد ثلاثة مسببات أمراض نباتية رئيسية تنتقل عن طريق التربة للمحاصيل البستانية</t>
-[...6 lines deleted...]
-      </c>
+          <t>تصميم ومحاكاة لمصفوفات الهوائي الشريطي الدائري المعدل المثارة بمغذيين متعامدين و ركيزتين عازلتين</t>
+        </is>
+      </c>
+      <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>513</t>
+          <t>521</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>ضياء صبيح جاسم</t>
+          <t>علاء نجم عبدالله</t>
         </is>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>512</t>
+          <t>519</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>رائد مسلم محيبس </t>
-[...6 lines deleted...]
-      </c>
+          <t>ختام ثجيل شمخي</t>
+        </is>
+      </c>
+      <c r="C25" s="1"/>
       <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>517</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>علي حسين جبار</t>
-[...11 lines deleted...]
-      </c>
+          <t>محمد رؤوف محمود</t>
+        </is>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>508</t>
+          <t>516</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>مظهر عبد الجبار حسن</t>
-[...11 lines deleted...]
-      </c>
+          <t>علي حميد مؤمن</t>
+        </is>
+      </c>
+      <c r="C27" s="1"/>
+      <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>507</t>
+          <t>515</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبدالامير حسان</t>
-[...11 lines deleted...]
-      </c>
+          <t>فائز رمضان لعيبي</t>
+        </is>
+      </c>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>506</t>
+          <t>514</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>ميثم فالح حسين </t>
+          <t>علي عذافة طعمة</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>القصور التشريعي في قانون العقوبات العراقي</t>
+          <t>التأثيرات  التضادية والياتها للفطر Trichoderma virens ومبيدها الفطري النانوي ضد ثلاثة مسببات أمراض نباتية رئيسية تنتقل عن طريق التربة للمحاصيل البستانية</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f3wcv1eyzkhjo7b.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5judnq3fep0x1bm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>505</t>
+          <t>513</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>احمد كاظم محمد </t>
-[...11 lines deleted...]
-      </c>
+          <t>ضياء صبيح جاسم</t>
+        </is>
+      </c>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>501</t>
+          <t>512</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>سعيد غني نوري </t>
+          <t>رائد مسلم محيبس </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>تاثير تداخل التدريب الذهني  بتعميم البرامج الحركية بالاسلوب  العشوائي في  التعلم والاحتفاظ بالمهارات الاساسية للكرة الطائرة </t>
+          <t>Synthesis and Characterization of Some New Heterocyclic Compounds from (2-N-arylidene amino and 2-N-chloro acetamido) Creatinine and Study their Biological activity.</t>
         </is>
       </c>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>510</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الامير عبد النبي </t>
+          <t>علي حسين جبار</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Experimental Study to Investigate Plugging Of Fracture by Solids Carrier Fluid</t>
+          <t>Experimental and numerical investigation of mechanisms governing the performance of electrodialysis for liquid desiccant regeneration</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ac3iyztjnwrqeh6.pdf</t>
+          <t>uploads/files/wui_5x9081jo27s.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>508</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>علي نور الدين عبد الكريم </t>
-[...3 lines deleted...]
-      <c r="D33" s="1"/>
+          <t>مظهر عبد الجبار حسن</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>Dymenical system Cocycles and chomology of action grouppoid</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/34ndku7hv1pfcat.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>497</t>
+          <t>507</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>حسين ماضي حمد</t>
-[...3 lines deleted...]
-      <c r="D34" s="1"/>
+          <t>قاسم عبدالامير حسان</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>تاثير سياست هاي اقتصادي دولت بر اصل حاكميت ارادة در اعمال حقوقي</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/24lr6xvmoeit10_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>495</t>
+          <t>506</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>علي جاسم محمد </t>
-[...2 lines deleted...]
-      <c r="C35" s="1"/>
+          <t>ميثم فالح حسين </t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>القصور التشريعي في قانون العقوبات العراقي</t>
+        </is>
+      </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ncj_e179rdzgpmt.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f3wcv1eyzkhjo7b.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>489</t>
+          <t>505</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>ضياء حميد جياد </t>
+          <t>احمد كاظم محمد </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>Research and development of technology for plasma-electrolyte surface treatment of mechanical engineering products made of valve alloys formed by additive technologies</t>
-[...2 lines deleted...]
-      <c r="D36" s="1"/>
+          <t>ANALYTICAL STUDY OF HEAT TRANSFER ENHANCEMENT DUE TO INTERNAL OSCILLATING FLOW AT CONSTANT HEAT FLUX</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cbh569vrkexw_gj.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>488</t>
+          <t>501</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>ماجد شندي والي </t>
+          <t>سعيد غني نوري </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض المتغيرات البايوكيميائية والفسلجية المصاحبة لظاهرة الافراط في التدريب</t>
-[...6 lines deleted...]
-      </c>
+          <t>تاثير تداخل التدريب الذهني  بتعميم البرامج الحركية بالاسلوب  العشوائي في  التعلم والاحتفاظ بالمهارات الاساسية للكرة الطائرة </t>
+        </is>
+      </c>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>487</t>
+          <t>500</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>معن عبدالدايم حسن</t>
-[...3 lines deleted...]
-      <c r="D38" s="1"/>
+          <t>محمد عبد الامير عبد النبي </t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Experimental Study to Investigate Plugging Of Fracture by Solids Carrier Fluid</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/ac3iyztjnwrqeh6.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>486</t>
+          <t>499</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>علي حسين حسن غافل </t>
-[...11 lines deleted...]
-      </c>
+          <t>علي نور الدين عبد الكريم </t>
+        </is>
+      </c>
+      <c r="C39" s="1"/>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>485</t>
+          <t>497</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>حسن غالي مهاوي </t>
-[...6 lines deleted...]
-      </c>
+          <t>حسين ماضي حمد</t>
+        </is>
+      </c>
+      <c r="C40" s="1"/>
       <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>484</t>
+          <t>495</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>علي محمد ياسين</t>
-[...6 lines deleted...]
-      </c>
+          <t>علي جاسم محمد </t>
+        </is>
+      </c>
+      <c r="C41" s="1"/>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pmew82x0iy649bo.docx</t>
+          <t>uploads/files/ncj_e179rdzgpmt.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>483</t>
+          <t>489</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>غزوان عبدالحسين </t>
+          <t>ضياء حميد جياد </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Effectiveness of Physical Activity-Oriented Educational Program on Elderly Quality of Life at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
+          <t>Research and development of technology for plasma-electrolyte surface treatment of mechanical engineering products made of valve alloys formed by additive technologies</t>
         </is>
       </c>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>482</t>
+          <t>488</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>احمد شهاب احمد</t>
+          <t>ماجد شندي والي </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Non-linear phenomena of q-Gaussian laser beam interaction with plasmas</t>
-[...2 lines deleted...]
-      <c r="D43" s="1"/>
+          <t>دراسة بعض المتغيرات البايوكيميائية والفسلجية المصاحبة لظاهرة الافراط في التدريب</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/epuvj_074rzcgid.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>481</t>
+          <t>487</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جاسب جاسم</t>
-[...11 lines deleted...]
-      </c>
+          <t>معن عبدالدايم حسن</t>
+        </is>
+      </c>
+      <c r="C44" s="1"/>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>486</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>علي جبر مشكل</t>
-[...3 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>علي حسين حسن غافل </t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>IMPROVING THE HARDNESS AND WEAR RESISTANCE OF CAST IRON SURFACE BY LASER MELT BEAM INJECTION METHOD (LMI) WITH MECHANICAL ALLOYED POWDER</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/247_5iuc8qgx9k0.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>479</t>
+          <t>485</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>ساره جمعة فليح</t>
-[...2 lines deleted...]
-      <c r="C46" s="1"/>
+          <t>حسن غالي مهاوي </t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>الواقع والرؤية المستقبلية للاستثمار في الأندية الرياضية </t>
+        </is>
+      </c>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>478</t>
+          <t>484</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t> أمير لطيف صالح</t>
-[...3 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>علي محمد ياسين</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>تأثير تمرينات مقترحة في تطوير بعض القدرات البدنية الخاصة والمهارات الهجومية المركبة وحالات الهجوم الفردي  للاعبي كرة السلة الشباب  </t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pmew82x0iy649bo.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>477</t>
+          <t>483</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>ميس كريم جبار </t>
+          <t>غزوان عبدالحسين </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>HyperGraph Based Stable Clustering in VANET</t>
-[...6 lines deleted...]
-      </c>
+          <t>&amp;#34;Effectiveness of Physical Activity-Oriented Educational Program on Elderly Quality of Life at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
+        </is>
+      </c>
+      <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>476</t>
+          <t>482</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>علي ظاهر محسن</t>
-[...2 lines deleted...]
-      <c r="C49" s="1"/>
+          <t>احمد شهاب احمد</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>Non-linear phenomena of q-Gaussian laser beam interaction with plasmas</t>
+        </is>
+      </c>
       <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>475</t>
+          <t>481</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالحسين رسن</t>
-[...3 lines deleted...]
-      <c r="D50" s="1"/>
+          <t>مصطفى جاسب جاسم</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>Damage-Tolerant Optimal Design of Structures Subjected to Blast Loading</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/zwj42_38svr51ol.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>474</t>
+          <t>480</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>ساجد كامل زمام</t>
+          <t>علي جبر مشكل</t>
         </is>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">