--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,956 +147,968 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>603</t>
+          <t>614</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>محمد كاظم علي </t>
+          <t>عصام نجم عبد </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>تداخل الاتجاهات الاخراجية في عروض المسرح العراقي</t>
+          <t>سياسة الاردن الخارجيه اتجاة الاقطار العربية 1953- 1967 </t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ikv4rfoqbcpeaz5.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xsgwqlejokz_9i5.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>613</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>سارة طعمة عاجل </t>
+          <t>نجم عبدالزهرة حمود خضير </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد</t>
-[...2 lines deleted...]
-      <c r="D3" s="1"/>
+          <t>الاتجاه الثقافي في النقد الروائي العربي بحث في الاجراء النقدي</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a7l481pjmrih3fe.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>599</t>
+          <t>609</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>رعد قاسم عبد</t>
+          <t>فاطمة جبار حسين</t>
         </is>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>598</t>
+          <t>608</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>محمد حسين حميدي </t>
+          <t>جمال خصيف هادي علي </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>تاثير الاسترخاء الذاتي والتخيلي في خفض الاستثارة الانفعاليه وبعض المتغيرات الكينماتيكية من البدء الى الحاجز الاول في ركض 110م حواجز</t>
+          <t>ماجستير مناهج وطرائق تدريس عامه </t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x27qhu5msiv86b1.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eutkm1jfglosby2.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>596</t>
+          <t>607</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>قصي مجبل شنون</t>
-[...3 lines deleted...]
-      <c r="D6" s="1"/>
+          <t>سليم حسين ياسين</t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>عبد الفتاح ابراهيم حياتة ودورة السياسي في العراق</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/agv5jliek4179zc.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>595</t>
+          <t>606</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>علي حسن علي </t>
+          <t>ايمان سعدون ضمد </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>مهاري للاعبي الملاكمة المتقدمينفاعلية البرمجة اللغوية العصبية بالاقتصاد النفسي والأداء البدني وال</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>594</t>
+          <t>603</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>جاسم علي محمد </t>
+          <t>محمد كاظم علي </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>المعرفة الادارية وعلاقتها بالوعي الشخصي ووفقاً لنافذة جوهاري لمديري منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>تداخل الاتجاهات الاخراجية في عروض المسرح العراقي</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ikv4rfoqbcpeaz5.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>593</t>
+          <t>600</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>علي عزيز داود</t>
+          <t>سارة طعمة عاجل </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>الحياة الجامعية واثرها على النشاط البدني واللياقة الحركية والقياسات الانثربومترية خلال مرحلتي الدراسة ( الاولى - الرابعة ) لطلاب جامعة ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا يوجد</t>
+        </is>
+      </c>
+      <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>592</t>
+          <t>599</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>وجدان سعيد جهاد </t>
-[...11 lines deleted...]
-      </c>
+          <t>رعد قاسم عبد</t>
+        </is>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>591</t>
+          <t>598</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>رياض صيهود هاشم</t>
+          <t>محمد حسين حميدي </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>التنبؤ بالتوجه نحو أبعاد التفوق الرياضي بدلالة الكفاءةالاجتماعية  وأساليب مواجهة الضغوط النفسية للاعبي الدرجة الممتازة  بكرة اليد في العراق</t>
+          <t>تاثير الاسترخاء الذاتي والتخيلي في خفض الاستثارة الانفعاليه وبعض المتغيرات الكينماتيكية من البدء الى الحاجز الاول في ركض 110م حواجز</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t6vz0a8xbl_o54w.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x27qhu5msiv86b1.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>590</t>
+          <t>596</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>ناطق عبدالرحمن وريثة </t>
+          <t>قصي مجبل شنون</t>
         </is>
       </c>
       <c r="C12" s="1"/>
-      <c r="D12" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>589</t>
+          <t>595</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>احمد عبد الأئمة كاظم محمد </t>
+          <t>علي حسن علي </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>منهج تدريبي مقترح بأحمال مختلفة لتطوير الصفات البدنية الخاصة وأثرها في الأداء المهاري وفاعلية الأداء للاعبي  كرة السلة الشباب</t>
+          <t>مهاري للاعبي الملاكمة المتقدمينفاعلية البرمجة اللغوية العصبية بالاقتصاد النفسي والأداء البدني وال</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/awo0th7nr49gd_1.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cwjapu367mgso_x.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>588</t>
+          <t>594</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>مصطفى سلطان حسين</t>
+          <t>جاسم علي محمد </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>مصطفى سلطان حسين</t>
-[...6 lines deleted...]
-      </c>
+          <t>المعرفة الادارية وعلاقتها بالوعي الشخصي ووفقاً لنافذة جوهاري لمديري منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها</t>
+        </is>
+      </c>
+      <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>587</t>
+          <t>593</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>محمد صبيح حسن </t>
+          <t>علي عزيز داود</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>)التدريب باساليب مختلفة  لتطوير القدرة الانفجاريه وأثرها في بعض المتغيرات البايوميكانيكية والمهارات الاساسية لدى لاعبي الكرة الطائرة )المتقدمين</t>
+          <t>الحياة الجامعية واثرها على النشاط البدني واللياقة الحركية والقياسات الانثربومترية خلال مرحلتي الدراسة ( الاولى - الرابعة ) لطلاب جامعة ميسان</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eljw2z7rp08v5xa.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/biskvpxtj7h9a6n.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>586</t>
+          <t>592</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>حيدر كاظم جري</t>
-[...3 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>وجدان سعيد جهاد </t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>تأثير تمرينات باستعمال الاسطوانات الإسفنجية في مطاطيه العضلات العامله والمدى الحركي الاداء بعض المهارات علي جهاز بساط الحركات الأرضية في الجمنا ستك الفني للنساء)</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/stljy3bvgirp810.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>585</t>
+          <t>591</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>هند قاسم مهلهل </t>
-[...3 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>رياض صيهود هاشم</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>التنبؤ بالتوجه نحو أبعاد التفوق الرياضي بدلالة الكفاءةالاجتماعية  وأساليب مواجهة الضغوط النفسية للاعبي الدرجة الممتازة  بكرة اليد في العراق</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t6vz0a8xbl_o54w.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>584</t>
+          <t>590</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>حسين عبد الكريم جعفر</t>
-[...6 lines deleted...]
-      </c>
+          <t>ناطق عبدالرحمن وريثة </t>
+        </is>
+      </c>
+      <c r="C18" s="1"/>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wb1tojxr5c4yva2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yt0i6auszo5fcnb.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>583</t>
+          <t>589</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>سجى محمد حافظ </t>
-[...3 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>احمد عبد الأئمة كاظم محمد </t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>منهج تدريبي مقترح بأحمال مختلفة لتطوير الصفات البدنية الخاصة وأثرها في الأداء المهاري وفاعلية الأداء للاعبي  كرة السلة الشباب</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/awo0th7nr49gd_1.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>582</t>
+          <t>588</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>ضحى محمد حافظ </t>
-[...3 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>مصطفى سلطان حسين</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>مصطفى سلطان حسين</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4o28mlb_k1ihrx5.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>581</t>
+          <t>587</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>نبيل عبد الرزاق ياسين</t>
-[...3 lines deleted...]
-      <c r="D21" s="1"/>
+          <t>محمد صبيح حسن </t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>)التدريب باساليب مختلفة  لتطوير القدرة الانفجاريه وأثرها في بعض المتغيرات البايوميكانيكية والمهارات الاساسية لدى لاعبي الكرة الطائرة )المتقدمين</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eljw2z7rp08v5xa.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>586</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>نبأ حميد جلوب</t>
+          <t>حيدر كاظم جري</t>
         </is>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>579</t>
+          <t>585</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>شهاب احمد كاظم </t>
-[...6 lines deleted...]
-      </c>
+          <t>هند قاسم مهلهل </t>
+        </is>
+      </c>
+      <c r="C23" s="1"/>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>578</t>
+          <t>584</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>محمد كاظم عاشور</t>
-[...3 lines deleted...]
-      <c r="D24" s="1"/>
+          <t>حسين عبد الكريم جعفر</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>تاثير التدريبات التنافسية على الارتقاء بالأداء المهاري الهجومي لمراكز اللعب بكره اليد</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wb1tojxr5c4yva2.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>577</t>
+          <t>583</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>فراس جاسب خلف</t>
+          <t>سجى محمد حافظ </t>
         </is>
       </c>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>576</t>
+          <t>582</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>زهراء خالد عبد الواحد كبيان</t>
+          <t>ضحى محمد حافظ </t>
         </is>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>575</t>
+          <t>581</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الكريم عبد الحسين خلف </t>
+          <t>نبيل عبد الرزاق ياسين</t>
         </is>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>573</t>
+          <t>580</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الرضا حسان</t>
-[...11 lines deleted...]
-      </c>
+          <t>نبأ حميد جلوب</t>
+        </is>
+      </c>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>571</t>
+          <t>579</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>افراح سعيد محمد</t>
+          <t>شهاب احمد كاظم </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>تاثير تمرينات مركبة ع وفق انظمة الطاقة في بعض المتغييرات المهارية والوظيفية بالكرة الطائرة</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير تمرينات خاصة باستخدام جهاز مقترح لتطوير القوة النسبية للاطراف العليا وبعض القدرات البدنية والمهارية وهرمون النمو للاعبي الجمناستك الناشئين</t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>570</t>
+          <t>578</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالأئمة كاظم </t>
-[...6 lines deleted...]
-      </c>
+          <t>محمد كاظم عاشور</t>
+        </is>
+      </c>
+      <c r="C30" s="1"/>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>569</t>
+          <t>577</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>علي حسن فليح حسون </t>
-[...6 lines deleted...]
-      </c>
+          <t>فراس جاسب خلف</t>
+        </is>
+      </c>
+      <c r="C31" s="1"/>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>568</t>
+          <t>576</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>سيف عباس جهاد سيف</t>
-[...11 lines deleted...]
-      </c>
+          <t>زهراء خالد عبد الواحد كبيان</t>
+        </is>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>567</t>
+          <t>575</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>رجاء كريم جبوري </t>
+          <t>علي عبد الكريم عبد الحسين خلف </t>
         </is>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>566</t>
+          <t>573</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الله صيهود</t>
-[...2 lines deleted...]
-      <c r="C34" s="1"/>
+          <t>محمد عبد الرضا حسان</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>دراسة تاريخية لاسباب الانحراف الاجتماعي للمدة من (١٩٩٠-٢٠١١)لدى لاعبي اندية الدرجة الاولى والممتاز بكرة القدم</t>
+        </is>
+      </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/efrpdkqasljmcx1.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/05n3jm_94w6e8xf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>565</t>
+          <t>571</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>مثنى ليث حاتم</t>
+          <t>افراح سعيد محمد</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>مقارنة بعض متغيرات النشاط الكهربائي للدماغ والقلب وعضلات الأطراف السفلى والبيوكيميائية وفقاً للذكاء الخططي والأداء البدني والمهاري للاعبي كرة القدم المحترفين (المحليين والاجانب)</t>
+          <t>تاثير تمرينات مركبة ع وفق انظمة الطاقة في بعض المتغييرات المهارية والوظيفية بالكرة الطائرة</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4qvia0jbgy7c_xe.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h9cgo8lf1zej3b0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>564</t>
+          <t>570</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>هديل عبدالاله عبدالحسين</t>
+          <t>علي عبدالأئمة كاظم </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>بناء اختبارات القابليات التوافقية الخاصة في الجمناستك الايقاعي لطالبات كليات التربية البدنية وعلوم الرياضة في مدينة بغداد</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير استراتيجية التعلم النشط وفق أساليب تفكير الطلبة في تطوير أداء بعض المهارات الهجومية المركبة بكرة السلة</t>
+        </is>
+      </c>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>563</t>
+          <t>569</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>حيدر صبيح نجم خاجي التميمي </t>
+          <t>علي حسن فليح حسون </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة مصاحبة لوسائل مساعدة في بعض المتغيرات البدنية والبيوميكانيكية لمهارة القلبة الهوائية الخلفية المستقيمة المتبوعة بلفة كاملة بالحركات الأرضية للجمناستك</t>
-[...6 lines deleted...]
-      </c>
+          <t>علي حسن فليح جامعة ميسان كلية التربية </t>
+        </is>
+      </c>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>562</t>
+          <t>568</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>احمد مهدي شلش</t>
+          <t>سيف عباس جهاد سيف</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>تاثير العلاج بالليزر وبعض الوساىل العلاجية المصاحبة للتمرينات التاهيلية في ابوية العضلات العاملة وتحسسين المدى الحركي</t>
+          <t>أثر تمرينات مهارية في تطوير حركة الرجلين وبعض القابليات الحركية وقوة ودقة مهارتي الضربة الأمامية والخلفية للاعبي التنس الشباب</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f_l1iuqs7or9285.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uygmc9dh2_e5a8v.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>560</t>
+          <t>567</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>هاله عدنان كاظم عبد الله</t>
+          <t>رجاء كريم جبوري </t>
         </is>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>559</t>
+          <t>566</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>حسين محسن سعدون</t>
+          <t>محمد عبد الله صيهود</t>
         </is>
       </c>
       <c r="C40" s="1"/>
-      <c r="D40" s="1"/>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/efrpdkqasljmcx1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>558</t>
+          <t>565</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>سرى ستار جبار</t>
-[...3 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>مثنى ليث حاتم</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>مقارنة بعض متغيرات النشاط الكهربائي للدماغ والقلب وعضلات الأطراف السفلى والبيوكيميائية وفقاً للذكاء الخططي والأداء البدني والمهاري للاعبي كرة القدم المحترفين (المحليين والاجانب)</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4qvia0jbgy7c_xe.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>557</t>
+          <t>564</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>مصطفى عبدالزهرة عبود </t>
+          <t>هديل عبدالاله عبدالحسين</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>تصميم وتقنين اختبارات مهارية مركبة (دفاعية هجومية) للتقييم والتنبؤ بفاعلية الأداء وفقا لمؤشر عمل القلب الايسر للاعبي كرة القدم الشباب </t>
+          <t>بناء اختبارات القابليات التوافقية الخاصة في الجمناستك الايقاعي لطالبات كليات التربية البدنية وعلوم الرياضة في مدينة بغداد</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qsxmtdg5p9a3luh.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sg9oy04p6e72l8n.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>556</t>
+          <t>563</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>عمار علي اسماعيل</t>
+          <t>حيدر صبيح نجم خاجي التميمي </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>تأثير التدريب بنقص وزيادة الأوكسجين على اليابسة في عدد من المتغيرات الفسيولوجية والانجاز لسباحي ٥٠٠٠ م للاعمار (١٦-١٨ )سنه</t>
+          <t>تأثير تمرينات خاصة مصاحبة لوسائل مساعدة في بعض المتغيرات البدنية والبيوميكانيكية لمهارة القلبة الهوائية الخلفية المستقيمة المتبوعة بلفة كاملة بالحركات الأرضية للجمناستك</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e8xtv_6cj2y9sz3.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dv7xsqnjpe8hwmr.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>555</t>
+          <t>562</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالزهره ارخيص</t>
-[...3 lines deleted...]
-      <c r="D44" s="1"/>
+          <t>احمد مهدي شلش</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>تاثير العلاج بالليزر وبعض الوساىل العلاجية المصاحبة للتمرينات التاهيلية في ابوية العضلات العاملة وتحسسين المدى الحركي</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f_l1iuqs7or9285.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>554</t>
+          <t>560</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>إحسان علي ثابت فؤاد </t>
-[...11 lines deleted...]
-      </c>
+          <t>هاله عدنان كاظم عبد الله</t>
+        </is>
+      </c>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>553</t>
+          <t>559</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>علي عباس حسن </t>
+          <t>حسين محسن سعدون</t>
         </is>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>552</t>
+          <t>558</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>زينب عبد الكاظم حسناوي </t>
+          <t>سرى ستار جبار</t>
         </is>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>551</t>
+          <t>557</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>قحطان محمد جبار </t>
-[...3 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>مصطفى عبدالزهرة عبود </t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>تصميم وتقنين اختبارات مهارية مركبة (دفاعية هجومية) للتقييم والتنبؤ بفاعلية الأداء وفقا لمؤشر عمل القلب الايسر للاعبي كرة القدم الشباب </t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qsxmtdg5p9a3luh.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>549</t>
+          <t>556</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>رحيم حلو علي </t>
+          <t>عمار علي اسماعيل</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة في تطوير مستوى التصرف والذكاء الخططي الهجومي للاعبي المبارزك  بسلاح الشيش</t>
+          <t>تأثير التدريب بنقص وزيادة الأوكسجين على اليابسة في عدد من المتغيرات الفسيولوجية والانجاز لسباحي ٥٠٠٠ م للاعمار (١٦-١٨ )سنه</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i_4k6tr9fsphbya.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e8xtv_6cj2y9sz3.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>547</t>
+          <t>555</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t> حيدر كاظم عبد الزهرة</t>
-[...11 lines deleted...]
-      </c>
+          <t>اسراء عبدالزهره ارخيص</t>
+        </is>
+      </c>
+      <c r="C50" s="1"/>
+      <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>546</t>
+          <t>554</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>ماجد محمد مساعد </t>
+          <t>إحسان علي ثابت فؤاد </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>يي تأثير تمرينات تأهيلية بالوسط المائي و جهاز التبريد على إصابة التهاب أوتار الركبة الخلفية وفق المدى الحركي وبعض القدرات البدنية والمؤشرات البيو كيميائية للاعبي كرة اليد ل</t>
+          <t>تاثير تمرينات خاصة في بعض المظاهر الحركية وتعلم مسكات الرمي بالمصارعة الحرة للشباب (١٨ - ٢٠) سنة</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z2v8y_wt50g4hu3.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qmlsg5iu_cbo0p9.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>