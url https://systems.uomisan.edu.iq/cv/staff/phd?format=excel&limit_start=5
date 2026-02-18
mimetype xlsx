--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1002 +147,990 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>673</t>
+          <t>685</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار حواس</t>
+          <t>مالك هادي محمود</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Soliton Equations in Two Spatial Dimensions and Their Solutions</t>
-[...6 lines deleted...]
-      </c>
+          <t>Preparation and characterization of biopolymeric microparticles for surface-enhanced Raman spectroscopy and fluorescent microscopy imaging </t>
+        </is>
+      </c>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>672</t>
+          <t>684</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>خالد محمد صالح كرم </t>
+          <t>سعدون صالح مطر</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>اتجاهات الخطاب النقدي في العراق المعاصر</t>
-[...6 lines deleted...]
-      </c>
+          <t>Designing a Proposed Educational Content to the General Teaching Methods Subject According to the Structural Thinking to the Students of Colleges of Basic Education</t>
+        </is>
+      </c>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>671</t>
+          <t>679</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>احمد كاظم حمد علي</t>
+          <t>احمد حنون خنجر</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Real Time Hand Gestures Recognition Systems Using Traditional Method    and Deep Learning </t>
+          <t>علاقة مؤشرات النشاط الكهربائي لأهم العضلات العاملة ببعض المتغيرات البايوكينماتيكية وانجاز فعالية رمي الرمح</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m3gf6nc4y1daq28.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ceps0v2mkf8ohr.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>678</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>نصيف جاسم عاتي </t>
-[...11 lines deleted...]
-      </c>
+          <t>عباس طه حسين</t>
+        </is>
+      </c>
+      <c r="C5" s="1"/>
+      <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>667</t>
+          <t>676</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>هيفاء كاظم محمد</t>
-[...3 lines deleted...]
-      <c r="D6" s="1"/>
+          <t>رائد فاضل محمد حاتم </t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>دراسة لغوية لأساليب الاقناع في ثلاث روايات اي ان فولستر </t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rx3afqz0ty_8bw4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>666</t>
+          <t>674</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسين جارالله</t>
+          <t>فادية عبود رمضان وفي</t>
         </is>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>663</t>
+          <t>673</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن جعفر</t>
+          <t>محمد جبار حواس</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>Soliton Equations in Two Spatial Dimensions and Their Solutions</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6i9akujrw840zth.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>662</t>
+          <t>672</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>رحيم عطيه جناني</t>
-[...2 lines deleted...]
-      <c r="C9" s="1"/>
+          <t>خالد محمد صالح كرم </t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>اتجاهات الخطاب النقدي في العراق المعاصر</t>
+        </is>
+      </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ctdl6oyrji5_0hs.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/23spzmhew8cftq7.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>661</t>
+          <t>671</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الرضا كريم</t>
+          <t>احمد كاظم حمد علي</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>تأثير سرعة الاستجابة الحركية في تعلم بعض المهارات الدفاعية الفردية والاحتفاظ بها وأداء التصرف الحركي ضمن حدود التشكيلات الدفاعية للمنطقة بكرة اليد</t>
+          <t>Real Time Hand Gestures Recognition Systems Using Traditional Method    and Deep Learning </t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qsuovjrw30t_imx.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m3gf6nc4y1daq28.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>670</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>ثائر صالح صبر</t>
+          <t>نصيف جاسم عاتي </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>To assess the efficacy of emergancy extracorporeal shockwave lithotripsy (ESWL) in treatment of ureteric calculi during first 24hours of uretric colic .	</t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>التنوع الثقافي وبناء الدولة المدنية في العراق</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v2zp4u35mfbroeq.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>659</t>
+          <t>667</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>احسان سكر ساهي</t>
-[...6 lines deleted...]
-      </c>
+          <t>هيفاء كاظم محمد</t>
+        </is>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>658</t>
+          <t>666</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>خالد عبيد محسن</t>
-[...6 lines deleted...]
-      </c>
+          <t>علي عبد الحسين جارالله</t>
+        </is>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>657</t>
+          <t>663</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>فاتن ابراهيم موسى </t>
+          <t>محمد حسن جعفر</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Experimental and Numerical Analysis of Thermal Behavior of Composite Bridge Girders</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>656</t>
+          <t>662</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>ريم صباح محمد </t>
+          <t>رحيم عطيه جناني</t>
         </is>
       </c>
       <c r="C15" s="1"/>
-      <c r="D15" s="1"/>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ctdl6oyrji5_0hs.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>655</t>
+          <t>661</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>حمود ماضي حسن</t>
+          <t>محمد عبد الرضا كريم</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>the obesity and stress among doctors in missan city 2012</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>تأثير سرعة الاستجابة الحركية في تعلم بعض المهارات الدفاعية الفردية والاحتفاظ بها وأداء التصرف الحركي ضمن حدود التشكيلات الدفاعية للمنطقة بكرة اليد</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qsuovjrw30t_imx.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>654</t>
+          <t>660</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>عباس كنبار كوسر</t>
+          <t>ثائر صالح صبر</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>value of serum procalcitonin and CRP in differntiation between bacterial and viral meningitis</t>
+          <t>To assess the efficacy of emergancy extracorporeal shockwave lithotripsy (ESWL) in treatment of ureteric calculi during first 24hours of uretric colic .	</t>
         </is>
       </c>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>653</t>
+          <t>659</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>صادق عبيس كاظم</t>
+          <t>احسان سكر ساهي</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>The role of Surgery in Bleeding Duodenal Ulcer</t>
         </is>
       </c>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>652</t>
+          <t>658</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>معن عبود علي</t>
+          <t>خالد عبيد محسن</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>سوق النفط الدولية والانعاكسات المحتملة على السياسة النفطية في العراق باستخدام نظرية الالعاب</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>651</t>
+          <t>657</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>هيثم عبد راضي عبد الرضا </t>
+          <t>فاتن ابراهيم موسى </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>Experimental and Numerical Analysis of Thermal Behavior of Composite Bridge Girders</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/63l95vxbp08kijm.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>656</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>صبيح علاوي زاير</t>
-[...6 lines deleted...]
-      </c>
+          <t>ريم صباح محمد </t>
+        </is>
+      </c>
+      <c r="C21" s="1"/>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>645</t>
+          <t>655</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>نجم عبد الله غالي </t>
+          <t>حمود ماضي حسن</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t> اثر استراتجية الجدول الذاتي في التحصيل والأستبقاء لدى طلبة كلية التربية في مادة طرائق تدريس اللغة العربية</t>
-[...6 lines deleted...]
-      </c>
+          <t>the obesity and stress among doctors in missan city 2012</t>
+        </is>
+      </c>
+      <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>644</t>
+          <t>654</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي حسين سلمان </t>
+          <t>عباس كنبار كوسر</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>  الأبعد التداولية في شروح نهج البلاغة </t>
-[...6 lines deleted...]
-      </c>
+          <t>value of serum procalcitonin and CRP in differntiation between bacterial and viral meningitis</t>
+        </is>
+      </c>
+      <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>643</t>
+          <t>653</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>رنا علي مهودر داغر </t>
+          <t>صادق عبيس كاظم</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Hybridity, Ambivalence and Identity in Selected Short Stories By Nadine Gordimer and Amaata Aidoo.</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>641</t>
+          <t>652</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>علي اطعيمة جبر اللامي</t>
+          <t>معن عبود علي</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>مقارنة آمنة وفعالة في بيئة الأغلبية غير النزيهة</t>
-[...2 lines deleted...]
-      <c r="D25" s="1"/>
+          <t>سوق النفط الدولية والانعاكسات المحتملة على السياسة النفطية في العراق باستخدام نظرية الالعاب</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_9gj0tykur8zf1a.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>640</t>
+          <t>651</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>علي جلوب العيبي جعفر </t>
+          <t>هيثم عبد راضي عبد الرضا </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>----</t>
+          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
         </is>
       </c>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>639</t>
+          <t>650</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي خلاوي</t>
+          <t>صبيح علاوي زاير</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Mucormycosis of the Sinuses and Brain </t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>637</t>
+          <t>645</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>براق طالب شلش </t>
+          <t>نجم عبد الله غالي </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>The Synthesis and Properties of Advanced Aluminium and Copper Based Metal Matrix Composites</t>
+          <t> اثر استراتجية الجدول الذاتي في التحصيل والأستبقاء لدى طلبة كلية التربية في مادة طرائق تدريس اللغة العربية</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0_82s3ltez5hqin.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o2e5w1jux3rmkzb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>636</t>
+          <t>644</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>الدكتور سالم كاظم عباس خلف </t>
+          <t>محمد مهدي حسين سلمان </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t> الترابط البيني للسلطة المطلقة والفساد في روايات إنجليزية حداثوية مختارة كما صورها أورويل وبرادبري</t>
+          <t>  الأبعد التداولية في شروح نهج البلاغة </t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3uxqejbnmy8rkw6.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h4o7miy5etsckgf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>635</t>
+          <t>643</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>مصطفى ناصر مناتي </t>
+          <t>رنا علي مهودر داغر </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
+          <t>Hybridity, Ambivalence and Identity in Selected Short Stories By Nadine Gordimer and Amaata Aidoo.</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5mgshnajz7ox6lv.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lua7_frv0dz1jht.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>634</t>
+          <t>641</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>مؤيد فيصل ربيع</t>
+          <t>علي اطعيمة جبر اللامي</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>الوجود عند متكلمي المسلمين</t>
-[...6 lines deleted...]
-      </c>
+          <t>مقارنة آمنة وفعالة في بيئة الأغلبية غير النزيهة</t>
+        </is>
+      </c>
+      <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>633</t>
+          <t>640</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>هند نعيم حوشي</t>
-[...2 lines deleted...]
-      <c r="C32" s="1"/>
+          <t>علي جلوب العيبي جعفر </t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>631</t>
+          <t>639</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>محمد حسين جاسم </t>
+          <t>محمد مهدي خلاوي</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t> سلطة القضاء الدستوري بالترجيح بين المصالح دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>637</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t> مرتضى سرحان عوض</t>
-[...3 lines deleted...]
-      <c r="D34" s="1"/>
+          <t>براق طالب شلش </t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>The Synthesis and Properties of Advanced Aluminium and Copper Based Metal Matrix Composites</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0_82s3ltez5hqin.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>629</t>
+          <t>636</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>ميادة صباح حسن </t>
-[...3 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>الدكتور سالم كاظم عباس خلف </t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t> الترابط البيني للسلطة المطلقة والفساد في روايات إنجليزية حداثوية مختارة كما صورها أورويل وبرادبري</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/78lz6k2uiwrnf1g.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>628</t>
+          <t>635</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>عباس العيبي حسون ابراهيم </t>
-[...3 lines deleted...]
-      <c r="D36" s="1"/>
+          <t>مصطفى ناصر مناتي </t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5mgshnajz7ox6lv.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>627</t>
+          <t>634</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار اتويه </t>
+          <t>مؤيد فيصل ربيع</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>فلسفة العدالة في القانون الجنائي العراقي</t>
+          <t>الوجود عند متكلمي المسلمين</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0vtohepnx6djgal.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8ncidamqkh9sz7_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>626</t>
+          <t>633</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>حيدر سعدون قاسم</t>
-[...6 lines deleted...]
-      </c>
+          <t>هند نعيم حوشي</t>
+        </is>
+      </c>
+      <c r="C38" s="1"/>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>624</t>
+          <t>631</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>محمد سلمان محمود </t>
-[...3 lines deleted...]
-      <c r="D39" s="1"/>
+          <t>محمد حسين جاسم </t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t> سلطة القضاء الدستوري بالترجيح بين المصالح دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nlvzf1r2b8a5j_w.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>622</t>
+          <t>630</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>جبار جاسم عطية</t>
-[...11 lines deleted...]
-      </c>
+          <t> مرتضى سرحان عوض</t>
+        </is>
+      </c>
+      <c r="C40" s="1"/>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>629</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>محمد عامر محمد </t>
-[...11 lines deleted...]
-      </c>
+          <t>ميادة صباح حسن </t>
+        </is>
+      </c>
+      <c r="C41" s="1"/>
+      <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>619</t>
+          <t>628</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>حامد هادي بدن </t>
-[...6 lines deleted...]
-      </c>
+          <t>عباس العيبي حسون ابراهيم </t>
+        </is>
+      </c>
+      <c r="C42" s="1"/>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>618</t>
+          <t>627</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>احمد علي محمد </t>
-[...3 lines deleted...]
-      <c r="D43" s="1"/>
+          <t>محمد جبار اتويه </t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>فلسفة العدالة في القانون الجنائي العراقي</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0vtohepnx6djgal.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>616</t>
+          <t>626</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>زهراء ماهود محمد</t>
+          <t>حيدر سعدون قاسم</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>التحول الزمكاني في تشكيل مابعد الحداثة دراسة سبرنطيقية</t>
-[...6 lines deleted...]
-      </c>
+          <t>THESIS IN CLOTTING ABNORMALITES IN CHRONIC LIVER DISEASE</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>615</t>
+          <t>624</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>علي محمد عذاب</t>
-[...11 lines deleted...]
-      </c>
+          <t>محمد سلمان محمود </t>
+        </is>
+      </c>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>614</t>
+          <t>622</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>عصام نجم عبد </t>
+          <t>جبار جاسم عطية</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>سياسة الاردن الخارجيه اتجاة الاقطار العربية 1953- 1967 </t>
+          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xsgwqlejokz_9i5.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xzwmnt35ucy0l7s.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>613</t>
+          <t>620</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>نجم عبدالزهرة حمود خضير </t>
+          <t>محمد عامر محمد </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>الاتجاه الثقافي في النقد الروائي العربي بحث في الاجراء النقدي</t>
+          <t>اثر المناسبة في توجيه المعنى في النص القراني</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a7l481pjmrih3fe.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bfo6h_qdli5k2t3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>609</t>
+          <t>619</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>فاطمة جبار حسين</t>
-[...2 lines deleted...]
-      <c r="C48" s="1"/>
+          <t>حامد هادي بدن </t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>آليات الارتقاء بالجيل المعاصر في الفكر الإسلامي</t>
+        </is>
+      </c>
       <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>608</t>
+          <t>618</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>جمال خصيف هادي علي </t>
-[...11 lines deleted...]
-      </c>
+          <t>احمد علي محمد </t>
+        </is>
+      </c>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>607</t>
+          <t>616</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>سليم حسين ياسين</t>
+          <t>زهراء ماهود محمد</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>عبد الفتاح ابراهيم حياتة ودورة السياسي في العراق</t>
+          <t>التحول الزمكاني في تشكيل مابعد الحداثة دراسة سبرنطيقية</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/agv5jliek4179zc.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zo216lxp7jk38c9.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>606</t>
+          <t>615</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>ايمان سعدون ضمد </t>
+          <t>علي محمد عذاب</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D51" s="1"/>
+          <t>تصغري هوائي احادي القطب مستوي مطبوع لتطبيقات التصاالت ذات عرض احلزمة الرتددية الفائقة (UWB(</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z70s12tqeg_wd6f.pdf</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>