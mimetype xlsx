--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,962 +147,942 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>827</t>
+          <t>833</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>ثائر عبدالرحيم كريم </t>
-[...11 lines deleted...]
-      </c>
+          <t>ياسر علي خالد</t>
+        </is>
+      </c>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>826</t>
+          <t>832</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>مصر محمود خلف </t>
+          <t>محمود شاكر محمود </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>دراسة انشاء مواقع الجيوبارك باستخدام التحسس النهائي شمال شرق ميسان </t>
+          <t>&amp;#34;Programming Package for Stress Intensity Factor Calculation Using FEM and Matlab</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/qhw4k7d3oc0ivgy.pdf</t>
+          <t>uploads/files/xjro4356k280y1m.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>824</t>
+          <t>831</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>رسول داخل محسن</t>
+          <t>مرتضى سعيد محمد </t>
         </is>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>823</t>
+          <t>830</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>حيدر حسن حيدر</t>
-[...3 lines deleted...]
-      <c r="D5" s="1"/>
+          <t>حنون حسن مشكور</t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_9teo1pijs624lf.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>822</t>
+          <t>829</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>زهراء داود حسين</t>
-[...6 lines deleted...]
-      </c>
+          <t>مرتضى محمد عطية عبد الكاظم الزهيوات</t>
+        </is>
+      </c>
+      <c r="C6" s="1"/>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>821</t>
+          <t>828</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ناصر حكيم طعمة </t>
-[...11 lines deleted...]
-      </c>
+          <t>مؤيد كريم حسان</t>
+        </is>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>820</t>
+          <t>827</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي صالح </t>
+          <t>ثائر عبدالرحيم كريم </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>تخزين الطاقة الحرارية بالحرارة المحسوسة في خزان معبأ بالهواء والألومينا باستخدام التدفق المحوري والتدفق المحوري مع الطبقات والتدفق القطري</t>
+          <t>Contribution to the design of CSS-UWB receiver for medical applications in the WBAN network</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/d7uzsoejy1wm6kx.pdf</t>
+          <t>uploads/files/dseltxni1y_a8m3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>819</t>
+          <t>826</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>جبار رحيم راشد مريشد الراشدي</t>
+          <t>مصر محمود خلف </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>استخدام طريقة مونتي كارلو لإيجاد دلائل وثوقية الشبكة العراقية   kV 400  </t>
+          <t>دراسة انشاء مواقع الجيوبارك باستخدام التحسس النهائي شمال شرق ميسان </t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/foguh8zxiyksvwm.PDF</t>
+          <t>uploads/files/qhw4k7d3oc0ivgy.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>818</t>
+          <t>824</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>سنان عماد صبري</t>
-[...11 lines deleted...]
-      </c>
+          <t>رسول داخل محسن</t>
+        </is>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>817</t>
+          <t>823</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>صباح فالح حبيب الحمدي</t>
-[...11 lines deleted...]
-      </c>
+          <t>حيدر حسن حيدر</t>
+        </is>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>816</t>
+          <t>822</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>صبا جاسم رحيم</t>
+          <t>زهراء داود حسين</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>INTEGRAL ASSESSMENT OF THE QUALITY OF A CONSTRUCTION ORGANIZATION</t>
-[...6 lines deleted...]
-      </c>
+          <t>   </t>
+        </is>
+      </c>
+      <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>815</t>
+          <t>821</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>علاء قاسم عطية</t>
-[...3 lines deleted...]
-      <c r="D13" s="1"/>
+          <t>ناصر حكيم طعمة </t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>سلوك عتبا ت خرسانة المساحيق الفعالة المسلحة بقضبان الياف البوليمرات المسلحة</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z4ty6ednfqcg1vm.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>814</t>
+          <t>820</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>ٍسلام عادل مطلك</t>
+          <t>محمد مهدي صالح </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Design and Analysis of Fiber Reinforced Concrete Structure for Transportation Infrastructures</t>
+          <t>تخزين الطاقة الحرارية بالحرارة المحسوسة في خزان معبأ بالهواء والألومينا باستخدام التدفق المحوري والتدفق المحوري مع الطبقات والتدفق القطري</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xnko2djya6u5lcr.pdf</t>
+          <t>uploads/files/d7uzsoejy1wm6kx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>813</t>
+          <t>819</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم رحيم</t>
+          <t>جبار رحيم راشد مريشد الراشدي</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Improve Managing Risk Indicator and Cost to Quantify Strong Building Design</t>
+          <t>استخدام طريقة مونتي كارلو لإيجاد دلائل وثوقية الشبكة العراقية   kV 400  </t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4c6n3yao_djehqk.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/foguh8zxiyksvwm.PDF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>811</t>
+          <t>818</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>عمار خلف جبار</t>
-[...3 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>سنان عماد صبري</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Learning Representations for Human Identification</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/joh6gyrlck1dn34.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>808</t>
+          <t>817</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>مشتاق عبد الكريم حسين</t>
+          <t>صباح فالح حبيب الحمدي</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>تحسين مقاومة الخدش لمادة البولي مثيل ميثا اكريليت بالتقوية بجسيمات ثاني اوكسيد السيليكا النانوية</t>
+          <t>INTERMITTENCY EFFECTS ON THE UNIVERSALITY OF LOCAL DISSIPATION SCALES IN TURBULENT BOUNDARY LAYER FLOWS WITH AND WITHOUT FREE-STREAM TURBULENCE</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/a7noy5dmrs3vu9f.pdf</t>
+          <t>uploads/files/emfh1liyvc3p8zs.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>807</t>
+          <t>816</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>وميض عيسى بريدي</t>
-[...3 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>صبا جاسم رحيم</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INTEGRAL ASSESSMENT OF THE QUALITY OF A CONSTRUCTION ORGANIZATION</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/rud0lq1s_fjhyb7.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>805</t>
+          <t>815</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>حنان هاشم عبد</t>
+          <t>علاء قاسم عطية</t>
         </is>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>802</t>
+          <t>814</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>زينة نزار عبد الرزاق</t>
+          <t>ٍسلام عادل مطلك</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>Design and Analysis of Fiber Reinforced Concrete Structure for Transportation Infrastructures</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/xnko2djya6u5lcr.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>801</t>
+          <t>813</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>احمد ماجد عبد العباس الذهبي</t>
-[...3 lines deleted...]
-      <c r="D21" s="1"/>
+          <t>محمد جاسم رحيم</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>Improve Managing Risk Indicator and Cost to Quantify Strong Building Design</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4c6n3yao_djehqk.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>811</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>المدرس الدكتور  رياض طعمه حازم</t>
-[...11 lines deleted...]
-      </c>
+          <t>عمار خلف جبار</t>
+        </is>
+      </c>
+      <c r="C22" s="1"/>
+      <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>799</t>
+          <t>808</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبدالكريم رحيم</t>
-[...3 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>مشتاق عبد الكريم حسين</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>تحسين مقاومة الخدش لمادة البولي مثيل ميثا اكريليت بالتقوية بجسيمات ثاني اوكسيد السيليكا النانوية</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/a7noy5dmrs3vu9f.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>798</t>
+          <t>807</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>احمد هاتف عبيد</t>
+          <t>وميض عيسى بريدي</t>
         </is>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>796</t>
+          <t>805</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>صادق دعير عنيد</t>
-[...11 lines deleted...]
-      </c>
+          <t>حنان هاشم عبد</t>
+        </is>
+      </c>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>795</t>
+          <t>802</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>محمد رزاق محمد</t>
+          <t>زينة نزار عبد الرزاق</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>Injectable Composite Biomaterials for Cartilage Tissue Engineering</t>
-[...6 lines deleted...]
-      </c>
+          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
+        </is>
+      </c>
+      <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>793</t>
+          <t>801</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>فاضل مزهر شنيور</t>
+          <t>احمد ماجد عبد العباس الذهبي</t>
         </is>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>791</t>
+          <t>800</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>حيدر ناصر مناتي اللامي</t>
-[...3 lines deleted...]
-      <c r="D28" s="1"/>
+          <t>المدرس الدكتور  رياض طعمه حازم</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t> Development of Integrated Sustainable System for Oil Industry in Iraq </t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/0vxyojzbpstl2d5.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>790</t>
+          <t>799</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>ماب علاء حسين</t>
+          <t>حيدر عبدالكريم رحيم</t>
         </is>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>789</t>
+          <t>798</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>فراس جواد كاظم</t>
-[...11 lines deleted...]
-      </c>
+          <t>احمد هاتف عبيد</t>
+        </is>
+      </c>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>788</t>
+          <t>796</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>مظفر يعقوب حسين</t>
+          <t>صادق دعير عنيد</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>السيطرة على تكون التكلسات في غشاء ثاني أوكسيد التيتانيوم الخزفي النانوفلتر</t>
+          <t>Efficient Maximum Power Point Tracking  Techniques for a Grid-connected  Photovoltaic System using Artificial  Intelligence</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/6wzu2evhngks04c.pdf</t>
+          <t>uploads/files/dle1zigurv0x758.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>787</t>
+          <t>795</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>م.د نور كاظم فهيد</t>
-[...2 lines deleted...]
-      <c r="C32" s="1"/>
+          <t>محمد رزاق محمد</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>Injectable Composite Biomaterials for Cartilage Tissue Engineering</t>
+        </is>
+      </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w9v2c34tnp_jgi0.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h5uasq0xvcjmiwo.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>786</t>
+          <t>793</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>الحسين محمد جمعة</t>
+          <t>فاضل مزهر شنيور</t>
         </is>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>785</t>
+          <t>791</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>جهاد نعيم عليوي</t>
+          <t>حيدر ناصر مناتي اللامي</t>
         </is>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>784</t>
+          <t>790</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>نجلاء زكي منور</t>
-[...6 lines deleted...]
-      </c>
+          <t>ماب علاء حسين</t>
+        </is>
+      </c>
+      <c r="C35" s="1"/>
       <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>783</t>
+          <t>789</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>وداد مارد حمود</t>
-[...3 lines deleted...]
-      <c r="D36" s="1"/>
+          <t>فراس جواد كاظم</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>Experimental Investigation on the Effect of Biogrouting  by Using Different Calcium Sources on the Improvement  and Performance of Poorly Graded Fine Sand</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/b5s6rpc0zj3eoh8.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>781</t>
+          <t>788</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>عباس لعيبي عبيد</t>
-[...3 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>مظفر يعقوب حسين</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>السيطرة على تكون التكلسات في غشاء ثاني أوكسيد التيتانيوم الخزفي النانوفلتر</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/6wzu2evhngks04c.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>780</t>
+          <t>787</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>سجى جمعه ضمد</t>
-[...6 lines deleted...]
-      </c>
+          <t>م.د نور كاظم فهيد</t>
+        </is>
+      </c>
+      <c r="C38" s="1"/>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_10k6jb5gucspft.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w9v2c34tnp_jgi0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>779</t>
+          <t>786</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ا.م.د ضرغام صبيح كريم </t>
-[...11 lines deleted...]
-      </c>
+          <t>الحسين محمد جمعة</t>
+        </is>
+      </c>
+      <c r="C39" s="1"/>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>775</t>
+          <t>785</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>كرار احمد صاحب  </t>
+          <t>جهاد نعيم عليوي</t>
         </is>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>773</t>
+          <t>784</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>اكرام فارس غانم </t>
+          <t>نجلاء زكي منور</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>تطور نظام العمل وحقوق العمال في بريطانيا حتى عام 1937</t>
-[...6 lines deleted...]
-      </c>
+          <t>00000</t>
+        </is>
+      </c>
+      <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>772</t>
+          <t>783</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة احمد مونس شايع</t>
-[...6 lines deleted...]
-      </c>
+          <t>وداد مارد حمود</t>
+        </is>
+      </c>
+      <c r="C42" s="1"/>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>771</t>
+          <t>781</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة سعيد عبد الرضا</t>
-[...6 lines deleted...]
-      </c>
+          <t>عباس لعيبي عبيد</t>
+        </is>
+      </c>
+      <c r="C43" s="1"/>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>768</t>
+          <t>780</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>نادية مهدي محمد</t>
-[...3 lines deleted...]
-      <c r="D44" s="1"/>
+          <t>سجى جمعه ضمد</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Pedeatric endocrine </t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_10k6jb5gucspft.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>766</t>
+          <t>779</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>نور الدين عبد الكريم جاسم</t>
+          <t>ا.م.د ضرغام صبيح كريم </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
-[...2 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>التقييم الفسيولوجي والمحصولي لبعض أصناف القمح المعاملة بحمض الهيومك والأحماض الأمينية والتسميد النتروجيني تحت ظروف الأراضي الرملية الملحية حديثة الاستصلاح</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/aj7bex5wozy8r34.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>764</t>
+          <t>775</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t> وداد علي عبد سلمان </t>
-[...11 lines deleted...]
-      </c>
+          <t>كرار احمد صاحب  </t>
+        </is>
+      </c>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>763</t>
+          <t>773</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>محمد صادق جعفر</t>
-[...3 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>اكرام فارس غانم </t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>تطور نظام العمل وحقوق العمال في بريطانيا حتى عام 1937</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m8n_ipoy5bl1sxt.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>761</t>
+          <t>772</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>دنيا صبيح محمد</t>
+          <t>م.م.سارة احمد مونس شايع</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Production and purification of Human Interferon α2b protein in Tobacco (Nicotiana tabacum) and Alfalfa ( Medicago Sativa) plant</t>
-[...6 lines deleted...]
-      </c>
+          <t>----</t>
+        </is>
+      </c>
+      <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>760</t>
+          <t>771</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>منتظر حنون داود</t>
+          <t>م.م.سارة سعيد عبد الرضا</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>آثار إدارة الإنزيم المساعد Q10 على ضغط الدم الانقباضي والانبساطي لدى مرضى ما قبل ارتفاع ضغط الدم</t>
+          <t>-</t>
         </is>
       </c>
       <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>759</t>
+          <t>768</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>محمد حنون داود</t>
-[...11 lines deleted...]
-      </c>
+          <t>نادية مهدي محمد</t>
+        </is>
+      </c>
+      <c r="C50" s="1"/>
+      <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>758</t>
+          <t>766</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>محمد طالب جاسم</t>
+          <t>نور الدين عبد الكريم جاسم</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Identification of genes responsible for ochratoxin-A  biodegradation by Cupriavidus basilensis ŐR16 and  valuation of Cupriavidus genus for mycotoxins  biodegradation potential</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا توجد</t>
+        </is>
+      </c>
+      <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>