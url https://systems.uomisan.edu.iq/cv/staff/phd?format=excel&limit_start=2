--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,858 +147,854 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>929</t>
+          <t>934</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>علي هاشم عبد الحسن </t>
+          <t>م.م عامر هاتو حميد الازيرجاوي</t>
         </is>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>928</t>
+          <t>933</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>زهراء صالح مهدي</t>
-[...3 lines deleted...]
-      <c r="D3" s="1"/>
+          <t>ليث رمضان كاظم الساعدي</t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>التنظيم القانوني للصناديق السيادية ودورها الاقتصادي -دراسة مقارنة-</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/hakdfgxtw72q5re.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>926</t>
+          <t>932</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>يحيى عاجب عوده</t>
+          <t>محمد عبد المنذر عثمان الربيعي</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>استخدام اسلوبين مختلفين لإضافة ماء الري لاختبار فعالية تكنولوجيا SWRT ولمعاملات إدارة تربة مختلفة وأثر ذلك في نمو وحاصل الذرة الصفراء Zea mays L.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Chemistry</t>
+        </is>
+      </c>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>920</t>
+          <t>930</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>اوراس ناجي حمد</t>
-[...6 lines deleted...]
-      </c>
+          <t>طه محمد جاسم محمد </t>
+        </is>
+      </c>
+      <c r="C5" s="1"/>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>918</t>
+          <t>929</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>د.مصطفى طاهر حاتم </t>
-[...6 lines deleted...]
-      </c>
+          <t>علي هاشم عبد الحسن </t>
+        </is>
+      </c>
+      <c r="C6" s="1"/>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>916</t>
+          <t>928</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ميثم رحيم شغاتي</t>
+          <t>زهراء صالح مهدي</t>
         </is>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>915</t>
+          <t>926</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>هديل غازي عبدعلي </t>
+          <t>يحيى عاجب عوده</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Nonlinear Ritz Approximation for Some Nonlinear Differential Equations Using Modify Lyapunov-Schmidt Reduction</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>استخدام اسلوبين مختلفين لإضافة ماء الري لاختبار فعالية تكنولوجيا SWRT ولمعاملات إدارة تربة مختلفة وأثر ذلك في نمو وحاصل الذرة الصفراء Zea mays L.</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/62_nyhzrf38mi5d.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>906</t>
+          <t>920</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>مصطفى مزهر جبر </t>
-[...2 lines deleted...]
-      <c r="C9" s="1"/>
+          <t>اوراس ناجي حمد</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>CONSTRUCTION AND ANALYSIS OF THE PROTEIN INTERACTION NETWORK BETWEEN MYLOID AND LYMPHOID LEUKAEMIA TYPES</t>
+        </is>
+      </c>
       <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>901</t>
+          <t>918</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>مزهر فالح راشد البهادلي</t>
-[...2 lines deleted...]
-      <c r="C10" s="1"/>
+          <t>د.مصطفى طاهر حاتم </t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>عزل وتشخيص السموم الكبدية Microcystins   من بعض الطحالب الخضر المزرقة المعزولة من البيئة المائية في محافظة البصرة - العراق</t>
+        </is>
+      </c>
       <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>917</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>صبري محمد خضر الموسوي</t>
+          <t>سيف علي قاسم عبدالزهره</t>
         </is>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>897</t>
+          <t>916</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>رسول كامل شايع</t>
+          <t>ميثم رحيم شغاتي</t>
         </is>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>896</t>
+          <t>915</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>زلال هلال عبد</t>
-[...2 lines deleted...]
-      <c r="C13" s="1"/>
+          <t>هديل غازي عبدعلي </t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Nonlinear Ritz Approximation for Some Nonlinear Differential Equations Using Modify Lyapunov-Schmidt Reduction</t>
+        </is>
+      </c>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>895</t>
+          <t>906</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>كرار علي مطير</t>
-[...6 lines deleted...]
-      </c>
+          <t>مصطفى مزهر جبر </t>
+        </is>
+      </c>
+      <c r="C14" s="1"/>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>889</t>
+          <t>901</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>غزوان فؤاد كاظم</t>
+          <t>مزهر فالح راشد البهادلي</t>
         </is>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>887</t>
+          <t>900</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>شيماء كاظم محسن</t>
+          <t>صبري محمد خضر الموسوي</t>
         </is>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>886</t>
+          <t>897</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>سالم رحيم معله </t>
+          <t>رسول كامل شايع</t>
         </is>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>885</t>
+          <t>896</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>طلال حسين صالح</t>
-[...11 lines deleted...]
-      </c>
+          <t>زلال هلال عبد</t>
+        </is>
+      </c>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>884</t>
+          <t>895</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الحسن بريسم</t>
+          <t>كرار علي مطير</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>تاثير تمرينات خاصة باسلوب المنافسة في التحمل الخاص والتكوينات الهجومية للاعبي الدوري الممتاز لكرة اليد</t>
         </is>
       </c>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>874</t>
+          <t>889</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>رسل نعيم منخي</t>
-[...11 lines deleted...]
-      </c>
+          <t>غزوان فؤاد كاظم</t>
+        </is>
+      </c>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>870</t>
+          <t>887</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>عباس علي جمعة حمودي </t>
-[...11 lines deleted...]
-      </c>
+          <t>شيماء كاظم محسن</t>
+        </is>
+      </c>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>867</t>
+          <t>886</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>صفا علي عبد الرضا جاسم </t>
+          <t>سالم رحيم معله </t>
         </is>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>865</t>
+          <t>885</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>احمد حميد طاهر </t>
-[...3 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>طلال حسين صالح</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>دراسه الفطریات الجلدیه والکیراتینیه المعزوله من بعض الحيوانات والأشخاص الملامسين لها في محافظة ميسان</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/pb8r97yj1qote06.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>864</t>
+          <t>884</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>ابتسام قاسم كاظم</t>
-[...2 lines deleted...]
-      <c r="C24" s="1"/>
+          <t>محمد عبد الحسن بريسم</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>862</t>
+          <t>874</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>عادل كمون جابر</t>
+          <t>رسل نعيم منخي</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>نثر الحسن البصري دراسة في ضوء النقد الثقافي</t>
+          <t>تحضير وتشخيص ودراسة الفعالية الب ايولوجية والالتحام الجزيئي لبعض مشتقات الفينوفايبريت الجديدة</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/x1c84kd2w_azthb.pdf</t>
+          <t>uploads/files/whrkqgpve72ajxi.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>859</t>
+          <t>870</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>غفران جبار صالح</t>
-[...3 lines deleted...]
-      <c r="D26" s="1"/>
+          <t>عباس علي جمعة حمودي </t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>البازار ودوره السياسي في ايران من عام 1979 الى 1989</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/bikuvyzjr02qlmh.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>858</t>
+          <t>867</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم علي</t>
+          <t>صفا علي عبد الرضا جاسم </t>
         </is>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>855</t>
+          <t>865</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>سيف الدين حسن حسان</t>
+          <t>احمد حميد طاهر </t>
         </is>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>854</t>
+          <t>864</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>سوزان مهدي فياض </t>
+          <t>ابتسام قاسم كاظم</t>
         </is>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>853</t>
+          <t>862</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>هبه جاسم محمد</t>
-[...3 lines deleted...]
-      <c r="D30" s="1"/>
+          <t>عادل كمون جابر</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>نثر الحسن البصري دراسة في ضوء النقد الثقافي</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/x1c84kd2w_azthb.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>851</t>
+          <t>860</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>منى جبار شلش</t>
+          <t>باسم مدلول حافظ الجوراني</t>
         </is>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>859</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>م.م علي إبراهيم زبون </t>
+          <t>غفران جبار صالح</t>
         </is>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>849</t>
+          <t>858</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>زهراء رسول فاخر</t>
-[...11 lines deleted...]
-      </c>
+          <t>محمد جاسم علي</t>
+        </is>
+      </c>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>848</t>
+          <t>855</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>سعد حنون سعدون</t>
+          <t>سيف الدين حسن حسان</t>
         </is>
       </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>846</t>
+          <t>854</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>محمد تالي قاسم المالجي</t>
-[...11 lines deleted...]
-      </c>
+          <t>سوزان مهدي فياض </t>
+        </is>
+      </c>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>845</t>
+          <t>853</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>محسن هاشم كرم </t>
+          <t>هبه جاسم محمد</t>
         </is>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>844</t>
+          <t>851</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>د. حيدر خلف جبار اللامي</t>
-[...11 lines deleted...]
-      </c>
+          <t>منى جبار شلش</t>
+        </is>
+      </c>
+      <c r="C37" s="1"/>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>843</t>
+          <t>850</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>أحمد مالك عبدالغني العنتاكي</t>
+          <t>م.م علي إبراهيم زبون </t>
         </is>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>842</t>
+          <t>849</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>رائد ساعي جاسم </t>
+          <t>زهراء رسول فاخر</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>الموديل التحليلي للمشاكل الجيوتكنيكية حول الانفاق. مشروع مترو بغداد</t>
+          <t>The use of remote sensing techniques to identify and evaluate a potential site for water harvesting in eastern Missan, Southern Iraq</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/68tyg90odxq4rhp.pdf</t>
+          <t>uploads/files/eiukfqxnm415r8a.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>841</t>
+          <t>848</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>همام حسين مغتاظ </t>
+          <t>سعد حنون سعدون</t>
         </is>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>840</t>
+          <t>846</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن لازم</t>
-[...3 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>محمد تالي قاسم المالجي</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>مساهمات في تصميم وتنفيذ أنظمة الرعاية الصحية استنادًا إلى شبكات الاستشعار اللاسلكية القابلة للارتداء</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/lud957m6k3j0zns.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>838</t>
+          <t>845</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>ربيعه هادي حسن</t>
+          <t>محسن هاشم كرم </t>
         </is>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>837</t>
+          <t>844</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>علي حميد قاسم</t>
+          <t>د. حيدر خلف جبار اللامي</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Modeling the Effect of Ultrasound on the Inelastic Deformation of Metals</t>
+          <t>تطوير نظام خبير باستخدام الشبكات العصبية الاصطناعية الذكية</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/g8sy0rzd3ctaok4.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u7zwq0xhetgcvnd.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>836</t>
+          <t>843</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الزهرة كاطع </t>
+          <t>أحمد مالك عبدالغني العنتاكي</t>
         </is>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>835</t>
+          <t>842</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالزهره علي حسين الحريشاوي</t>
-[...3 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>رائد ساعي جاسم </t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>الموديل التحليلي للمشاكل الجيوتكنيكية حول الانفاق. مشروع مترو بغداد</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/68tyg90odxq4rhp.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>833</t>
+          <t>841</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>ياسر علي خالد</t>
+          <t>همام حسين مغتاظ </t>
         </is>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>832</t>
+          <t>840</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>محمود شاكر محمود </t>
-[...11 lines deleted...]
-      </c>
+          <t>محمد حسن لازم</t>
+        </is>
+      </c>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>831</t>
+          <t>838</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>مرتضى سعيد محمد </t>
+          <t>ربيعه هادي حسن</t>
         </is>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>830</t>
+          <t>837</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>حنون حسن مشكور</t>
+          <t>علي حميد قاسم</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
+          <t>Modeling the Effect of Ultrasound on the Inelastic Deformation of Metals</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_9teo1pijs624lf.pdf</t>
+          <t>uploads/files/g8sy0rzd3ctaok4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>829</t>
+          <t>836</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محمد عطية عبد الكاظم الزهيوات</t>
+          <t>علي عبد الزهرة كاطع </t>
         </is>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>828</t>
+          <t>835</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>مؤيد كريم حسان</t>
+          <t>علي عبدالزهره علي حسين الحريشاوي</t>
         </is>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">