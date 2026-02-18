--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -112,523 +112,643 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>40</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t> الاء ظافر عامر </t>
+          <t>يوسف طه حسين القريشي </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>هوية السكان الاصليين بين التهميش والاستراد في مسرحيات مختارة من اميركا وكندا واستراليا</t>
+          <t>بريطانيا وايرلندا الحرة دراسة في العلاقات السياسية ١٩٣٩-١٩٤٥</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ezkwya7ljhmivt4.pdf</t>
+          <t>uploads/files/jnbk0psvaux1qro.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>39</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
+          <t>أمير علي حسين</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>سياسة المملكة العربية السعودية تجاه سوريا ١٩٤٩-١٩٥٨</t>
         </is>
       </c>
       <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>نجم عبدالله برهان</t>
+          <t>يسرى عودة علوان </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Round Robin and Final Report Strategies in Reading Comprehension   Skills Development and the Achievement of English Department Students in Education Faculties in the Comprehension</t>
-[...6 lines deleted...]
-      </c>
+          <t>----------</t>
+        </is>
+      </c>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>فرقان عبد الرضا كريم حسين </t>
+          <t>حلا عبد الكريم احمد عبد صالح </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
-[...2 lines deleted...]
-      <c r="D5" s="1"/>
+          <t>دور علماء الحديث في التربية والتعليم من خلال مؤلفات الخطيب البغدادي </t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7dr45etfzcqh0_w.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>32</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>رغد شاكر دعير </t>
+          <t>لطفي جميل محمد </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
-[...2 lines deleted...]
-      <c r="D6" s="1"/>
+          <t>العلاقات الاميركية الدومنكانية 1900 _ 1968</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sgji2rn0u1d5ymt.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>31</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>احمد حسن موسى </t>
+          <t>أثير أحمد حسين</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>30</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>أسوان فاخر جاسم </t>
+          <t> الاء ظافر عامر </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>هوية السكان الاصليين بين التهميش والاستراد في مسرحيات مختارة من اميركا وكندا واستراليا</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ezkwya7ljhmivt4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>29</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>تحسين علي مهودر </t>
+          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>OUTSIDE OR INSIDE THE REALISTIC FRAMEWORK IN POST-WAR BRITISH FICTION. FROM J.R.R. TOLKIEN TO GRAHAM GREENE</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا توجد</t>
+        </is>
+      </c>
+      <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>28</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار لازم </t>
+          <t>نجم عبدالله برهان</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
-[...2 lines deleted...]
-      <c r="D10" s="1"/>
+          <t>The Effect of Round Robin and Final Report Strategies in Reading Comprehension   Skills Development and the Achievement of English Department Students in Education Faculties in the Comprehension</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3dylwq6upanbtr7.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>وفاء حسين جبر </t>
+          <t>فرقان عبد الرضا كريم حسين </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>لا توجد</t>
         </is>
       </c>
       <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>25</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>علي سامي رشيد</t>
+          <t>رغد شاكر دعير </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>24</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>عقيل عبدالواحد قاسم </t>
+          <t>احمد حسن موسى </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Numerical Solutions of Time-Fractional Burger&amp;#39;s Equation by Using B-Spline Finite Elements</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>23</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>سيف طالب عباس</t>
+          <t>أسوان فاخر جاسم </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
           <t>لا توجد</t>
         </is>
       </c>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>22</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>سارة عبد الحسين بندر </t>
+          <t>تحسين علي مهودر </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>قياس كفاءة مرشحات التحليل المويجي في تحليل السلاسل الزمنية </t>
+          <t>OUTSIDE OR INSIDE THE REALISTIC FRAMEWORK IN POST-WAR BRITISH FICTION. FROM J.R.R. TOLKIEN TO GRAHAM GREENE</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_2bp5w9y7vixuhk.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/p_zwdht6xrskcme.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>21</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>اسماء جاسم حرفش </t>
+          <t>محمد جبار لازم </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>New analytical formulas for the analysis and simulation of incompressible flow problems</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا توجد</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>آيات محمد جبر </t>
+          <t>وفاء حسين جبر </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>لا توجد</t>
         </is>
       </c>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>17</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم مطشر عزيز </t>
+          <t>علي سامي رشيد</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
         </is>
       </c>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>16</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t> مصطفى علي حسين </t>
+          <t>عقيل عبدالواحد قاسم </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>Navier-Stokes equation on beta-plane</t>
-[...6 lines deleted...]
-      </c>
+          <t>Numerical Solutions of Time-Fractional Burger&amp;#39;s Equation by Using B-Spline Finite Elements</t>
+        </is>
+      </c>
+      <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>14</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>تغريد عبد الكريم حاتم</t>
+          <t>سيف طالب عباس</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>لا توجد</t>
         </is>
       </c>
       <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>هبه ربيع بعنون</t>
+          <t>سارة عبد الحسين بندر </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>I_(F^* )- Lifting Modules with Respect to Image of Fully Invariant Submodules</t>
-[...2 lines deleted...]
-      <c r="D21" s="1"/>
+          <t>قياس كفاءة مرشحات التحليل المويجي في تحليل السلاسل الزمنية </t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_2bp5w9y7vixuhk.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>مرتضى علي شبيب </t>
+          <t>اسماء جاسم حرفش </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Movement of permutation groups </t>
-[...2 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>New analytical formulas for the analysis and simulation of incompressible flow problems</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6u32vsypbznf4tr.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>9</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>محمد كاظم حمد </t>
+          <t>آيات محمد جبر </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Fabrication, Characterization And Improvement of Some Solar Cells Based on P3HT Doping with SWCNT</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا توجد</t>
+        </is>
+      </c>
+      <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>احمد كريم مطشر عزيز </t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
+      <c r="D24" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t> مصطفى علي حسين </t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>Navier-Stokes equation on beta-plane</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9m0o4nsgfijwlh1.pdf</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>تغريد عبد الكريم حاتم</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
+      <c r="D26" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>هبه ربيع بعنون</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>I_(F^* )- Lifting Modules with Respect to Image of Fully Invariant Submodules</t>
+        </is>
+      </c>
+      <c r="D27" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>مرتضى علي شبيب </t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>Movement of permutation groups </t>
+        </is>
+      </c>
+      <c r="D28" s="1"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>محمد كاظم حمد </t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>Fabrication, Characterization And Improvement of Some Solar Cells Based on P3HT Doping with SWCNT</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/126y7_j0wcxazgh.pdf</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B24" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>حسنين رحيم كريم </t>
         </is>
       </c>
-      <c r="C24" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D24" s="1"/>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
+      <c r="D30" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>