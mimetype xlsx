--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1071 +147,1067 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>105</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>نبيل نجم بهلول </t>
-[...3 lines deleted...]
-      <c r="D2" s="1"/>
+          <t> قدامه محمد قاسم الياسري</t>
+        </is>
+      </c>
+      <c r="C2" s="1" t="inlineStr">
+        <is>
+          <t>دمج المواد متغيرة الطور في غلاف المبنى تحت الظروف الحارة</t>
+        </is>
+      </c>
+      <c r="D2" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/qxhp4tyam7w0_cn.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>104</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبد سعدون </t>
-[...11 lines deleted...]
-      </c>
+          <t>فراس لطيف حساني</t>
+        </is>
+      </c>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>96</t>
+          <t>103</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>جبار عباس نعمة </t>
-[...11 lines deleted...]
-      </c>
+          <t>رضوان علي عبد الرضا </t>
+        </is>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>101</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>عبد الزهرة عودة جبر </t>
+          <t>احمد ريسان حسين سدخان</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>اللسانيات الوظيفية في الدراسات العربية المعاصرة- دراسة في جهود أحمد المتوكل</t>
+          <t>Dissolved-gas-analysis based intelligent expert system for power transformers faults diagnosis and insulation oil quality assessment</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/82o_rle6ksw9thd.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6qhwdi175t2xlne.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>100</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>سراج محمد يعقوب </t>
-[...11 lines deleted...]
-      </c>
+          <t>ايمان محمد اسماعيل</t>
+        </is>
+      </c>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>91</t>
+          <t>99</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسين حداد</t>
+          <t>مشتاق عباس عريبي </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>النقد العروضي عند العرب حتى نهاية القرن السابع الهجري </t>
+          <t>Development of cooling systems based on lithium bromide absorption refrigeration systems powered  by renewable energy sources</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v7ekdp0stjcmg4o.pdf</t>
+          <t>uploads/files/z26nu9ecd7kr5ty.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>98</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>كريمة عبد جمعة </t>
-[...6 lines deleted...]
-      </c>
+          <t>نبيل نجم بهلول </t>
+        </is>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>97</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>علي موسى عكلة </t>
+          <t>قاسم عبد سعدون </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>مُوضِحُ أسرارِ النَّحو للشيخ بهاء الدين محمد بن الحسن الأصفهاني (الفاضل الهندي) 1062 - 1137 هـ‍</t>
+          <t>حروب الاسترداد الاسبانية (الريكونيكيستا) ٩٨_ ٨٩٧ هجرية / ٧١٧_ ١٤٩٢ ميلادية </t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fxovcje7p6ayhz8.pdf</t>
+          <t>http://localhost/cv/uploads/files/w8i9ey5xurdkgjp.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>96</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>حسن حميد محسن </t>
+          <t>جبار عباس نعمة </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>كتاب المستنير في القراءات العشر لابن سوار البغدادي ( ت ٤٩٦ هـ) دراسة صوتية في ضوء علم الصوت الحديث </t>
+          <t>الشعر النسوي قبل الإسلام موضوعاته وخصائصه الفنية </t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wzrxudj_61cob30.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uxi6sha709vwrk1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>زهراء شهاب احمد </t>
+          <t>عبد الزهرة عودة جبر </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>اللسانيات الوظيفية في الدراسات العربية المعاصرة- دراسة في جهود أحمد المتوكل</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/82o_rle6ksw9thd.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>86</t>
+          <t>94</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>عماد جغيم عويد </t>
+          <t>سراج محمد يعقوب </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>عراقيات الأبيوردي دراسة تحليلية </t>
+          <t>التداخل المنهجي في طرائق تحليل النص الشعري - السيميائية أنموذجا</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qadcb05gmj38wk4.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eyf6nrdz0_pxksu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>91</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>مولود محمد زايد </t>
+          <t>علي عبد الحسين حداد</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>ادبية النص القراني.دراسة جمالية</t>
+          <t>النقد العروضي عند العرب حتى نهاية القرن السابع الهجري </t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vzr3m86bie574kx.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v7ekdp0stjcmg4o.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>84</t>
+          <t>90</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>باسم محمد عيادة </t>
+          <t>كريمة عبد جمعة </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>الاحتجاج الصرفي عندشراح الشافية في القرن الثامن الهجري</t>
-[...6 lines deleted...]
-      </c>
+          <t>-------</t>
+        </is>
+      </c>
+      <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>89</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>د . مصطفى صباح مهودر </t>
+          <t>علي موسى عكلة </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>----التحليل النصي والتاويل في تفسير معارج التفكر ودقائق التدبر ---</t>
-[...2 lines deleted...]
-      <c r="D15" s="1"/>
+          <t>مُوضِحُ أسرارِ النَّحو للشيخ بهاء الدين محمد بن الحسن الأصفهاني (الفاضل الهندي) 1062 - 1137 هـ‍</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fxovcje7p6ayhz8.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>88</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>ايمان حسن مجيسر</t>
+          <t>حسن حميد محسن </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>الحياة الاقتصادية والمعيشية للرسول الاعظم محمد (ص) دراسة تاريخية</t>
+          <t>كتاب المستنير في القراءات العشر لابن سوار البغدادي ( ت ٤٩٦ هـ) دراسة صوتية في ضوء علم الصوت الحديث </t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/liw9e2y_bfc50rp.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wzrxudj_61cob30.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>78</t>
+          <t>87</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>اياد نعيم مجيد </t>
+          <t>زهراء شهاب احمد </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>فلسفة التعليم والتربية حسب آراء ملاصدرا</t>
-[...6 lines deleted...]
-      </c>
+          <t>----------</t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>86</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار جاسم </t>
+          <t>عماد جغيم عويد </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>روايات العرض على الكتاب (دراسة موضوعية)</t>
+          <t>عراقيات الأبيوردي دراسة تحليلية </t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/mxyh0rv4acdq2pt.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qadcb05gmj38wk4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>85</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
+          <t>مولود محمد زايد </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t> الماركسية والراسمالية في منهج المقارن للسيد محمد باقر الصدر</t>
+          <t>ادبية النص القراني.دراسة جمالية</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jg3afyv8o6t5zik.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vzr3m86bie574kx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>74</t>
+          <t>84</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>هاشم داخل حسين </t>
+          <t>باسم محمد عيادة </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>عقوبة النفي في الدولة العربية الاسلامية حتى نهاية التسلط التركي </t>
+          <t>الاحتجاج الصرفي عندشراح الشافية في القرن الثامن الهجري</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4s7t5gvqou96drb.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f7t6xjkn81aiysu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>83</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>علي محمود خلف </t>
+          <t>د . مصطفى صباح مهودر </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>----التحليل النصي والتاويل في تفسير معارج التفكر ودقائق التدبر ---</t>
         </is>
       </c>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>79</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>سوسن هاشم هاتو </t>
+          <t>ايمان حسن مجيسر</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
-[...2 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>الحياة الاقتصادية والمعيشية للرسول الاعظم محمد (ص) دراسة تاريخية</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/liw9e2y_bfc50rp.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>71</t>
+          <t>78</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>ماجد رحيمه جبر </t>
+          <t>اياد نعيم مجيد </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>القبول / الرفض الوالدي وعلاقته بشخصية أبنائهم التسلطية وسلوكهم اللا اجتماعي  </t>
+          <t>فلسفة التعليم والتربية حسب آراء ملاصدرا</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gws1_8nthkmdcxo.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/st9k6hfa8mzobxq.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>76</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسن بريسم</t>
+          <t>محمد جبار جاسم </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>الانتماء الى جماعة الاقران على وفق الممارسات الوالدية</t>
+          <t>روايات العرض على الكتاب (دراسة موضوعية)</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9ywusm4x3dgvo1a.pdf</t>
+          <t>uploads/files/mxyh0rv4acdq2pt.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>75</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>عمار طعمه جاسم </t>
+          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>تصميم تعليمي- تعلمي على وفق النظرية البنائية وأثره في تحصيل مادة الرياضيات والدافعية نحوها وتنمية مهارات التفكير الإبداعي لدى طلبة كلية التربية الأساسية</t>
+          <t> الماركسية والراسمالية في منهج المقارن للسيد محمد باقر الصدر</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_734zvcliu9fw0.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jg3afyv8o6t5zik.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>68</t>
+          <t>74</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>سعاد سلمان حسن وطان</t>
+          <t>هاشم داخل حسين </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>عقوبة النفي في الدولة العربية الاسلامية حتى نهاية التسلط التركي </t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l7urq5kb29asfnz.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4s7t5gvqou96drb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>73</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>اشرف صالح جاسم </t>
+          <t>علي محمود خلف </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي صخي </t>
+          <t>سوسن هاشم هاتو </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>فاعلية تصميم تعليمي -تعلمي وفقا للانموذج المعرفي في تنمية مهارات التفكير العليا وتعديل التصورات الخاطئة والتحصيل النوعي في مادة الفيزياء لدى طلبة كلية التربية الاساسية</t>
-[...6 lines deleted...]
-      </c>
+          <t>-------</t>
+        </is>
+      </c>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>71</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>زينة عبد الجبار جاسم </t>
+          <t>ماجد رحيمه جبر </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>تصميم تعليمي - تعلمي على وفق الكفاءة الرياضية واثره في عادات العقل والكفاءة الرياضية لدى طالبات الصف الرابع العلمي</t>
+          <t>القبول / الرفض الوالدي وعلاقته بشخصية أبنائهم التسلطية وسلوكهم اللا اجتماعي  </t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mc9jv1ou4xalsz5.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gws1_8nthkmdcxo.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>70</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>داليا عبد الجبار شنيشل علي </t>
+          <t>علي عبد الحسن بريسم</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>التحليل المكاني للخصوبة السكانية المسجلة في محافظة ميسان</t>
+          <t>الانتماء الى جماعة الاقران على وفق الممارسات الوالدية</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/af4kq0hz59ms3yw.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9ywusm4x3dgvo1a.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>59</t>
+          <t>69</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>علي غليس ناهي </t>
+          <t>عمار طعمه جاسم </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>اثر تغير المناخ في تغيير المنظومات السطحية الشمولية الموثرة على العراق خلال الفصل المطير</t>
+          <t>تصميم تعليمي- تعلمي على وفق النظرية البنائية وأثره في تحصيل مادة الرياضيات والدافعية نحوها وتنمية مهارات التفكير الإبداعي لدى طلبة كلية التربية الأساسية</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4clu9e2d1rbnim_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_734zvcliu9fw0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>68</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>هند طارق مجيد</t>
+          <t>سعاد سلمان حسن وطان</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a69iwjmxk145fc3.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l7urq5kb29asfnz.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>67</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>هديل هشام عبد الامير </t>
+          <t>اشرف صالح جاسم </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>لا يوجد</t>
         </is>
       </c>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>66</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>وجدان فرحان مجيد</t>
+          <t>محمد مهدي صخي </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
-[...2 lines deleted...]
-      <c r="D34" s="1"/>
+          <t>فاعلية تصميم تعليمي -تعلمي وفقا للانموذج المعرفي في تنمية مهارات التفكير العليا وتعديل التصورات الخاطئة والتحصيل النوعي في مادة الفيزياء لدى طلبة كلية التربية الاساسية</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n3dp9ckmtv6lue1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>64</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>ضحى لعيبي كاظم </t>
+          <t>زينة عبد الجبار جاسم </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>الاهمية الاستراتيجية للنفط العراقي للمدة ١٩٧٠ _٢٠١٠ دراسة في الجغرافيا السياسية</t>
+          <t>تصميم تعليمي - تعلمي على وفق الكفاءة الرياضية واثره في عادات العقل والكفاءة الرياضية لدى طالبات الصف الرابع العلمي</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zg8byl7d4trqv6j.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mc9jv1ou4xalsz5.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>62</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>هاشم كاظم صبيخي </t>
+          <t>داليا عبد الجبار شنيشل علي </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>التحليل المكاني للصراع  الديموغرافي في فلسطين</t>
+          <t>التحليل المكاني للخصوبة السكانية المسجلة في محافظة ميسان</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/50fmeql68v3zk9_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/af4kq0hz59ms3yw.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>59</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>محمد عباس جابر خضير </t>
+          <t>علي غليس ناهي </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>التمثيل الخرائطي والتحليل الجيومورفولوجي لاشكال سطح الارض شرق نهر دجلة بين نهري الجباب والسويب باستخدام تقنيتي الاستشعار عن بعد ونظم المعلومات الجغرافية .</t>
+          <t>اثر تغير المناخ في تغيير المنظومات السطحية الشمولية الموثرة على العراق خلال الفصل المطير</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m4k67f8sutc3hiv.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4clu9e2d1rbnim_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>58</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>فلاح دريول غامي </t>
+          <t>هند طارق مجيد</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
-[...2 lines deleted...]
-      <c r="D38" s="1"/>
+          <t>----------</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a69iwjmxk145fc3.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>56</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>شهيد كريم محمد </t>
+          <t>هديل هشام عبد الامير </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>صورة أصحاب الكساء بين تجني النص واستباحة الخطاب الاستشراقي- هنري لامنس انموذجاً</t>
-[...6 lines deleted...]
-      </c>
+          <t>-------</t>
+        </is>
+      </c>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>55</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>حارث جبار عبد</t>
-[...2 lines deleted...]
-      <c r="C40" s="1"/>
+          <t>وجدان فرحان مجيد</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>----------</t>
+        </is>
+      </c>
       <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>53</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>عبد الرحيم حنون عطية </t>
+          <t>ضحى لعيبي كاظم </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>تقنية النانو وتطبيقاتها في علاج وصيانة الطوب اللبن المستخدم في تشييد الابنيةالاثرية .دراسة تطبيقية على بعض النماذج المختارةمن جنوب العراق</t>
+          <t>الاهمية الاستراتيجية للنفط العراقي للمدة ١٩٧٠ _٢٠١٠ دراسة في الجغرافيا السياسية</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jofvdhsg6ym_8r4.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zg8byl7d4trqv6j.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>52</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>صالح محمد حاتم </t>
+          <t>هاشم كاظم صبيخي </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>تطور التعليم في العراق ١٩٤٥ - ١٩٨٥ </t>
+          <t>التحليل المكاني للصراع  الديموغرافي في فلسطين</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/53en4pdk8vjc1l2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/50fmeql68v3zk9_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>51</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>نعمة ساهي حسن </t>
+          <t>محمد عباس جابر خضير </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>التشيع في البصرة </t>
-[...2 lines deleted...]
-      <c r="D43" s="1"/>
+          <t>التمثيل الخرائطي والتحليل الجيومورفولوجي لاشكال سطح الارض شرق نهر دجلة بين نهري الجباب والسويب باستخدام تقنيتي الاستشعار عن بعد ونظم المعلومات الجغرافية .</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m4k67f8sutc3hiv.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>48</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>ريم هادي مرهج </t>
+          <t>فلاح دريول غامي </t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>اوجه المعارضة العقائدية والسياسية للدولة الفاطمية</t>
-[...6 lines deleted...]
-      </c>
+          <t>-------</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>47</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>دعاء محسن علي محسن</t>
+          <t>شهيد كريم محمد </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
-[...2 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>صورة أصحاب الكساء بين تجني النص واستباحة الخطاب الاستشراقي- هنري لامنس انموذجاً</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5r21v4p78ei_djx.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>46</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>يوسف طه حسين القريشي </t>
+          <t>حارث جبار عبد</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>بريطانيا وايرلندا الحرة دراسة في العلاقات السياسية ١٩٣٩-١٩٤٥</t>
+          <t>الصراع الاسري الاموي على السلطة اسبابه ونتائجه</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/jnbk0psvaux1qro.pdf</t>
+          <t>uploads/files/vhkal0yunq2rztc.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>45</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>أمير علي حسين</t>
+          <t>عبد الرحيم حنون عطية </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>سياسة المملكة العربية السعودية تجاه سوريا ١٩٤٩-١٩٥٨</t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>تقنية النانو وتطبيقاتها في علاج وصيانة الطوب اللبن المستخدم في تشييد الابنيةالاثرية .دراسة تطبيقية على بعض النماذج المختارةمن جنوب العراق</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jofvdhsg6ym_8r4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>44</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>يسرى عودة علوان </t>
+          <t>صالح محمد حاتم </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
-[...2 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>تطور التعليم في العراق ١٩٤٥ - ١٩٨٥ </t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/53en4pdk8vjc1l2.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>43</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>حلا عبد الكريم احمد عبد صالح </t>
+          <t>نعمة ساهي حسن </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>دور علماء الحديث في التربية والتعليم من خلال مؤلفات الخطيب البغدادي </t>
-[...6 lines deleted...]
-      </c>
+          <t>التشيع في البصرة </t>
+        </is>
+      </c>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>لطفي جميل محمد </t>
+          <t>ريم هادي مرهج </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>العلاقات الاميركية الدومنكانية 1900 _ 1968</t>
+          <t>اوجه المعارضة العقائدية والسياسية للدولة الفاطمية</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sgji2rn0u1d5ymt.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l0t1r6bxe3_yg9h.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>41</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>أثير أحمد حسين</t>
+          <t>دعاء محسن علي محسن</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>