--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,954 +147,974 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>159</t>
+          <t>167</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>حسين عبدالحسن مويح </t>
+          <t>ليث صبار جابر كويطع الكعبي</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>  Regional Players Influences in the Iraq - Kuwait Relations Post-Saddam Era (2003 - 2011) </t>
+          <t>توظيف برامج العلاقات العامة في تشكيل اتجاهات الرأي العام أزاء الممارسات الديمقراطية في العراق</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/sxu2mbkvgq0p9ef.pdf</t>
+          <t>uploads/files/21oawrztg3lhm6q.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>158</t>
+          <t>166</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>سجى ماجد داود </t>
+          <t>قيصر عبد الكريم جاسم حمود </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>المسؤوليه عن الخطأ المصرفي </t>
+          <t>التأسيس الفكري للتعامل مع السلطان الجائر عند أئمة أهل البيت عليهم السلام </t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/gzy3kxv4ea160t5.pdf</t>
+          <t>uploads/files/1h70zlubt5no_y9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>157</t>
+          <t>164</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>صدام عبد الحسين رميش</t>
+          <t>محمد يونس عبد الله </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>وثيقة النقل متعدد الوسائط الالكترونية</t>
+          <t>العلاقات السياسية الهندية الصينية 1964/1976</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/02r1hkvyd48ufqs.pdf</t>
+          <t>uploads/files/1l_4brvy8iat95z.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>163</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>حيدر طعمه جاسم الساعدي</t>
-[...3 lines deleted...]
-      <c r="D5" s="1"/>
+          <t>مرتضى شنشول ساهي حمود </t>
+        </is>
+      </c>
+      <c r="C5" s="1" t="inlineStr">
+        <is>
+          <t>رؤية التيارات العلمانية العربية للأطروحات السياسية للتيارات الأسلامية المعاصرة</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/z1ync3kwe2db6u4.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>154</t>
+          <t>162</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>احمد فالح شامخ</t>
-[...2 lines deleted...]
-      <c r="C6" s="1"/>
+          <t>ضحى حسن فليح </t>
+        </is>
+      </c>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>لايوجد</t>
+        </is>
+      </c>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>160</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم احمد</t>
+          <t>محمد طعمه جوده</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>التحريض في البرامج الحوارية التلفزيونية اثناء الازمات وانعكاسه على السلم المجتمعي </t>
+          <t>الاستيطان الإسرائيلي في الأراضي الفلسطينية المحتلة في ضوء القانون الدولي العام</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/21lrztu03osdgfm.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e6x3bfaqvu2d51n.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>159</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>كاظم شنته سعد </t>
+          <t>حسين عبدالحسن مويح </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>الخصائص الزراعية لترب ضفاف نهر دجلة واحواضه في منطقة السهل الرسوبي والعامل المؤثرة عليها </t>
+          <t>  Regional Players Influences in the Iraq - Kuwait Relations Post-Saddam Era (2003 - 2011) </t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1z6tap4i3ve_uml.pdf</t>
+          <t>uploads/files/sxu2mbkvgq0p9ef.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>158</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t> محمد ماجد محمد صالح</t>
+          <t>سجى ماجد داود </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>تحديد مؤشرات رقمية لبعض الاختبارات المصممة وفق متطلبات  الاداء (المهاري – البدني – الفسلجي ) للاعبي كرة اليد الشباب</t>
+          <t>المسؤوليه عن الخطأ المصرفي </t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mn5ytr_7gp29iub.pdf</t>
+          <t>uploads/files/gzy3kxv4ea160t5.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>157</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>علي خزعل جبار</t>
-[...3 lines deleted...]
-      <c r="D10" s="1"/>
+          <t>صدام عبد الحسين رميش</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>وثيقة النقل متعدد الوسائط الالكترونية</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/02r1hkvyd48ufqs.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>149</t>
+          <t>155</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>ماجد صدام سالم</t>
-[...11 lines deleted...]
-      </c>
+          <t>حيدر طعمه جاسم الساعدي</t>
+        </is>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>154</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>احمد جاسم محمد </t>
+          <t>احمد فالح شامخ</t>
         </is>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>153</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>محمد أحمد وهم</t>
+          <t>احمد كريم احمد</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
+          <t>التحريض في البرامج الحوارية التلفزيونية اثناء الازمات وانعكاسه على السلم المجتمعي </t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dj1t7ieob59c8ha.pdf</t>
+          <t>uploads/files/21lrztu03osdgfm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>152</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>هاشم حنين كريم</t>
+          <t>كاظم شنته سعد </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تأثير نوع الغطاء النباتي في تجوية معادن المايكا لبعض ترب غابات شمال العراق</t>
+          <t>الخصائص الزراعية لترب ضفاف نهر دجلة واحواضه في منطقة السهل الرسوبي والعامل المؤثرة عليها </t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9ozts64vgdbrq0i.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1z6tap4i3ve_uml.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>151</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>زينب خليل هاشم</t>
-[...3 lines deleted...]
-      <c r="D15" s="1"/>
+          <t> محمد ماجد محمد صالح</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>تحديد مؤشرات رقمية لبعض الاختبارات المصممة وفق متطلبات  الاداء (المهاري – البدني – الفسلجي ) للاعبي كرة اليد الشباب</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mn5ytr_7gp29iub.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>150</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>عدي جاسم محمد</t>
-[...11 lines deleted...]
-      </c>
+          <t>علي خزعل جبار</t>
+        </is>
+      </c>
+      <c r="C16" s="1"/>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>149</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>محمد جمعة عبد الحسين سعيد </t>
+          <t>ماجد صدام سالم</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>_</t>
-[...2 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>التنافس التركي_ الايراني المعاصر في منطقة المشرق العربي (دراسة في الجغرافية السياسية)</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cfgz_mrbx0kljh5.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>148</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>حيدر عليوي شامي</t>
-[...11 lines deleted...]
-      </c>
+          <t>احمد جاسم محمد </t>
+        </is>
+      </c>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>147</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>رائد صياد علي </t>
+          <t>محمد أحمد وهم</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>تطوير تكنولوجيا الطاقة المتجددة وتاثيرها في مستقبل سوق الطاقة التقليدية الطاقة التقليدية في ظل امكانية التوازن المستدام</t>
+          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tj16p0_y7e3bxn8.pdf</t>
+          <t>uploads/files/dj1t7ieob59c8ha.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>146</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>حلمي إبراهيم منشد</t>
+          <t>هاشم حنين كريم</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>تحليل وقياس ظاهرة العجز المزدوج في مصر وتونس والمغرب للمدة (1975-2000) </t>
+          <t>تأثير نوع الغطاء النباتي في تجوية معادن المايكا لبعض ترب غابات شمال العراق</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g1umba3e5sh7cy2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9ozts64vgdbrq0i.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>143</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>رياض ضياء عزيز فتحي </t>
-[...11 lines deleted...]
-      </c>
+          <t>زينب خليل هاشم</t>
+        </is>
+      </c>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>142</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>محمد علي حسين </t>
-[...3 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>عدي جاسم محمد</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>THE EFFECT OF ACCOUNTING INFORMATION SYSTEM CHARACTERISTICS ON THE INTERNAL AUDIT EFFECTIVENESS   AMONG COMPANIES TRADED   IN IRAQI STOCK EXCHANGE:   TESTING THE MODERATING   ROLE OF EXPERIENCE</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cs319ijpf2q6vuz.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>141</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>محمد خليل إبراهيم محمد جواد </t>
+          <t>محمد جمعة عبد الحسين سعيد </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Exploring restructuring choice-making, key drivers, influences, and conditions: A qualitative empirical study of strategic decision-making in the Iraqi Industrial Public Sector Com...</t>
-[...6 lines deleted...]
-      </c>
+          <t>_</t>
+        </is>
+      </c>
+      <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>140</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>رسول ماجد صحيب </t>
-[...3 lines deleted...]
-      <c r="D24" s="1"/>
+          <t>حيدر عليوي شامي</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>السياسة النقدية والانضباط المالي وانعكاسهما على اداء الاقتصاد الكلي العراقي </t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qzu_n5rom4p789i.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>137</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>حيدر سامي علوان </t>
-[...3 lines deleted...]
-      <c r="D25" s="1"/>
+          <t>رائد صياد علي </t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>تطوير تكنولوجيا الطاقة المتجددة وتاثيرها في مستقبل سوق الطاقة التقليدية الطاقة التقليدية في ظل امكانية التوازن المستدام</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tj16p0_y7e3bxn8.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>136</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>علاء جمعه كريم </t>
-[...3 lines deleted...]
-      <c r="D26" s="1"/>
+          <t>حلمي إبراهيم منشد</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>تحليل وقياس ظاهرة العجز المزدوج في مصر وتونس والمغرب للمدة (1975-2000) </t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g1umba3e5sh7cy2.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>شيماء ماهود محمد</t>
-[...3 lines deleted...]
-      <c r="D27" s="1"/>
+          <t>رياض ضياء عزيز فتحي </t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>THE MEDIATING EFFECT OF TOTAL QUALITY MANAGEMENT ON THE RELATIONSHIP BETWEEN MANAGEMENT INFORMATION SYSTEMS AND ORGANIZATIONAL PERFORMANCE</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1uwvtph3y52arzj.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>134</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>صادق حسين نبهان علي </t>
+          <t>محمد علي حسين </t>
         </is>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>127</t>
+          <t>133</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>إيهاب عباس محمد </t>
+          <t>محمد خليل إبراهيم محمد جواد </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>متطلبات هيكلة القطاع المصرفي في العـراق وفق الاتفاقيـــة العامـــة للتجــارة في الخدمات (GATS)</t>
+          <t>Exploring restructuring choice-making, key drivers, influences, and conditions: A qualitative empirical study of strategic decision-making in the Iraqi Industrial Public Sector Com...</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vf20secqtl4yk68.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_jyv15h0dgm98uw.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>132</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>محسن نجم سريح</t>
+          <t>رسول ماجد صحيب </t>
         </is>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>131</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>مكي قاسم كعيبر بازاغا </t>
-[...11 lines deleted...]
-      </c>
+          <t>حيدر سامي علوان </t>
+        </is>
+      </c>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>رشا عبد الحسين صاحب عبد الحسن</t>
-[...6 lines deleted...]
-      </c>
+          <t>علاء جمعه كريم </t>
+        </is>
+      </c>
+      <c r="C32" s="1"/>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>129</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>فائز عبد الحسن جاسم </t>
-[...11 lines deleted...]
-      </c>
+          <t>شيماء ماهود محمد</t>
+        </is>
+      </c>
+      <c r="C33" s="1"/>
+      <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>زاهد قاسم بدن </t>
-[...11 lines deleted...]
-      </c>
+          <t>صادق حسين نبهان علي </t>
+        </is>
+      </c>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>127</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>حيدر صباح طعمه</t>
+          <t>إيهاب عباس محمد </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>متطلبات هيكلة القطاع المصرفي في العـراق وفق الاتفاقيـــة العامـــة للتجــارة في الخدمات (GATS)</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vf20secqtl4yk68.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>125</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>علاء عبدالسلام مصطفى </t>
-[...11 lines deleted...]
-      </c>
+          <t>محسن نجم سريح</t>
+        </is>
+      </c>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>124</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>فرزدق عبد القادر حمدان</t>
-[...3 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>مكي قاسم كعيبر بازاغا </t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vo2hjqfzpew1cg7.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>123</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>اسراء قصي فالح</t>
+          <t>رشا عبد الحسين صاحب عبد الحسن</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Preparation of Nano Triblock Copolymer For Desferoxiamine Delivery and Cross Linked Copolymer for Iron overload Disease and study some Biochemistry Parameters</t>
+          <t>فاعلية التعلم الاستراتيجي في تنمية المفاهيم الفيزيائية و حل المشكلات و الذكاء الوجداني</t>
         </is>
       </c>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>114</t>
+          <t>122</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>شيماء ربيع بعنون</t>
-[...3 lines deleted...]
-      <c r="D39" s="1"/>
+          <t>فائز عبد الحسن جاسم </t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>نموذج مقترح لدور المراجع الخارجي في الكشف والتقرير عن ممارسات إدارة الأرباح باستخدام الشبكات العصبية الإصطناعية وانعكاسه على قرارات المستفيدين - دراسة تطبيقية </t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1lc9k6gxdq8zupt.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>121</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>سالم نعمة صالح </t>
+          <t>زاهد قاسم بدن </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>Transfection of neural stem cells by BDNF gene using Nano carrier system.</t>
-[...2 lines deleted...]
-      <c r="D40" s="1"/>
+          <t>التضخم الركودي والاختلالات الهيكلية في الاقتصاد العراقي </t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jrtn1mwpgo_bh4u.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>نصيف جاسم هادي</t>
-[...2 lines deleted...]
-      <c r="C41" s="1"/>
+          <t>حيدر صباح طعمه</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
       <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>118</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>احمد هاشم عبود </t>
+          <t>علاء عبدالسلام مصطفى </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>الاستطارة والاشعاع الكهرومغناطيسية للاجسام المتناضرة محورياً</t>
-[...2 lines deleted...]
-      <c r="D42" s="1"/>
+          <t>تصميم وبناء مستودع بيانات لدعم اداء العمليات وانعكاسها على تطبيق نظام التصنيع بالاستجابة السريعة</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/d7s08nqxz_rcmja.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>هدى اسماعيل عليوي </t>
+          <t>فرزدق عبد القادر حمدان</t>
         </is>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>108</t>
+          <t>116</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>ساره كريم سالم </t>
-[...2 lines deleted...]
-      <c r="C44" s="1"/>
+          <t>اسراء قصي فالح</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>Preparation of Nano Triblock Copolymer For Desferoxiamine Delivery and Cross Linked Copolymer for Iron overload Disease and study some Biochemistry Parameters</t>
+        </is>
+      </c>
       <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>107</t>
+          <t>114</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>عباس جار الله صنكور </t>
+          <t>شيماء ربيع بعنون</t>
         </is>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>113</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t> قدامه محمد قاسم الياسري</t>
+          <t>سالم نعمة صالح </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>دمج المواد متغيرة الطور في غلاف المبنى تحت الظروف الحارة</t>
-[...6 lines deleted...]
-      </c>
+          <t>Transfection of neural stem cells by BDNF gene using Nano carrier system.</t>
+        </is>
+      </c>
+      <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>112</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>فراس لطيف حساني</t>
+          <t>نصيف جاسم هادي</t>
         </is>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>110</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>رضوان علي عبد الرضا </t>
-[...2 lines deleted...]
-      <c r="C48" s="1"/>
+          <t>احمد هاشم عبود </t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>الاستطارة والاشعاع الكهرومغناطيسية للاجسام المتناضرة محورياً</t>
+        </is>
+      </c>
       <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>109</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>احمد ريسان حسين سدخان</t>
-[...11 lines deleted...]
-      </c>
+          <t>هدى اسماعيل عليوي </t>
+        </is>
+      </c>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>108</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ايمان محمد اسماعيل</t>
+          <t>ساره كريم سالم </t>
         </is>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>99</t>
+          <t>107</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>مشتاق عباس عريبي </t>
-[...11 lines deleted...]
-      </c>
+          <t>عباس جار الله صنكور </t>
+        </is>
+      </c>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>