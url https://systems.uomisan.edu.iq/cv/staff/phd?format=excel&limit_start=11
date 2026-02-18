--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1004 +147,972 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>236</t>
+          <t>245</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>سامي عطيه سيد </t>
-[...2 lines deleted...]
-      <c r="C2" s="1"/>
+          <t>صبا جاسم مهدي</t>
+        </is>
+      </c>
+      <c r="C2" s="1" t="inlineStr">
+        <is>
+          <t>Umbilical cord circumference as an estimate of birth weight</t>
+        </is>
+      </c>
       <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>244</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>علاء كاظم ربع</t>
+          <t>سامي خلف جبار  </t>
         </is>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>240</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>علي مصدق دلفي علي</t>
-[...11 lines deleted...]
-      </c>
+          <t>جواد كاظم داخل</t>
+        </is>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>239</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>وسن ابراهيم منصور </t>
-[...6 lines deleted...]
-      </c>
+          <t>مازن ناجي سلمان </t>
+        </is>
+      </c>
+      <c r="C5" s="1"/>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>238</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>عمار جبار حسين </t>
+          <t> زيد طالب فالح </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>جماليات التعبير الفني في النحت المعاصر ودورها في تنمية التفكير الابداعي لطلبة التربية الفنية</t>
+          <t>دافعية التعبير في نتاجات طلبة قسم التربية الفنية على وفق مفاهيم فنون ما بعد الحداثة</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7roupgqzj54ce0i.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o0sdhr7zkqml931.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>237</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>رافد حسن مجيد</t>
-[...11 lines deleted...]
-      </c>
+          <t>حسين رشك خضير</t>
+        </is>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>236</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>رعد هوير سويلم</t>
-[...11 lines deleted...]
-      </c>
+          <t>سامي عطيه سيد </t>
+        </is>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>218</t>
+          <t>229</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>نائل </t>
-[...6 lines deleted...]
-      </c>
+          <t>علاء كاظم ربع</t>
+        </is>
+      </c>
+      <c r="C9" s="1"/>
       <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>227</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>حسن منصور محمد </t>
+          <t>علي مصدق دلفي علي</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>الهوية الثقافية في كتاب الذخيرة في محاسن أهل الجزيرة لابن بسام الشنتريني</t>
-[...2 lines deleted...]
-      <c r="D10" s="1"/>
+          <t>A Study of Some Topics in Geometric  Function Theory Related to Certain Classes  of Analytic Functions Associated with  Differential Operators</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z7_3ox46wfqea5k.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>216</t>
+          <t>225</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>محمد كريم خلف</t>
+          <t>وسن ابراهيم منصور </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>إشكالية خطاب ما بعد الكولونيالية في عروض المسرح العراقي </t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>223</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>محمد عرب </t>
+          <t>عمار جبار حسين </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>التركيب الوظيفي لمدينة صبراتة</t>
+          <t>جماليات التعبير الفني في النحت المعاصر ودورها في تنمية التفكير الابداعي لطلبة التربية الفنية</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/apsn83i1klhgoem.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7roupgqzj54ce0i.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>221</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>علي صاحب عيسى </t>
+          <t>رافد حسن مجيد</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>صورة الحياة والموت في شعر المماليك </t>
+          <t>سلطة الحاكم في تقييد الحق الفقهي دراسة مقارنة بين الفقه والقانون</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r4gw8qmephi0v6u.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cksh7uy2gzo4e3a.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>219</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>باسم علوان حسن رضا </t>
+          <t>رعد هوير سويلم</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>اليات التحليل الظاهراتي للخطاب المسرحي العراقي المعاصر</t>
-[...2 lines deleted...]
-      <c r="D14" s="1"/>
+          <t>تمثيلات الخوف في الرواية العراقية(2003-2015) </t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r2478v03qwml6ph.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>209</t>
+          <t>218</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>قاسم نجم عبد </t>
+          <t>نائل </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>أهل البيت عليهم السلام في الرواية العربية المعاصرة</t>
-[...6 lines deleted...]
-      </c>
+          <t>صورة المثقف في الرواية العراقية المعاصرة</t>
+        </is>
+      </c>
+      <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>217</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>فاضل عباس عبد الرسول راضي </t>
+          <t>حسن منصور محمد </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>The Frequency of Skin Diseases among Smokers Compared with that of the NonSmokers Individuals</t>
-[...6 lines deleted...]
-      </c>
+          <t>الهوية الثقافية في كتاب الذخيرة في محاسن أهل الجزيرة لابن بسام الشنتريني</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>216</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>صادق موسى احمد سندال </t>
+          <t>محمد كريم خلف</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
-[...2 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>إشكالية خطاب ما بعد الكولونيالية في عروض المسرح العراقي </t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gynp9q0ri7m12_o.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>215</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>حيدر حسان فرج دهم </t>
+          <t>محمد عرب </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Applications of Machine Learning and Artificial Intelligence to enhance the 3D seismic attributes for reservoir characterization</t>
+          <t>التركيب الوظيفي لمدينة صبراتة</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xtd0higvoypj_e5.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/apsn83i1klhgoem.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>214</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>رشا كريم خضر</t>
+          <t>علي صاحب عيسى </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>Yy</t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>صورة الحياة والموت في شعر المماليك </t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r4gw8qmephi0v6u.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>210</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t> محمد عبد درويش</t>
+          <t>باسم علوان حسن رضا </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>اليات التحليل الظاهراتي للخطاب المسرحي العراقي المعاصر</t>
         </is>
       </c>
       <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>198</t>
+          <t>209</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>رشا خليل عبد الجليل عاتي</t>
+          <t>قاسم نجم عبد </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Traditional and Molecular Study of Cutaneous Leishmaniasis among Human beings, Dogs and Sandflies in Misan Province</t>
-[...2 lines deleted...]
-      <c r="D21" s="1"/>
+          <t>أهل البيت عليهم السلام في الرواية العربية المعاصرة</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/thnyiqe735fz8g9.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>197</t>
+          <t>206</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t> رضا علوان حسن رضا</t>
+          <t>فاضل عباس عبد الرسول راضي </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t> Bone marrow involvement in non-Hodgkin&amp;#39;s lymphoma</t>
-[...2 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>The Frequency of Skin Diseases among Smokers Compared with that of the NonSmokers Individuals</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fcog8k65h2r7jyd.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>205</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>  عقيلة حيدر مجيد يحيى</t>
+          <t>صادق موسى احمد سندال </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>RANDOMIZED COMPARISON OF EARLY VERSUS LATE AMINOTOMY FOLLWING CERVICAL RIPENING WITH A FOLEYS CATHETER</t>
+          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
         </is>
       </c>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>204</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>عمر منصب كاصد</t>
+          <t>حيدر حسان فرج دهم </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Blood Eosinophils Count in Hospitalized Patients with Acute Exacerbation of Chronic Obstructive Pulmonary Disease</t>
-[...2 lines deleted...]
-      <c r="D24" s="1"/>
+          <t>Applications of Machine Learning and Artificial Intelligence to enhance the 3D seismic attributes for reservoir characterization</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/xtd0higvoypj_e5.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>203</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>محمد طاهر جاسم</t>
+          <t>رشا كريم خضر</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Refusals of Requests and Offers in Iraqi Arabic And British English</t>
-[...6 lines deleted...]
-      </c>
+          <t>Yy</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>200</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>  حسين فاضل موسى </t>
+          <t> محمد عبد درويش</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>لاتوجد</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>198</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالمحسن علي</t>
+          <t>رشا خليل عبد الجليل عاتي</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>لاتوجد</t>
+          <t>Traditional and Molecular Study of Cutaneous Leishmaniasis among Human beings, Dogs and Sandflies in Misan Province</t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>197</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>علي جواد جابر </t>
+          <t> رضا علوان حسن رضا</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Immunomodulation and anticancer activity of soluble Beta glucan in mice.invetro and invivo</t>
+          <t> Bone marrow involvement in non-Hodgkin&amp;#39;s lymphoma</t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>188</t>
+          <t>194</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>حسام رحيم محمد مهدي </t>
+          <t>  عقيلة حيدر مجيد يحيى</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>ARSENIC MAY BE TARGETED THERAPY FOR CANCERS HARBORING TRIM-DOMAIN CONTAINING FUSION PROTEINS</t>
+          <t>RANDOMIZED COMPARISON OF EARLY VERSUS LATE AMINOTOMY FOLLWING CERVICAL RIPENING WITH A FOLEYS CATHETER</t>
         </is>
       </c>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>193</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t> يوسف عبدالستار سعدون </t>
-[...2 lines deleted...]
-      <c r="C30" s="1"/>
+          <t>عمر منصب كاصد</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>Blood Eosinophils Count in Hospitalized Patients with Acute Exacerbation of Chronic Obstructive Pulmonary Disease</t>
+        </is>
+      </c>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>192</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>علي حسن حرفش</t>
+          <t>محمد طاهر جاسم</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض الاوجه الحيوية والبيئية لذبابة ثمار الخوخ</t>
+          <t>Refusals of Requests and Offers in Iraqi Arabic And British English</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/s5cjfwrvd820t7x.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ibdqzs5l0up4gv.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>191</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>قيصر علي كريدي </t>
+          <t>  حسين فاضل موسى </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Molecular study of hemagglutinin and neuraminidase genes of avian influenza subtype H9N2 isolated from broilers in South of Iraq </t>
+          <t>لاتوجد</t>
         </is>
       </c>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>190</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>كرار اكرم كامل</t>
-[...2 lines deleted...]
-      <c r="C33" s="1"/>
+          <t>اسراء عبدالمحسن علي</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>لاتوجد</t>
+        </is>
+      </c>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>189</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t> حسنين نجم عبود </t>
+          <t>علي جواد جابر </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>.sss</t>
+          <t>المعدل المناعي والفعاليه المضاده للسرطان للبيتا الكلوكان في الفئران خارج وداخل الزجاج</t>
         </is>
       </c>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>188</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>خالد وهاب جبر</t>
-[...2 lines deleted...]
-      <c r="C35" s="1"/>
+          <t>حسام رحيم محمد مهدي </t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>ARSENIC MAY BE TARGETED THERAPY FOR CANCERS HARBORING TRIM-DOMAIN CONTAINING FUSION PROTEINS</t>
+        </is>
+      </c>
       <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>187</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>انوار ياسر حسين </t>
-[...11 lines deleted...]
-      </c>
+          <t> يوسف عبدالستار سعدون </t>
+        </is>
+      </c>
+      <c r="C36" s="1"/>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>179</t>
+          <t>186</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>عبد الرضا عاتي جعفر </t>
+          <t>علي حسن حرفش</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>Production, Purification and Characterization of Transglutaminase from local isolate Streptomyces smyrnaeus Ati-92 and it&amp;#39;s Applications in some food products</t>
+          <t>دراسة بعض الاوجه الحيوية والبيئية لذبابة ثمار الخوخ</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/37wgikv4setfpx5.pdf</t>
+          <t>uploads/files/s5cjfwrvd820t7x.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>177</t>
+          <t>185</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>رشا ناجي </t>
-[...2 lines deleted...]
-      <c r="C38" s="1"/>
+          <t>قيصر علي كريدي </t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>Molecular study of hemagglutinin and neuraminidase genes of avian influenza subtype H9N2 isolated from broilers in South of Iraq </t>
+        </is>
+      </c>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>184</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>احمد مالك جمعة </t>
-[...11 lines deleted...]
-      </c>
+          <t>كرار اكرم كامل</t>
+        </is>
+      </c>
+      <c r="C39" s="1"/>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>183</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>غسان مهدي داغر </t>
+          <t> حسنين نجم عبود </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>تأثير مستخلصات بعض النباتات والبسترة الشمسية بالفطر Macrophomina phaseolina (Tassi) Goid</t>
-[...6 lines deleted...]
-      </c>
+          <t>.sss</t>
+        </is>
+      </c>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>181</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>فلاح حسين حنون </t>
-[...6 lines deleted...]
-      </c>
+          <t>خالد وهاب جبر</t>
+        </is>
+      </c>
+      <c r="C41" s="1"/>
       <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>180</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>ميساء محسن محمدعلي</t>
-[...3 lines deleted...]
-      <c r="D42" s="1"/>
+          <t>انوار ياسر حسين </t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>.Utilization of germinated mung bean and cowpea in complentary baby food</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/gkoxq1fzby68uns.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>179</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>علي عدنان حسوني</t>
-[...3 lines deleted...]
-      <c r="D43" s="1"/>
+          <t>عبد الرضا عاتي جعفر </t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>Production, Purification and Characterization of Transglutaminase from local isolate Streptomyces smyrnaeus Ati-92 and it&amp;#39;s Applications in some food products</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/37wgikv4setfpx5.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>177</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>علي عباس هاشم </t>
-[...11 lines deleted...]
-      </c>
+          <t>رشا ناجي </t>
+        </is>
+      </c>
+      <c r="C44" s="1"/>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>169</t>
+          <t>175</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>وجدان فالح حسن</t>
+          <t>احمد مالك جمعة </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>اليات التفاعل بين الاقطاب المؤثرة في النظام الدولي : دراسة مستقبلية </t>
+          <t>عزل وتشخیص النیماودا المتطفله علی النبات فی محافظه میسان جنوب شرق العراق</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/s1umg_0plaon9ed.pdf</t>
+          <t>uploads/files/irgs85zbd0_plh9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>167</t>
+          <t>174</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>ليث صبار جابر كويطع الكعبي</t>
+          <t>غسان مهدي داغر </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>توظيف برامج العلاقات العامة في تشكيل اتجاهات الرأي العام أزاء الممارسات الديمقراطية في العراق</t>
+          <t>تأثير مستخلصات بعض النباتات والبسترة الشمسية بالفطر Macrophomina phaseolina (Tassi) Goid</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/21oawrztg3lhm6q.pdf</t>
+          <t>uploads/files/nbmsz1dfi5cg8qu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>166</t>
+          <t>173</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>قيصر عبد الكريم جاسم حمود </t>
+          <t>فلاح حسين حنون </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>التأسيس الفكري للتعامل مع السلطان الجائر عند أئمة أهل البيت عليهم السلام </t>
-[...6 lines deleted...]
-      </c>
+          <t>لايوجد</t>
+        </is>
+      </c>
+      <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>164</t>
+          <t>172</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>محمد يونس عبد الله </t>
-[...11 lines deleted...]
-      </c>
+          <t>ميساء محسن محمدعلي</t>
+        </is>
+      </c>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>171</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>مرتضى شنشول ساهي حمود </t>
-[...11 lines deleted...]
-      </c>
+          <t>علي عدنان حسوني</t>
+        </is>
+      </c>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>170</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ضحى حسن فليح </t>
+          <t>علي عباس هاشم </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>لايوجد</t>
-[...2 lines deleted...]
-      <c r="D50" s="1"/>
+          <t>￼  &amp;#34; تحسين نظام تغذية الوقود لمحركات الغاز والديزل العاملة في المعدات الزراعية  </t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/okqau8vhbgxt4mw.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>169</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>محمد طعمه جوده</t>
+          <t>وجدان فالح حسن</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>الاستيطان الإسرائيلي في الأراضي الفلسطينية المحتلة في ضوء القانون الدولي العام</t>
+          <t>اليات التفاعل بين الاقطاب المؤثرة في النظام الدولي : دراسة مستقبلية </t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e6x3bfaqvu2d51n.pdf</t>
+          <t>uploads/files/s1umg_0plaon9ed.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>