--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,838 +147,826 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Files_of_PhD_thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>1015</t>
+          <t>1017</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>نضال رحيم جوحي</t>
+          <t>سارة قحطان حسين</t>
         </is>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>1014</t>
+          <t>1016</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>شهد عباس عريبي</t>
+          <t>حيدر رحيم معيبد</t>
         </is>
       </c>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>1013</t>
+          <t>1015</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>مصطفى كرم محمد</t>
-[...6 lines deleted...]
-      </c>
+          <t>نضال رحيم جوحي</t>
+        </is>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>1012</t>
+          <t>1014</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>زينب عبد الحسين حداد </t>
+          <t>شهد عباس عريبي</t>
         </is>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>1011</t>
+          <t>1013</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>ساجدة منادي ثامر </t>
+          <t>مصطفى كرم محمد</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>تخليق مشتقات جديدة لحمض الديهيدروأسيتيك تحتوي على مجموعات حلقية غير متجانسة مختلفة</t>
-[...6 lines deleted...]
-      </c>
+          <t>صورة الحسين (ع) في شعر عبد الرزاق عبد الواحد وسيد علي موسوي كرمارودي</t>
+        </is>
+      </c>
+      <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>1009</t>
+          <t>1012</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>مناف حسن لفته</t>
+          <t>زينب عبد الحسين حداد </t>
         </is>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>1006</t>
+          <t>1011</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>شيماء منعم سعيد</t>
-[...3 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>ساجدة منادي ثامر </t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>تخليق مشتقات جديدة لحمض الديهيدروأسيتيك تحتوي على مجموعات حلقية غير متجانسة مختلفة</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/vn7ypde6qs_laur.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>1005</t>
+          <t>1009</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>اياد محسن سبهان</t>
+          <t>مناف حسن لفته</t>
         </is>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>1004</t>
+          <t>1008</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>علي غازي محمد</t>
+          <t>رقيه مجيد كريم </t>
         </is>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>1002</t>
+          <t>1006</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>م.م رسل مهدي محمد</t>
+          <t>شيماء منعم سعيد</t>
         </is>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>1001</t>
+          <t>1005</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>سارة كاظم عبدالكريم </t>
-[...6 lines deleted...]
-      </c>
+          <t>اياد محسن سبهان</t>
+        </is>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>1004</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>آلاء سمير حاتم الحريشاوي</t>
+          <t>علي غازي محمد</t>
         </is>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>998</t>
+          <t>1003</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>سجى سالم هاشم </t>
+          <t>آلاء جبار داغر</t>
         </is>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>997</t>
+          <t>1002</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>امل حسين محيميد</t>
+          <t>م.م رسل مهدي محمد</t>
         </is>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>992</t>
+          <t>1001</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>م.د. عدنان خلف فرهود الحمراني</t>
+          <t>سارة كاظم عبدالكريم </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>الحلول العددية للمعادلات التفاضلية الجزئية ذات الرتب الكسرية المتغيرة التباطؤية</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>986</t>
+          <t>1000</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>كرار براق طالب</t>
+          <t>آلاء سمير حاتم الحريشاوي</t>
         </is>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>983</t>
+          <t>998</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالامير نعيم </t>
+          <t>سجى سالم هاشم </t>
         </is>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>997</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>مصطفى عدنان نعمه</t>
-[...6 lines deleted...]
-      </c>
+          <t>امل حسين محيميد</t>
+        </is>
+      </c>
+      <c r="C19" s="1"/>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>978</t>
+          <t>992</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>عفاف عبدالله</t>
-[...3 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>م.د. عدنان خلف فرهود الحمراني</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>الحلول العددية للمعادلات التفاضلية الجزئية ذات الرتب الكسرية المتغيرة التباطؤية</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/2m90d8lq7fxrpei.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>977</t>
+          <t>986</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>حيدركريم عبود</t>
-[...11 lines deleted...]
-      </c>
+          <t>كرار براق طالب</t>
+        </is>
+      </c>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>975</t>
+          <t>983</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>خلود جاسم مهاوي </t>
+          <t>اسراء عبدالامير نعيم </t>
         </is>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>974</t>
+          <t>980</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>عدنان محيسن علي</t>
+          <t>مصطفى عدنان نعمه</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>مناضرة متعددة التخصصات في الاختلافات اللغوية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Developing a new approach to treat the tuberculosis in vitro using the Toll-like receptor – short interference RNA technique</t>
+        </is>
+      </c>
+      <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>972</t>
+          <t>978</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>عبدالكريم علي حسين</t>
+          <t>عفاف عبدالله</t>
         </is>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>977</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>فرح مجبل الجابري </t>
-[...3 lines deleted...]
-      <c r="D25" s="1"/>
+          <t>حيدركريم عبود</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>استحداث نقص فيتامين ه والسلينيوم في الاغنام العواسية وحملانها</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/xfldw08v5c64hbo.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>968</t>
+          <t>975</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>صابرين قيس مجيد</t>
+          <t>خلود جاسم مهاوي </t>
         </is>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>965</t>
+          <t>974</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>سحر كريم جابر</t>
-[...3 lines deleted...]
-      <c r="D27" s="1"/>
+          <t>عدنان محيسن علي</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>مناضرة متعددة التخصصات في الاختلافات اللغوية</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/9815wto32hlg70j.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>963</t>
+          <t>972</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>اسراء رمضان سلمان قاسم</t>
+          <t>عبدالكريم علي حسين</t>
         </is>
       </c>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>962</t>
+          <t>969</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>م.م زهراء عبد الزهرة سالم</t>
+          <t>فرح مجبل الجابري </t>
         </is>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>959</t>
+          <t>968</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>حسنين فالح حسن</t>
+          <t>صابرين قيس مجيد</t>
         </is>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>958</t>
+          <t>965</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>زهراء عباس سوادي الشمرى</t>
+          <t>سحر كريم جابر</t>
         </is>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>957</t>
+          <t>963</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>حسين قاسم احمد علي</t>
+          <t>اسراء رمضان سلمان قاسم</t>
         </is>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>955</t>
+          <t>962</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>منتظر حليم شرهان</t>
-[...6 lines deleted...]
-      </c>
+          <t>م.م زهراء عبد الزهرة سالم</t>
+        </is>
+      </c>
+      <c r="C33" s="1"/>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>954</t>
+          <t>959</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>حيدر احمد حسن</t>
-[...6 lines deleted...]
-      </c>
+          <t>حسنين فالح حسن</t>
+        </is>
+      </c>
+      <c r="C34" s="1"/>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>953</t>
+          <t>958</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>وسام رويس مطرود </t>
+          <t>زهراء عباس سوادي الشمرى</t>
         </is>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>952</t>
+          <t>957</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>ا.م.د زينب عبد الكاظم حسن </t>
-[...6 lines deleted...]
-      </c>
+          <t>حسين قاسم احمد علي</t>
+        </is>
+      </c>
+      <c r="C36" s="1"/>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>948</t>
+          <t>955</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>محمد حمدان يوسف </t>
-[...2 lines deleted...]
-      <c r="C37" s="1"/>
+          <t>منتظر حليم شرهان</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>التفسير الاجتماعي دراسة مقارنة بين تفسيري الكاشف وفي ظلال القرآن</t>
+        </is>
+      </c>
       <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>947</t>
+          <t>954</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>هيام ناظم خالد</t>
-[...2 lines deleted...]
-      <c r="C38" s="1"/>
+          <t>حيدر احمد حسن</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>تحضير البوليمرات الموصلة بولي اورثو تولدين وبولي اورثو انسيدين بطريقة البلمرة الكيمائية ودراسة خواصها الكهربائية والبصرية وتطبيقاتها الالكترونية</t>
+        </is>
+      </c>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>946</t>
+          <t>953</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>كرار عبد الله غالي الموسوي</t>
-[...6 lines deleted...]
-      </c>
+          <t>وسام رويس مطرود </t>
+        </is>
+      </c>
+      <c r="C39" s="1"/>
       <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>944</t>
+          <t>952</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>محمد سالم جاسم الطائي </t>
+          <t>ا.م.د زينب عبد الكاظم حسن </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>توليد الانعزال والاستمرارية الفائقة في ألياف البلورات الفوتونية</t>
-[...6 lines deleted...]
-      </c>
+          <t>الاصلاح القانوني للتشريعات المالية في العراق </t>
+        </is>
+      </c>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>943</t>
+          <t>948</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>محمد سهام سادة الالوسي</t>
-[...6 lines deleted...]
-      </c>
+          <t>محمد حمدان يوسف </t>
+        </is>
+      </c>
+      <c r="C41" s="1"/>
       <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>941</t>
+          <t>947</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالله عباس الخزعلي </t>
+          <t>هيام ناظم خالد</t>
         </is>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>940</t>
+          <t>946</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>مصطفى صالح محسن</t>
-[...2 lines deleted...]
-      <c r="C43" s="1"/>
+          <t>كرار عبد الله غالي الموسوي</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>939</t>
+          <t>944</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>أنمار علي كاظم</t>
-[...3 lines deleted...]
-      <c r="D44" s="1"/>
+          <t>محمد سالم جاسم الطائي </t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>توليد الانعزال والاستمرارية الفائقة في ألياف البلورات الفوتونية</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/cu7h1kmavi2l9ze.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>937</t>
+          <t>943</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>حيدر صالح مهدي </t>
-[...2 lines deleted...]
-      <c r="C45" s="1"/>
+          <t>محمد سهام سادة الالوسي</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>Design and Implementation of Multi-Purpose Optical Fiber Sensor to Detect Environmental Pollution</t>
+        </is>
+      </c>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>936</t>
+          <t>941</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>احمد جعفر الموسوي</t>
+          <t>علي عبدالله عباس الخزعلي </t>
         </is>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>935</t>
+          <t>940</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>جمال جاسم الموسوي</t>
-[...11 lines deleted...]
-      </c>
+          <t>مصطفى صالح محسن</t>
+        </is>
+      </c>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>934</t>
+          <t>939</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>م.م عامر هاتو حميد الازيرجاوي</t>
+          <t>أنمار علي كاظم</t>
         </is>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>933</t>
+          <t>937</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>ليث رمضان كاظم الساعدي</t>
-[...11 lines deleted...]
-      </c>
+          <t>حيدر صالح مهدي </t>
+        </is>
+      </c>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>932</t>
+          <t>936</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد المنذر عثمان الربيعي</t>
-[...6 lines deleted...]
-      </c>
+          <t>احمد جعفر الموسوي</t>
+        </is>
+      </c>
+      <c r="C50" s="1"/>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>930</t>
+          <t>935</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>طه محمد جاسم محمد </t>
-[...3 lines deleted...]
-      <c r="D51" s="1"/>
+          <t>جمال جاسم الموسوي</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>تمثلات المرأة في المتخيل العربي _دراسة في كتاب العقد الفريد لأحمد بن عبد ربه الاندلسي 328هــ</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/4o7d5q2cnijgxuf.pdf</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>