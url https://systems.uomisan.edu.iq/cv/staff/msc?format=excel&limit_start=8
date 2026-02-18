--- v0 (2025-12-14)
+++ v1 (2026-02-18)
@@ -147,1088 +147,1080 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>638</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t> مرتضى سرحان عوض</t>
+          <t>ماجد شيال رحيمه</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
-[...6 lines deleted...]
-      </c>
+          <t>( دراسة وبائية لمرض تعفن الظلف في الاغنام في منطقة الموصل) .</t>
+        </is>
+      </c>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>629</t>
+          <t>637</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>ميادة صباح حسن </t>
+          <t>براق طالب شلش </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>القانون الواجب التطبيق على عقود الاستثمار النفطي</t>
+          <t>تاّكل الفولاذ الواطئ الكاربون بفعل البكتيريا دراسة تاثيره في الصفات الفيزيائية (الكلال)</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r5ju1tnxy73o8wp.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6pijevhfnatqogy.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>628</t>
+          <t>636</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>عباس العيبي حسون ابراهيم </t>
-[...11 lines deleted...]
-      </c>
+          <t>الدكتور سالم كاظم عباس خلف </t>
+        </is>
+      </c>
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>627</t>
+          <t>635</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار اتويه </t>
+          <t>مصطفى ناصر مناتي </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الدولية عن التلوث البيئي في العراق</t>
+          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vx0ng28kzyru97e.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7uy2sa_6pev4dbk.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>626</t>
+          <t>634</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>حيدر سعدون قاسم</t>
+          <t>مؤيد فيصل ربيع</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D6" s="1"/>
+          <t>الوجود عند متكلمي المسلمين</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_hgujt2e63yr8kv.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>625</t>
+          <t>633</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ياسن عبيد ياسين</t>
+          <t>هند نعيم حوشي</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D7" s="1"/>
+          <t>الاظهار المادي للخدمة الصحية وتأثيره في جذب الزبون</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qn6l8scmyo0zkw_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>624</t>
+          <t>632</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>محمد سلمان محمود </t>
+          <t>تحسين علي هامان نويسي</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>“INTERNATIONAL TERRORISM AND ITS IMPACT ON CIVIL FREEDOMS IN IRAQ AFTER 2003: A CRITICAL ANALYSIS OF THE RIGHT TO LIFE ANDPERSONAL SECURITY”</t>
-[...6 lines deleted...]
-      </c>
+          <t>التقييم المكاني لمحطات الوقود في مدينة العمارة</t>
+        </is>
+      </c>
+      <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>623</t>
+          <t>631</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>علاء شامخ حسن</t>
+          <t>محمد حسين جاسم </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>EVALUATION OF CD9 &amp; CD56 ANTIGENS EXPRESSION IN ADULT ACUTE MYELOID  LEUKAEMIA. </t>
-[...2 lines deleted...]
-      <c r="D9" s="1"/>
+          <t>الحق في الخصوصية في دستور جمهورية العراق لسنة 2005</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nsv70mbf2owr8qy.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>622</t>
+          <t>630</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>جبار جاسم عطية</t>
+          <t> مرتضى سرحان عوض</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
+          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dyqgk2ntiorufmc.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/31blryw586p02jm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>621</t>
+          <t>629</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبد الزهرة حسب محمد </t>
+          <t>ميادة صباح حسن </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>مباني التيارات التكفيرية في القرآن والسنة على ضوء مرجعية الصحامم</t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>القانون الواجب التطبيق على عقود الاستثمار النفطي</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r5ju1tnxy73o8wp.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>628</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>محمد عامر محمد </t>
+          <t>عباس العيبي حسون ابراهيم </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>الفعل في العربية بين القدماء والمحدثين دراسة وتخليل</t>
+          <t>تاثير التسويق  الاخضر في القيمة المدركة للزبون _دراسة مقارنة</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w9ac1ms3zql7dvk.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h_xm42n6a7velbq.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>619</t>
+          <t>627</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>حامد هادي بدن </t>
+          <t>محمد جبار اتويه </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>تقريب الأفكار المذهبية ودوره في تأسيس الوحدة الإسلامية</t>
+          <t>المسؤولية الدولية عن التلوث البيئي في العراق</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zfhdnwlbjimuyc7.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vx0ng28kzyru97e.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>618</t>
+          <t>626</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>احمد علي محمد </t>
+          <t>حيدر سعدون قاسم</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Disc button Battery ingestion</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>617</t>
+          <t>625</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>محمد فاخر راضي</t>
+          <t>ياسن عبيد ياسين</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>النظام الاداري في لواء العمارة 1921-1058</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>616</t>
+          <t>624</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>زهراء ماهود محمد</t>
+          <t>محمد سلمان محمود </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>اشكالية التعبير الرسم العراقي المعاصر</t>
+          <t>“INTERNATIONAL TERRORISM AND ITS IMPACT ON CIVIL FREEDOMS IN IRAQ AFTER 2003: A CRITICAL ANALYSIS OF THE RIGHT TO LIFE ANDPERSONAL SECURITY”</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l43_ayzoqc7ni1x.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8hs49qbdrjeyta1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>615</t>
+          <t>623</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>علي محمد عذاب</t>
+          <t>علاء شامخ حسن</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية لخصائص هوائي مخروطي مزدوج واستخدامه كمغذي لهوائي القطع المكافئ العاكس</t>
-[...6 lines deleted...]
-      </c>
+          <t>EVALUATION OF CD9 &amp; CD56 ANTIGENS EXPRESSION IN ADULT ACUTE MYELOID  LEUKAEMIA. </t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>614</t>
+          <t>622</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>عصام نجم عبد </t>
+          <t>جبار جاسم عطية</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>السياسة الخارجية لليمن في عهد الامام احمد 1962- 1962 معهد التاريخ العربي والتراث العلمي الدراسات العليا </t>
+          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2cintdxy6r9wb78.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dyqgk2ntiorufmc.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>613</t>
+          <t>621</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>نجم عبدالزهرة حمود خضير </t>
+          <t>قاسم عبد الزهرة حسب محمد </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني في القصص القرآني </t>
+          <t>مباني التيارات التكفيرية في القرآن والسنة على ضوء مرجعية الصحامم</t>
         </is>
       </c>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>612</t>
+          <t>620</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>نمارق هادي منصور </t>
+          <t>محمد عامر محمد </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>تاثير نبات المديد Covululs arvensis على الانقسام الخلوي </t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>الفعل في العربية بين القدماء والمحدثين دراسة وتخليل</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w9ac1ms3zql7dvk.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>610</t>
+          <t>619</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>كاظم عبد فريح</t>
+          <t>حامد هادي بدن </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>الاستعارة في شعر الاخطل الصغير</t>
-[...2 lines deleted...]
-      <c r="D21" s="1"/>
+          <t>تقريب الأفكار المذهبية ودوره في تأسيس الوحدة الإسلامية</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zfhdnwlbjimuyc7.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>609</t>
+          <t>618</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>فاطمة جبار حسين</t>
+          <t>احمد علي محمد </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية التدريس التنازلي في اكتساب المفاهيم وتنمية التفكير الناقل لدا طلبة قسم التربية الفنية في مادة تاريخ الفن</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disc button Battery ingestion</t>
+        </is>
+      </c>
+      <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>608</t>
+          <t>617</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>جمال خصيف هادي علي </t>
+          <t>محمد فاخر راضي</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>ماجستير مناهج وطرائق تدريس عامه </t>
+          <t>النظام الاداري في لواء العمارة 1921-1058</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mygozf18ilb39uw.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j7zql6dh2os59rp.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>607</t>
+          <t>616</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>سليم حسين ياسين</t>
+          <t>زهراء ماهود محمد</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>اشكالية التعبير الرسم العراقي المعاصر</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/as_579wjpur2zlf.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l43_ayzoqc7ni1x.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>606</t>
+          <t>615</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>ايمان سعدون ضمد </t>
+          <t>علي محمد عذاب</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>واقع وصعوبات استخدام التعليم الالكتروني من وجهة نظر اعضاء الهيأة التدريسية في جامعة ميسان</t>
+          <t>دراسة نظرية لخصائص هوائي مخروطي مزدوج واستخدامه كمغذي لهوائي القطع المكافئ العاكس</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hpo2f0nbmze7dkx.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oqz3can4m9epjgt.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>605</t>
+          <t>614</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>آلاء عبد الحسن محسن </t>
+          <t>عصام نجم عبد </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
-[...2 lines deleted...]
-      <c r="D26" s="1"/>
+          <t>السياسة الخارجية لليمن في عهد الامام احمد 1962- 1962 معهد التاريخ العربي والتراث العلمي الدراسات العليا </t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2cintdxy6r9wb78.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>603</t>
+          <t>613</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>محمد كاظم علي </t>
+          <t>نجم عبدالزهرة حمود خضير </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>مسرحيات تشخوف في عروض المسرح العراقي</t>
-[...6 lines deleted...]
-      </c>
+          <t>البناء الفني في القصص القرآني </t>
+        </is>
+      </c>
+      <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>601</t>
+          <t>612</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>فهمي محمد رامز فهمي مالي </t>
+          <t>نمارق هادي منصور </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>الانفعالات النفسية في رسوم تلامذة المرحلة الابتدائية في ضوء مراحل التعبير </t>
+          <t>تاثير نبات المديد Covululs arvensis على الانقسام الخلوي </t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>610</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>سارة طعمة عاجل </t>
+          <t>كاظم عبد فريح</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>تحليل محتوى رسائل الماجستير في المناهج وطرائق التدريس العامة بجامعة ميسان وتقويمها في ضوء معايير مقترحة </t>
-[...6 lines deleted...]
-      </c>
+          <t>الاستعارة في شعر الاخطل الصغير</t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>599</t>
+          <t>609</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>رعد قاسم عبد</t>
+          <t>فاطمة جبار حسين</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>-تقييم بعض المتغيرات البدنية والوظيفية والمهارية وفقاً للمناهج التدريبية للاعبي  الكرة الطائرة</t>
+          <t>اثر استراتيجية التدريس التنازلي في اكتساب المفاهيم وتنمية التفكير الناقل لدا طلبة قسم التربية الفنية في مادة تاريخ الفن</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8eo40vnq5jtwcs6.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hb1ocxuj09qdzl7.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>598</t>
+          <t>608</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>محمد حسين حميدي </t>
+          <t>جمال خصيف هادي علي </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>دراسة تحليلية لبعض المتغيرات الكينماتيكية للمانع المائي في ركض 3000م موتنع</t>
+          <t>ماجستير مناهج وطرائق تدريس عامه </t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hp5ekxir9432tv_.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mygozf18ilb39uw.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>597</t>
+          <t>607</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>منتهى واثق شمخي </t>
+          <t>سليم حسين ياسين</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصه باستعمال اقراص مصنعه في تعلم الأداء الفني والانجاز لفعاليه رمي القرص للطالبات </t>
-[...2 lines deleted...]
-      <c r="D32" s="1"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/as_579wjpur2zlf.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>596</t>
+          <t>606</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>قصي مجبل شنون</t>
+          <t>ايمان سعدون ضمد </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الدولية عن التحريض الأعلامي</t>
+          <t>واقع وصعوبات استخدام التعليم الالكتروني من وجهة نظر اعضاء الهيأة التدريسية في جامعة ميسان</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8qru3e4pwl7_szy.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hpo2f0nbmze7dkx.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>595</t>
+          <t>605</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>علي حسن علي </t>
+          <t>آلاء عبد الحسن محسن </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>علاقة بعض المتغيرات البيوكينماتيكية بدقة الضربة الساحقة بالرئاسة الطائرة</t>
-[...6 lines deleted...]
-      </c>
+          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
+        </is>
+      </c>
+      <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>594</t>
+          <t>603</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>جاسم علي محمد </t>
+          <t>محمد كاظم علي </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>دراسة تحليلية لواقع برنامج النشاط الرياضي في منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها </t>
+          <t>مسرحيات تشخوف في عروض المسرح العراقي</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5_herc3klsmjunz.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1b4hxo6cwikjsry.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>593</t>
+          <t>601</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>علي عزيز داود</t>
+          <t>فهمي محمد رامز فهمي مالي </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>تأثير التدريب الدائري الفتري المرتفع والمنخفض الشده في تطوير بعض المهارات الاساسية بكرة السلة</t>
-[...6 lines deleted...]
-      </c>
+          <t>الانفعالات النفسية في رسوم تلامذة المرحلة الابتدائية في ضوء مراحل التعبير </t>
+        </is>
+      </c>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>592</t>
+          <t>600</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>وجدان سعيد جهاد </t>
+          <t>سارة طعمة عاجل </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>تاثير استخدام البرنامج التعليمي الخبير في تعلم مهارتي الارسال والابعاد في الريشه الطائره</t>
+          <t>تحليل محتوى رسائل الماجستير في المناهج وطرائق التدريس العامة بجامعة ميسان وتقويمها في ضوء معايير مقترحة </t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/75xivusocm0g12e.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/avo0_k1mhqty7p4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>591</t>
+          <t>599</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>رياض صيهود هاشم</t>
+          <t>رعد قاسم عبد</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>قياس المستوى المعرفي لمدربي كرة اليد في العراق بناء وتطبيق</t>
+          <t>-تقييم بعض المتغيرات البدنية والوظيفية والمهارية وفقاً للمناهج التدريبية للاعبي  الكرة الطائرة</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gd3yi5cspekur8t.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8eo40vnq5jtwcs6.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>590</t>
+          <t>598</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ناطق عبدالرحمن وريثة </t>
+          <t>محمد حسين حميدي </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>تأثير منهج تدريبي مقترح باستخدام الأحماض الامينية على التضخم العضلي الفسيولوجي والتغيرات البيوكيميائية وانجاز الرفعات الاولمبية </t>
+          <t>دراسة تحليلية لبعض المتغيرات الكينماتيكية للمانع المائي في ركض 3000م موتنع</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wjm_lp9f36s82x1.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hp5ekxir9432tv_.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>589</t>
+          <t>597</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>احمد عبد الأئمة كاظم محمد </t>
+          <t>منتهى واثق شمخي </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>تأثير استخدام أساليب تدريس مختلفه في  تعلم بعض انواع التهديد بكرة السله</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير تمرينات خاصه باستعمال اقراص مصنعه في تعلم الأداء الفني والانجاز لفعاليه رمي القرص للطالبات </t>
+        </is>
+      </c>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>588</t>
+          <t>596</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>مصطفى سلطان حسين</t>
+          <t>قصي مجبل شنون</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>مصطفى العيساوي</t>
-[...2 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>المسؤولية الدولية عن التحريض الأعلامي</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8qru3e4pwl7_szy.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>587</t>
+          <t>595</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>محمد صبيح حسن </t>
+          <t>علي حسن علي </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>تأثير التغذية الراجعة في تعلم بعض المهارات الاساسية بالكرة الطائرة</t>
+          <t>علاقة بعض المتغيرات البيوكينماتيكية بدقة الضربة الساحقة بالرئاسة الطائرة</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6k_c4rxv0ihutf8.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7xwfbcaigsn3plu.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>586</t>
+          <t>594</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>حيدر كاظم جري</t>
+          <t>جاسم علي محمد </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Female Characters in Eugene O’Neill’s plays</t>
+          <t>دراسة تحليلية لواقع برنامج النشاط الرياضي في منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها </t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ovwcxi_y85z617q.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5_herc3klsmjunz.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>585</t>
+          <t>593</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>هند قاسم مهلهل </t>
+          <t>علي عزيز داود</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>تأثير الموديلات التعليمية باستخدام أساليب متنوعة في تعلم بعض مهارات بساط الحركات الأرضية ومنصة القفز في الجمناستك الفني للطلاب</t>
+          <t>تأثير التدريب الدائري الفتري المرتفع والمنخفض الشده في تطوير بعض المهارات الاساسية بكرة السلة</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e2at0xnzm7f3b8q.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cpe3zil49joxrmd.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>584</t>
+          <t>592</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>حسين عبد الكريم جعفر</t>
+          <t>وجدان سعيد جهاد </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>ا</t>
+          <t>تاثير استخدام البرنامج التعليمي الخبير في تعلم مهارتي الارسال والابعاد في الريشه الطائره</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nalbt27c40vhdx1.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/75xivusocm0g12e.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>583</t>
+          <t>591</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>سجى محمد حافظ </t>
+          <t>رياض صيهود هاشم</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>أثر الجهد الهوائي واللاهوائي على هرموناتTSH، T3 ،T4  وبعض المؤشرات الفسيولوجية المصاحبة لدى الرياضيات وغيرالرياضيات وفق اطوار الدورة الشهرية</t>
-[...2 lines deleted...]
-      <c r="D46" s="1"/>
+          <t>قياس المستوى المعرفي لمدربي كرة اليد في العراق بناء وتطبيق</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gd3yi5cspekur8t.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>582</t>
+          <t>590</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>ضحى محمد حافظ </t>
+          <t>ناطق عبدالرحمن وريثة </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t> بناء مقياس معرفي وعلاقته بترتيب الفرق للدوري الممتاز للاعبي كرة قدم الصالات</t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>تأثير منهج تدريبي مقترح باستخدام الأحماض الامينية على التضخم العضلي الفسيولوجي والتغيرات البيوكيميائية وانجاز الرفعات الاولمبية </t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wjm_lp9f36s82x1.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>581</t>
+          <t>589</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>نبيل عبد الرزاق ياسين</t>
+          <t>احمد عبد الأئمة كاظم محمد </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>الكشف عن السرطان في مدينة العماره-العراق باستخدام التعلم الالكتروني</t>
+          <t>تأثير استخدام أساليب تدريس مختلفه في  تعلم بعض انواع التهديد بكرة السله</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g7mqpyxzaujlh69.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n16por8i4qj3dks.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>588</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>نبأ حميد جلوب</t>
+          <t>مصطفى سلطان حسين</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>أثر تمرينات خاصه في بعض القدرات الحركية والمهاريه وتركيز انزيمي التربويين وال cpkباداه الكرة في بالجمناستك الايقاعي</t>
-[...6 lines deleted...]
-      </c>
+          <t>مصطفى العيساوي</t>
+        </is>
+      </c>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>579</t>
+          <t>587</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>شهاب احمد كاظم </t>
+          <t>محمد صبيح حسن </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة لتطوير قدرة العضلات الغاملة في أداء مهارة الوقوف  على اليدين - بالضغط- على جهاز الحلق لناشئي الجمناستك</t>
+          <t>تأثير التغذية الراجعة في تعلم بعض المهارات الاساسية بالكرة الطائرة</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4pmxab0z3u65stg.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6k_c4rxv0ihutf8.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>578</t>
+          <t>586</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>محمد كاظم عاشور</t>
+          <t>حيدر كاظم جري</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنه لبعض مؤشرات التوازن الحراري الهرمونية والفسيولوجية بين الرياضيين وغير الرياضيين</t>
+          <t>Female Characters in Eugene O’Neill’s plays</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nxu9e7klab51p4c.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ovwcxi_y85z617q.docx</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>