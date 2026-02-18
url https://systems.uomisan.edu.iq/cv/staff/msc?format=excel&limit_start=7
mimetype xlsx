--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1046 +147,1054 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>684</t>
+          <t>693</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>سعدون صالح مطر</t>
+          <t>فاطمة رحيم عبد الحسن </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Evaluating  the professional Teaching Methods of evening versus  Morning teacher training institutes</t>
+          <t> ASSESSMENT OF TECHNIQUES USED IN  TEACHING LITERARY READER  AT PREPARATORY SCHOOLS</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7wxte25lv6nbak_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_w57eph9jnq061f.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>682</t>
+          <t>692</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>ضياء سالم حافظ</t>
+          <t>ساره جمعة فليح</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>تأثير استخدام الألعاب المصغرة على مستوى بعض الأداءات المهارية للاعبى كرة القدم بالعراق</t>
+          <t>محاكاة لخصائص ووظائف عدد من الموائع المستخدمة في حفر الابار العمودية</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s1ovmdxyfugz5p4.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yrvd25tc13q0sg7.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>681</t>
+          <t>691</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>انسام علي صادق عبد الكريم</t>
+          <t>حيدر عبد راضي </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>مدى تطبيق معلمي اللغة الانكليزية للطريقة التواصلية في تــــــــدريس المـــــنهج المطـــــور (English for Iraq) في المدارس الابتدائية في ميسان</t>
+          <t>Long Term Deflection of High Strength R.C.BEAMS </t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7mzavoqx1g9brfi.pdf</t>
+          <t>uploads/files/z5tlc06vfqu8hgy.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>680</t>
+          <t>690</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>ابرار جبار عمار اسحق</t>
+          <t>جاسب غازي رشك </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>تأثير منهج تعليمي مدمج وفق خريطة المفاهيم والتعلم الهرمي في تنمية التصور البصري المكاني وتعلم بعض المهارات الاساسية للاعبي سلاح الشيش للمبارزة المبتدئين(11_14) سنة</t>
+          <t>المنهج التربوي للاسرة في الفكر الاسلامي </t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5lzxg47viayt0ho.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rmi4guzxcfkn92v.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>679</t>
+          <t>689</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>احمد حنون خنجر</t>
+          <t>جواد كاظم طاهر </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>لمحددات الانثروبومترية والبدنية كمؤشر لانتقاء لاعبي مسابقات الرمي بأعمار ( 14 - 15) سنة بالعاب القوى</t>
+          <t>STUDY THE WORK OF ISOLATED FOOTING OF DIFFERENT FORMS OF SOLES FOR EXPERIMENTAL- MECHANICAL WORKSHOP</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7089_6dcuj5me2x.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4s359dnek8pmrb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>678</t>
+          <t>688</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>عباس طه حسين</t>
+          <t>مرتضى عباس عبد علي</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>نظام مقررات</t>
-[...2 lines deleted...]
-      <c r="D7" s="1"/>
+          <t>تطوير الخرسانة الحاوية على  الياف البولي بروبيلين</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/86l_0gwzkfrujv9.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>677</t>
+          <t>687</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>ماجد عزيز لفته</t>
+          <t>محمد كامل حساني </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>علاقة بعض العلاقه الكينماتيكيه لرجل المرجحة بانجاز القفز العالي لابطال القطر العراقي</t>
+          <t>Histopathological , Histochemical  and Biochemical aspects on myotoxicity induced by Drug ( Bupivacaine ) in Skeletal muscles of experimental rats males Rattus norvegicus</t>
         </is>
       </c>
       <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>676</t>
+          <t>686</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>رائد فاضل محمد حاتم </t>
+          <t>علي محمد علي</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنة بين الطريقة الدلالية التداولية والطريقة التقليدية بتدريس النثر الانكليزي</t>
+          <t>analyze the financial performance  of the Company</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/evojlft3bsr_c8g.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4so3q9gltjhxn0f.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>674</t>
+          <t>685</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>فادية عبود رمضان وفي</t>
+          <t>مالك هادي محمود</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>اسلوب المعرفي (تصلب المرونة)وعلاقته بتشكل هوية الأنا لدى طلبة الجامعة</t>
-[...6 lines deleted...]
-      </c>
+          <t>دراسة الخواص الكهروضوئية لمواد عضوية-لاعضوية ذات تراكيب جديدة</t>
+        </is>
+      </c>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>673</t>
+          <t>684</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار حواس</t>
+          <t>سعدون صالح مطر</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>Evaluating  the professional Teaching Methods of evening versus  Morning teacher training institutes</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7wxte25lv6nbak_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>672</t>
+          <t>682</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>خالد محمد صالح كرم </t>
+          <t>ضياء سالم حافظ</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>تأثير وليم فوكنر في الرواية العربية</t>
+          <t>تأثير استخدام الألعاب المصغرة على مستوى بعض الأداءات المهارية للاعبى كرة القدم بالعراق</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y_foex3q5i89g7b.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s1ovmdxyfugz5p4.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>671</t>
+          <t>681</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>احمد كاظم حمد علي</t>
+          <t>انسام علي صادق عبد الكريم</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Detection and Diagnosis of Microcalcifications in Mammograms of Breast Towards the Early Detection of Breast Cancer</t>
-[...2 lines deleted...]
-      <c r="D13" s="1"/>
+          <t>مدى تطبيق معلمي اللغة الانكليزية للطريقة التواصلية في تــــــــدريس المـــــنهج المطـــــور (English for Iraq) في المدارس الابتدائية في ميسان</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7mzavoqx1g9brfi.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>680</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>نصيف جاسم عاتي </t>
+          <t>ابرار جبار عمار اسحق</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>العشائرية والتحول الديمقراطي في العراق</t>
+          <t>تأثير منهج تعليمي مدمج وفق خريطة المفاهيم والتعلم الهرمي في تنمية التصور البصري المكاني وتعلم بعض المهارات الاساسية للاعبي سلاح الشيش للمبارزة المبتدئين(11_14) سنة</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kx9ifhw7nvop68t.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5lzxg47viayt0ho.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>668</t>
+          <t>679</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>رغد اسماعيل عريبي نافل</t>
+          <t>احمد حنون خنجر</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>اعتراضات ابن جماعة وترجيحاته النحوية والصرفيــة فـي كتــاب شـــرح الكافيــة </t>
+          <t>لمحددات الانثروبومترية والبدنية كمؤشر لانتقاء لاعبي مسابقات الرمي بأعمار ( 14 - 15) سنة بالعاب القوى</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a1jni0c3r96zoeb.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7089_6dcuj5me2x.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>667</t>
+          <t>678</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>هيفاء كاظم محمد</t>
+          <t>عباس طه حسين</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>EFL STUDENTS&amp;#39; PROBLEMS AND ERRORS IN WRITING GRADUATION PROJECTS</t>
-[...6 lines deleted...]
-      </c>
+          <t>نظام مقررات</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>666</t>
+          <t>677</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسين جارالله</t>
+          <t>ماجد عزيز لفته</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>التنظيم الدولي لمواجهة الارهاب الفكري </t>
-[...6 lines deleted...]
-      </c>
+          <t>علاقة بعض العلاقه الكينماتيكيه لرجل المرجحة بانجاز القفز العالي لابطال القطر العراقي</t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>664</t>
+          <t>676</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>سعود كاظم عباس </t>
+          <t>رائد فاضل محمد حاتم </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
-[...2 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>دراسة مقارنة بين الطريقة الدلالية التداولية والطريقة التقليدية بتدريس النثر الانكليزي</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/evojlft3bsr_c8g.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>663</t>
+          <t>674</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن جعفر</t>
+          <t>فادية عبود رمضان وفي</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>اسلوب المعرفي (تصلب المرونة)وعلاقته بتشكل هوية الأنا لدى طلبة الجامعة</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_r3o6dmynzpfge.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>662</t>
+          <t>673</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>رحيم عطيه جناني</t>
+          <t>محمد جبار حواس</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>تحديد اختبارت بدنيه ومهاريه للاعبي الشباب لكرة القدم</t>
+          <t>.</t>
         </is>
       </c>
       <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>661</t>
+          <t>672</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الرضا كريم</t>
+          <t>خالد محمد صالح كرم </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t> تاثير استخدام اسلوبي التمرين المكثف والمتوزع في سرعة تعلم بعض المهارات الاساسيه بكرة اليد</t>
+          <t>تأثير وليم فوكنر في الرواية العربية</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7qlje3dyfmr6akz.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y_foex3q5i89g7b.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>671</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>ثائر صالح صبر</t>
+          <t>احمد كاظم حمد علي</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Detection and Diagnosis of Microcalcifications in Mammograms of Breast Towards the Early Detection of Breast Cancer</t>
         </is>
       </c>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>659</t>
+          <t>670</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>احسان سكر ساهي</t>
+          <t>نصيف جاسم عاتي </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>العشائرية والتحول الديمقراطي في العراق</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kx9ifhw7nvop68t.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>658</t>
+          <t>668</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>خالد عبيد محسن</t>
+          <t>رغد اسماعيل عريبي نافل</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>خ</t>
-[...2 lines deleted...]
-      <c r="D24" s="1"/>
+          <t>اعتراضات ابن جماعة وترجيحاته النحوية والصرفيــة فـي كتــاب شـــرح الكافيــة </t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a1jni0c3r96zoeb.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>657</t>
+          <t>667</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>فاتن ابراهيم موسى </t>
+          <t>هيفاء كاظم محمد</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>An evaluation and improvements of some public transport routes in Baghdad City</t>
+          <t>EFL STUDENTS&amp;#39; PROBLEMS AND ERRORS IN WRITING GRADUATION PROJECTS</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/p3jiel0w19zxyfr.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rzb3mycnfq4t9o0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>656</t>
+          <t>666</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>ريم صباح محمد </t>
+          <t>علي عبد الحسين جارالله</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>A Study on Mechanical, Thermal and Morphological Properties of Natural Fibre/Epoxy Composite</t>
+          <t>التنظيم الدولي لمواجهة الارهاب الفكري </t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/itbqh_903k8rcws.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3ast056_xvc1ewk.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>655</t>
+          <t>664</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>حمود ماضي حسن</t>
+          <t>سعود كاظم عباس </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>654</t>
+          <t>663</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>عباس كنبار كوسر</t>
+          <t>محمد حسن جعفر</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>653</t>
+          <t>662</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>صادق عبيس كاظم</t>
+          <t>رحيم عطيه جناني</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>تحديد اختبارت بدنيه ومهاريه للاعبي الشباب لكرة القدم</t>
         </is>
       </c>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>652</t>
+          <t>661</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>معن عبود علي</t>
+          <t>محمد عبد الرضا كريم</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>سوق بغداد للاوارق المالية الوضع الحالي وسبل التطوير</t>
+          <t> تاثير استخدام اسلوبي التمرين المكثف والمتوزع في سرعة تعلم بعض المهارات الاساسيه بكرة اليد</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xrtmzdw63i_7lpn.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7qlje3dyfmr6akz.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>651</t>
+          <t>660</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>هيثم عبد راضي عبد الرضا </t>
+          <t>ثائر صالح صبر</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>659</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>صبيح علاوي زاير</t>
+          <t>احسان سكر ساهي</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>649</t>
+          <t>658</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>سامي حطاب جاسم</t>
+          <t>خالد عبيد محسن</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>s</t>
+          <t>خ</t>
         </is>
       </c>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>648</t>
+          <t>657</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>سجى جاسم محمد</t>
+          <t>فاتن ابراهيم موسى </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>الثنائيات الضدية في الأمثال العربية مجمع الأمثال للميداني (ت518هـ) أنموذجا</t>
-[...2 lines deleted...]
-      <c r="D34" s="1"/>
+          <t>An evaluation and improvements of some public transport routes in Baghdad City</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/p3jiel0w19zxyfr.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>647</t>
+          <t>656</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>نضال ماهود محمد شفي</t>
+          <t>ريم صباح محمد </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>The  Concept of Alienation in Sam Sheperd s Selected  plays</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>A Study on Mechanical, Thermal and Morphological Properties of Natural Fibre/Epoxy Composite</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/itbqh_903k8rcws.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>646</t>
+          <t>655</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>نيزك صبحي احمد محمد</t>
+          <t>حمود ماضي حسن</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشريحية ونسجية لمنفحة الاغنام والمعز المحلية</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>645</t>
+          <t>654</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>نجم عبد الله غالي </t>
+          <t>عباس كنبار كوسر</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>اثر استعمال طريقة التعلم التعاوني في التحصيل والأستبقاء لدى طلبة كلية التربية الأساسية في مادة العروضض</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>644</t>
+          <t>653</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي حسين سلمان </t>
+          <t>صادق عبيس كاظم</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>مستوايات التلقي في شروح نهج البلاغة حتى نهاية  قرن السابع الهجري</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>643</t>
+          <t>652</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>رنا علي مهودر داغر </t>
+          <t>معن عبود علي</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد_ نظام الكورسات</t>
-[...2 lines deleted...]
-      <c r="D39" s="1"/>
+          <t>سوق بغداد للاوارق المالية الوضع الحالي وسبل التطوير</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xrtmzdw63i_7lpn.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>641</t>
+          <t>651</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>علي اطعيمة جبر اللامي</t>
+          <t>هيثم عبد راضي عبد الرضا </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>تحسين اكتشاف الحركة باستخدام طريقة هجينة</t>
-[...2 lines deleted...]
-      <c r="D40" s="1"/>
+          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qwjh0xs2edpln63.PDF</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>640</t>
+          <t>650</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>علي جلوب العيبي جعفر </t>
+          <t>صبيح علاوي زاير</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t> مرويات الكليني التفسيرية في كتابه الكافي/ الأخلاق أنموذجاً</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>639</t>
+          <t>649</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي خلاوي</t>
+          <t>سامي حطاب جاسم</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>s</t>
         </is>
       </c>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>638</t>
+          <t>648</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>ماجد شيال رحيمه</t>
+          <t>سجى جاسم محمد</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>( دراسة وبائية لمرض تعفن الظلف في الاغنام في منطقة الموصل) .</t>
+          <t>الثنائيات الضدية في الأمثال العربية مجمع الأمثال للميداني (ت518هـ) أنموذجا</t>
         </is>
       </c>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>637</t>
+          <t>647</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>براق طالب شلش </t>
+          <t>نضال ماهود محمد شفي</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>تاّكل الفولاذ الواطئ الكاربون بفعل البكتيريا دراسة تاثيره في الصفات الفيزيائية (الكلال)</t>
-[...6 lines deleted...]
-      </c>
+          <t>The  Concept of Alienation in Sam Sheperd s Selected  plays</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>636</t>
+          <t>646</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>الدكتور سالم كاظم عباس خلف </t>
-[...2 lines deleted...]
-      <c r="C45" s="1"/>
+          <t>نيزك صبحي احمد محمد</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>دراسة تشريحية ونسجية لمنفحة الاغنام والمعز المحلية</t>
+        </is>
+      </c>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>635</t>
+          <t>645</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>مصطفى ناصر مناتي </t>
+          <t>نجم عبد الله غالي </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
+          <t>اثر استعمال طريقة التعلم التعاوني في التحصيل والأستبقاء لدى طلبة كلية التربية الأساسية في مادة العروضض</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7uy2sa_6pev4dbk.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z6yuknehd03so9b.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>634</t>
+          <t>644</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>مؤيد فيصل ربيع</t>
+          <t>محمد مهدي حسين سلمان </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>الوجود عند متكلمي المسلمين</t>
+          <t>مستوايات التلقي في شروح نهج البلاغة حتى نهاية  قرن السابع الهجري</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_hgujt2e63yr8kv.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a_t1mrozf0js9nx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>633</t>
+          <t>643</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>هند نعيم حوشي</t>
+          <t>رنا علي مهودر داغر </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>الاظهار المادي للخدمة الصحية وتأثيره في جذب الزبون</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا يوجد_ نظام الكورسات</t>
+        </is>
+      </c>
+      <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>632</t>
+          <t>641</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>تحسين علي هامان نويسي</t>
+          <t>علي اطعيمة جبر اللامي</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>التقييم المكاني لمحطات الوقود في مدينة العمارة</t>
+          <t>تحسين اكتشاف الحركة باستخدام طريقة هجينة</t>
         </is>
       </c>
       <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>631</t>
+          <t>640</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>محمد حسين جاسم </t>
+          <t>علي جلوب العيبي جعفر </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>الحق في الخصوصية في دستور جمهورية العراق لسنة 2005</t>
+          <t> مرويات الكليني التفسيرية في كتابه الكافي/ الأخلاق أنموذجاً</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nsv70mbf2owr8qy.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o_hpjxcf35d0bm8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>639</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t> مرتضى سرحان عوض</t>
+          <t>محمد مهدي خلاوي</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
-[...6 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>