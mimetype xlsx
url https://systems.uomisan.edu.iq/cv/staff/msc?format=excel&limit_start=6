--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1102 +147,1110 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>740</t>
+          <t>751</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>كرار رياض سيد خفي</t>
+          <t>زهراء محسن اغضيب</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الدولية عن الاعمال الارهابيه</t>
+          <t>M-dimension hybrid algorithm for scientific workflow in cloud computing</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cyrxs9fz63d1_ki.docx</t>
+          <t>uploads/files/v3rmue12j60dpkc.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>738</t>
+          <t>750</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>ندى عادل رحمه</t>
+          <t>حيدر خلف محمد</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>الاثر الرجعي للحكم بعدم الدستورية في قضاء المحكمة الاتحادية العليا في العراق دراسة مقارنة</t>
-[...2 lines deleted...]
-      <c r="D3" s="1"/>
+          <t>Quality of winter wheat production under the influence of predecessors and mineral fertilizers</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/751_3s0uyfxpzvg.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>737</t>
+          <t>748</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>زينة سمير هاشم </t>
+          <t>زينب زيدان خلف </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>إلتزام الإدارة بالوقاية من الأضرار البيئية في العراق - دراسة مقارنة</t>
+          <t>دراسة العلاقة التنبؤية للنمو وجودة لحوم الاوز الصيني في محافظة البصرة</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sqg9zdfb6eypvl0.pdf</t>
+          <t>uploads/files/f4pxwsy5vb1ak03.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>736</t>
+          <t>747</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>حسين جبار لازم</t>
+          <t>حميد مجيد راضي</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>الفصل في المنازعات الرياضية بالتحكيم</t>
+          <t>Cytokines storm syndrome in covid-19 patients associated with copy number of coronavirus by real times PCR technique </t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uy9ais3f4rh7k0j.doc</t>
+          <t>uploads/files/tsm82x5kguzna9f.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>735</t>
+          <t>746</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t> بتول منشد جاسم</t>
+          <t>علي جاسم محمد </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>تاثير وظيفة نشر وظيفة الجودة الخضراء والقيادة التحويلية الخضراء في تطوير المنتجات الخضراء</t>
+          <t>تأثير الاحياء المجهرية المشخصة بتقنية metagenomic ونشاط انزيماتها في بعض صفات النمو للحملان العرابية المغذاة نسب مختلفة من العلف الخشن </t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rcypv928oe0jfqn.pdf</t>
+          <t>uploads/files/1igt25y9lr08wjk.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>734</t>
+          <t>745</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>احمد قاسم علي شرهان </t>
+          <t>فيصل غازي لازم</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>التزام الموظف بالحياد السياسي </t>
+          <t>التأثيرات السمية والوراثية لأوكسيد الزنك النانوي على تركيب ووظائف الغدة الدرقية والمبيض في أناث الجرذان</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/52gj_mihez7nx3b.pdf</t>
+          <t>uploads/files/4bflqskad0w3iy6.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>733</t>
+          <t>744</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>كامل كاطع غنتاب علي </t>
+          <t>دعاء علي حسين</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>الاحتياط الوجوبي عند فقهاء الإمامية</t>
+          <t>Study the Bacterial Contamination of Frozen Food in Local Markets of Misan Governorate /South of Iraq</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_fv3srqpxn269go.pdf</t>
+          <t>uploads/files/_w20vpjxfc9ksbu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>732</t>
+          <t>743</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>هشام مايع فزاع</t>
+          <t>م.د. مصطفى عدنان عيدان</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Lnvestigating the impact of control mechanisms on the performance of lraqi clothing manufacturing companies through the amendment of quality risk management</t>
+          <t>عـــزل وتشخيص وخواص بكتــريا التسمم البرفرنجي Clostridium perfringens من الأغذية في مدينة البصرة ودراسة حساسيتها للمضادات الحياتية  وتحديد الجين المسؤول عن تسمم الغذاء</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3ybgmlzidhqa_14.pdf</t>
+          <t>uploads/files/qz619jrm_spw85h.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>731</t>
+          <t>741</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>هادي عنيد حسان </t>
+          <t>محمد عبد الكريم سالم</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>اثر اختلال التوازن في العلاقات العقدية الدولية في تطور التجارة الدولية</t>
+          <t>اثر النزاع المسلح غير الدولي على العمل الإنساني </t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tr0qmds89bnw6ie.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/of57qe9ulspwadi.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>730</t>
+          <t>740</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>عباس ظاهر محسن</t>
+          <t>كرار رياض سيد خفي</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>The Impact of Information Technology, Strategic Leadership and Knowledge Management on Competitive Advantage (Case Study of Iraqi Petrochemical Industries)</t>
+          <t>المسؤولية الدولية عن الاعمال الارهابيه</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i8vu5m_roltjeys.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cyrxs9fz63d1_ki.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>729</t>
+          <t>738</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>هادي حسين ماضي</t>
+          <t>ندى عادل رحمه</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Towards Secure Multi-Keyword Top-k Retrieval over Encrypted Cloud Data</t>
+          <t>الاثر الرجعي للحكم بعدم الدستورية في قضاء المحكمة الاتحادية العليا في العراق دراسة مقارنة</t>
         </is>
       </c>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>728</t>
+          <t>737</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>كرار علي حسن </t>
+          <t>زينة سمير هاشم </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>تعزيز حوكمة الشركات بتطبيق معيار التدقيق الدولي (٧٠١) في تقرير مدقق الحسابات</t>
+          <t>إلتزام الإدارة بالوقاية من الأضرار البيئية في العراق - دراسة مقارنة</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2c6d70rsfwgtik9.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sqg9zdfb6eypvl0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>725</t>
+          <t>736</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>زهراء نعيم قاسم </t>
+          <t>حسين جبار لازم</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>التوجة الاستراتيجي ودورة في البراعه التنظيمية </t>
+          <t>الفصل في المنازعات الرياضية بالتحكيم</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bgcxoutyl94k7w2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uy9ais3f4rh7k0j.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>724</t>
+          <t>735</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>شيماء حمد سعد عيسى </t>
+          <t> بتول منشد جاسم</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>دراسه براغماتيكيه لبعض الخطابات السياسيه المكتوبه</t>
-[...2 lines deleted...]
-      <c r="D15" s="1"/>
+          <t>تاثير وظيفة نشر وظيفة الجودة الخضراء والقيادة التحويلية الخضراء في تطوير المنتجات الخضراء</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rcypv928oe0jfqn.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>723</t>
+          <t>734</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>زهراء خالد رحيم </t>
+          <t>احمد قاسم علي شرهان </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Suicide Letters: A Pragmatic Study</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>التزام الموظف بالحياد السياسي </t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/52gj_mihez7nx3b.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>722</t>
+          <t>733</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>عذراء علي حسين </t>
+          <t>كامل كاطع غنتاب علي </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Recognition of English assimitory,assimilated and resultant sounds by advanced Iraqi learners :A perceptual study</t>
-[...2 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>الاحتياط الوجوبي عند فقهاء الإمامية</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_fv3srqpxn269go.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>721</t>
+          <t>732</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>مرتضى خاجي حياوي </t>
+          <t>هشام مايع فزاع</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>دور مركز الشراء في ترويج المنتجات الصناعية دراسة حالة في معمل بلاستك ميسان</t>
+          <t>Lnvestigating the impact of control mechanisms on the performance of lraqi clothing manufacturing companies through the amendment of quality risk management</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utrmp06y_dzl9ic.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3ybgmlzidhqa_14.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>720</t>
+          <t>731</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمد حمادي جابر </t>
+          <t>هادي عنيد حسان </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>ممارسات إدارة الجودة الشاملة ودورها في تحقيق الرشاقة التنظيمية</t>
+          <t>اثر اختلال التوازن في العلاقات العقدية الدولية في تطور التجارة الدولية</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/39okg7vwqijr5f0.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tr0qmds89bnw6ie.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>719</t>
+          <t>730</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>مالك سابط طعيمه رسن</t>
+          <t>عباس ظاهر محسن</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة وفق استعمال بعض الوسائل والاجهزة التدريبية في تطوير بعض انواع القوة الخاصة ومستوى الأداء المهاري المركب الهجومي بكرة السلة تحت سن ١٨</t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>The Impact of Information Technology, Strategic Leadership and Knowledge Management on Competitive Advantage (Case Study of Iraqi Petrochemical Industries)</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i8vu5m_roltjeys.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>718</t>
+          <t>729</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جمال مهدي </t>
+          <t>هادي حسين ماضي</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>«ПРОФИЛАКТИКА ТРАВМАТИЗМА В СПОРТИВНЫХ ИГРАХ»</t>
-[...6 lines deleted...]
-      </c>
+          <t>Towards Secure Multi-Keyword Top-k Retrieval over Encrypted Cloud Data</t>
+        </is>
+      </c>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>717</t>
+          <t>728</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>زهراء موسى سعد</t>
+          <t>كرار علي حسن </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Solve the drone-based vehicles routing problem by using the genetic algorithms</t>
+          <t>تعزيز حوكمة الشركات بتطبيق معيار التدقيق الدولي (٧٠١) في تقرير مدقق الحسابات</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uv8lntf0e7pybc3.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2c6d70rsfwgtik9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>716</t>
+          <t>725</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>براء عبد الحسين مكلف علي </t>
+          <t>زهراء نعيم قاسم </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>تمظهرات النسق الايدلوجي في الخطاب السردي مجموعة(دنيا الله) لنجيب محفوظ اختياراً</t>
+          <t>التوجة الاستراتيجي ودورة في البراعه التنظيمية </t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ocxfh6sd3eg94y2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bgcxoutyl94k7w2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>715</t>
+          <t>724</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>تقى سعد جاسم كاظم </t>
+          <t>شيماء حمد سعد عيسى </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>قصيدة الومضة في الشعر العراقي الحديث  جيل التسعينات </t>
+          <t>دراسه براغماتيكيه لبعض الخطابات السياسيه المكتوبه</t>
         </is>
       </c>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>714</t>
+          <t>723</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>سلام عبد االزهرة خليفة</t>
+          <t>زهراء خالد رحيم </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>التحديد التحليلي لمنتجات أكسدة الهواء بالأوكسجين لإسترات الميثيل للأحماض الدهنية للزيوت النباتية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suicide Letters: A Pragmatic Study</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>712</t>
+          <t>722</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>حسين كاظم حميد </t>
+          <t>عذراء علي حسين </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>اثر جائحة كورونا على عقد التامين الصحي دراسة مقارنة </t>
-[...6 lines deleted...]
-      </c>
+          <t>Recognition of English assimitory,assimilated and resultant sounds by advanced Iraqi learners :A perceptual study</t>
+        </is>
+      </c>
+      <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>711</t>
+          <t>721</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>رواء يحيى خلف</t>
+          <t>مرتضى خاجي حياوي </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>دور أدوات السياسة المالية في تحفيز القطاع الحقيقي في العراق للمدة (٢٠٠٤-٢٠١٦)</t>
+          <t>دور مركز الشراء في ترويج المنتجات الصناعية دراسة حالة في معمل بلاستك ميسان</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kpowam5bx6zy98j.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utrmp06y_dzl9ic.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>720</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>إبراهيم أحمد عبد</t>
+          <t>محمد حمادي جابر </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>استجابة الدورة المصرفية للتقلبات الاقتصادية القطاع المصرفي العراقي ومصر انموذجآ للمدة (2004-2020)</t>
+          <t>ممارسات إدارة الجودة الشاملة ودورها في تحقيق الرشاقة التنظيمية</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3qmoyz8_vbtlnfd.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/39okg7vwqijr5f0.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>709</t>
+          <t>719</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>مصطفى فاخر </t>
+          <t>مالك سابط طعيمه رسن</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير تمرينات خاصة وفق استعمال بعض الوسائل والاجهزة التدريبية في تطوير بعض انواع القوة الخاصة ومستوى الأداء المهاري المركب الهجومي بكرة السلة تحت سن ١٨</t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>708</t>
+          <t>718</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>علي طالب محمد</t>
+          <t>مصطفى جمال مهدي </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>الصفوف الاولى</t>
+          <t>«ПРОФИЛАКТИКА ТРАВМАТИЗМА В СПОРТИВНЫХ ИГРАХ»</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxgsf1wibqunazk.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0sq1_ev3rt92xg4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>707</t>
+          <t>717</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>لؤي جمعة </t>
+          <t>زهراء موسى سعد</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>Solve the drone-based vehicles routing problem by using the genetic algorithms</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gornaz59ehvfixt.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uv8lntf0e7pybc3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>716</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عبد سعيد  </t>
+          <t>براء عبد الحسين مكلف علي </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>الطلقاء دراسة في المعنى وإشكالية القراءة التاريخية </t>
+          <t>تمظهرات النسق الايدلوجي في الخطاب السردي مجموعة(دنيا الله) لنجيب محفوظ اختياراً</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aw4smyk_b8l179p.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ocxfh6sd3eg94y2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>704</t>
+          <t>715</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>رواءحمزة علي</t>
+          <t>تقى سعد جاسم كاظم </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Text Based Steganography Using Unicode Characters</t>
+          <t>قصيدة الومضة في الشعر العراقي الحديث  جيل التسعينات </t>
         </is>
       </c>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>703</t>
+          <t>714</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عادل داخل عيسى</t>
+          <t>سلام عبد االزهرة خليفة</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>هدفت الدراسة الحالية الى قياس الشخصية العدائية لدى طلبة كلية التربية وبناء برنامج ارشادي لخفض العدائية لدى طلبة كلية التربية والكشف عن العدائية</t>
+          <t>التحديد التحليلي لمنتجات أكسدة الهواء بالأوكسجين لإسترات الميثيل للأحماض الدهنية للزيوت النباتية</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ef4gj8is_od1ub0.pdf</t>
+          <t>uploads/files/0kiry6gw3u_o5qf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>702</t>
+          <t>712</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>عباس كامل عثمان </t>
+          <t>حسين كاظم حميد </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>اثر جائحة كورونا على عقد التامين الصحي دراسة مقارنة </t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8pjkhctweg61vzi.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k58ngyd6w1i70vp.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>701</t>
+          <t>711</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>عباس عودة شنيور</t>
+          <t>رواء يحيى خلف</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>(ضروب البحور بين النظرية والتطبيق- دراسة عروضية في شعر بشار وأبي نواس وأبي العتاهية )</t>
+          <t>دور أدوات السياسة المالية في تحفيز القطاع الحقيقي في العراق للمدة (٢٠٠٤-٢٠١٦)</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/95h3xyaqnmudjti.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kpowam5bx6zy98j.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>710</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الواحد غضبان</t>
+          <t>إبراهيم أحمد عبد</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>علاقة القلق تعدد الابعاد لاداء مهارات بعض المهارات الهجومية لدى لاعبي كرة القدم</t>
-[...2 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>استجابة الدورة المصرفية للتقلبات الاقتصادية القطاع المصرفي العراقي ومصر انموذجآ للمدة (2004-2020)</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3qmoyz8_vbtlnfd.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>699</t>
+          <t>709</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>ميادة عبد الامير اسماعيل</t>
+          <t>مصطفى فاخر </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>جماليات الخطاب في الصحيفة الرضوية الجامعة </t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u6_i2lbj38kscwm.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/biae5c7hzou4v9y.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>698</t>
+          <t>708</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>علا كمال ياسين </t>
+          <t>علي طالب محمد</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>لتحقيق في تأثير التناص على االتصال األدبي من خالل فحص </t>
+          <t>الصفوف الاولى</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sb6j5mnkwl7u3_h.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxgsf1wibqunazk.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>697</t>
+          <t>707</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t> شفاء حسين </t>
+          <t>لؤي جمعة </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية التعليم المتمازج في التحصيل وتنمية عادات العقل لدى طلبة كلية التربية الاساسية في مادة طرائق التـدريس المتخصـصة</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g5j2_0itl8eayuf.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gornaz59ehvfixt.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>696</t>
+          <t>705</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>حميد ابو لول جبجباب</t>
+          <t>فاطمة عبد سعيد  </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>  1953 -1975 العلاقات السياسية الايرانية التركية </t>
+          <t>الطلقاء دراسة في المعنى وإشكالية القراءة التاريخية </t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1p02euijvm9adtb.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aw4smyk_b8l179p.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>694</t>
+          <t>704</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>عدي هاشم علوان</t>
+          <t>رواءحمزة علي</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام استراتيجية تدريبية علاجية على التحصيل لذوي التحصيل المتدني في الرياضيات لدى طلبة الصف الثاني المتوسط</t>
-[...6 lines deleted...]
-      </c>
+          <t>Text Based Steganography Using Unicode Characters</t>
+        </is>
+      </c>
+      <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>693</t>
+          <t>703</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>فاطمة رحيم عبد الحسن </t>
+          <t>فاطمة عادل داخل عيسى</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t> ASSESSMENT OF TECHNIQUES USED IN  TEACHING LITERARY READER  AT PREPARATORY SCHOOLS</t>
+          <t>هدفت الدراسة الحالية الى قياس الشخصية العدائية لدى طلبة كلية التربية وبناء برنامج ارشادي لخفض العدائية لدى طلبة كلية التربية والكشف عن العدائية</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_w57eph9jnq061f.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ef4gj8is_od1ub0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>692</t>
+          <t>702</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>ساره جمعة فليح</t>
+          <t>عباس كامل عثمان </t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>محاكاة لخصائص ووظائف عدد من الموائع المستخدمة في حفر الابار العمودية</t>
+          <t>العلوم</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yrvd25tc13q0sg7.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8pjkhctweg61vzi.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>691</t>
+          <t>701</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد راضي </t>
+          <t>عباس عودة شنيور</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Long Term Deflection of High Strength R.C.BEAMS </t>
+          <t>(ضروب البحور بين النظرية والتطبيق- دراسة عروضية في شعر بشار وأبي نواس وأبي العتاهية )</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/z5tlc06vfqu8hgy.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/95h3xyaqnmudjti.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>690</t>
+          <t>700</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>جاسب غازي رشك </t>
+          <t>حيدر عبد الواحد غضبان</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>المنهج التربوي للاسرة في الفكر الاسلامي </t>
-[...6 lines deleted...]
-      </c>
+          <t>علاقة القلق تعدد الابعاد لاداء مهارات بعض المهارات الهجومية لدى لاعبي كرة القدم</t>
+        </is>
+      </c>
+      <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>689</t>
+          <t>699</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>جواد كاظم طاهر </t>
+          <t>ميادة عبد الامير اسماعيل</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>STUDY THE WORK OF ISOLATED FOOTING OF DIFFERENT FORMS OF SOLES FOR EXPERIMENTAL- MECHANICAL WORKSHOP</t>
+          <t>جماليات الخطاب في الصحيفة الرضوية الجامعة </t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4s359dnek8pmrb.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u6_i2lbj38kscwm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>688</t>
+          <t>698</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>مرتضى عباس عبد علي</t>
+          <t>علا كمال ياسين </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>تطوير الخرسانة الحاوية على  الياف البولي بروبيلين</t>
+          <t>لتحقيق في تأثير التناص على االتصال األدبي من خالل فحص </t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/86l_0gwzkfrujv9.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sb6j5mnkwl7u3_h.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>687</t>
+          <t>697</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>محمد كامل حساني </t>
+          <t> شفاء حسين </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Histopathological , Histochemical  and Biochemical aspects on myotoxicity induced by Drug ( Bupivacaine ) in Skeletal muscles of experimental rats males Rattus norvegicus</t>
-[...2 lines deleted...]
-      <c r="D49" s="1"/>
+          <t>أثر استراتيجية التعليم المتمازج في التحصيل وتنمية عادات العقل لدى طلبة كلية التربية الاساسية في مادة طرائق التـدريس المتخصـصة</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g5j2_0itl8eayuf.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>686</t>
+          <t>696</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>علي محمد علي</t>
+          <t>حميد ابو لول جبجباب</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>analyze the financial performance  of the Company</t>
+          <t>  1953 -1975 العلاقات السياسية الايرانية التركية </t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4so3q9gltjhxn0f.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1p02euijvm9adtb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>685</t>
+          <t>694</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>مالك هادي محمود</t>
+          <t>عدي هاشم علوان</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>دراسة الخواص الكهروضوئية لمواد عضوية-لاعضوية ذات تراكيب جديدة</t>
-[...2 lines deleted...]
-      <c r="D51" s="1"/>
+          <t>اثر استخدام استراتيجية تدريبية علاجية على التحصيل لذوي التحصيل المتدني في الرياضيات لدى طلبة الصف الثاني المتوسط</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gza37d2kciwy1xs.pdf</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>