--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1106 +147,1106 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>796</t>
+          <t>805</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>صادق دعير عنيد</t>
+          <t>حنان هاشم عبد</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Efficient Maximum Power Point Tracking  Techniques for a Grid-connected  Photovoltaic System using Artificial  Intelligence</t>
+          <t>Preparation of poly(butylene succinate)/poly(vinyl pyrrolidone) blend membrane for utilization in pervaporation process</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/5bspxmn3h8ewkoa.pdf</t>
+          <t>uploads/files/rhsjifbzp9eqx6c.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>795</t>
+          <t>804</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>محمد رزاق محمد</t>
+          <t>محمد حسوني جاسم </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Effect of Temperature and UV on Some Mechanical Properties of PVC Pipes</t>
+          <t>التقنيات الحديثة المستخدمة للكشف عن أنشطة الروبوتات داخل الشبكة باستخدام بيانات Netflow و اكتشاف الروبوتات في البيئات الافتراضية</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/5g486r0els2txwy.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jp2vleun_5zdmq0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>794</t>
+          <t>803</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>مريم جبر جعفر</t>
+          <t>ريام ابراهيم عبدالواحد</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>تصنيع و اختبار اداء غشاء البولي فينول سلفون في عملية التناضح الامامي لتحلية المياه المالحة</t>
+          <t>Anomaly based intrusion detection system using Golden Eagle optimizer and improved random forest model</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k3mwlbxdnj87q9s.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8kcfioan2jp3dys.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>793</t>
+          <t>802</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>فاضل مزهر شنيور</t>
+          <t>زينة نزار عبد الرزاق</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>رسم خرائط المياه الجوفيه في الصحراء الغربيه العراقيه بأستخدام نظم المعلومات الجغرافيه و البرامج الاحصائيه</t>
+          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/81z_oyhtmrwkx9j.pdf</t>
+          <t>uploads/files/1wn6dskxya592be.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>791</t>
+          <t>801</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>حيدر ناصر مناتي اللامي</t>
+          <t>احمد ماجد عبد العباس الذهبي</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>-Detailed simulations of sub-surface boundary  layer in wind-generated waves </t>
+          <t>نظام مساعدة البتر الثنائي بالاعتماد على اتصالات اشارة عصب اليد اللاسلكية </t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fdwt6giqp_b53n9.pdf</t>
+          <t>uploads/files/3gt5qo7dfc4v1n0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>790</t>
+          <t>800</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ماب علاء حسين</t>
+          <t>المدرس الدكتور  رياض طعمه حازم</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>تجميع البيانات من الشبكات اللاسلكية باستخدام الطرق الذكية</t>
+          <t>IMPACT OF EXTERNAL AND HUMAN FACTORS ON LABOR PRODUCTIVITY OF CONSTRUCTION PROJECTS IN IRAQ</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zd6c2wx_fhgin3s.pdf</t>
+          <t>uploads/files/w7zpio_rmlu890d.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>789</t>
+          <t>799</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>فراس جواد كاظم</t>
+          <t>حيدر عبدالكريم رحيم</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>خصائص الانضمام في الترب غير المشبعة</t>
+          <t>التحليل الزلزالي الحركي اللاخطي لبناية خرسانية مسلحة متعددة الطوابق</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/hw6o3pgy1vl2r5i.pdf</t>
+          <t>uploads/files/7dgskzxoblwa65e.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>788</t>
+          <t>798</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>مظفر يعقوب حسين</t>
+          <t>احمد هاتف عبيد</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>أنتاج الماء اللاابوني من مياه فضلات معمل أنتاج البطافات الالكترونية بواسطة المبادلات الايونية </t>
+          <t>التصرف الانشائي للسقف المركب من الفیروسمنت والطابوق</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/io7qkbzucmf6w59.pdf</t>
+          <t>uploads/files/7ca518n_d9i3ozf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>787</t>
+          <t>797</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>م.د نور كاظم فهيد</t>
+          <t>هدى راضي جبار حسين </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>تأثير درجات الحراره علئ انبعاج اعمدة المواد المتراكبه</t>
+          <t>ازالة التتراسايكلين من مياه الصرف الصحي بطريقة الاكسدة المتقدمة</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w4pqmh5k1ro09yn.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rqo6d4heswk_mvx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>786</t>
+          <t>796</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>الحسين محمد جمعة</t>
+          <t>صادق دعير عنيد</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>تقليل مستوى الفص الجانبي لمجموعة الهوائيات الخطية باستخدام خوارزميات التحسين</t>
+          <t>Efficient Maximum Power Point Tracking  Techniques for a Grid-connected  Photovoltaic System using Artificial  Intelligence</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/i2clsy6mkg371ne.pdf</t>
+          <t>uploads/files/5bspxmn3h8ewkoa.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>785</t>
+          <t>795</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>جهاد نعيم عليوي</t>
+          <t>محمد رزاق محمد</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>الملامح الحياة الاجتماعية في العصر العباسي الثاني من خلال شعر ابي فراس الحمداني</t>
+          <t>Effect of Temperature and UV on Some Mechanical Properties of PVC Pipes</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ews0yjph5xfv_ar.pdf</t>
+          <t>uploads/files/5g486r0els2txwy.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>784</t>
+          <t>794</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>نجلاء زكي منور</t>
+          <t>مريم جبر جعفر</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>تأثير التسميد بالحديدوالبورونوالتلقيح بالرايزوبيا في نمو وحاصل صنفين من محصول اللوبيا(.Vigna sinensis L)</t>
+          <t>تصنيع و اختبار اداء غشاء البولي فينول سلفون في عملية التناضح الامامي لتحلية المياه المالحة</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/_nrb2yf3po5lghj.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k3mwlbxdnj87q9s.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>783</t>
+          <t>793</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>وداد مارد حمود</t>
+          <t>فاضل مزهر شنيور</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>دراسة نسبة الإصابة بحشرة مّن الباقلاء الأسود Aphis fabae Scopoli , 1763  (Hemiptera:Aphididae) ومكافحتها احيائيا تحت تأثير كثافات نباتية مختلفةسة نسبة الأصابة بحشرة مَنّ الباقلاء الأسود: Aphididae 1763,Scopoli fabae Aphis Hemipotera ومكافحتها أحيائياً   </t>
+          <t>رسم خرائط المياه الجوفيه في الصحراء الغربيه العراقيه بأستخدام نظم المعلومات الجغرافيه و البرامج الاحصائيه</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/9hs6pf51mitgvbo.pdf</t>
+          <t>uploads/files/81z_oyhtmrwkx9j.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>781</t>
+          <t>791</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>عباس لعيبي عبيد</t>
+          <t>حيدر ناصر مناتي اللامي</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t> AN EFFECTIVE IMAGE STEGANOGRAPHY SCHEME BASED ON LEAST SIGNIFICANT BITS AND COVER IMAGE TRANSPORTATION</t>
+          <t>-Detailed simulations of sub-surface boundary  layer in wind-generated waves </t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/n7ymsd2qhtrbzw9.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fdwt6giqp_b53n9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>780</t>
+          <t>790</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>سجى جمعه ضمد</t>
+          <t>ماب علاء حسين</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Distribution of hypothyroidism in a sample of children with type 1 diabetes mellitus</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>تجميع البيانات من الشبكات اللاسلكية باستخدام الطرق الذكية</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zd6c2wx_fhgin3s.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>779</t>
+          <t>789</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>ا.م.د ضرغام صبيح كريم </t>
+          <t>فراس جواد كاظم</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>تأثير النتروجين والبوتاسيوم والرش بالحديد في نمو وحاصل الماش ومكوناته</t>
+          <t>خصائص الانضمام في الترب غير المشبعة</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/voc_dbgmlaj42n1.pdf</t>
+          <t>uploads/files/hw6o3pgy1vl2r5i.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>777</t>
+          <t>788</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>م.م.تقى محمد حنون </t>
+          <t>مظفر يعقوب حسين</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>تقييم اختبارات مدرسي اللغة الأنكليزية العراقيين الحالين في ضوء معاير اختبارات اللغة التواصلية</t>
-[...2 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>أنتاج الماء اللاابوني من مياه فضلات معمل أنتاج البطافات الالكترونية بواسطة المبادلات الايونية </t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/io7qkbzucmf6w59.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>776</t>
+          <t>787</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>م.م.مثنى شريف عودة </t>
+          <t>م.د نور كاظم فهيد</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>تأثير درجات الحراره علئ انبعاج اعمدة المواد المتراكبه</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w4pqmh5k1ro09yn.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>775</t>
+          <t>786</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>كرار احمد صاحب  </t>
+          <t>الحسين محمد جمعة</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34; العلاقة بين تحمل متعلمي اللغة الإنجليزية كلغة أجنبية في العراق للغموض وقلق اللغة الثانية والتحصيل في القراءة </t>
+          <t>تقليل مستوى الفص الجانبي لمجموعة الهوائيات الخطية باستخدام خوارزميات التحسين</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/rlm4a6sv1gqcw8h.docx</t>
+          <t>uploads/files/i2clsy6mkg371ne.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>774</t>
+          <t>785</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>م.م.زهراء شاكر عبود</t>
+          <t>جهاد نعيم عليوي</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>كفاءة الموارد المائية السطحية في قضاء الميمونة واستثماراتها</t>
+          <t>الملامح الحياة الاجتماعية في العصر العباسي الثاني من خلال شعر ابي فراس الحمداني</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b0q3yhe1d2v4znx.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ews0yjph5xfv_ar.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>773</t>
+          <t>784</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>اكرام فارس غانم </t>
+          <t>نجلاء زكي منور</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>الاقطاع في لواء العمارة 1921_1958</t>
+          <t>تأثير التسميد بالحديدوالبورونوالتلقيح بالرايزوبيا في نمو وحاصل صنفين من محصول اللوبيا(.Vigna sinensis L)</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jr7eph_o64u1f0k.pdf</t>
+          <t>uploads/files/_nrb2yf3po5lghj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>772</t>
+          <t>783</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة احمد مونس شايع</t>
+          <t>وداد مارد حمود</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>دائرة الاثار العراقية 1921-1958 دراسة تاريخية</t>
-[...2 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>دراسة نسبة الإصابة بحشرة مّن الباقلاء الأسود Aphis fabae Scopoli , 1763  (Hemiptera:Aphididae) ومكافحتها احيائيا تحت تأثير كثافات نباتية مختلفةسة نسبة الأصابة بحشرة مَنّ الباقلاء الأسود: Aphididae 1763,Scopoli fabae Aphis Hemipotera ومكافحتها أحيائياً   </t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/9hs6pf51mitgvbo.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>771</t>
+          <t>781</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة سعيد عبد الرضا</t>
+          <t>عباس لعيبي عبيد</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>حصار المدن المتمردة في تاريخ العراق القديم من 2800-539</t>
+          <t> AN EFFECTIVE IMAGE STEGANOGRAPHY SCHEME BASED ON LEAST SIGNIFICANT BITS AND COVER IMAGE TRANSPORTATION</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3fj1vq_gwhtrlan.pdf</t>
+          <t>uploads/files/n7ymsd2qhtrbzw9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>770</t>
+          <t>780</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>شيماء فنجان حسناوي حسوني</t>
+          <t>سجى جمعه ضمد</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>موقف الاتحاد السوفيتي  من حرب الخليج الثانية 1990-1991</t>
-[...6 lines deleted...]
-      </c>
+          <t>Distribution of hypothyroidism in a sample of children with type 1 diabetes mellitus</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>769</t>
+          <t>779</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>ميس عبد علي</t>
+          <t>ا.م.د ضرغام صبيح كريم </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>أثير وحدات تعليميه بأستراتيجية حل المشكلات المصاحبه للحقيبه التعليمية في التعلم والاحتفاظ لبعض المهارات في الجمناستك الايقاعي</t>
-[...2 lines deleted...]
-      <c r="D26" s="1"/>
+          <t>تأثير النتروجين والبوتاسيوم والرش بالحديد في نمو وحاصل الماش ومكوناته</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/voc_dbgmlaj42n1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>768</t>
+          <t>777</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>نادية مهدي محمد</t>
+          <t>م.م.تقى محمد حنون </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات مركبة وفق الأسلوب الموزع في تطوير الاصور الحركي وسرعة الاستجابة الحركية لبعض المهارات الدفاعية الفردية بكرة اليد للناشئينزع</t>
+          <t>تقييم اختبارات مدرسي اللغة الأنكليزية العراقيين الحالين في ضوء معاير اختبارات اللغة التواصلية</t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>767</t>
+          <t>776</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>مناف صباح صالح</t>
+          <t>م.م.مثنى شريف عودة </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Glutamate Transporter 1 وCystine-Glutamate Antiporter كأهداف محتملة لتخفيف استهلاك الكحول لدى ذكور الفئران P</t>
+          <t>----------</t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>766</t>
+          <t>775</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>نور الدين عبد الكريم جاسم</t>
+          <t>كرار احمد صاحب  </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>عزل وتشخيص البكتريا المرافقة لحصى المسالك البولية ودور بكتريا Oxalobacter  formigenes  في اختزال تكوين الحصى </t>
+          <t>&amp;#34; العلاقة بين تحمل متعلمي اللغة الإنجليزية كلغة أجنبية في العراق للغموض وقلق اللغة الثانية والتحصيل في القراءة </t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oa2xhwflps1r5nv.pdf</t>
+          <t>uploads/files/rlm4a6sv1gqcw8h.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>765</t>
+          <t>774</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>زهراء ناصر علي حيدر الموسوي </t>
+          <t>م.م.زهراء شاكر عبود</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>{تأثير تبني معايير الإبلاغ المالي الدولي في جودة أرباح المصارف العراقية باستعمال أنموذج Beneish M-score دراسة تطبيقية في عينة من المصارف المدرجة في سوق العراق للأوراق المالية</t>
+          <t>كفاءة الموارد المائية السطحية في قضاء الميمونة واستثماراتها</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rn6a0h81we9omud.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b0q3yhe1d2v4znx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>764</t>
+          <t>773</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t> وداد علي عبد سلمان </t>
+          <t>اكرام فارس غانم </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>تأثير موعد الزراعة ومسافتها والمعاملة بالمحفز الحيوي  Bio Health وتداخلاتها في نمو وحاصل الثمار والزيت الطيار لنبات الك ا رويه وفعالياته الكيمواحيائية Carum carvi L.</t>
+          <t>الاقطاع في لواء العمارة 1921_1958</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ulthi_vmjy752zx.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jr7eph_o64u1f0k.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>763</t>
+          <t>772</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>محمد صادق جعفر</t>
+          <t>م.م.سارة احمد مونس شايع</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>دور سلوكيات فرق العمل في تحقيق الاداء الريادي</t>
-[...6 lines deleted...]
-      </c>
+          <t>دائرة الاثار العراقية 1921-1958 دراسة تاريخية</t>
+        </is>
+      </c>
+      <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>762</t>
+          <t>771</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>صفا نجاح عبد الامير</t>
+          <t>م.م.سارة سعيد عبد الرضا</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>بناء توزيع احتمالي Inverted Topp Leone-Exponential  مع تطبيق عملي </t>
+          <t>حصار المدن المتمردة في تاريخ العراق القديم من 2800-539</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t8c9jd2w4xl5ka1.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3fj1vq_gwhtrlan.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>761</t>
+          <t>770</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>دنيا صبيح محمد</t>
+          <t>شيماء فنجان حسناوي حسوني</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Effect of Nutrient Solution and its Application method on Barley ( Hordeum vulgare L. ) and Mixture of Barley + Mungbean (Vigna radiate L. ) sprouted in Different periods</t>
+          <t>موقف الاتحاد السوفيتي  من حرب الخليج الثانية 1990-1991</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/swl57g6oa910kjp.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b6y5vwdilfugkja.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>760</t>
+          <t>769</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>منتظر حنون داود</t>
+          <t>ميس عبد علي</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنة للتوافر البيولوجي لثلاثة منتجات تجارية من أقراص ديكلوفيناك الصوديوم 50 ملغ عن طريق الفم لدى متطوعين أصحاء مع التركيز على الأدوية ذات الجودة الرديئة</t>
+          <t>أثير وحدات تعليميه بأستراتيجية حل المشكلات المصاحبه للحقيبه التعليمية في التعلم والاحتفاظ لبعض المهارات في الجمناستك الايقاعي</t>
         </is>
       </c>
       <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>759</t>
+          <t>768</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>محمد حنون داود</t>
+          <t>نادية مهدي محمد</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>تأثير عالج inhibitors 20 CD مقارنة بعالج   TNF α inhibitors على -17 IL فى مرضى التهاب المفاصل الروماتويدى الفعال</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير تمرينات مركبة وفق الأسلوب الموزع في تطوير الاصور الحركي وسرعة الاستجابة الحركية لبعض المهارات الدفاعية الفردية بكرة اليد للناشئينزع</t>
+        </is>
+      </c>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>758</t>
+          <t>767</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>محمد طالب جاسم</t>
+          <t>مناف صباح صالح</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>A Maternal Low Glycemic Index Diet for  Improving Neonatal Metabolic Outcomes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Glutamate Transporter 1 وCystine-Glutamate Antiporter كأهداف محتملة لتخفيف استهلاك الكحول لدى ذكور الفئران P</t>
+        </is>
+      </c>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>757</t>
+          <t>766</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>علي محمد راضي </t>
+          <t>نور الدين عبد الكريم جاسم</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>البعد الايديولوجي في الدبلوماسية الايرانية بعد عام 2005</t>
+          <t>عزل وتشخيص البكتريا المرافقة لحصى المسالك البولية ودور بكتريا Oxalobacter  formigenes  في اختزال تكوين الحصى </t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/4qegr7t5dcwxb9z.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oa2xhwflps1r5nv.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>756</t>
+          <t>765</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>منار كريم كاظم</t>
+          <t>زهراء ناصر علي حيدر الموسوي </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>.تـــــأثير إستراتيجية مثلث الإستماع بأسلوب النّمذجة في تعلم مهارتي الارسال والاستقبال للاعبي الكرة الطّائرة باعمار(12-14سنة</t>
+          <t>{تأثير تبني معايير الإبلاغ المالي الدولي في جودة أرباح المصارف العراقية باستعمال أنموذج Beneish M-score دراسة تطبيقية في عينة من المصارف المدرجة في سوق العراق للأوراق المالية</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/0ybvgz5_q1r97kf.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rn6a0h81we9omud.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>755</t>
+          <t>764</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>محمد علي محمد حسن</t>
+          <t> وداد علي عبد سلمان </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>.انعكاسات المتغير الامني والاقليمي على منظومة امن الخليج بعد عام 2003</t>
+          <t>تأثير موعد الزراعة ومسافتها والمعاملة بالمحفز الحيوي  Bio Health وتداخلاتها في نمو وحاصل الثمار والزيت الطيار لنبات الك ا رويه وفعالياته الكيمواحيائية Carum carvi L.</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/hvp94jwn7cfe_a6.pdf</t>
+          <t>uploads/files/ulthi_vmjy752zx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>754</t>
+          <t>763</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عيسى كاظم  </t>
+          <t>محمد صادق جعفر</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية المدنية لمورد المعلومات الإلكترونية  </t>
-[...2 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>دور سلوكيات فرق العمل في تحقيق الاداء الريادي</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yndujpkoz291x6m.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>752</t>
+          <t>762</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>عمار هيثم محسن</t>
+          <t>صفا نجاح عبد الامير</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>النظام القانوني لفروع الشركات الاجنبية في العراق (دراسة تحليلية مقارنة)</t>
-[...2 lines deleted...]
-      <c r="D42" s="1"/>
+          <t>بناء توزيع احتمالي Inverted Topp Leone-Exponential  مع تطبيق عملي </t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t8c9jd2w4xl5ka1.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>751</t>
+          <t>761</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>زهراء محسن اغضيب</t>
+          <t>دنيا صبيح محمد</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>M-dimension hybrid algorithm for scientific workflow in cloud computing</t>
+          <t>Effect of Nutrient Solution and its Application method on Barley ( Hordeum vulgare L. ) and Mixture of Barley + Mungbean (Vigna radiate L. ) sprouted in Different periods</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/v3rmue12j60dpkc.pdf</t>
+          <t>uploads/files/swl57g6oa910kjp.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>760</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>حيدر خلف محمد</t>
+          <t>منتظر حنون داود</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>Quality of winter wheat production under the influence of predecessors and mineral fertilizers</t>
-[...6 lines deleted...]
-      </c>
+          <t>دراسة مقارنة للتوافر البيولوجي لثلاثة منتجات تجارية من أقراص ديكلوفيناك الصوديوم 50 ملغ عن طريق الفم لدى متطوعين أصحاء مع التركيز على الأدوية ذات الجودة الرديئة</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>748</t>
+          <t>759</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>زينب زيدان خلف </t>
+          <t>محمد حنون داود</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>دراسة العلاقة التنبؤية للنمو وجودة لحوم الاوز الصيني في محافظة البصرة</t>
+          <t>تأثير عالج inhibitors 20 CD مقارنة بعالج   TNF α inhibitors على -17 IL فى مرضى التهاب المفاصل الروماتويدى الفعال</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/f4pxwsy5vb1ak03.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3_ohbic8lv7d6q1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>747</t>
+          <t>758</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>حميد مجيد راضي</t>
+          <t>محمد طالب جاسم</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>Cytokines storm syndrome in covid-19 patients associated with copy number of coronavirus by real times PCR technique </t>
+          <t>A Maternal Low Glycemic Index Diet for  Improving Neonatal Metabolic Outcomes</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/tsm82x5kguzna9f.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h8cdozg_afyev5l.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>746</t>
+          <t>757</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>علي جاسم محمد </t>
+          <t>علي محمد راضي </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>تأثير الاحياء المجهرية المشخصة بتقنية metagenomic ونشاط انزيماتها في بعض صفات النمو للحملان العرابية المغذاة نسب مختلفة من العلف الخشن </t>
+          <t>البعد الايديولوجي في الدبلوماسية الايرانية بعد عام 2005</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/1igt25y9lr08wjk.pdf</t>
+          <t>uploads/files/4qegr7t5dcwxb9z.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>745</t>
+          <t>756</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>فيصل غازي لازم</t>
+          <t>منار كريم كاظم</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>التأثيرات السمية والوراثية لأوكسيد الزنك النانوي على تركيب ووظائف الغدة الدرقية والمبيض في أناث الجرذان</t>
+          <t>.تـــــأثير إستراتيجية مثلث الإستماع بأسلوب النّمذجة في تعلم مهارتي الارسال والاستقبال للاعبي الكرة الطّائرة باعمار(12-14سنة</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/4bflqskad0w3iy6.pdf</t>
+          <t>uploads/files/0ybvgz5_q1r97kf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>744</t>
+          <t>755</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>دعاء علي حسين</t>
+          <t>محمد علي محمد حسن</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Study the Bacterial Contamination of Frozen Food in Local Markets of Misan Governorate /South of Iraq</t>
+          <t>.انعكاسات المتغير الامني والاقليمي على منظومة امن الخليج بعد عام 2003</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/_w20vpjxfc9ksbu.pdf</t>
+          <t>uploads/files/hvp94jwn7cfe_a6.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>743</t>
+          <t>754</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>م.د. مصطفى عدنان عيدان</t>
+          <t>فاطمة عيسى كاظم  </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>عـــزل وتشخيص وخواص بكتــريا التسمم البرفرنجي Clostridium perfringens من الأغذية في مدينة البصرة ودراسة حساسيتها للمضادات الحياتية  وتحديد الجين المسؤول عن تسمم الغذاء</t>
-[...6 lines deleted...]
-      </c>
+          <t>المسؤولية المدنية لمورد المعلومات الإلكترونية  </t>
+        </is>
+      </c>
+      <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>741</t>
+          <t>752</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الكريم سالم</t>
+          <t>عمار هيثم محسن</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>اثر النزاع المسلح غير الدولي على العمل الإنساني </t>
-[...6 lines deleted...]
-      </c>
+          <t>النظام القانوني لفروع الشركات الاجنبية في العراق (دراسة تحليلية مقارنة)</t>
+        </is>
+      </c>
+      <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>