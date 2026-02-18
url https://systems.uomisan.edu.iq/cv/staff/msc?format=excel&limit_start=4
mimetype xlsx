--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1132 +147,1128 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>860</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>م.م علي إبراهيم زبون </t>
+          <t>باسم مدلول حافظ الجوراني</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>دور الحكومات المحلية في جذب الاستثمار الاجنبي</t>
+          <t>محول كهروضوئي رافع وخافض للفولتية </t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/9qnc7jgxl2uz6d_.pdf</t>
+          <t>uploads/files/ndtzb5phvcxq02y.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>849</t>
+          <t>859</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>زهراء رسول فاخر</t>
+          <t>غفران جبار صالح</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Geotechnical and Hydrological Study of Dewerige Dam Project in Missan Governorate/Southern of Iraq</t>
+          <t>المسؤولية المدنية الناشئة عن العنف الاسري </t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m752hdzqtuc1swi.pdf</t>
+          <t>uploads/files/1iwqx6myn4c3kgf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>848</t>
+          <t>858</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>سعد حنون سعدون</t>
+          <t>محمد جاسم علي</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>الحركة التزامنية لاسطوانات هيدروليكية متعددة باستخدام صمام تقسيم الجريان</t>
+          <t>الشيخ النقدي ودورة السياسي والديني والاجتماعي في العراق</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ky3jxmd_7s1lgeb.pdf</t>
+          <t>uploads/files/_74fm1i50uatrxg.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>846</t>
+          <t>857</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>محمد تالي قاسم المالجي</t>
+          <t>فيصل غازي محمد عبد الله</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>نظام ادارة جامعي لجامعة ميسان</t>
+          <t>المواجهه الجنائية للابتزاز الالكتروني للاطفال في مواقع التواصل الاجتماعي دراسة مقارنة</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/fk5jo0swe_ni8c6.pdf</t>
+          <t>uploads/files/u6wnxv5i9_cfegr.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>845</t>
+          <t>856</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>محسن هاشم كرم </t>
-[...11 lines deleted...]
-      </c>
+          <t>تاج الدين ناصر عبد علي</t>
+        </is>
+      </c>
+      <c r="C6" s="1"/>
+      <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>844</t>
+          <t>855</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>د. حيدر خلف جبار اللامي</t>
+          <t>سيف الدين حسن حسان</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>قواعد بيانات  ربط العملاء  الهاتف المحمول</t>
+          <t>Effectiveness of deep Learning in anticipating future  trends of stock markets</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/2gzjysq59alnft8.pdf</t>
+          <t>uploads/files/2gzm3s_tl8epn9r.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>843</t>
+          <t>854</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>أحمد مالك عبدالغني العنتاكي</t>
+          <t>سوزان مهدي فياض </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>بحث وتحسين أوضاع تشغيل وحدة توربينات الغاز</t>
+          <t>التغطية الاخبارية لتظاهرات تشرين في الصحافة الالكترونية العراقية دراسة تحليلية مقارنة في مواقع ( الصباح والزمان وطريق الشعب  ) </t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m5no03shw4fa2iz.docx</t>
+          <t>uploads/files/jn7i48drck5ax13.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>842</t>
+          <t>853</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>رائد ساعي جاسم </t>
+          <t>هبه جاسم محمد</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>الاراضي الجيولوجية الدخيلة في الحزام الاوروجني الالبي في شمال العراق</t>
+          <t>التزامات الدول عن النفايات الالكترونية في القانون الدولي &amp;#34;العراق انموذجا</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/e9ls7aufr_wzd3p.pdf</t>
+          <t>uploads/files/vfq6ckha2_ry81s.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>841</t>
+          <t>851</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>همام حسين مغتاظ </t>
+          <t>منى جبار شلش</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>ارائه یک مبدل دو طرفه فلای بک با اسنابر بدون تلفات برای کاربردهای انرژی تجدیدپذیر</t>
+          <t>THE COMPARATIVE EFFECT OFTHESPEAKING STRATEGIES  OF STRATEGIES  DIS</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dsxerzc320yuip1.pdf</t>
+          <t>uploads/files/gbn9d0va4kuxycr.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>840</t>
+          <t>850</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن لازم</t>
+          <t>م.م علي إبراهيم زبون </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>المحرك الحثي المتعدد الدوائر مع تحسين أداء قدرته</t>
+          <t>دور الحكومات المحلية في جذب الاستثمار الاجنبي</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/neokxyl3jsb52ru.pdf</t>
+          <t>uploads/files/9qnc7jgxl2uz6d_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>839</t>
+          <t>849</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>عادل مانع داخل</t>
+          <t>زهراء رسول فاخر</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
-[...2 lines deleted...]
-      <c r="D12" s="1"/>
+          <t>Geotechnical and Hydrological Study of Dewerige Dam Project in Missan Governorate/Southern of Iraq</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/m752hdzqtuc1swi.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>838</t>
+          <t>848</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>ربيعه هادي حسن</t>
+          <t>سعد حنون سعدون</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>الاداء غير المعتمد لمحركيبن حثيين يساقان بواسطةًعاكس خماسي الارجل</t>
+          <t>الحركة التزامنية لاسطوانات هيدروليكية متعددة باستخدام صمام تقسيم الجريان</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/fmit6vejglrxua9.pdf</t>
+          <t>uploads/files/ky3jxmd_7s1lgeb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>837</t>
+          <t>846</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>علي حميد قاسم</t>
+          <t>محمد تالي قاسم المالجي</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Powder material of the Al-Cu system</t>
+          <t>نظام ادارة جامعي لجامعة ميسان</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/1okdm2r3s4b_glv.pdf</t>
+          <t>uploads/files/fk5jo0swe_ni8c6.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>836</t>
+          <t>845</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الزهرة كاطع </t>
+          <t>محسن هاشم كرم </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>دراسة حالة الاجهاد والانفعال المسلطة على نهاية انبوب الحفر المستخدم في حفر ابار النفط</t>
+          <t>ممارسات التدقيق الداخلي لتخفيض مخاطر النظم المحوسبة وتاثيرها في القرارات الاستراتيجية للشركات العامة العراقية</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/yp20hkuc1tji_da.pdf</t>
+          <t>uploads/files/2n4t0gxwh53uivd.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>835</t>
+          <t>844</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالزهره علي حسين الحريشاوي</t>
+          <t>د. حيدر خلف جبار اللامي</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>EVALUATION THE IMPACT OF MIXING RATIOS AND SALT CONTENT ON BIOGAS PRODUCTION BY ANAEROBIC JOINT DIGESTION OF FOOD WASTE AND  SEWAGE SLUDGE</t>
+          <t>قواعد بيانات  ربط العملاء  الهاتف المحمول</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m1tjf8w42yi7cdn.pdf</t>
+          <t>uploads/files/2gzjysq59alnft8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>834</t>
+          <t>843</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>حيدر جاسم محمد</t>
+          <t>أحمد مالك عبدالغني العنتاكي</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Investigation of thermal schemes of CCGT for the energy sector of Iraq</t>
+          <t>بحث وتحسين أوضاع تشغيل وحدة توربينات الغاز</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jy3zn0kcq281lve.pdf</t>
+          <t>uploads/files/m5no03shw4fa2iz.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>833</t>
+          <t>842</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>ياسر علي خالد</t>
+          <t>رائد ساعي جاسم </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>تشخيص مرض باركنسون باستخدام الخطوط المكتوبة بخط اليد باستخدام الشبكة العصبية الالتوائية العميقة.</t>
+          <t>الاراضي الجيولوجية الدخيلة في الحزام الاوروجني الالبي في شمال العراق</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/wct7u0_fke4day3.pdf</t>
+          <t>uploads/files/e9ls7aufr_wzd3p.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>832</t>
+          <t>841</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمود شاكر محمود </t>
+          <t>همام حسين مغتاظ </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Programming Package for Stress Intensity Factor Calculation Using FEM and Matlab</t>
+          <t>ارائه یک مبدل دو طرفه فلای بک با اسنابر بدون تلفات برای کاربردهای انرژی تجدیدپذیر</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/0vs9ct_7jifh5o8.pdf</t>
+          <t>uploads/files/dsxerzc320yuip1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>831</t>
+          <t>840</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>مرتضى سعيد محمد </t>
+          <t>محمد حسن لازم</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظريه وتجريبيه لتأثير الشكل الهندسي للعوائق والمائع النانوي على أداء المبادل الحراري ذي القشرة والانبوب على شكل حرف U</t>
+          <t>المحرك الحثي المتعدد الدوائر مع تحسين أداء قدرته</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/od3w5lvf2pa1nrj.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/neokxyl3jsb52ru.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>830</t>
+          <t>839</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>حنون حسن مشكور</t>
+          <t>عادل مانع داخل</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
-[...6 lines deleted...]
-      </c>
+          <t>NA</t>
+        </is>
+      </c>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>829</t>
+          <t>838</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محمد عطية عبد الكاظم الزهيوات</t>
+          <t>ربيعه هادي حسن</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>امكانيات النفط العراقي لأنتاج البنزين </t>
+          <t>الاداء غير المعتمد لمحركيبن حثيين يساقان بواسطةًعاكس خماسي الارجل</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/5yd4zog79e2qb8u.pdf</t>
+          <t>uploads/files/fmit6vejglrxua9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>828</t>
+          <t>837</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>مؤيد كريم حسان</t>
+          <t>علي حميد قاسم</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الجزائيه عن الشذوذ الجنسي (دراسه مقارنه بين الشريعه والقانون)</t>
+          <t>Powder material of the Al-Cu system</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/19cjs205784kbpn.pdf</t>
+          <t>uploads/files/1okdm2r3s4b_glv.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>827</t>
+          <t>836</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>ثائر عبدالرحيم كريم </t>
+          <t>علي عبد الزهرة كاطع </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>A Study on The Determinant Spectrum and Performance of STTC on Slow Fading Channels</t>
+          <t>دراسة حالة الاجهاد والانفعال المسلطة على نهاية انبوب الحفر المستخدم في حفر ابار النفط</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/awoi1y72rxe0n65.pdf</t>
+          <t>uploads/files/yp20hkuc1tji_da.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>826</t>
+          <t>835</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>مصر محمود خلف </t>
+          <t>علي عبدالزهره علي حسين الحريشاوي</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t> GEOLOGICAL HAZARDS ASSESSMENT  AND ENVIRONMENTAL  CHANGES MONITORING IN MAYSAN AREA By USING REMOTE SENSING TECHNIQUES AND GIS</t>
+          <t>EVALUATION THE IMPACT OF MIXING RATIOS AND SALT CONTENT ON BIOGAS PRODUCTION BY ANAEROBIC JOINT DIGESTION OF FOOD WASTE AND  SEWAGE SLUDGE</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/zi6w9dv0ufqpjrb.pdf</t>
+          <t>uploads/files/m1tjf8w42yi7cdn.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>824</t>
+          <t>834</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>رسول داخل محسن</t>
+          <t>حيدر جاسم محمد</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>التحقق حول طاقة الكسر للخرسانة المقواة بالألياف الهجينة</t>
+          <t>Investigation of thermal schemes of CCGT for the energy sector of Iraq</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/kmtwxp4lcey_zg9.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jy3zn0kcq281lve.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>823</t>
+          <t>833</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>حيدر حسن حيدر</t>
+          <t>ياسر علي خالد</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>تحسين مقاومة القص للبلاطات الخرسانية باستخدام شرائح الالمنيوم</t>
+          <t>تشخيص مرض باركنسون باستخدام الخطوط المكتوبة بخط اليد باستخدام الشبكة العصبية الالتوائية العميقة.</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/tbnyxd4j_g637s2.pdf</t>
+          <t>uploads/files/wct7u0_fke4day3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>822</t>
+          <t>832</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>زهراء داود حسين</t>
+          <t>محمود شاكر محمود </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Path Optimization for Medical Surgery Robotic Using Genetic Algorithm</t>
+          <t>&amp;#34;Programming Package for Stress Intensity Factor Calculation Using FEM and Matlab</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/n_lfrht6dez38wj.pdf</t>
+          <t>uploads/files/0vs9ct_7jifh5o8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>821</t>
+          <t>831</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>ناصر حكيم طعمة </t>
+          <t>مرتضى سعيد محمد </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>التأثير الديناميكي للرياح على مجموعة من الابراج و قبة</t>
+          <t>دراسة نظريه وتجريبيه لتأثير الشكل الهندسي للعوائق والمائع النانوي على أداء المبادل الحراري ذي القشرة والانبوب على شكل حرف U</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_ti2bpfz6r0elcu.pdf</t>
+          <t>uploads/files/od3w5lvf2pa1nrj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>820</t>
+          <t>830</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي صالح </t>
+          <t>حنون حسن مشكور</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>أنتقال الحرارة بالحمل الطبيعي خلال وسط مسامي محدد اسطواني ثلاثي الابعاد مع ظروف حدية لدرجة حرارة جدار ثابتة ودورية</t>
+          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/s7dtw6ob1n9vfk4.pdf</t>
+          <t>uploads/files/6al2xmor9i13dye.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>819</t>
+          <t>829</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>جبار رحيم راشد مريشد الراشدي</t>
+          <t>مرتضى محمد عطية عبد الكاظم الزهيوات</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية وعملية  على مرشحات القدرة الفعالة لتعويض القدرة غير الفعالة وإزالة التوافقيات</t>
+          <t>امكانيات النفط العراقي لأنتاج البنزين </t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qgl9p6fmhyet57c.PDF</t>
+          <t>uploads/files/5yd4zog79e2qb8u.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>818</t>
+          <t>828</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>سنان عماد صبري</t>
+          <t>مؤيد كريم حسان</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Image Restoration Using Neural Networks</t>
+          <t>المسؤولية الجزائيه عن الشذوذ الجنسي (دراسه مقارنه بين الشريعه والقانون)</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/9e8ifjtoqhkr064.pdf</t>
+          <t>uploads/files/19cjs205784kbpn.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>817</t>
+          <t>827</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>صباح فالح حبيب الحمدي</t>
+          <t>ثائر عبدالرحيم كريم </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>دراسة أنفصال الجريان بين ريشتي الضاغطة المحورية</t>
+          <t>A Study on The Determinant Spectrum and Performance of STTC on Slow Fading Channels</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4n2bicjo8a3mdg.pdf</t>
+          <t>uploads/files/awoi1y72rxe0n65.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>816</t>
+          <t>826</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>صبا جاسم رحيم</t>
+          <t>مصر محمود خلف </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>OFFICE CENTER WITH FLOOR PLATES HAVING DIFFERENT SUPPORT CONDITIONS</t>
+          <t> GEOLOGICAL HAZARDS ASSESSMENT  AND ENVIRONMENTAL  CHANGES MONITORING IN MAYSAN AREA By USING REMOTE SENSING TECHNIQUES AND GIS</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/72ld_01aupqxisy.pdf</t>
+          <t>uploads/files/zi6w9dv0ufqpjrb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>815</t>
+          <t>824</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>علاء قاسم عطية</t>
+          <t>رسول داخل محسن</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t> Quality  Management  in improving  the process  of ready mix concrete production</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>التحقق حول طاقة الكسر للخرسانة المقواة بالألياف الهجينة</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/kmtwxp4lcey_zg9.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>814</t>
+          <t>823</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>ٍسلام عادل مطلك</t>
+          <t>حيدر حسن حيدر</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>Pavement Surface Characteristics As Influenced By Material Properties</t>
+          <t>تحسين مقاومة القص للبلاطات الخرسانية باستخدام شرائح الالمنيوم</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/mgvt3dnp547_boh.pdf</t>
+          <t>uploads/files/tbnyxd4j_g637s2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>813</t>
+          <t>822</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم رحيم</t>
+          <t>زهراء داود حسين</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>STRUCTURAL BEHAVIOUR OF REINFORCED CONCRETE DEEP BEAMS WITH WEB OPENINGS UNDER REPEATED LOAD</t>
+          <t>Path Optimization for Medical Surgery Robotic Using Genetic Algorithm</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9vptod4m5r37h8y.pdf</t>
+          <t>uploads/files/n_lfrht6dez38wj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>811</t>
+          <t>821</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>عمار خلف جبار</t>
+          <t>ناصر حكيم طعمة </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Comparative Evaluation of Fatigue Behavior for Modified Asphalt Concrete Pavement</t>
+          <t>التأثير الديناميكي للرياح على مجموعة من الابراج و قبة</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3rde2s0bzn8tg9_.PDF</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_ti2bpfz6r0elcu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>809</t>
+          <t>820</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>انور جبار حسن</t>
+          <t>محمد مهدي صالح </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>نماذج شبكية للأجهزة العصبية المرئية: دراسة الأجهزة والبرمجيات</t>
+          <t>أنتقال الحرارة بالحمل الطبيعي خلال وسط مسامي محدد اسطواني ثلاثي الابعاد مع ظروف حدية لدرجة حرارة جدار ثابتة ودورية</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9u2nsdakqxevmcz.pdf</t>
+          <t>uploads/files/s7dtw6ob1n9vfk4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>808</t>
+          <t>819</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>مشتاق عبد الكريم حسين</t>
+          <t>جبار رحيم راشد مريشد الراشدي</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>دراسة عملية ونظرية لتأثير دوران اسطوانة داخلية على عملية انتقال الحرارة بالحمل المختلط داخل فجوات متغيرة الشكل</t>
+          <t>دراسة نظرية وعملية  على مرشحات القدرة الفعالة لتعويض القدرة غير الفعالة وإزالة التوافقيات</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x48g2inckpse53m.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qgl9p6fmhyet57c.PDF</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>807</t>
+          <t>818</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>وميض عيسى بريدي</t>
+          <t>سنان عماد صبري</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>تحليل لا خطي لاعمدة خرسانية نحيفة ذات مقاطع مصمتة و مجوفة معززة بالياف الحديد معرضة لاحمال مركزية او لا مركزية </t>
+          <t>Image Restoration Using Neural Networks</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oghfw2xn0irpcez.pdf</t>
+          <t>uploads/files/9e8ifjtoqhkr064.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>806</t>
+          <t>817</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>بيداء عبد الكريم عبد الزهرة</t>
+          <t>صباح فالح حبيب الحمدي</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>تقييم تقنيات تحليل البيانات والتعلم الآلي للتنبؤ بتدفق مجاري المياه عبر سيناريوهات متعددة لنهر دجلة</t>
+          <t>دراسة أنفصال الجريان بين ريشتي الضاغطة المحورية</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lpzmc_2k09xgqs8.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4n2bicjo8a3mdg.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>805</t>
+          <t>816</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>حنان هاشم عبد</t>
+          <t>صبا جاسم رحيم</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Preparation of poly(butylene succinate)/poly(vinyl pyrrolidone) blend membrane for utilization in pervaporation process</t>
+          <t>OFFICE CENTER WITH FLOOR PLATES HAVING DIFFERENT SUPPORT CONDITIONS</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/rhsjifbzp9eqx6c.pdf</t>
+          <t>uploads/files/72ld_01aupqxisy.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>804</t>
+          <t>815</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>محمد حسوني جاسم </t>
+          <t>علاء قاسم عطية</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>التقنيات الحديثة المستخدمة للكشف عن أنشطة الروبوتات داخل الشبكة باستخدام بيانات Netflow و اكتشاف الروبوتات في البيئات الافتراضية</t>
-[...6 lines deleted...]
-      </c>
+          <t> Quality  Management  in improving  the process  of ready mix concrete production</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>803</t>
+          <t>814</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>ريام ابراهيم عبدالواحد</t>
+          <t>ٍسلام عادل مطلك</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Anomaly based intrusion detection system using Golden Eagle optimizer and improved random forest model</t>
+          <t>Pavement Surface Characteristics As Influenced By Material Properties</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8kcfioan2jp3dys.pdf</t>
+          <t>uploads/files/mgvt3dnp547_boh.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>802</t>
+          <t>813</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>زينة نزار عبد الرزاق</t>
+          <t>محمد جاسم رحيم</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
+          <t>STRUCTURAL BEHAVIOUR OF REINFORCED CONCRETE DEEP BEAMS WITH WEB OPENINGS UNDER REPEATED LOAD</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/1wn6dskxya592be.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9vptod4m5r37h8y.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>801</t>
+          <t>811</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>احمد ماجد عبد العباس الذهبي</t>
+          <t>عمار خلف جبار</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>نظام مساعدة البتر الثنائي بالاعتماد على اتصالات اشارة عصب اليد اللاسلكية </t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>Comparative Evaluation of Fatigue Behavior for Modified Asphalt Concrete Pavement</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3rde2s0bzn8tg9_.PDF</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>809</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>المدرس الدكتور  رياض طعمه حازم</t>
+          <t>انور جبار حسن</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>IMPACT OF EXTERNAL AND HUMAN FACTORS ON LABOR PRODUCTIVITY OF CONSTRUCTION PROJECTS IN IRAQ</t>
+          <t>نماذج شبكية للأجهزة العصبية المرئية: دراسة الأجهزة والبرمجيات</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/w7zpio_rmlu890d.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9u2nsdakqxevmcz.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>799</t>
+          <t>808</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبدالكريم رحيم</t>
+          <t>مشتاق عبد الكريم حسين</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>التحليل الزلزالي الحركي اللاخطي لبناية خرسانية مسلحة متعددة الطوابق</t>
+          <t>دراسة عملية ونظرية لتأثير دوران اسطوانة داخلية على عملية انتقال الحرارة بالحمل المختلط داخل فجوات متغيرة الشكل</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/7dgskzxoblwa65e.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x48g2inckpse53m.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>798</t>
+          <t>807</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>احمد هاتف عبيد</t>
+          <t>وميض عيسى بريدي</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>التصرف الانشائي للسقف المركب من الفیروسمنت والطابوق</t>
+          <t>تحليل لا خطي لاعمدة خرسانية نحيفة ذات مقاطع مصمتة و مجوفة معززة بالياف الحديد معرضة لاحمال مركزية او لا مركزية </t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/7ca518n_d9i3ozf.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oghfw2xn0irpcez.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>797</t>
+          <t>806</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>هدى راضي جبار حسين </t>
+          <t>بيداء عبد الكريم عبد الزهرة</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>ازالة التتراسايكلين من مياه الصرف الصحي بطريقة الاكسدة المتقدمة</t>
+          <t>تقييم تقنيات تحليل البيانات والتعلم الآلي للتنبؤ بتدفق مجاري المياه عبر سيناريوهات متعددة لنهر دجلة</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rqo6d4heswk_mvx.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lpzmc_2k09xgqs8.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>