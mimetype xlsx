--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,988 +147,956 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>919</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>جبار ناصر يوسف</t>
+          <t>ندى فاضل عباس </t>
         </is>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>909</t>
+          <t>918</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>محمد رحيم كريم</t>
-[...2 lines deleted...]
-      <c r="C3" s="1"/>
+          <t>د.مصطفى طاهر حاتم </t>
+        </is>
+      </c>
+      <c r="C3" s="1" t="inlineStr">
+        <is>
+          <t>تقـييم بـعض أنـواع الطـحالب الخضر-المـزرقـة الـمعزولة مـن التربة - جنوب العـراق في انتاجها للـسموم الكـبدية وتأثير طحلب Oscillatoria pseudogeminata  في نمو نبات الطماطة Lycopersicon esculentum Mill.</t>
+        </is>
+      </c>
       <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>908</t>
+          <t>917</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>علي سعدون حميد</t>
-[...3 lines deleted...]
-      <c r="D4" s="1"/>
+          <t>سيف علي قاسم عبدالزهره</t>
+        </is>
+      </c>
+      <c r="C4" s="1" t="inlineStr">
+        <is>
+          <t>تحسين أداء الآبار باستخدام خطوط الجريان مع مراعاة القيود الإنتاجية والتشغيلية</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/kqhujd8rl2wpxsv.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>907</t>
+          <t>916</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>هاجر شريف عبد العظيم</t>
+          <t>ميثم رحيم شغاتي</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>الموقف الرسمي والشعبي السوري من القضايا العربية 1970-1963</t>
+          <t>التلقي في كتاب طبقات فحول الشعراء لابن سلام الجمحي (دراسة في اسسه النقدية)</t>
         </is>
       </c>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>906</t>
+          <t>915</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>مصطفى مزهر جبر </t>
+          <t>هديل غازي عبدعلي </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>تاثير أنظمة المعلومات الادرايه على استراتيجية تطرير المنتج في العراق </t>
+          <t>Certain Types of Tensors of Viasman-Gray Manifold</t>
         </is>
       </c>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>905</t>
+          <t>914</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>زهراء جبر ورور</t>
+          <t>حيدر راضي محيسن</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>ازمة جنوب السودان 1922-1985 والمواقف الدولية والاقليمية منها</t>
+          <t>منهج الاجتهاد في فقه الحديث بين السنة والشيعة</t>
         </is>
       </c>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>904</t>
+          <t>913</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>زهراء عباس رديف</t>
-[...6 lines deleted...]
-      </c>
+          <t>عزالدين خزعل نجم </t>
+        </is>
+      </c>
+      <c r="C8" s="1"/>
       <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>903</t>
+          <t>912</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>علي محمد عبد الله عطيه</t>
-[...2 lines deleted...]
-      <c r="C9" s="1"/>
+          <t>مظهر كاظم داود</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>الدور السياسي لشعراء الشيعة في العصر العباسي</t>
+        </is>
+      </c>
       <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>902</t>
+          <t>911</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الله زويد</t>
+          <t>وسن كاظم محمد</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>دراسة تاثير تغيير المناخ على شدة وحدة الجفاف في العراق</t>
+          <t>دور مسجد الكوفة في القرن الاول والثاني</t>
         </is>
       </c>
       <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>901</t>
+          <t>910</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>مزهر فالح راشد البهادلي</t>
-[...6 lines deleted...]
-      </c>
+          <t>جبار ناصر يوسف</t>
+        </is>
+      </c>
+      <c r="C11" s="1"/>
       <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>909</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>صبري محمد خضر الموسوي</t>
-[...6 lines deleted...]
-      </c>
+          <t>محمد رحيم كريم</t>
+        </is>
+      </c>
+      <c r="C12" s="1"/>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>899</t>
+          <t>908</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>سرور علي جبار</t>
-[...6 lines deleted...]
-      </c>
+          <t>علي سعدون حميد</t>
+        </is>
+      </c>
+      <c r="C13" s="1"/>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>898</t>
+          <t>907</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>رانيا علي منعم</t>
+          <t>هاجر شريف عبد العظيم</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>ديوان شهاب الدين الموسوي دراسة لغوية</t>
+          <t>الموقف الرسمي والشعبي السوري من القضايا العربية 1970-1963</t>
         </is>
       </c>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>897</t>
+          <t>906</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>رسول كامل شايع</t>
+          <t>مصطفى مزهر جبر </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>حماية الحقوق المالية للقاصر في قانون رعاية القاصرين العراقي والفقه الامامي دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>تاثير أنظمة المعلومات الادرايه على استراتيجية تطرير المنتج في العراق </t>
+        </is>
+      </c>
+      <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>896</t>
+          <t>905</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>زلال هلال عبد</t>
+          <t>زهراء جبر ورور</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية s.n.i.p.s في التحصيل والتفكير التأملي لدى طالبات الصف الخامس الادبي بمادة التاريخ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ازمة جنوب السودان 1922-1985 والمواقف الدولية والاقليمية منها</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>895</t>
+          <t>904</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>كرار علي مطير</t>
+          <t>زهراء عباس رديف</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>تاثير تمرينات خاصة بوسائل تدريبية مساعدة في تطوير التصرف الحركي اللحظي في المواقف الفردية وعلاقتها بمستوى الذكاء للاعبي الخط الخلفي في كرة اليد في الدوري النخبه العراقي</t>
+          <t>موقف الحوزة العلمية في العراق من التطورات الداخلية في ايران (1921-1963)</t>
         </is>
       </c>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>894</t>
+          <t>903</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>حسن علي عبدالزهره</t>
-[...6 lines deleted...]
-      </c>
+          <t>علي محمد عبد الله عطيه</t>
+        </is>
+      </c>
+      <c r="C18" s="1"/>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>893</t>
+          <t>902</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>دعاء محمد عباس</t>
+          <t>حيدر عبد الله زويد</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>تقييم خصائص ترب هور الحويزة في محافظة ميسان</t>
+          <t>دراسة تاثير تغيير المناخ على شدة وحدة الجفاف في العراق</t>
         </is>
       </c>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>892</t>
+          <t>901</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>امنه سالم حسن</t>
+          <t>مزهر فالح راشد البهادلي</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>ابنية الافعال في ديوان ابي الاسود الدؤلي </t>
+          <t>التوزيع المكاني للمراكز الصحية العلاجية في مدينة الكحلاء </t>
         </is>
       </c>
       <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>891</t>
+          <t>900</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>هند صدام زهراو</t>
+          <t>صبري محمد خضر الموسوي</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>تاثير منهج ارشادي سلوكي معرفي وفق نمط التفكير الشمولي في الكفاءة الذاتية وبعض انواع الهجوم للاعبي سيف المبارزة</t>
+          <t>البحث التطبيقي لتفسير سورة التين على المذاهب التفسيرية</t>
         </is>
       </c>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>890</t>
+          <t>899</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>وهاد عبد الرضا عيسى</t>
+          <t>سرور علي جبار</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>مقایسه مبانی تفسیری سید قطب و دکتر محمد صادقی تهرانی در تفسیر  فی ظلال القرآن و تفسیر الفرقان</t>
+          <t>الجواز النحوي في كتاب المقاصد الشافية للشاطبي</t>
         </is>
       </c>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>889</t>
+          <t>898</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>غزوان فؤاد كاظم</t>
-[...2 lines deleted...]
-      <c r="C23" s="1"/>
+          <t>رانيا علي منعم</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>ديوان شهاب الدين الموسوي دراسة لغوية</t>
+        </is>
+      </c>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>888</t>
+          <t>897</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>محمد هاشم كرم</t>
+          <t>رسول كامل شايع</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>فكرة النظام العام في التصرفات القانونية دراسة مقارنة في الفقه الاسلامي </t>
+          <t>حماية الحقوق المالية للقاصر في قانون رعاية القاصرين العراقي والفقه الامامي دراسة مقارنة</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/p57s829wudbyhzn.docx</t>
+          <t>uploads/files/pe9vsmi3ud4txly.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>887</t>
+          <t>896</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>شيماء كاظم محسن</t>
-[...2 lines deleted...]
-      <c r="C25" s="1"/>
+          <t>زلال هلال عبد</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>اثر استراتيجية s.n.i.p.s في التحصيل والتفكير التأملي لدى طالبات الصف الخامس الادبي بمادة التاريخ</t>
+        </is>
+      </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/f9hbx_mk5u7ojvn.pdf</t>
+          <t>uploads/files/j06dbrk54q_8t7z.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>886</t>
+          <t>895</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>سالم رحيم معله </t>
+          <t>كرار علي مطير</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>دلالة المنطوق غير الصريح في كتاب ما وراء الفقه للسيد الشهيد محمد الصدر </t>
-[...6 lines deleted...]
-      </c>
+          <t>تاثير تمرينات خاصة بوسائل تدريبية مساعدة في تطوير التصرف الحركي اللحظي في المواقف الفردية وعلاقتها بمستوى الذكاء للاعبي الخط الخلفي في كرة اليد في الدوري النخبه العراقي</t>
+        </is>
+      </c>
+      <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>885</t>
+          <t>894</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>طلال حسين صالح</t>
+          <t>حسن علي عبدالزهره</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>دراسة حول الفطريات الجلدية والأنتهازية المعزولة من اللبائن والطيور في ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>التحليل الشمولي للمنظومات الضغطية المؤثرة على تباين قيمة السطوع الفعلي في العراق</t>
+        </is>
+      </c>
+      <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>884</t>
+          <t>893</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الحسن بريسم</t>
+          <t>دعاء محمد عباس</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>المكافحة البيولوجية لمرض الذبول الطري في الطماطم المتسبب عن فطر رايزوكتونيا سولاني</t>
-[...6 lines deleted...]
-      </c>
+          <t>تقييم خصائص ترب هور الحويزة في محافظة ميسان</t>
+        </is>
+      </c>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>875</t>
+          <t>892</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>يسرى صبري عبدالصاحب عزيز</t>
-[...2 lines deleted...]
-      <c r="C29" s="1"/>
+          <t>امنه سالم حسن</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>ابنية الافعال في ديوان ابي الاسود الدؤلي </t>
+        </is>
+      </c>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>874</t>
+          <t>891</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>رسل نعيم منخي</t>
+          <t>هند صدام زهراو</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص بعض المركبات خماسية الحلقة مثل الثايوزوليداينون والكاما لاكتام المستخدمة في تقليل سكر الدم</t>
+          <t>تاثير منهج ارشادي سلوكي معرفي وفق نمط التفكير الشمولي في الكفاءة الذاتية وبعض انواع الهجوم للاعبي سيف المبارزة</t>
         </is>
       </c>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>873</t>
+          <t>890</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>محمد كريم رشيد </t>
-[...2 lines deleted...]
-      <c r="C31" s="1"/>
+          <t>وهاد عبد الرضا عيسى</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>مقایسه مبانی تفسیری سید قطب و دکتر محمد صادقی تهرانی در تفسیر  فی ظلال القرآن و تفسیر الفرقان</t>
+        </is>
+      </c>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>872</t>
+          <t>889</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>حسام الدين جمعة اسفيح</t>
+          <t>غزوان فؤاد كاظم</t>
         </is>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>870</t>
+          <t>888</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>عباس علي جمعة حمودي </t>
+          <t>محمد هاشم كرم</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>عبد الله الدملوجي ودوره السياسي والثقافي والاجتماعي في العراق حتى عام 1958</t>
+          <t>فكرة النظام العام في التصرفات القانونية دراسة مقارنة في الفقه الاسلامي </t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xizlq9jsdcmo4t3.pdf</t>
+          <t>uploads/files/p57s829wudbyhzn.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>869</t>
+          <t>887</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>مروه سامي جبار</t>
-[...7 lines deleted...]
-      <c r="D34" s="1"/>
+          <t>شيماء كاظم محسن</t>
+        </is>
+      </c>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/f9hbx_mk5u7ojvn.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>868</t>
+          <t>886</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>علاء صالح حسين</t>
+          <t>سالم رحيم معله </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>(( لياقت علي خان ودوره السياسي في باكستان حتى عام 1951</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>دلالة المنطوق غير الصريح في كتاب ما وراء الفقه للسيد الشهيد محمد الصدر </t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/hkjnd6c3rpybiq4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>867</t>
+          <t>885</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>صفا علي عبد الرضا جاسم </t>
+          <t>طلال حسين صالح</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>موقف دول الخليج العربي من قيام اتحاد الإمارات العربية المتحدة ١٩٦٨-١٩٧١</t>
-[...2 lines deleted...]
-      <c r="D36" s="1"/>
+          <t>دراسة حول الفطريات الجلدية والأنتهازية المعزولة من اللبائن والطيور في ميسان</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/2khb8yxqo3wmdje.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>866</t>
+          <t>884</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>نهى فاضل عبد الحسن رسن</t>
+          <t>محمد عبد الحسن بريسم</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>التطورات الداخلية في باكستان 1977-1988</t>
-[...2 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>المكافحة البيولوجية لمرض الذبول الطري في الطماطم المتسبب عن فطر رايزوكتونيا سولاني</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/axrq92v4w5yldcg.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>865</t>
+          <t>875</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>احمد حميد طاهر </t>
-[...11 lines deleted...]
-      </c>
+          <t>يسرى صبري عبدالصاحب عزيز</t>
+        </is>
+      </c>
+      <c r="C38" s="1"/>
+      <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>864</t>
+          <t>874</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ابتسام قاسم كاظم</t>
+          <t>رسل نعيم منخي</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>هاري هوبكنز ( 1890 - 1946 ) واثره الاجتماعي والاقتصادي والسياسي في الولايات المتحدة الامريكية </t>
-[...6 lines deleted...]
-      </c>
+          <t>تحضير وتشخيص بعض المركبات خماسية الحلقة مثل الثايوزوليداينون والكاما لاكتام المستخدمة في تقليل سكر الدم</t>
+        </is>
+      </c>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>863</t>
+          <t>873</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>عبدالله علي جبار عبد الحسن</t>
-[...11 lines deleted...]
-      </c>
+          <t>محمد كريم رشيد </t>
+        </is>
+      </c>
+      <c r="C40" s="1"/>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>862</t>
+          <t>872</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>عادل كمون جابر</t>
-[...11 lines deleted...]
-      </c>
+          <t>حسام الدين جمعة اسفيح</t>
+        </is>
+      </c>
+      <c r="C41" s="1"/>
+      <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>861</t>
+          <t>870</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>ايناس محمد فاضل عبد الجبار</t>
+          <t>عباس علي جمعة حمودي </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>تأثير استخدام استراتيجية التنظيم الذاتي لدى متعلمي اللغة الإنجليزية كلغة أجنبية في العراق على تعلمهم للقواعد والتفكير التأملي</t>
+          <t>عبد الله الدملوجي ودوره السياسي والثقافي والاجتماعي في العراق حتى عام 1958</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/pme0a6_dq42o95s.pdf</t>
+          <t>uploads/files/xizlq9jsdcmo4t3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>860</t>
+          <t>869</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>باسم مدلول حافظ </t>
+          <t>مروه سامي جبار</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t> A New High Step-up and High Step-down Bidirectional Converter for Photovoltaic Applications</t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر التقلبات الاقتصادية على الحق المالي للمتعاقد في عقد الأشغال العامة في الهراق</t>
+        </is>
+      </c>
+      <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>859</t>
+          <t>868</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>غفران جبار صالح</t>
+          <t>علاء صالح حسين</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية المدنية الناشئة عن العنف الاسري </t>
-[...6 lines deleted...]
-      </c>
+          <t>(( لياقت علي خان ودوره السياسي في باكستان حتى عام 1951</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>858</t>
+          <t>867</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم علي</t>
+          <t>صفا علي عبد الرضا جاسم </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>الشيخ النقدي ودورة السياسي والديني والاجتماعي في العراق</t>
-[...6 lines deleted...]
-      </c>
+          <t>موقف دول الخليج العربي من قيام اتحاد الإمارات العربية المتحدة ١٩٦٨-١٩٧١</t>
+        </is>
+      </c>
+      <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>857</t>
+          <t>866</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>فيصل غازي محمد عبد الله</t>
+          <t>نهى فاضل عبد الحسن رسن</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>المواجهه الجنائية للابتزاز الالكتروني للاطفال في مواقع التواصل الاجتماعي دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>التطورات الداخلية في باكستان 1977-1988</t>
+        </is>
+      </c>
+      <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>856</t>
+          <t>865</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>تاج الدين ناصر عبد علي</t>
-[...3 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>احمد حميد طاهر </t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>أثر التمكين النفسي ورأس المال النفسي على الاستعداد الفردي للتغيير لدى موظفي كليتي التربية البدنية وعلوم الرياضة في بغداد</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/_3abqjouy64875x.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>855</t>
+          <t>864</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>سيف الدين حسن حسان</t>
+          <t>ابتسام قاسم كاظم</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Effectiveness of deep Learning in anticipating future  trends of stock markets</t>
+          <t>هاري هوبكنز ( 1890 - 1946 ) واثره الاجتماعي والاقتصادي والسياسي في الولايات المتحدة الامريكية </t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/2gzm3s_tl8epn9r.pdf</t>
+          <t>uploads/files/2djcqxpkoafubv_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>854</t>
+          <t>863</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>سوزان مهدي فياض </t>
+          <t>عبدالله علي جبار عبد الحسن</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>التغطية الاخبارية لتظاهرات تشرين في الصحافة الالكترونية العراقية دراسة تحليلية مقارنة في مواقع ( الصباح والزمان وطريق الشعب  ) </t>
+          <t>مبدأ المواجهة في مجال التأديب الاداري دراسة مقارنة</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/jn7i48drck5ax13.docx</t>
+          <t>uploads/files/fboyv2x9gd10pem.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>853</t>
+          <t>862</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>هبه جاسم محمد</t>
+          <t>عادل كمون جابر</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>التزامات الدول عن النفايات الالكترونية في القانون الدولي &amp;#34;العراق انموذجا</t>
+          <t>الرابطة القلمية وأثرها في الأدب العربي الحديث</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/vfq6ckha2_ry81s.pdf</t>
+          <t>uploads/files/zxvlgpen6a0k73d.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>851</t>
+          <t>861</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>منى جبار شلش</t>
+          <t>ايناس محمد فاضل عبد الجبار</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>THE COMPARATIVE EFFECT OFTHESPEAKING STRATEGIES  OF STRATEGIES  DIS</t>
+          <t>تأثير استخدام استراتيجية التنظيم الذاتي لدى متعلمي اللغة الإنجليزية كلغة أجنبية في العراق على تعلمهم للقواعد والتفكير التأملي</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/gbn9d0va4kuxycr.docx</t>
+          <t>uploads/files/pme0a6_dq42o95s.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>