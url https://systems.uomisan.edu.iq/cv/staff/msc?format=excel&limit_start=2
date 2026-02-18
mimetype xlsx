--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,963 +147,963 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>963</t>
+          <t>972</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>اسراء رمضان سلمان قاسم</t>
-[...2 lines deleted...]
-      <c r="C2" s="1"/>
+          <t>عبدالكريم علي حسين</t>
+        </is>
+      </c>
+      <c r="C2" s="1" t="inlineStr">
+        <is>
+          <t>المقاسات⨁ المكملة من النمط - جاكوبسون</t>
+        </is>
+      </c>
       <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>962</t>
+          <t>971</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>م.م زهراء عبد الزهرة سالم</t>
+          <t>علي مطر سادة </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية العروض العملية في تحصيل طالبات الصف الاول المتوسط في الرياضيات والاتجاه نحوها </t>
+          <t>التحقق في تأثير الحصة السوقية لمنتج والتركيز على اداء المورديين مع الشركات المدرجة في بورصة  طهران </t>
         </is>
       </c>
       <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>961</t>
+          <t>970</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>ارشد عبود خليفة</t>
-[...6 lines deleted...]
-      </c>
+          <t>لمياء صبيح عاشور</t>
+        </is>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>969</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>علي نزار موهي</t>
-[...6 lines deleted...]
-      </c>
+          <t>فرح مجبل الجابري </t>
+        </is>
+      </c>
+      <c r="C5" s="1"/>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>959</t>
+          <t>968</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>حسنين فالح حسن</t>
+          <t>صابرين قيس مجيد</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t> تقييم جدوى نظام هجين للطاقة الشمسية والديزل والبطاريات لتوفير الطاقة الكهربائية اللازمة لمجمع سكني في جنوب العراق</t>
+          <t>انتاج وترسيب كاربونات الكالسيوم من مخلفات الجبس </t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ti_k0ugo35a1xm2.pdf</t>
+          <t>uploads/files/jbcnmgqzwk9v678.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>958</t>
+          <t>967</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>زهراء عباس سوادي الشمرى</t>
+          <t>ستار موزان حسن</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>حقوق الزوجة في القران الكريم والإعلان العالمي لحقوق الأنسان دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>الابنية ثنائية التوبولوجي على المجموعات المتعددة</t>
+        </is>
+      </c>
+      <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>957</t>
+          <t>966</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>حسين قاسم احمد علي</t>
+          <t>زينب زامل كاطع</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>الحديث والتحدث في القران الكريم انواعة و ادابة</t>
+          <t>دراسة التشكل الوراثي للجينات ذات العلاقة بالتنبؤ بسرطان الثدي</t>
         </is>
       </c>
       <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>956</t>
+          <t>965</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>كرار مهدي عبد الصاحب</t>
+          <t>سحر كريم جابر</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>المنطق عند العلّامة الحلّي( دراسة تحليلية)</t>
-[...6 lines deleted...]
-      </c>
+          <t>التحليل الجزيئي بأستخدام تقنية تسلسل الاكزوم الكامل ( WES) لـ 53 جينًا متورطًا في أمراض الدماغ عند عائلة يُشتبه في إصابتها باعتلال بيضاء الدماغ او مرض المادة البيضاء Leukoencephalopathy في طهران</t>
+        </is>
+      </c>
+      <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>955</t>
+          <t>964</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>منتظر حليم شرهان</t>
-[...11 lines deleted...]
-      </c>
+          <t>مصطفى محسن غيثان</t>
+        </is>
+      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>954</t>
+          <t>963</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>حيدر احمد حسن</t>
-[...11 lines deleted...]
-      </c>
+          <t>اسراء رمضان سلمان قاسم</t>
+        </is>
+      </c>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>953</t>
+          <t>962</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>وسام رويس مطرود </t>
-[...2 lines deleted...]
-      <c r="C12" s="1"/>
+          <t>م.م زهراء عبد الزهرة سالم</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>أثر استراتيجية العروض العملية في تحصيل طالبات الصف الاول المتوسط في الرياضيات والاتجاه نحوها </t>
+        </is>
+      </c>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>952</t>
+          <t>961</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>ا.م.د زينب عبد الكاظم حسن </t>
+          <t>ارشد عبود خليفة</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>التناسب بين التجريم والعقاب في قانون ضريبة الدخل</t>
+          <t>موقف الدولة الفاطمية من الاديان في مصر 358 ـ567هـ</t>
         </is>
       </c>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>951</t>
+          <t>960</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>ابو الحسن علي محفوظ</t>
+          <t>علي نزار موهي</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تطبيق تقنيات البخار الحراري لتطوير حقول النفط ذات الزيوت عالية اللزوجة على حقل الكيارة (العراق)</t>
-[...6 lines deleted...]
-      </c>
+          <t>دور البنك المركزي في حالة تعثر المصارف</t>
+        </is>
+      </c>
+      <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>950</t>
+          <t>959</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t> مروه علي مجيد</t>
+          <t>حسنين فالح حسن</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>دراسة تأثير التدخين والتقدم بالعمر على بعض المعايير الفسيولوجيه في الاشخاص المصابين بكثرة الكريات الحمر في محافظة ميسان</t>
-[...2 lines deleted...]
-      <c r="D15" s="1"/>
+          <t> تقييم جدوى نظام هجين للطاقة الشمسية والديزل والبطاريات لتوفير الطاقة الكهربائية اللازمة لمجمع سكني في جنوب العراق</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/ti_k0ugo35a1xm2.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>949</t>
+          <t>958</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t> ايمن سمير بدن</t>
-[...3 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>زهراء عباس سوادي الشمرى</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>حقوق الزوجة في القران الكريم والإعلان العالمي لحقوق الأنسان دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/fdkts85hnypo0iw.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>948</t>
+          <t>957</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>محمد حمدان يوسف </t>
-[...2 lines deleted...]
-      <c r="C17" s="1"/>
+          <t>حسين قاسم احمد علي</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>الحديث والتحدث في القران الكريم انواعة و ادابة</t>
+        </is>
+      </c>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>947</t>
+          <t>956</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>هيام ناظم خالد</t>
-[...3 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>كرار مهدي عبد الصاحب</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>المنطق عند العلّامة الحلّي( دراسة تحليلية)</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/1db8gmiapck2607.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>946</t>
+          <t>955</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>كرار عبد الله غالي الموسوي</t>
+          <t>منتظر حليم شرهان</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>دراسة الدور المعتدلدراسة الدور المعتدل لإدارة الأرباح في العلاقة بين جودة التدقيق وأداء الشركة</t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>الأنظار التفسيرية عند الشهيد مرتضى مطهري</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/k1ufc5jrygoqwa_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>945</t>
+          <t>954</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>محمد فاضل محمد </t>
+          <t>حيدر احمد حسن</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>سلطات الضبط الاداري في حالة الحصار واثره على الحقوق والحريات العامة في القانون العراقي </t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>دراسة التوصيل الحراري الشبيكي لبعض البوليمرات بدرجات تبلور مختلفة.</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/_5qujdwmcz1x7yl.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>944</t>
+          <t>953</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>محمد سالم جاسم الطائي </t>
-[...11 lines deleted...]
-      </c>
+          <t>وسام رويس مطرود </t>
+        </is>
+      </c>
+      <c r="C21" s="1"/>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>943</t>
+          <t>952</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>محمد سهام سادة الالوسي</t>
+          <t>ا.م.د زينب عبد الكاظم حسن </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Design and construction of Multimode plastic Optical Fiber Sensor for gas detection</t>
+          <t>التناسب بين التجريم والعقاب في قانون ضريبة الدخل</t>
         </is>
       </c>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>942</t>
+          <t>951</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>كرار علي حسين </t>
-[...3 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>ابو الحسن علي محفوظ</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>تطبيق تقنيات البخار الحراري لتطوير حقول النفط ذات الزيوت عالية اللزوجة على حقل الكيارة (العراق)</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/pamxwld7hqeuvin.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>941</t>
+          <t>950</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالله عباس الخزعلي </t>
+          <t> مروه علي مجيد</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>سنة الاستدراج في القران الكريم دراسة في الاهداف والآثار والمصاديق </t>
+          <t>دراسة تأثير التدخين والتقدم بالعمر على بعض المعايير الفسيولوجيه في الاشخاص المصابين بكثرة الكريات الحمر في محافظة ميسان</t>
         </is>
       </c>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>940</t>
+          <t>949</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>مصطفى صالح محسن</t>
-[...6 lines deleted...]
-      </c>
+          <t> ايمن سمير بدن</t>
+        </is>
+      </c>
+      <c r="C25" s="1"/>
       <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>939</t>
+          <t>948</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>أنمار علي كاظم</t>
+          <t>محمد حمدان يوسف </t>
         </is>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>938</t>
+          <t>947</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>ضحى كاظم ماضي</t>
-[...6 lines deleted...]
-      </c>
+          <t>هيام ناظم خالد</t>
+        </is>
+      </c>
+      <c r="C27" s="1"/>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>937</t>
+          <t>946</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>حيدر صالح مهدي </t>
+          <t>كرار عبد الله غالي الموسوي</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>مدى كفاءة شركات الطيران العراقية على اعتماد معيار الإبلاغ المالي ( ifrs16  عقود الايجار ) ودوره في تحسين جودة القوائم المالية</t>
+          <t>دراسة الدور المعتدلدراسة الدور المعتدل لإدارة الأرباح في العلاقة بين جودة التدقيق وأداء الشركة</t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>936</t>
+          <t>945</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>احمد جعفر الموسوي</t>
+          <t>محمد فاضل محمد </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص وتقييم مضاد للالتهاب لبعض المشتقات الجديده لـ            ۲-(۳-فلوروبايفنيل-٤-يل)حامض البروبانويك</t>
+          <t>سلطات الضبط الاداري في حالة الحصار واثره على الحقوق والحريات العامة في القانون العراقي </t>
         </is>
       </c>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>935</t>
+          <t>944</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>جمال جاسم الموسوي</t>
+          <t>محمد سالم جاسم الطائي </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>الانتماء والاانتماء في الشعر الاندلسي </t>
+          <t>دراسة التصرف الحركي لليزرات اشباه الموصلات نوع النقطة الكمية الممتدة</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/of62pmlr0jqkaxe.doc</t>
+          <t>uploads/files/n0jd4lpue5aimw8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>934</t>
+          <t>943</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>م.م عامر هاتو حميد الازيرجاوي</t>
+          <t>محمد سهام سادة الالوسي</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>قصص الأطفال في العراق 2009-2020 &amp;#34; مجلة الحسيني الصغير انموذجاً &amp;#34; دراسة  موضوعية وفنية </t>
-[...6 lines deleted...]
-      </c>
+          <t>Design and construction of Multimode plastic Optical Fiber Sensor for gas detection</t>
+        </is>
+      </c>
+      <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>933</t>
+          <t>942</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>ليث رمضان كاظم الساعدي</t>
-[...11 lines deleted...]
-      </c>
+          <t>كرار علي حسين </t>
+        </is>
+      </c>
+      <c r="C32" s="1"/>
+      <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>932</t>
+          <t>941</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد المنذر عثمان الربيعي</t>
+          <t>علي عبدالله عباس الخزعلي </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t> </t>
+          <t>سنة الاستدراج في القران الكريم دراسة في الاهداف والآثار والمصاديق </t>
         </is>
       </c>
       <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>931</t>
+          <t>940</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>حيدر جواد كاظم </t>
+          <t>مصطفى صالح محسن</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>يحيى بن سلامة الحصكفي (دراسة موضوعية فنية)</t>
+          <t> LSTM</t>
         </is>
       </c>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>930</t>
+          <t>939</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>طه محمد جاسم محمد </t>
-[...11 lines deleted...]
-      </c>
+          <t>أنمار علي كاظم</t>
+        </is>
+      </c>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>929</t>
+          <t>938</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>علي هاشم عبد الحسن </t>
+          <t>ضحى كاظم ماضي</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>حماية الجنائية الامن الاسري في مواجهة التطور التكنلوجي - دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>دراسة وراثية ومصلية لداء البوريليات وعالقته  بمتالزمة االضطرابات النفسية في محافظة البصرة</t>
+        </is>
+      </c>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>928</t>
+          <t>937</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>زهراء صالح مهدي</t>
+          <t>حيدر صالح مهدي </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>using data mining classification algorithms to predict students academic performance</t>
-[...6 lines deleted...]
-      </c>
+          <t>مدى كفاءة شركات الطيران العراقية على اعتماد معيار الإبلاغ المالي ( ifrs16  عقود الايجار ) ودوره في تحسين جودة القوائم المالية</t>
+        </is>
+      </c>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>927</t>
+          <t>936</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>حيدر علي كريم</t>
-[...3 lines deleted...]
-      <c r="D38" s="1"/>
+          <t>احمد جعفر الموسوي</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>تحضير وتشخيص وتقييم مضاد للالتهاب لبعض المشتقات الجديده لـ            ۲-(۳-فلوروبايفنيل-٤-يل)حامض البروبانويك</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/6crut2ns0hemwfb.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>926</t>
+          <t>935</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>يحيى عاجب عوده</t>
+          <t>جمال جاسم الموسوي</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>تأثير إضافة المحسنات و المستويات الرطوبية في الخصائص الفيزيائية للتربة الطينية و كفاءة استعمال الماء لمحصول الذرة الصفراء (Zea mays L.) تحت نظامي الري بالتنقيط و السيحي</t>
+          <t>الانتماء والاانتماء في الشعر الاندلسي </t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/czp3l21_a95qts4.pdf</t>
+          <t>uploads/files/of62pmlr0jqkaxe.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>922</t>
+          <t>934</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>أحمد سعدون حسين</t>
+          <t>م.م عامر هاتو حميد الازيرجاوي</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>التحري عن بكتريا  B. cereusالسامة المعزولة من نماذج أغذية مختلفة بالطرق التقليدية والجزيئية</t>
-[...2 lines deleted...]
-      <c r="D40" s="1"/>
+          <t>قصص الأطفال في العراق 2009-2020 &amp;#34; مجلة الحسيني الصغير انموذجاً &amp;#34; دراسة  موضوعية وفنية </t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/ndw51ji_vk39t6r.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>921</t>
+          <t>933</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>ختام عبد العادل وحيد</t>
+          <t>ليث رمضان كاظم الساعدي</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>دراسة الخواص البصريه اللاخطيه وأنماط  حيود  الحلقات للاصباغ الازو</t>
-[...2 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>الاثارالاقتصادية للاعفاءات الجمركية دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/78mvhzxepiyaq12.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>920</t>
+          <t>932</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>اوراس ناجي حمد</t>
+          <t>محمد عبد المنذر عثمان الربيعي</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>Optimization and Detection of MDR1 gene in Acute Myelogenous Leukemia Patients in Iraq</t>
+          <t> </t>
         </is>
       </c>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>919</t>
+          <t>931</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>ندى فاضل عباس </t>
-[...2 lines deleted...]
-      <c r="C43" s="1"/>
+          <t>حيدر جواد كاظم </t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>يحيى بن سلامة الحصكفي (دراسة موضوعية فنية)</t>
+        </is>
+      </c>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>918</t>
+          <t>930</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>د.مصطفى طاهر حاتم </t>
+          <t>طه محمد جاسم محمد </t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>تقـييم بـعض أنـواع الطـحالب الخضر-المـزرقـة الـمعزولة مـن التربة - جنوب العـراق في انتاجها للـسموم الكـبدية وتأثير طحلب Oscillatoria pseudogeminata  في نمو نبات الطماطة Lycopersicon esculentum Mill.</t>
+          <t>أستخدام المضخات الغاطسة لإنتاج النفط في حقل بازركان العراق </t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/azerd14uwx3fh0j.pdf</t>
+          <t>uploads/files/9kw2jzae10un8ch.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>917</t>
+          <t>929</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>سيف علي قاسم عبدالزهره</t>
+          <t>علي هاشم عبد الحسن </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>تحسين أداء الآبار باستخدام خطوط الجريان مع مراعاة القيود الإنتاجية والتشغيلية</t>
-[...2 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>حماية الجنائية الامن الاسري في مواجهة التطور التكنلوجي - دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/8o4n5zykbhlq1cx.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>916</t>
+          <t>928</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>ميثم رحيم شغاتي</t>
+          <t>زهراء صالح مهدي</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>التلقي في كتاب طبقات فحول الشعراء لابن سلام الجمحي (دراسة في اسسه النقدية)</t>
-[...2 lines deleted...]
-      <c r="D46" s="1"/>
+          <t>using data mining classification algorithms to predict students academic performance</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/vwkyhio7ca2_ujx.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>915</t>
+          <t>927</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>هديل غازي عبدعلي </t>
-[...6 lines deleted...]
-      </c>
+          <t>حيدر علي كريم</t>
+        </is>
+      </c>
+      <c r="C47" s="1"/>
       <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>914</t>
+          <t>926</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>حيدر راضي محيسن</t>
+          <t>يحيى عاجب عوده</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>منهج الاجتهاد في فقه الحديث بين السنة والشيعة</t>
-[...2 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>تأثير إضافة المحسنات و المستويات الرطوبية في الخصائص الفيزيائية للتربة الطينية و كفاءة استعمال الماء لمحصول الذرة الصفراء (Zea mays L.) تحت نظامي الري بالتنقيط و السيحي</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/czp3l21_a95qts4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>913</t>
+          <t>922</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>عزالدين خزعل نجم </t>
-[...2 lines deleted...]
-      <c r="C49" s="1"/>
+          <t>أحمد سعدون حسين</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>التحري عن بكتريا  B. cereusالسامة المعزولة من نماذج أغذية مختلفة بالطرق التقليدية والجزيئية</t>
+        </is>
+      </c>
       <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>912</t>
+          <t>921</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>مظهر كاظم داود</t>
+          <t>ختام عبد العادل وحيد</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>الدور السياسي لشعراء الشيعة في العصر العباسي</t>
+          <t>دراسة الخواص البصريه اللاخطيه وأنماط  حيود  الحلقات للاصباغ الازو</t>
         </is>
       </c>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>911</t>
+          <t>920</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>وسن كاظم محمد</t>
+          <t>اوراس ناجي حمد</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>دور مسجد الكوفة في القرن الاول والثاني</t>
+          <t>Optimization and Detection of MDR1 gene in Acute Myelogenous Leukemia Patients in Iraq</t>
         </is>
       </c>
       <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>