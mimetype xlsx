--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1098 +147,1094 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>71</t>
+          <t>82</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>ماجد رحيمه جبر </t>
+          <t>رضاته حسين صالح </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>١- التماسك الاجتماعي لدى المواطن العراقي في المؤسسات الاجتماعية المتعددة </t>
-[...6 lines deleted...]
-      </c>
+          <t>ابن سيده وكتابه المخصص دراسة في مصادره </t>
+        </is>
+      </c>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>81</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسن بريسم</t>
+          <t>أزهارعبدالوهاب محمد جبر </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>مفهوم الابوة والامومة لدى المرهقين الجانحين واقرانهم من غير الجانحين</t>
-[...6 lines deleted...]
-      </c>
+          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
+        </is>
+      </c>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>79</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>عمار طعمه جاسم </t>
+          <t>ايمان حسن مجيسر</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>أثر تدريس الهندسة المجسمة باستخدام الحاسوب في تحصيل طالبات الصف الخامس العلمي وتفكيرهن الهندسي</t>
+          <t>والدا النبي (ص) دراسة تاريخية</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8_4t3xgfl1ewkni.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7cnomri4q516wsf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>68</t>
+          <t>78</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>سعاد سلمان حسن وطان</t>
+          <t>اياد نعيم مجيد </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام طريقه روثكوف في  تنميه التفكير الناقد لدى طالبات الصف الرابع العام في ملدة التاريخ لصف الرابع العام في مادة التاريخ</t>
+          <t>المعاد حسب رأي الحكيمين ابن سينا وملاصدرا</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/czbe0kmh3lwgtyu.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_i27luse93azvjx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>76</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>اشرف صالح جاسم </t>
+          <t>محمد جبار جاسم </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>تقويم البرامج الدراسية في أقسام الارشاد النفسي والتوجيه التربوي في الجامعات العراقية من وجهة نظر الخريجين</t>
+          <t>اية الانقلاب على الاعقاب (دراسة وتحليل)</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s15n0ac3mbt6qfv.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_1uvl5nex2isz8f.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>75</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي صخي </t>
+          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام انموذج درايفر في التغيير المفاهيمي لدى طلبة كلية التربية الاساسية في مادة الفيزياء الحديثة</t>
+          <t>الحكومه الاسلاميه في فكر السيد محمد باقر الصدر </t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/me3p8a25rsxyj0f.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t6jx3hfonzely4_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>74</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>زينة عبد الجبار جاسم </t>
+          <t>هاشم داخل حسين </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
+          <t>ابن بشكوال ومنهجه في كتابه الصلة</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sop_e124g53vhzc.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pthibwqnud8a6mc.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>63</t>
+          <t>73</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الحسن كريم</t>
+          <t>علي محمود خلف </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
-[...2 lines deleted...]
-      <c r="D9" s="1"/>
+          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/git6pub2dxew19q.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>داليا عبد الجبار شنيشل علي </t>
+          <t>سوسن هاشم هاتو </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>التباين المكاني للوفيات المسجلة في محافظة ميسان للمدة ١٩٩٧ _٢٠١٠</t>
+          <t>اثر استعمال القصة القصيرة في الاداء التعبيري لدى طالبات الصف الثاني المتوسط</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tm1rwyg_pflv3s7.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/inbhrx5gem30k7d.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>61</t>
+          <t>71</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>كاظم عبادي حمادي</t>
+          <t>ماجد رحيمه جبر </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>تجارة العراق الخارجية غير النفطية للمدة 1075/ 1985 دراسة في جغرافية التجارة</t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>١- التماسك الاجتماعي لدى المواطن العراقي في المؤسسات الاجتماعية المتعددة </t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h3cw6xngvao7qek.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>59</t>
+          <t>70</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>علي غليس ناهي </t>
+          <t>علي عبد الحسن بريسم</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>تحليل جغرافي لظاهرة التصحر في محافظة واسط</t>
+          <t>مفهوم الابوة والامومة لدى المرهقين الجانحين واقرانهم من غير الجانحين</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utq63z8fnl2rp4a.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2oheazbmku7v6p9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>69</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>هند طارق مجيد</t>
+          <t>عمار طعمه جاسم </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>الخصائص الجيومورفولوجية لمنطقة جلات شمالي شرق محافظة ميسان </t>
+          <t>أثر تدريس الهندسة المجسمة باستخدام الحاسوب في تحصيل طالبات الصف الخامس العلمي وتفكيرهن الهندسي</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r7ew3okap9duc_b.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8_4t3xgfl1ewkni.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>68</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>هديل هشام عبد الامير </t>
+          <t>سعاد سلمان حسن وطان</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تركز السكان وتشتتهم في محافظة ميسان دراسة في جغرافية السكان</t>
+          <t>اثر استخدام طريقه روثكوف في  تنميه التفكير الناقد لدى طالبات الصف الرابع العام في ملدة التاريخ لصف الرابع العام في مادة التاريخ</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1inu2f9djg4qvtm.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/czbe0kmh3lwgtyu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>67</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>وجدان فرحان مجيد</t>
+          <t>اشرف صالح جاسم </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>التحليل الجغرافي للنقل البري في محافظة ميسان</t>
+          <t>تقويم البرامج الدراسية في أقسام الارشاد النفسي والتوجيه التربوي في الجامعات العراقية من وجهة نظر الخريجين</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cxkyjebwn0l3arh.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s15n0ac3mbt6qfv.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>66</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>وفاء موحان عجيل </t>
+          <t>محمد مهدي صخي </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>اثر المناخ في انتاج محاصيل الخضر الصيفيه في محافظه القادسيه</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>اثر استخدام انموذج درايفر في التغيير المفاهيمي لدى طلبة كلية التربية الاساسية في مادة الفيزياء الحديثة</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/me3p8a25rsxyj0f.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>64</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>ضحى لعيبي كاظم </t>
+          <t>زينة عبد الجبار جاسم </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>التباين المكاني للمرأئب الرئيسة في محافظة ميسان دراسة في جغرافية النقل والتجارة</t>
+          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/njl_e0mvks2dra7.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sop_e124g53vhzc.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>52</t>
+          <t>63</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>هاشم كاظم صبيخي </t>
+          <t>حيدر عبد الحسن كريم</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>التغلغل الاسرائيلي في افريقيا بعد مايسمى بعملية السلام</t>
+          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
         </is>
       </c>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>62</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمد عباس جابر خضير </t>
+          <t>داليا عبد الجبار شنيشل علي </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>التمثيل الكارتوكرافي لاستعمالات الارض الزراعية  في قضاء المسيب باستعمال نظم المعلومات الجغرافية (GIS).</t>
+          <t>التباين المكاني للوفيات المسجلة في محافظة ميسان للمدة ١٩٩٧ _٢٠١٠</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3w8av2otnmxqcjg.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tm1rwyg_pflv3s7.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>49</t>
+          <t>61</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>صلاح مهدي عريبي </t>
+          <t>كاظم عبادي حمادي</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>تقييم مشاريع الري في محافظة البصرة </t>
+          <t>تجارة العراق الخارجية غير النفطية للمدة 1075/ 1985 دراسة في جغرافية التجارة</t>
         </is>
       </c>
       <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>59</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>فلاح دريول غامي </t>
+          <t>علي غليس ناهي </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>اتجاهات النمو الحضري في مدينة العمارة </t>
+          <t>تحليل جغرافي لظاهرة التصحر في محافظة واسط</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ba47_3j81rskcty.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utq63z8fnl2rp4a.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>58</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>شهيد كريم محمد </t>
+          <t>هند طارق مجيد</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>شيراز دراسة أحوالها العامة منذ الفتح العربي الإسلامي(23هـ/643م) حتى نهاية العهد البويهي(447هـ/1055م)</t>
+          <t>الخصائص الجيومورفولوجية لمنطقة جلات شمالي شرق محافظة ميسان </t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wkrz45qudp9xsya.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r7ew3okap9duc_b.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>56</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>حارث جبار عبد</t>
+          <t>هديل هشام عبد الامير </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
+          <t>تركز السكان وتشتتهم في محافظة ميسان دراسة في جغرافية السكان</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o68xvgr734n5acy.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1inu2f9djg4qvtm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>45</t>
+          <t>55</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>عبد الرحيم حنون عطية </t>
+          <t>وجدان فرحان مجيد</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>صيانة وترميم الابنية الاثرية والتراثية . دراسة تطبيقية في مدينة ايلة الاسلامية </t>
+          <t>التحليل الجغرافي للنقل البري في محافظة ميسان</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z9n24rsmvpg15y.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cxkyjebwn0l3arh.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>54</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>صالح محمد حاتم </t>
+          <t>وفاء موحان عجيل </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>صحيفة الاستقلال في سنوات الانتداب البريطاني ١٩٢٠- ١٩٣٢</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر المناخ في انتاج محاصيل الخضر الصيفيه في محافظه القادسيه</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>43</t>
+          <t>53</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>نعمة ساهي حسن </t>
+          <t>ضحى لعيبي كاظم </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>الأحوال  الأجتماعية والإقتصادية في العراق من خلال  مؤلفات القاضي التنوخي </t>
-[...2 lines deleted...]
-      <c r="D26" s="1"/>
+          <t>التباين المكاني للمرأئب الرئيسة في محافظة ميسان دراسة في جغرافية النقل والتجارة</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/njl_e0mvks2dra7.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>52</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>ريم هادي مرهج </t>
+          <t>هاشم كاظم صبيخي </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>تجارة مصر خلال العصر الفاطمي</t>
-[...6 lines deleted...]
-      </c>
+          <t>التغلغل الاسرائيلي في افريقيا بعد مايسمى بعملية السلام</t>
+        </is>
+      </c>
+      <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>51</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>دعاء محسن علي محسن</t>
+          <t>محمد عباس جابر خضير </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>مملكة ميسان ومكانتها في تاريخ العراق القديم </t>
+          <t>التمثيل الكارتوكرافي لاستعمالات الارض الزراعية  في قضاء المسيب باستعمال نظم المعلومات الجغرافية (GIS).</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/29ezgxu5tya31qv.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3w8av2otnmxqcjg.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>40</t>
+          <t>49</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>يوسف طه حسين القريشي </t>
+          <t>صلاح مهدي عريبي </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>العلاقات السياسية البريطانية - السوفييتية ١٩٤١-١٩٤٥</t>
-[...6 lines deleted...]
-      </c>
+          <t>تقييم مشاريع الري في محافظة البصرة </t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>48</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>أمير علي حسين</t>
+          <t>فلاح دريول غامي </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>الخلاف الحدودي حول واحة البريمي بين المملكة العربية السعودية وسلطنة عمان وابو ظبي</t>
-[...2 lines deleted...]
-      <c r="D30" s="1"/>
+          <t>اتجاهات النمو الحضري في مدينة العمارة </t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ba47_3j81rskcty.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>47</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>يسرى عودة علوان </t>
+          <t>شهيد كريم محمد </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية المسألجة الحلقة في تحصيل والتفكير التوليدي لدى طالبات الصف الرابع الأدبي في مادة تاريه</t>
+          <t>شيراز دراسة أحوالها العامة منذ الفتح العربي الإسلامي(23هـ/643م) حتى نهاية العهد البويهي(447هـ/1055م)</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1htvsr04ak2jxup.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wkrz45qudp9xsya.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>46</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>حلا عبد الكريم احمد عبد صالح </t>
+          <t>حارث جبار عبد</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>الزاهدات والمتصوفات في العراق خلال العصر العباسي</t>
+          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6gjhvrue1a_t2li.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o68xvgr734n5acy.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>45</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>صلاح الدين محسن زاير </t>
+          <t>عبد الرحيم حنون عطية </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>الدور التراثية والعمارة الخدمية في مدينة الكاظمية ( دراسة ميدانية ).</t>
-[...2 lines deleted...]
-      <c r="D33" s="1"/>
+          <t>صيانة وترميم الابنية الاثرية والتراثية . دراسة تطبيقية في مدينة ايلة الاسلامية </t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z9n24rsmvpg15y.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>44</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>لطفي جميل محمد </t>
+          <t>صالح محمد حاتم </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>الحرب الاميركية 1812 _ 1814</t>
+          <t>صحيفة الاستقلال في سنوات الانتداب البريطاني ١٩٢٠- ١٩٣٢</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s8marjd2wlghfk1.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t1w3ybdim92ga_6.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>43</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>أثير أحمد حسين</t>
+          <t>نعمة ساهي حسن </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>عمار القصور في العراق القديم حتى نهاية العصر البابلي القديم  ن</t>
-[...6 lines deleted...]
-      </c>
+          <t>الأحوال  الأجتماعية والإقتصادية في العراق من خلال  مؤلفات القاضي التنوخي </t>
+        </is>
+      </c>
+      <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t> الاء ظافر عامر </t>
+          <t>ريم هادي مرهج </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>دور المرأة في المسرحيات الانتقامية الماساوية في عصر النهضة </t>
+          <t>تجارة مصر خلال العصر الفاطمي</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_dqxsf6b704kep5.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8w349kqog_rmys1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>41</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
+          <t>دعاء محسن علي محسن</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
-[...2 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>مملكة ميسان ومكانتها في تاريخ العراق القديم </t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/29ezgxu5tya31qv.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>40</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>نجم عبدالله برهان</t>
+          <t>يوسف طه حسين القريشي </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Evaluating the Pre-Service Training Programme of Teaching EFL at the College of Basic Education in the Light of its Behavioral Objectives </t>
+          <t>العلاقات السياسية البريطانية - السوفييتية ١٩٤١-١٩٤٥</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cf4z38welbm_h9a.pdf</t>
+          <t>uploads/files/ihkxu6g2pt7z54_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>39</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>فرقان عبد الرضا كريم حسين </t>
+          <t>أمير علي حسين</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
-[...6 lines deleted...]
-      </c>
+          <t>الخلاف الحدودي حول واحة البريمي بين المملكة العربية السعودية وسلطنة عمان وابو ظبي</t>
+        </is>
+      </c>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>إقبال صاحب دشر عطيوي </t>
+          <t>يسرى عودة علوان </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>The speech acts of directives in standared English and Arabic political speeches</t>
-[...2 lines deleted...]
-      <c r="D40" s="1"/>
+          <t>اثر استراتيجية المسألجة الحلقة في تحصيل والتفكير التوليدي لدى طالبات الصف الرابع الأدبي في مادة تاريه</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1htvsr04ak2jxup.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>رغد شاكر دعير </t>
+          <t>حلا عبد الكريم احمد عبد صالح </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>Carl Sandburg: the singing voice of the American people </t>
+          <t>الزاهدات والمتصوفات في العراق خلال العصر العباسي</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w5qxavp2fc3d40k.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6gjhvrue1a_t2li.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>33</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>احمد حسن موسى </t>
+          <t>صلاح الدين محسن زاير </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
+          <t>الدور التراثية والعمارة الخدمية في مدينة الكاظمية ( دراسة ميدانية ).</t>
         </is>
       </c>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>32</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>أسوان فاخر جاسم </t>
+          <t>لطفي جميل محمد </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Using Diaries on College Studentsʼ Achievement in Composition Writing.</t>
+          <t>الحرب الاميركية 1812 _ 1814</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lnw1ivx2bjuf6km.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s8marjd2wlghfk1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>31</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>تحسين علي مهودر </t>
+          <t>أثير أحمد حسين</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
-[...2 lines deleted...]
-      <c r="D44" s="1"/>
+          <t>عمار القصور في العراق القديم حتى نهاية العصر البابلي القديم  ن</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b6odixjcq08klg9.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>30</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار لازم </t>
+          <t> الاء ظافر عامر </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Discourse Analysis of Grammatical Cohesive Devices in American Political Speeches </t>
+          <t>دور المرأة في المسرحيات الانتقامية الماساوية في عصر النهضة </t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/c0weqzplgf34t5r.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_dqxsf6b704kep5.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>29</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>وفاء حسين جبر </t>
+          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>Eradication of Mute English Phenomenon Inside Iraqi EFL College Classrooms</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا توجد- نظام كورسات</t>
+        </is>
+      </c>
+      <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>28</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>علي سامي رشيد</t>
+          <t>نجم عبدالله برهان</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>Comparison of some kernels to Estimate AR spectrum </t>
+          <t>Evaluating the Pre-Service Training Programme of Teaching EFL at the College of Basic Education in the Light of its Behavioral Objectives </t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s5tiw04unh126cv.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cf4z38welbm_h9a.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>عقيل عبدالواحد قاسم </t>
+          <t>فرقان عبد الرضا كريم حسين </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>B-spline Weighted Residual Methods For Solving Modified Equal Width Wave Problem</t>
+          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x2ukg68mr453oiq.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/niqv593w6ur1slx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>26</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>سيف طالب عباس</t>
+          <t>إقبال صاحب دشر عطيوي </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Research of Computer Network Protocol using Software Simulation</t>
-[...6 lines deleted...]
-      </c>
+          <t>The speech acts of directives in standared English and Arabic political speeches</t>
+        </is>
+      </c>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>25</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>سارة عبد الحسين بندر </t>
+          <t>رغد شاكر دعير </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>استخدام نماذج السلاسل الزمنية والشبكات العصبية للتنبؤ بأسعار الصرف في العراق </t>
+          <t>Carl Sandburg: the singing voice of the American people </t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dcz89tv4rha_eum.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w5qxavp2fc3d40k.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>24</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>اسماء جاسم حرفش </t>
+          <t>احمد حسن موسى </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>اساليب فروقات محددة جديدة متضمنة صيغ النقاط الخمس لحل معادلة الانتقال ثنائية البعد</t>
-[...6 lines deleted...]
-      </c>
+          <t>لا توجد- نظام كورسات</t>
+        </is>
+      </c>
+      <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>