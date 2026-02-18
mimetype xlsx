--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1092 +147,1096 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>127</t>
+          <t>136</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>إيهاب عباس محمد </t>
+          <t>حلمي إبراهيم منشد</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>القطاع النفطي العراقي في ظل المتغيرات الاقتصادية المحلية والدولية (رؤية مستقبلية)</t>
+          <t>الواقع والآفاق المستقبلية لصناعة الأسمدة الفوسفاتية في بلدان مجلس التعاون العربي</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g1y8khjtx7v4la2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s37u4c2drxyov_a.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>محسن نجم سريح</t>
+          <t>رياض ضياء عزيز فتحي </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Modeling and Simulation of Networks Using Markov Chain </t>
+          <t>عناصر إستراتيجية العمليات وأثرها في بعض مجالات الأداء دراسة استطلاعية لآراء المدراء في الشركة العامة لصناعة الأدوية والمستلزمات الطبية في نينوى</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/c4frlsh8p26ioeg.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5ev7tl92drsyucn.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>134</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>مكي قاسم كعيبر بازاغا </t>
+          <t>محمد علي حسين </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
+          <t>تأثير القيادة الاستراتيجية في تعزيز الممارسات الاستراتيجية لإدارة الموارد البشرية </t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yql8_u0dzej5abc.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ykox7z60gwanjtc.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>133</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>رشا عبد الحسين صاحب عبد الحسن</t>
+          <t>محمد خليل إبراهيم محمد جواد </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>اثر انموذج فبراير في اكتساب المفاهيم الفيزيائية و الدافعية للتعلم</t>
+          <t>-</t>
         </is>
       </c>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>132</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>فائز عبد الحسن جاسم </t>
+          <t>رسول ماجد صحيب </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
+          <t>دور المدقق في تدقيق الشركات المتعاملة بالتجارة الالكترونية ال </t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1dpu6g2_zxh5r8i.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xwb0y4f5mqc_hd1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>131</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>زاهد قاسم بدن </t>
+          <t>حيدر سامي علوان </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>الامكانيات والانتاج النباتي في محافظة البصرة واجراءات تنميتهما في المستقبل </t>
+          <t>استخدام بعض الانموذجات الاحصائية لتقدير نسب الملوثات الكيمياوية في نهر دجلة </t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_r36hycntpai7oj.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/scqnr4hi39_ad7w.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>حيدر صباح طعمه</t>
+          <t>علاء جمعه كريم </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>العمليات العشوائية لطرق النقل</t>
+          <t>العلاقه بين رأس المال العامل والاداء المالي في سوق العراق للاوراق الماليه</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ta8l12n4wbe3ij.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxt70m4isf2jdga.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>129</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>علاء عبدالسلام مصطفى </t>
+          <t>شيماء ماهود محمد</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>المناخ التنظيمي ودوره في أبعاد المنظمة المتعلمة</t>
+          <t>اء  المبناء أنموذج احتمالية لتحليل الازدحامات المرورية في محافظة كربلاء المقدسةل</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6mgao_8lequp4zh.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kxnh16l42g9f0a5.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>فرزدق عبد القادر حمدان</t>
+          <t>صادق حسين نبهان علي </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>تحديد أنموذج لأهم المسكات والمتطلبات البدنية والوظيفية لدى لاعبي المصارعة الشباب  </t>
-[...2 lines deleted...]
-      <c r="D10" s="1"/>
+          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/td1plfh3mv8sjq2.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>127</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>اسراء قصي فالح</t>
+          <t>إيهاب عباس محمد </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>عزل وتشخيص بعض المركبات الفعالة من ثمار نخل الدوم واستخدامها كمضادات أكسدة ومخفضات لمستويات الدهون في الحيوانات المختبرية </t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>القطاع النفطي العراقي في ظل المتغيرات الاقتصادية المحلية والدولية (رؤية مستقبلية)</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g1y8khjtx7v4la2.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>125</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>صبيح جاسم كاطع</t>
+          <t>محسن نجم سريح</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>لاحقا</t>
-[...2 lines deleted...]
-      <c r="D12" s="1"/>
+          <t>Modeling and Simulation of Networks Using Markov Chain </t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/c4frlsh8p26ioeg.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>114</t>
+          <t>124</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>شيماء ربيع بعنون</t>
+          <t>مكي قاسم كعيبر بازاغا </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Isolation and Characterization of Restriction Enzymes Bli12 and Bli32 from Bacillus licheniformis in some Iraqi Soils </t>
-[...2 lines deleted...]
-      <c r="D13" s="1"/>
+          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yql8_u0dzej5abc.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>123</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>سالم نعمة صالح </t>
+          <t>رشا عبد الحسين صاحب عبد الحسن</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Study of the relationship between animal products) contaminated with Campylobacter and the people of genetic blood groups A and O.                       </t>
+          <t>اثر انموذج فبراير في اكتساب المفاهيم الفيزيائية و الدافعية للتعلم</t>
         </is>
       </c>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>122</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>نصيف جاسم هادي</t>
+          <t>فائز عبد الحسن جاسم </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>FPGA Implantation of Matrix Processing Cores</t>
+          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3h8dkf_2wycxro7.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1dpu6g2_zxh5r8i.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>121</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>صلاح حسن فرج </t>
+          <t>زاهد قاسم بدن </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Genetic polymorphism of Some Biochemical Parameters in Arabi Sheep Blood and Relationship with adaptation capability</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>الامكانيات والانتاج النباتي في محافظة البصرة واجراءات تنميتهما في المستقبل </t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_r36hycntpai7oj.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>110</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>احمد هاشم عبود </t>
+          <t>حيدر صباح طعمه</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>تصميم وبناء منظومة ليزر Nd:YAG: تقنية التشغيل المفتاحي باستخدام الاغشية الرقيقة الماصة القابلة للتشبع</t>
-[...2 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>العمليات العشوائية لطرق النقل</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ta8l12n4wbe3ij.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>118</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>هدى اسماعيل عليوي </t>
+          <t>علاء عبدالسلام مصطفى </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>SECURITY ENHANCEMENT OF OFDM PASSIVE OPTICAL NETWORKS USING CHAOTIC TECHNIQUES</t>
+          <t>المناخ التنظيمي ودوره في أبعاد المنظمة المتعلمة</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4rqd3aw1_sofl6j.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6mgao_8lequp4zh.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>108</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>ساره كريم سالم </t>
+          <t>فرزدق عبد القادر حمدان</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>PERFORMANCE ENHANCEMENT OF OPTICAL DATA CENTERS USING SPACE-DIVISION MULTIPLEXING TECHNIQUES</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحديد أنموذج لأهم المسكات والمتطلبات البدنية والوظيفية لدى لاعبي المصارعة الشباب  </t>
+        </is>
+      </c>
+      <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>107</t>
+          <t>116</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>عباس جار الله صنكور </t>
+          <t>اسراء قصي فالح</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>N/A</t>
-[...6 lines deleted...]
-      </c>
+          <t>عزل وتشخيص بعض المركبات الفعالة من ثمار نخل الدوم واستخدامها كمضادات أكسدة ومخفضات لمستويات الدهون في الحيوانات المختبرية </t>
+        </is>
+      </c>
+      <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>115</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t> قدامه محمد قاسم الياسري</t>
+          <t>صبيح جاسم كاطع</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>إمكانية تطبيق أنظمة تكييف الهواء الحرارية الشمسية في المباني ذات المناخ الحار</t>
-[...6 lines deleted...]
-      </c>
+          <t>لاحقا</t>
+        </is>
+      </c>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>114</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>فراس لطيف حساني</t>
+          <t>شيماء ربيع بعنون</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>The effect of fuel/air equivalence ratio on energy &amp; exergy efficiency and exergy loose by flue gas</t>
-[...6 lines deleted...]
-      </c>
+          <t>Isolation and Characterization of Restriction Enzymes Bli12 and Bli32 from Bacillus licheniformis in some Iraqi Soils </t>
+        </is>
+      </c>
+      <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>113</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>رضوان علي عبد الرضا </t>
+          <t>سالم نعمة صالح </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>NUMERICAL STUDY OF COMBUSTION CHARACTERISTICS AND EMISSION IN DIESEL ENGINE USING LPG-HYDROGEN-DIESEL FUEL MIXTURE</t>
-[...6 lines deleted...]
-      </c>
+          <t>Study of the relationship between animal products) contaminated with Campylobacter and the people of genetic blood groups A and O.                       </t>
+        </is>
+      </c>
+      <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>112</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>احمد ريسان حسين سدخان</t>
+          <t>نصيف جاسم هادي</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>speed control of separately excited DC motor using fuzzy logic controller</t>
+          <t>FPGA Implantation of Matrix Processing Cores</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du9tfk_zqis7bwm.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3h8dkf_2wycxro7.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>111</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>ايمان محمد اسماعيل</t>
+          <t>صلاح حسن فرج </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Design of FUZZY PID contoller Used to Improve the Response of a Quarter Car Syspension System with Uncertain Stiffness</t>
-[...6 lines deleted...]
-      </c>
+          <t>Genetic polymorphism of Some Biochemical Parameters in Arabi Sheep Blood and Relationship with adaptation capability</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>99</t>
+          <t>110</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>مشتاق عباس عريبي </t>
+          <t>احمد هاشم عبود </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>«Improving the efficiency of regeneration system of steam turbine combined  heat and power plants»</t>
-[...6 lines deleted...]
-      </c>
+          <t>تصميم وبناء منظومة ليزر Nd:YAG: تقنية التشغيل المفتاحي باستخدام الاغشية الرقيقة الماصة القابلة للتشبع</t>
+        </is>
+      </c>
+      <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>109</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>نبيل نجم بهلول </t>
+          <t>هدى اسماعيل عليوي </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>EFFECT OF POST TREATMENT PARAMETERS ON CORROSION RESISTANCE OF Ti-13Nb-13Zr COATED WITH HYDROXYAPATITE  VIA ELECTROPHORETIC DEPOSITION</t>
+          <t>SECURITY ENHANCEMENT OF OFDM PASSIVE OPTICAL NETWORKS USING CHAOTIC TECHNIQUES</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ktc98wn4uifm6gs.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4rqd3aw1_sofl6j.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>108</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبد سعدون </t>
+          <t>ساره كريم سالم </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>الموريسيكيون والعالم الاسلامي من سقوط غرناطة حتى نهاية محاكم التفتيش الاسبانية دراية تاريخية </t>
+          <t>PERFORMANCE ENHANCEMENT OF OPTICAL DATA CENTERS USING SPACE-DIVISION MULTIPLEXING TECHNIQUES</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>http://localhost/cv/uploads/files/vkxzos2rnu4f7hw.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/su6yrd8c3wf2ev4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>96</t>
+          <t>107</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>جبار عباس نعمة </t>
+          <t>عباس جار الله صنكور </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>السفارة في الشعر العربي قبل الإسلام </t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a8b06fc3hdkmeq1.pdf</t>
+          <t>uploads/files/scryo8x1eblv0t4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>105</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>عبد الزهرة عودة جبر </t>
+          <t> قدامه محمد قاسم الياسري</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>شعر بشار بن برد  - دراسة لغوية</t>
+          <t>إمكانية تطبيق أنظمة تكييف الهواء الحرارية الشمسية في المباني ذات المناخ الحار</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g8o3_ltsjd1equy.pdf</t>
+          <t>uploads/files/x36ck1p_du90sbj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>104</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>سراج محمد يعقوب </t>
+          <t>فراس لطيف حساني</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>القراءة بين خصوصية النص وإجراءات المنهج البنيوي - العراق أنموذجا</t>
+          <t>The effect of fuel/air equivalence ratio on energy &amp; exergy efficiency and exergy loose by flue gas</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/szr1_qwvh0o24fd.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iorvangzeh3km2y.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>93</t>
+          <t>103</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>صباح عيدان حمود </t>
+          <t>رضوان علي عبد الرضا </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>البحث الدلالي في ايات الأحكام عند السيد الخوئي</t>
-[...2 lines deleted...]
-      <c r="D32" s="1"/>
+          <t>NUMERICAL STUDY OF COMBUSTION CHARACTERISTICS AND EMISSION IN DIESEL ENGINE USING LPG-HYDROGEN-DIESEL FUEL MIXTURE</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/jam192ftwk7vcps.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>101</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الرحيم كريم </t>
+          <t>احمد ريسان حسين سدخان</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>ثنائية الذات والآخر في شعر السياب(دراسة في ضوء النقد الثقافي)</t>
-[...2 lines deleted...]
-      <c r="D33" s="1"/>
+          <t>speed control of separately excited DC motor using fuzzy logic controller</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du9tfk_zqis7bwm.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>91</t>
+          <t>100</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسين حداد</t>
+          <t>ايمان محمد اسماعيل</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>البنية الإيقاعية في شعر أبي نواس </t>
+          <t>Design of FUZZY PID contoller Used to Improve the Response of a Quarter Car Syspension System with Uncertain Stiffness</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4x_1ytk9mibrens.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vdck8qio9hslb1w.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>99</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>كريمة عبد جمعة </t>
+          <t>مشتاق عباس عريبي </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>الاختيارات الادبية الجاهلية والاسلامية في كتاب البيان والتبيين دراسة تحليلية</t>
+          <t>«Improving the efficiency of regeneration system of steam turbine combined  heat and power plants»</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/15ekyu8jzxi2gft.pdf</t>
+          <t>uploads/files/7_mewi0f8g5kbp2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>98</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>علي موسى عكلة </t>
+          <t>نبيل نجم بهلول </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>كتاب المواقف للنفري - دراسة في التراكيب ودلالاتها</t>
+          <t>EFFECT OF POST TREATMENT PARAMETERS ON CORROSION RESISTANCE OF Ti-13Nb-13Zr COATED WITH HYDROXYAPATITE  VIA ELECTROPHORETIC DEPOSITION</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h_p6isgx1al9jew.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ktc98wn4uifm6gs.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>88</t>
+          <t>97</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>حسن حميد محسن </t>
+          <t>قاسم عبد سعدون </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>البناء الرباعي في حماسة ابي تمام دراسة صرفية دلالية </t>
-[...2 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>الموريسيكيون والعالم الاسلامي من سقوط غرناطة حتى نهاية محاكم التفتيش الاسبانية دراية تاريخية </t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>http://localhost/cv/uploads/files/vkxzos2rnu4f7hw.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>96</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>زهراء شهاب احمد </t>
+          <t>جبار عباس نعمة </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>مقاييس اللغة لابن فارس (395ه) والصحاح للجوهري(400ه) دراسة لغوية موازنة</t>
+          <t>السفارة في الشعر العربي قبل الإسلام </t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v1xkrun7themyd5.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a8b06fc3hdkmeq1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>86</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>عماد جغيم عويد </t>
+          <t>عبد الزهرة عودة جبر </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>شعر شهاب الدين الموسوي دراسة فنية </t>
+          <t>شعر بشار بن برد  - دراسة لغوية</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a8cjib5mu9nhd74.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g8o3_ltsjd1equy.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>94</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>مولود محمد زايد </t>
+          <t>سراج محمد يعقوب </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>رمزية الماء في شعر السياب</t>
+          <t>القراءة بين خصوصية النص وإجراءات المنهج البنيوي - العراق أنموذجا</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9ioetj6kqgbmy3w.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/szr1_qwvh0o24fd.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>84</t>
+          <t>93</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>باسم محمد عيادة </t>
+          <t>صباح عيدان حمود </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>المباحث اللغوية في تفسيرالشريف المرتضى المسمى بنفائس التأويل</t>
-[...6 lines deleted...]
-      </c>
+          <t>البحث الدلالي في ايات الأحكام عند السيد الخوئي</t>
+        </is>
+      </c>
+      <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>92</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>د . مصطفى صباح مهودر </t>
+          <t>علي عبد الرحيم كريم </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>هاشميات الكميت بن زيد الاسدي دراسة في ضوء معياري السبك والحبك </t>
-[...6 lines deleted...]
-      </c>
+          <t>ثنائية الذات والآخر في شعر السياب(دراسة في ضوء النقد الثقافي)</t>
+        </is>
+      </c>
+      <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>82</t>
+          <t>91</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>رضاته حسين صالح </t>
+          <t>علي عبد الحسين حداد</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>ابن سيده وكتابه المخصص دراسة في مصادره </t>
-[...2 lines deleted...]
-      <c r="D43" s="1"/>
+          <t>البنية الإيقاعية في شعر أبي نواس </t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4x_1ytk9mibrens.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>81</t>
+          <t>90</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>أزهارعبدالوهاب محمد جبر </t>
+          <t>كريمة عبد جمعة </t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
-[...2 lines deleted...]
-      <c r="D44" s="1"/>
+          <t>الاختيارات الادبية الجاهلية والاسلامية في كتاب البيان والتبيين دراسة تحليلية</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/15ekyu8jzxi2gft.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>89</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>ايمان حسن مجيسر</t>
+          <t>علي موسى عكلة </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>والدا النبي (ص) دراسة تاريخية</t>
+          <t>كتاب المواقف للنفري - دراسة في التراكيب ودلالاتها</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7cnomri4q516wsf.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h_p6isgx1al9jew.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>78</t>
+          <t>88</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>اياد نعيم مجيد </t>
+          <t>حسن حميد محسن </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>المعاد حسب رأي الحكيمين ابن سينا وملاصدرا</t>
-[...6 lines deleted...]
-      </c>
+          <t>البناء الرباعي في حماسة ابي تمام دراسة صرفية دلالية </t>
+        </is>
+      </c>
+      <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>87</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار جاسم </t>
+          <t>زهراء شهاب احمد </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>اية الانقلاب على الاعقاب (دراسة وتحليل)</t>
+          <t>مقاييس اللغة لابن فارس (395ه) والصحاح للجوهري(400ه) دراسة لغوية موازنة</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_1uvl5nex2isz8f.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v1xkrun7themyd5.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>86</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
+          <t>عماد جغيم عويد </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>الحكومه الاسلاميه في فكر السيد محمد باقر الصدر </t>
+          <t>شعر شهاب الدين الموسوي دراسة فنية </t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t6jx3hfonzely4_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a8cjib5mu9nhd74.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>74</t>
+          <t>85</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>هاشم داخل حسين </t>
+          <t>مولود محمد زايد </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>ابن بشكوال ومنهجه في كتابه الصلة</t>
+          <t>رمزية الماء في شعر السياب</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pthibwqnud8a6mc.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9ioetj6kqgbmy3w.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>84</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>علي محمود خلف </t>
+          <t>باسم محمد عيادة </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
+          <t>المباحث اللغوية في تفسيرالشريف المرتضى المسمى بنفائس التأويل</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/git6pub2dxew19q.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q3_fb0y4mong7tl.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>83</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>سوسن هاشم هاتو </t>
+          <t>د . مصطفى صباح مهودر </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>اثر استعمال القصة القصيرة في الاداء التعبيري لدى طالبات الصف الثاني المتوسط</t>
+          <t>هاشميات الكميت بن زيد الاسدي دراسة في ضوء معياري السبك والحبك </t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/inbhrx5gem30k7d.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ol5dasg3wpief87.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>