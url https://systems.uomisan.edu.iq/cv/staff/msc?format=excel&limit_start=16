--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1116 +147,1096 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>192</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t> حسنين نجم عبود </t>
+          <t>محمد طاهر جاسم</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>الرسالة بعنوان  استعمال قشور بيض المائدة في ازالة بعض الصبغات والايونات المعدنيةمن محاليلها المائية وامكانية تطبيقها في بعض الانظمة الغذائية والصناعية</t>
+          <t>CULTURAL DIMENSIONS AFFECTING POLITENESS STRATEGIES IN ENGLISH  AND ARABIC</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/jw4xraqsl3g69zt.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iybge910cha7nvx.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>191</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>خالد وهاب جبر</t>
+          <t>  حسين فاضل موسى </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>A Study of English Proverbs in Charles Dickens’ Novels ——From the Perspective of Cooperative Principle</t>
-[...6 lines deleted...]
-      </c>
+          <t>لاتوجد</t>
+        </is>
+      </c>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>190</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>انوار ياسر حسين </t>
+          <t>اسراء عبدالمحسن علي</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>استخدام طحين الرز المنبت و بروتين فول الصويا المعزول في تخضير اغذيه الاطفال المصنعه </t>
-[...6 lines deleted...]
-      </c>
+          <t>لاتوجد</t>
+        </is>
+      </c>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>179</t>
+          <t>189</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>عبد الرضا عاتي جعفر </t>
+          <t>علي جواد جابر </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Design and manufacturing of a vacuum solar dryer and study it&amp;#39;s efficiency in fish drying  microbiological, chemical and sensory</t>
-[...6 lines deleted...]
-      </c>
+          <t>عزل وتشخيص بعض المسببات الجرثوميه الهوائيه في العجول الرضيعه</t>
+        </is>
+      </c>
+      <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>178</t>
+          <t>188</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>احمد سعدون </t>
+          <t>حسام رحيم محمد مهدي </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ARSENIC MAY BE TARGETED THERAPY FOR CANCERS HARBORING TRIM-DOMAIN CONTAINING FUSION PROTEINS</t>
         </is>
       </c>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>177</t>
+          <t>187</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>رشا ناجي </t>
+          <t> يوسف عبدالستار سعدون </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>. Development of formulations and technology of the baked product with improved consumer characteristics</t>
-[...6 lines deleted...]
-      </c>
+          <t>Simplified Transport Layer Security implementation</t>
+        </is>
+      </c>
+      <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>186</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>زينب </t>
+          <t>علي حسن حرفش</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>دراسة تشخيصية وبيئية لذبابة ثمار القرعيات Dacus frontalis  Becker 1922 Tephritidae ): ( Diptera في بعض مناطق محافظتي البصرة و ميسان</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/0i349qozdxebwvj.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>185</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>احمد مالك جمعة </t>
+          <t>قيصر علي كريدي </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>استخدام الزراعة البينية في السيطرة على انتشار فايروس MBYMV بواسطة الذبابة البيضاء على الماش </t>
-[...6 lines deleted...]
-      </c>
+          <t>Epidemiological survey of hydropericardium syndrome in middle area of Iraq </t>
+        </is>
+      </c>
+      <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>184</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>غسان مهدي داغر </t>
+          <t>كرار اكرم كامل</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية لمرض التقرح والذبول البكتيري المتسبب عن cornybacterium michiganense (e.f.smith) jensen على الطماطم</t>
+          <t>Comparative Study of the Effects of Different Industrial Effluents on Fenugreek Plants Growth</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/7tfal5y0k13eqgj.pdf</t>
+          <t>uploads/files/gn_3svy02oi8uar.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>183</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>فلاح حسين حنون </t>
+          <t> حسنين نجم عبود </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>&amp;#39;A cultural-Linguistic Approach for Studying the Translation of Ahmed Saasawi&amp;#39;s Novel Frankenstein in Bghdad&amp;#39;</t>
+          <t>الرسالة بعنوان  استعمال قشور بيض المائدة في ازالة بعض الصبغات والايونات المعدنيةمن محاليلها المائية وامكانية تطبيقها في بعض الانظمة الغذائية والصناعية</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yx50upa1s37en_i.pdf</t>
+          <t>uploads/files/jw4xraqsl3g69zt.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>181</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>ميساء محسن محمدعلي</t>
+          <t>خالد وهاب جبر</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t> تاثير الجنستين على البلوغ المبكر في الحملان الانثوية</t>
+          <t>A Study of English Proverbs in Charles Dickens’ Novels ——From the Perspective of Cooperative Principle</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/gzx2j8e0h5otkwm.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rp61twdbzyk98us.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>180</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>علي عدنان حسوني</t>
+          <t>انوار ياسر حسين </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>تاثير فترات الري في نمو وحاصل اصناف من الذرة البيضاء والادغال المرافقة لها </t>
+          <t>استخدام طحين الرز المنبت و بروتين فول الصويا المعزول في تخضير اغذيه الاطفال المصنعه </t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/c4kupvt6dz8oi0s.pdf</t>
+          <t>uploads/files/1j5gchky98q_o6e.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>179</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>علي عباس هاشم </t>
+          <t>عبد الرضا عاتي جعفر </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تحديد افضل المؤشرات للبذار والزرع المباشر وتوضيحهم </t>
+          <t>Design and manufacturing of a vacuum solar dryer and study it&amp;#39;s efficiency in fish drying  microbiological, chemical and sensory</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5_zimju2xh1norf.pdf</t>
+          <t>uploads/files/oqu8l9pznc_dwmg.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>169</t>
+          <t>178</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>وجدان فالح حسن</t>
+          <t>احمد سعدون </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>نمط ادارة الحكم في العراق واثاره السياسية والاقتصادية للمدة (١٩٢١- ٢٠٠٦)</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>168</t>
+          <t>177</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>ناصر كاظم خلف </t>
+          <t>رشا ناجي </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>الحكومات الإئتلافية و ظاهرة عدم الاستقرار الحكومي في اسرائيل</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>. Development of formulations and technology of the baked product with improved consumer characteristics</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/cr87_w9lzkehbaq.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>167</t>
+          <t>176</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>ليث صبار جابر كويطع الكعبي</t>
+          <t>زينب </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>دور العلاقات العامة في الترويج لمشروع ضم الاهوار والمواقع الأثرية إلى لائحة التراث العالمي </t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>166</t>
+          <t>175</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>قيصر عبد الكريم جاسم حمود </t>
+          <t>احمد مالك جمعة </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>المعارضة العلوية في العصرين الراشدي والاموي في الروايات التاريخية لعلماء الحلة من خلال مؤلفاتهم في القرنين السابع  والثامن الهجريين</t>
+          <t>استخدام الزراعة البينية في السيطرة على انتشار فايروس MBYMV بواسطة الذبابة البيضاء على الماش </t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/p4xh7ob3yjmr69d.pdf</t>
+          <t>uploads/files/u8eni_5m2lv43kc.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>164</t>
+          <t>174</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>محمد يونس عبد الله </t>
+          <t>غسان مهدي داغر </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>العلاقات السياسية الهندية الصينيه 1947/1964</t>
+          <t>دراسة تشخيصية لمرض التقرح والذبول البكتيري المتسبب عن cornybacterium michiganense (e.f.smith) jensen على الطماطم</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/10_zxbespovf5td.pdf</t>
+          <t>uploads/files/7tfal5y0k13eqgj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>163</t>
+          <t>173</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>مرتضى شنشول ساهي حمود </t>
+          <t>فلاح حسين حنون </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>الموقف من التعددية الحزبية في الفكر السياسي الإسلامي المعاصر</t>
+          <t>&amp;#39;A cultural-Linguistic Approach for Studying the Translation of Ahmed Saasawi&amp;#39;s Novel Frankenstein in Bghdad&amp;#39;</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ihe2_fykzo1ctbw.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yx50upa1s37en_i.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>172</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>ضحى حسن فليح </t>
+          <t>ميساء محسن محمدعلي</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>التعويض عن التوقيف عند الحكم بالبراءة </t>
+          <t> تاثير الجنستين على البلوغ المبكر في الحملان الانثوية</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/v9xgnp53qjiytua.pdf</t>
+          <t>uploads/files/gzx2j8e0h5otkwm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>171</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>بشار جبار جمعة</t>
+          <t>علي عدنان حسوني</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>التقويم الخصوبي والسلوك الكيميـائي لجاهزية المولبيدنيوم في ترب جنوب العراق الكلسية</t>
-[...2 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>تاثير فترات الري في نمو وحاصل اصناف من الذرة البيضاء والادغال المرافقة لها </t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/c4kupvt6dz8oi0s.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>170</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>محمد طعمه جوده</t>
+          <t>علي عباس هاشم </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>الطبيعة القانونية للمقاومة المسلحة ضد الاحتلال</t>
+          <t>تحديد افضل المؤشرات للبذار والزرع المباشر وتوضيحهم </t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e16knqlm5rtzodu.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5_zimju2xh1norf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>159</t>
+          <t>169</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>حسين عبدالحسن مويح </t>
+          <t>وجدان فالح حسن</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>تداعيات العولمة وسبل مواجهتها عربياً </t>
+          <t>نمط ادارة الحكم في العراق واثاره السياسية والاقتصادية للمدة (١٩٢١- ٢٠٠٦)</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/z41h08knec67v5i.pdf</t>
+          <t>uploads/files/oje8ig0mvk67cta.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>158</t>
+          <t>168</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>سجى ماجد داود </t>
+          <t>ناصر كاظم خلف </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>غش المستفيد واثره على الوفاء بقيمة الاعتماد المستندي(دراسة مقارنة)</t>
-[...6 lines deleted...]
-      </c>
+          <t>الحكومات الإئتلافية و ظاهرة عدم الاستقرار الحكومي في اسرائيل</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>157</t>
+          <t>167</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>صدام عبد الحسين رميش</t>
+          <t>ليث صبار جابر كويطع الكعبي</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>سندات الشحن الالكترونية في النقل البحري وحجيتها في الاثبات</t>
+          <t>دور العلاقات العامة في الترويج لمشروع ضم الاهوار والمواقع الأثرية إلى لائحة التراث العالمي </t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/2aqzjp0rk387ve9.pdf</t>
+          <t>uploads/files/juzyf7era5i1nds.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>166</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>حيدر طعمه جاسم الساعدي</t>
+          <t>قيصر عبد الكريم جاسم حمود </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>A Pragmatic Study of the Cooperative Principle and Grice&amp;#39;s Maxims in Lois Lowry&amp;#39;s The Giver</t>
+          <t>المعارضة العلوية في العصرين الراشدي والاموي في الروايات التاريخية لعلماء الحلة من خلال مؤلفاتهم في القرنين السابع  والثامن الهجريين</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3vkm4p6r17c_zn2.pdf</t>
+          <t>uploads/files/p4xh7ob3yjmr69d.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>154</t>
+          <t>164</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>احمد فالح شامخ</t>
+          <t>محمد يونس عبد الله </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>تطوير بارك روسكي ليست في مدينة بيلغورد / روسيا</t>
+          <t>العلاقات السياسية الهندية الصينيه 1947/1964</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/sycmag97od80uz4.pdf</t>
+          <t>uploads/files/10_zxbespovf5td.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>163</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم احمد</t>
+          <t>مرتضى شنشول ساهي حمود </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني لبرامج المناظرات السياسية في القنوات الفضائية العراقية </t>
+          <t>الموقف من التعددية الحزبية في الفكر السياسي الإسلامي المعاصر</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/9m76l51tg3sqhk2.pdf</t>
+          <t>uploads/files/ihe2_fykzo1ctbw.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>152</t>
+          <t>162</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>كاظم شنته سعد </t>
+          <t>ضحى حسن فليح </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>اثر نهر دجلة في تقرير خصائص السطح والتربة في محافظة ميسان </t>
-[...2 lines deleted...]
-      <c r="D30" s="1"/>
+          <t>التعويض عن التوقيف عند الحكم بالبراءة </t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/v9xgnp53qjiytua.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>161</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t> محمد ماجد محمد صالح</t>
+          <t>بشار جبار جمعة</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>تحديد معيار مرجعي للتنبؤ بمستوى الأداء الخططي الهجومي بدلالة زمن الأداء القصوي وتحمل  الأداء والمدرك البصري ودقة التصويب   في لعبة كرة اليد</t>
-[...6 lines deleted...]
-      </c>
+          <t>التقويم الخصوبي والسلوك الكيميـائي لجاهزية المولبيدنيوم في ترب جنوب العراق الكلسية</t>
+        </is>
+      </c>
+      <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>160</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>علي خزعل جبار</t>
+          <t>محمد طعمه جوده</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>_RECONCEPTUALISATION OF THE COMPETITIVE ADVANTAGE OF PROCESS COSTING AS A FUNDAMENTAL METHOD OF COST ACCOUNTING: AN OVERVIEW</t>
+          <t>الطبيعة القانونية للمقاومة المسلحة ضد الاحتلال</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yum578kfdw4zh69.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e16knqlm5rtzodu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>149</t>
+          <t>159</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>ماجد صدام سالم</t>
+          <t>حسين عبدالحسن مويح </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>الاهمية الجيوستراتيجية لحقول النفط في محافظة كركوك ( دراسة في الجغرافية السياسية)</t>
+          <t>تداعيات العولمة وسبل مواجهتها عربياً </t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nzhjxm345986b7p.pdf</t>
+          <t>uploads/files/z41h08knec67v5i.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>158</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>احمد جاسم محمد </t>
+          <t>سجى ماجد داود </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Bank Stock Returns and Macroeconomic Variables: Empirical Evidence from Selected ASEAN Countries</t>
+          <t>غش المستفيد واثره على الوفاء بقيمة الاعتماد المستندي(دراسة مقارنة)</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r761_fxdqm8cth2.xps</t>
+          <t>uploads/files/twl2hren0kqc138.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>157</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>محمد أحمد وهم</t>
+          <t>صدام عبد الحسين رميش</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>Knowledge Management and Its Role in Development of Business Organization</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>سندات الشحن الالكترونية في النقل البحري وحجيتها في الاثبات</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/2aqzjp0rk387ve9.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>146</t>
+          <t>155</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>هاشم حنين كريم</t>
+          <t>حيدر طعمه جاسم الساعدي</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>تأثير اكاسيد الحرة في كمية الشحنات الموجبة والسالبة لمعادن الطين</t>
+          <t>A Pragmatic Study of the Cooperative Principle and Grice&amp;#39;s Maxims in Lois Lowry&amp;#39;s The Giver</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ckvrax7p2iym9jo.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3vkm4p6r17c_zn2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>154</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>ضرغام محمد عبدالوهاب</t>
+          <t>احمد فالح شامخ</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>Национальные особенности развития систем управления предпринимательскими структурами (на примере Республики Ирак)</t>
+          <t>تطوير بارك روسكي ليست في مدينة بيلغورد / روسيا</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9fdr5czv2xjtyhi.docx</t>
+          <t>uploads/files/sycmag97od80uz4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>153</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>زينب خليل هاشم</t>
+          <t>احمد كريم احمد</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>المطالبات التعويضية في محفظة التأمين الالزامي</t>
+          <t>البناء الفني لبرامج المناظرات السياسية في القنوات الفضائية العراقية </t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s_gr7xyo9kiqetj.pdf</t>
+          <t>uploads/files/9m76l51tg3sqhk2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>152</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>عدي جاسم محمد</t>
+          <t>كاظم شنته سعد </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>Financial control and its role in the public sector</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر نهر دجلة في تقرير خصائص السطح والتربة في محافظة ميسان </t>
+        </is>
+      </c>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>151</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>محمد جمعة عبد الحسين سعيد </t>
+          <t> محمد ماجد محمد صالح</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>التنظيم القانوني لمكافحة الازدواج الضريبي الدولي</t>
+          <t>تحديد معيار مرجعي للتنبؤ بمستوى الأداء الخططي الهجومي بدلالة زمن الأداء القصوي وتحمل  الأداء والمدرك البصري ودقة التصويب   في لعبة كرة اليد</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t9k4d2lbe013xmr.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/khbw05c23v1uiys.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>150</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>حيدر عليوي شامي</t>
+          <t>علي خزعل جبار</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>اصلاح هيكل النفقات العامة ودورها في سياسة التحول الاقتصادي في العراق للمدة (1990-2012)</t>
+          <t>_RECONCEPTUALISATION OF THE COMPETITIVE ADVANTAGE OF PROCESS COSTING AS A FUNDAMENTAL METHOD OF COST ACCOUNTING: AN OVERVIEW</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_dpa8nl6hozi29u.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yum578kfdw4zh69.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>149</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>رائد صياد علي </t>
+          <t>ماجد صدام سالم</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>تطوير الطاقة المتجددة</t>
+          <t>الاهمية الجيوستراتيجية لحقول النفط في محافظة كركوك ( دراسة في الجغرافية السياسية)</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xpso6yzdkcti0hg.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nzhjxm345986b7p.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>148</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>حلمي إبراهيم منشد</t>
+          <t>احمد جاسم محمد </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>الواقع والآفاق المستقبلية لصناعة الأسمدة الفوسفاتية في بلدان مجلس التعاون العربي</t>
+          <t>Bank Stock Returns and Macroeconomic Variables: Empirical Evidence from Selected ASEAN Countries</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s37u4c2drxyov_a.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r761_fxdqm8cth2.xps</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>147</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>رياض ضياء عزيز فتحي </t>
+          <t>محمد أحمد وهم</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>عناصر إستراتيجية العمليات وأثرها في بعض مجالات الأداء دراسة استطلاعية لآراء المدراء في الشركة العامة لصناعة الأدوية والمستلزمات الطبية في نينوى</t>
-[...6 lines deleted...]
-      </c>
+          <t>Knowledge Management and Its Role in Development of Business Organization</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>146</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>محمد علي حسين </t>
+          <t>هاشم حنين كريم</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>تأثير القيادة الاستراتيجية في تعزيز الممارسات الاستراتيجية لإدارة الموارد البشرية </t>
+          <t>تأثير اكاسيد الحرة في كمية الشحنات الموجبة والسالبة لمعادن الطين</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ykox7z60gwanjtc.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ckvrax7p2iym9jo.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>145</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>محمد خليل إبراهيم محمد جواد </t>
+          <t>ضرغام محمد عبدالوهاب</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="D46" s="1"/>
+          <t>Национальные особенности развития систем управления предпринимательскими структурами (на примере Республики Ирак)</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9fdr5czv2xjtyhi.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>143</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>رسول ماجد صحيب </t>
+          <t>زينب خليل هاشم</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>دور المدقق في تدقيق الشركات المتعاملة بالتجارة الالكترونية ال </t>
+          <t>المطالبات التعويضية في محفظة التأمين الالزامي</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xwb0y4f5mqc_hd1.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/s_gr7xyo9kiqetj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>142</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>حيدر سامي علوان </t>
+          <t>عدي جاسم محمد</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>استخدام بعض الانموذجات الاحصائية لتقدير نسب الملوثات الكيمياوية في نهر دجلة </t>
+          <t>Financial control and its role in the public sector</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/scqnr4hi39_ad7w.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/d6m8k_4cawr90nt.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>141</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>علاء جمعه كريم </t>
+          <t>محمد جمعة عبد الحسين سعيد </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>العلاقه بين رأس المال العامل والاداء المالي في سوق العراق للاوراق الماليه</t>
+          <t>التنظيم القانوني لمكافحة الازدواج الضريبي الدولي</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxt70m4isf2jdga.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t9k4d2lbe013xmr.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>140</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>شيماء ماهود محمد</t>
+          <t>حيدر عليوي شامي</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>اء  المبناء أنموذج احتمالية لتحليل الازدحامات المرورية في محافظة كربلاء المقدسةل</t>
+          <t>اصلاح هيكل النفقات العامة ودورها في سياسة التحول الاقتصادي في العراق للمدة (1990-2012)</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kxnh16l42g9f0a5.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_dpa8nl6hozi29u.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>137</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>صادق حسين نبهان علي </t>
+          <t>رائد صياد علي </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
+          <t>تطوير الطاقة المتجددة</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/td1plfh3mv8sjq2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xpso6yzdkcti0hg.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>