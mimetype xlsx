--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1034 +147,1026 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>250</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>مازن ناجي سلمان </t>
+          <t>احمد عبد المحسن كاظم</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>المستعصم بالله ودوره في مواجهة التحديات الخارجية </t>
-[...6 lines deleted...]
-      </c>
+          <t>معيار إعداد معلمي اللغة العربية في مرحلة الدراسة الابتدائية  بناء وتطبيق </t>
+        </is>
+      </c>
+      <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>248</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t> زيد طالب فالح </t>
+          <t>حسين جاسم محمد </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>مقومات كتابة نص مسرحي تعليمي للمرحلةالمتوسطة في ضوء منهج برشت</t>
-[...6 lines deleted...]
-      </c>
+          <t>n/a</t>
+        </is>
+      </c>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>237</t>
+          <t>247</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>حسين رشك خضير</t>
+          <t>علي فرحان حاشوس</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية المتشابهات في التكوين الفني لرسوم طلبة المرحلة الاعدادية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Suboptimal cutting stocks problem in 1-2-3 dimensional </t>
+        </is>
+      </c>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>236</t>
+          <t>246</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>سامي عطيه سيد </t>
+          <t>ايمان خماس سبع</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>( Statistic methods of programming as exemplified in the relation between the blood systolic pressure and the cholesterol level , age and other parameters in the central district of AL-Amarah city (Iraq)</t>
-[...6 lines deleted...]
-      </c>
+          <t>none</t>
+        </is>
+      </c>
+      <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>245</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عبدالسادة شنشول</t>
+          <t>صبا جاسم مهدي</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>حسن الترابي ونشاطه السياسي والفكري</t>
+          <t>no</t>
         </is>
       </c>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>234</t>
+          <t>244</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>سناء بشير كاظم </t>
+          <t>سامي خلف جبار  </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Levan Production by Bacteria Isolated from Rhizosphere Soil and Evaluation of Factors Affecting its Production.</t>
+          <t>The expression of p53,MDM4 and sonic hedgehog...</t>
         </is>
       </c>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>233</t>
+          <t>243</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>مخلد عبد الكريم رمضان </t>
+          <t>بيداء عبد حسين</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>A Clinicopathological Assessment of Spinal Cord Transection Treated with Electromagnetic Field and Methylprednisolone in Laboratory White Rats (Rattus norvegicus)</t>
+          <t>The phyto-nootropic heritage of Mesopotamian medicine: Focus on putative cholinesterase inhibitors</t>
         </is>
       </c>
       <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>241</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>احمد محمود شاكر</t>
+          <t>ملتقى ناصر جبار رحيمه </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>التفكير الاستراتيجي وعلاقته بأنماط اتخاذ القرار لدى القيادات الادارية في الاتحادات الرياضية الاولمبية العراقيةل</t>
+          <t>فاعلية استراتيجية المحطات العلمية في اكتساب المفاهيم وتنمية التفكير البصري في مادة الخط العربي والزخرفة الاسلامية لدى طلبة قسم التربية الفنية </t>
         </is>
       </c>
       <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>240</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>زينب محمد عادل </t>
+          <t>جواد كاظم داخل</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Detection of ESBLs Genes in Klebsiella spp. Isolated from Clinical   and Environment samples at Thi-Qar Province</t>
-[...2 lines deleted...]
-      <c r="D10" s="1"/>
+          <t>مجلس التعاون العربي 1989-1991</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otw61j5rae4mnlc.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>239</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>علاء كاظم ربع</t>
+          <t>مازن ناجي سلمان </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t> 2017-2011المقموع في روايات الربيع العربي</t>
+          <t>المستعصم بالله ودوره في مواجهة التحديات الخارجية </t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xqm95w3tnabgjp2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4503zvik96awseh.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>238</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>نزار كاظم عباس </t>
+          <t> زيد طالب فالح </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>التفكير الاستدلالي وعلاقته بالتحصيل والاتجاه نحو الرياضيات </t>
-[...2 lines deleted...]
-      <c r="D12" s="1"/>
+          <t>مقومات كتابة نص مسرحي تعليمي للمرحلةالمتوسطة في ضوء منهج برشت</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f7s1wqru_ciym8j.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>237</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>علي مصدق دلفي علي</t>
+          <t>حسين رشك خضير</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Algorithms to Solve Multicriteria Scheduling Problems on Single Machine </t>
+          <t>أثر استراتيجية المتشابهات في التكوين الفني لرسوم طلبة المرحلة الاعدادية</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rxcie32d_4pumz0.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/la3h_quctfprkes.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>236</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>علي خلف رحيم </t>
+          <t>سامي عطيه سيد </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>effect of pars plana vitrectomy on tear film parameters</t>
-[...2 lines deleted...]
-      <c r="D14" s="1"/>
+          <t>( Statistic methods of programming as exemplified in the relation between the blood systolic pressure and the cholesterol level , age and other parameters in the central district of AL-Amarah city (Iraq)</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5c8anv_k6resd70.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>225</t>
+          <t>235</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>وسن ابراهيم منصور </t>
+          <t>فاطمة عبدالسادة شنشول</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>تحليل الاهتزاز لعمودين دوارين متداخلين بطريقة دمج فروقات العناصر والمصفوفات الانتقالية</t>
-[...6 lines deleted...]
-      </c>
+          <t>حسن الترابي ونشاطه السياسي والفكري</t>
+        </is>
+      </c>
+      <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>234</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>عمار جبار حسين </t>
+          <t>سناء بشير كاظم </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>توظيف استراتيجيات تحليل المهمات في تدريب طلبة قسم التربية الفنية على مهارات الإنشاء النحتي</t>
-[...6 lines deleted...]
-      </c>
+          <t>Levan Production by Bacteria Isolated from Rhizosphere Soil and Evaluation of Factors Affecting its Production.</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>233</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>رافد حسن مجيد</t>
+          <t>مخلد عبد الكريم رمضان </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>طهارة الكتابي دراسة فقهية مقارنة بين المذهب الإمامي والمذاهب الأربعة</t>
-[...6 lines deleted...]
-      </c>
+          <t>A Clinicopathological Assessment of Spinal Cord Transection Treated with Electromagnetic Field and Methylprednisolone in Laboratory White Rats (Rattus norvegicus)</t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>231</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>وليد خالد حمود</t>
+          <t>احمد محمود شاكر</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Study the Effect of Solvent and pH on the Fluorescence Intensity and Spectral Properties of Fluorescein  Solutions</t>
+          <t>التفكير الاستراتيجي وعلاقته بأنماط اتخاذ القرار لدى القيادات الادارية في الاتحادات الرياضية الاولمبية العراقيةل</t>
         </is>
       </c>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>230</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>رعد هوير سويلم</t>
+          <t>زينب محمد عادل </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>صورة البطل في شعر العصر العباسي الثالث</t>
-[...6 lines deleted...]
-      </c>
+          <t>Detection of ESBLs Genes in Klebsiella spp. Isolated from Clinical   and Environment samples at Thi-Qar Province</t>
+        </is>
+      </c>
+      <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>218</t>
+          <t>229</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>نائل </t>
+          <t>علاء كاظم ربع</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>القراءة الممكنة في النص النقدي الابداعي )الغائب انموذجا)</t>
+          <t> 2017-2011المقموع في روايات الربيع العربي</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0g6vbduh8y4rqm1.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xqm95w3tnabgjp2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>228</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>حسن منصور محمد </t>
+          <t>نزار كاظم عباس </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>الآخر في الشعر الأندلسي ابن حزم انموذجا</t>
-[...6 lines deleted...]
-      </c>
+          <t>التفكير الاستدلالي وعلاقته بالتحصيل والاتجاه نحو الرياضيات </t>
+        </is>
+      </c>
+      <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>216</t>
+          <t>227</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>محمد كريم خلف</t>
+          <t>علي مصدق دلفي علي</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>دور المسرح في تطوير التلقي البصري عند المستفيدين الصم و البكم في معاهد الأمل العراقية </t>
+          <t>Algorithms to Solve Multicriteria Scheduling Problems on Single Machine </t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sz78_pw6290jome.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rxcie32d_4pumz0.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>226</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>محمد عرب </t>
+          <t>علي خلف رحيم </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>الوظيفة الصحية</t>
+          <t>effect of pars plana vitrectomy on tear film parameters</t>
         </is>
       </c>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>225</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>علي صاحب عيسى </t>
+          <t>وسن ابراهيم منصور </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>الصورة الشعرية في شعر كعب بن مالك الأنصاري </t>
+          <t>تحليل الاهتزاز لعمودين دوارين متداخلين بطريقة دمج فروقات العناصر والمصفوفات الانتقالية</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bpr0v8ya52ciloj.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xiudw42te9ks8gb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>223</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>كامل جاسم دهش </t>
+          <t>عمار جبار حسين </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>الامارة البابانية في العهد العثماني </t>
-[...2 lines deleted...]
-      <c r="D25" s="1"/>
+          <t>توظيف استراتيجيات تحليل المهمات في تدريب طلبة قسم التربية الفنية على مهارات الإنشاء النحتي</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k7c9i8duf0rhblo.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>221</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>باسم علوان حسن رضا </t>
+          <t>رافد حسن مجيد</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>خصائص البناء الدرامي في نصوص محي الدين زنكنه </t>
+          <t>طهارة الكتابي دراسة فقهية مقارنة بين المذهب الإمامي والمذاهب الأربعة</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bnz7ktq29alfps1.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ohju8qet4n0619l.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>209</t>
+          <t>220</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>قاسم نجم عبد </t>
+          <t>وليد خالد حمود</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>أدب الشهيدة بنت الهدى القصصي دراسة في الفن </t>
-[...6 lines deleted...]
-      </c>
+          <t>Study the Effect of Solvent and pH on the Fluorescence Intensity and Spectral Properties of Fluorescein  Solutions</t>
+        </is>
+      </c>
+      <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>219</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جلال مصطفى حمزة</t>
+          <t>رعد هوير سويلم</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>البعد النفسي للشخصية المسرحية في مسرحيات فلا شاكر </t>
-[...2 lines deleted...]
-      <c r="D28" s="1"/>
+          <t>صورة البطل في شعر العصر العباسي الثالث</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3qlntusm1ki9oaj.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>218</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>حسين مطشر عزيز </t>
+          <t>نائل </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>prospective study for below knee amputation in ischemic limb</t>
-[...2 lines deleted...]
-      <c r="D29" s="1"/>
+          <t>القراءة الممكنة في النص النقدي الابداعي )الغائب انموذجا)</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0g6vbduh8y4rqm1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>217</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>فاضل عباس عبد الرسول راضي </t>
+          <t>حسن منصور محمد </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>non</t>
-[...2 lines deleted...]
-      <c r="D30" s="1"/>
+          <t>الآخر في الشعر الأندلسي ابن حزم انموذجا</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n5fhk1s_erj7w4o.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>216</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>صادق موسى احمد سندال </t>
+          <t>محمد كريم خلف</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
-[...2 lines deleted...]
-      <c r="D31" s="1"/>
+          <t>دور المسرح في تطوير التلقي البصري عند المستفيدين الصم و البكم في معاهد الأمل العراقية </t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sz78_pw6290jome.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>215</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>حيدر حسان فرج دهم </t>
+          <t>محمد عرب </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Determination of Physical and Geotechnical Properties of Calcareous rocks for Kufa Cement plant</t>
-[...6 lines deleted...]
-      </c>
+          <t>الوظيفة الصحية</t>
+        </is>
+      </c>
+      <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>214</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>رشا كريم خضر</t>
+          <t>علي صاحب عيسى </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>A study of the effect of Nigella sativa (Black seeds) on pyrazinamide and anti-tuberculosis drugs induced hepatotoxicity in rabbits.</t>
+          <t>الصورة الشعرية في شعر كعب بن مالك الأنصاري </t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0vyr8xem9u67kqp.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bpr0v8ya52ciloj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>202</t>
+          <t>213</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t> ميساء غازي جمعة</t>
+          <t>كامل جاسم دهش </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Isolation and identification of Helicobacter pylori in drinking water of Basra governorate  </t>
+          <t>الامارة البابانية في العهد العثماني </t>
         </is>
       </c>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>210</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>اشراق جاسم حسام</t>
+          <t>باسم علوان حسن رضا </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>Effect of zinc toxicity on some of the Hematological parameters and reproductive performance in the mice</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>خصائص البناء الدرامي في نصوص محي الدين زنكنه </t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bnz7ktq29alfps1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>209</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t> محمد عبد درويش</t>
+          <t>قاسم نجم عبد </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t> لا توجد</t>
-[...2 lines deleted...]
-      <c r="D36" s="1"/>
+          <t>أدب الشهيدة بنت الهدى القصصي دراسة في الفن </t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/icxd6gv7tnh2_se.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>199</t>
+          <t>208</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>حسن عبدالامير حسين </t>
+          <t>مصطفى جلال مصطفى حمزة</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>No</t>
+          <t>البعد النفسي للشخصية المسرحية في مسرحيات فلا شاكر </t>
         </is>
       </c>
       <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>198</t>
+          <t>207</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>رشا خليل عبد الجليل عاتي</t>
+          <t>حسين مطشر عزيز </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
+          <t>prospective study for below knee amputation in ischemic limb</t>
         </is>
       </c>
       <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>197</t>
+          <t>206</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t> رضا علوان حسن رضا</t>
+          <t>فاضل عباس عبد الرسول راضي </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>مرحبا</t>
+          <t>non</t>
         </is>
       </c>
       <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>196</t>
+          <t>205</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>احمد علي حسين </t>
+          <t>صادق موسى احمد سندال </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>concept of E-governance by using high level security system  </t>
-[...6 lines deleted...]
-      </c>
+          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
+        </is>
+      </c>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>204</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>  عقيلة حيدر مجيد يحيى</t>
+          <t>حيدر حسان فرج دهم </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>لايوجد</t>
-[...2 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>Determination of Physical and Geotechnical Properties of Calcareous rocks for Kufa Cement plant</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/yzw1jgxnbcq_ldm.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>203</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>عمر منصب كاصد</t>
+          <t>رشا كريم خضر</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>اهلا ومرحبا</t>
-[...2 lines deleted...]
-      <c r="D42" s="1"/>
+          <t>A study of the effect of Nigella sativa (Black seeds) on pyrazinamide and anti-tuberculosis drugs induced hepatotoxicity in rabbits.</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0vyr8xem9u67kqp.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>202</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>محمد طاهر جاسم</t>
+          <t> ميساء غازي جمعة</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>CULTURAL DIMENSIONS AFFECTING POLITENESS STRATEGIES IN ENGLISH  AND ARABIC</t>
-[...6 lines deleted...]
-      </c>
+          <t>Isolation and identification of Helicobacter pylori in drinking water of Basra governorate  </t>
+        </is>
+      </c>
+      <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>191</t>
+          <t>201</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>  حسين فاضل موسى </t>
+          <t>اشراق جاسم حسام</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>لاتوجد</t>
+          <t>Effect of zinc toxicity on some of the Hematological parameters and reproductive performance in the mice</t>
         </is>
       </c>
       <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>200</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالمحسن علي</t>
+          <t> محمد عبد درويش</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>لاتوجد</t>
+          <t> لا توجد</t>
         </is>
       </c>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>199</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>علي جواد جابر </t>
+          <t>حسن عبدالامير حسين </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>Clinical immunology/cancer treatment</t>
+          <t>No</t>
         </is>
       </c>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>188</t>
+          <t>198</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>حسام رحيم محمد مهدي </t>
+          <t>رشا خليل عبد الجليل عاتي</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>ARSENIC MAY BE TARGETED THERAPY FOR CANCERS HARBORING TRIM-DOMAIN CONTAINING FUSION PROTEINS</t>
+          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
         </is>
       </c>
       <c r="D47" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>197</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t> يوسف عبدالستار سعدون </t>
+          <t> رضا علوان حسن رضا</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Simplified Transport Layer Security implementation</t>
+          <t>مرحبا</t>
         </is>
       </c>
       <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>196</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>علي حسن حرفش</t>
+          <t>احمد علي حسين </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية وبيئية لذبابة ثمار القرعيات Dacus frontalis  Becker 1922 Tephritidae ): ( Diptera في بعض مناطق محافظتي البصرة و ميسان</t>
+          <t>concept of E-governance by using high level security system  </t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/0i349qozdxebwvj.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bil4jt90mugs_c1.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>194</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>قيصر علي كريدي </t>
+          <t>  عقيلة حيدر مجيد يحيى</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>Epidemiological survey of hydropericardium syndrome in middle area of Iraq </t>
+          <t>لايوجد</t>
         </is>
       </c>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>193</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>كرار اكرم كامل</t>
+          <t>عمر منصب كاصد</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Comparative Study of the Effects of Different Industrial Effluents on Fenugreek Plants Growth</t>
-[...6 lines deleted...]
-      </c>
+          <t>اهلا ومرحبا</t>
+        </is>
+      </c>
+      <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>