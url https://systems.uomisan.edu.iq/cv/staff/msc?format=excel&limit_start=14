--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1076 +147,1096 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>295</t>
+          <t>304</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>كاظم جعفر شريف أحمد</t>
+          <t>منتظر صبيح داود</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>التعويضات عن الاضرار في القانون الدولي العام </t>
+          <t>دور مجلس النواب العراقي في تشكيل السلطة التنفيذية الاتحادية</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l4biv6g5sa2_emf.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9curqk84p0ayni7.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>303</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>حنان كاظم عبد </t>
+          <t>صباح حسن جاسم صالح </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>المهارات الحياتية المتضمنة في كتابي العلوم للصفين  الخامس والسادس الابتدائي في مادة العلوم   </t>
-[...6 lines deleted...]
-      </c>
+          <t> Statistical forecasting methods for necessary amount of gas for the life of the central area of the city Al-Amarah (Iraq)</t>
+        </is>
+      </c>
+      <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>302</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>أميل جبار عاشور الراشدي</t>
+          <t>عدي علي صبيح الجراح</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>الحماية الإدارية للاخلاق العامة( دراسة مقارنة)</t>
+          <t>دراسة سمك طبقة الزيت على سطح الماء من خلال ظاهرة رامان</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_ingshf3r85zoq4.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4o07jr13mlkgn9e.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>301</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>شيماء كريم حسون</t>
+          <t> رجاء سعدون زبون</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>التدريس باستراتيجية الاحداث المتناقضةواثره في التفكير الرياضي لدى طالبات الصف الثاني المتوسط</t>
+          <t>اثر استعمال أسلوب المناقشة الثنائية في تحصيل طالبات الصف الرابع العام في مادة الأدب والنصوص</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tbskn48fq53y9rw.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ufxojvnc06isy4_.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>300</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>سجى فالح حسين</t>
+          <t>هديل صالح مهدي</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>النظام الدستوري للسلطة القضائية الاتحادية في دستور جمهورية العراق لسنة ٢٠٠٥</t>
-[...6 lines deleted...]
-      </c>
+          <t>APPLICATION OF RADIOLOGICAL DATA OF LIGNOCERIC ACID C24H48O2  IN MEDICAL FIELD</t>
+        </is>
+      </c>
+      <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>289</t>
+          <t>299</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>عمار </t>
+          <t>احمد هادي حافظ</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>البعد الرمزي في شعر حاييم نحمان بياليق </t>
-[...2 lines deleted...]
-      <c r="D7" s="1"/>
+          <t>الالتزام بضمان السلامة في عقد السياحة واثار الاخلال به</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o2xrytjpw0qg98a.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>287</t>
+          <t>298</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>هند علي محمد</t>
+          <t>سجى زبير ذيبان</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>سلطات رئيس الدولة على الوزراء دراسة مقارنة</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>Investigation of specific and non-specific detection methods for isothermal amplification of Morganellamorganii</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4l92706nd5r18hb.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>286</t>
+          <t>297</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن علي جبر </t>
+          <t>حسنين ضياء نوري علي </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>بهبهرالمرحله المتوسطهالتفكير الجبري وعلاقته بعض المتغيرات لدى طل </t>
+          <t>تفسير القانون الاجنبي - دراسة مقارنة </t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8cpb27g6uqmnlt1.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/d3seq4982yr_h5a.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>285</t>
+          <t>296</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>سلام ناجي باقر </t>
+          <t>عباس فيصل مشتت</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>تدريس المفاهيم البلاغية </t>
+          <t>التفكير البصري في رموز التراث العراقي لأثراء القيم الجمالية للتصميم المعاصر من خلال توالد الافكار</t>
         </is>
       </c>
       <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>283</t>
+          <t>295</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>شيماء جاسم محمد</t>
+          <t>كاظم جعفر شريف أحمد</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية (استمع – اقرأ – ناقش) في التحصيل والاستبقاء والاتجاه نحو الخيال العلمي في مادة الحرارة والثرموداينمك لدى طلبة المرحلة الثانية كلية التربية الاساسية </t>
+          <t>التعويضات عن الاضرار في القانون الدولي العام </t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rnou5bekcz7w92a.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l4biv6g5sa2_emf.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>282</t>
+          <t>293</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>منار فاروق عزيز </t>
+          <t>حنان كاظم عبد </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>التلمذه المعرفية وأثرها في التحصيل والتفكير الرياضي لدى تاميذات الصف الخامس الابتدائي </t>
+          <t>المهارات الحياتية المتضمنة في كتابي العلوم للصفين  الخامس والسادس الابتدائي في مادة العلوم   </t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u_0jfi9wrg5ya1s.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k2voy_gb67f4qdm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>292</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>يسار عطيه تويه</t>
+          <t>أميل جبار عاشور الراشدي</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>الوضع القانون للحدود العراقية الايرانية الكويتية واثارها الاقتصادية</t>
+          <t>الحماية الإدارية للاخلاق العامة( دراسة مقارنة)</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y5agnuvtj1fmcl2.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_ingshf3r85zoq4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>291</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>مثنى عبد الكاظم ماشاف</t>
+          <t>شيماء كريم حسون</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>مشروعية بنود الموافقة في العقود واحكام تنفيذها(دراسة مقارنة)</t>
+          <t>التدريس باستراتيجية الاحداث المتناقضةواثره في التفكير الرياضي لدى طالبات الصف الثاني المتوسط</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yo52feqx3dvk809.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tbskn48fq53y9rw.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>279</t>
+          <t>290</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>رنا كاظم معن</t>
+          <t>سجى فالح حسين</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>المنقذ والمخلص في المعتقدات العراقية و الفارسية القديمة</t>
+          <t>النظام الدستوري للسلطة القضائية الاتحادية في دستور جمهورية العراق لسنة ٢٠٠٥</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2dsbrp5kfx9_w7u.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l109ekrawtcx6yb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>278</t>
+          <t>289</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>علي دوحي عذافة كافي</t>
+          <t>عمار </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>اللامركزية الادارية واثرها في تمويل الوحدات الادارية (دراسة مقارنة)</t>
-[...6 lines deleted...]
-      </c>
+          <t>البعد الرمزي في شعر حاييم نحمان بياليق </t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>277</t>
+          <t>287</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>حيدر غازي لازم </t>
+          <t>هند علي محمد</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>دراسة الخواص التركيبية والبصرية لإغشية أوكسيد الكادميوم المشوبة بأوكسيد الزنك</t>
-[...6 lines deleted...]
-      </c>
+          <t>سلطات رئيس الدولة على الوزراء دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>276</t>
+          <t>286</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>عيسى راضي حمادي</t>
+          <t>محمد حسن علي جبر </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>By course</t>
-[...2 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>بهبهرالمرحله المتوسطهالتفكير الجبري وعلاقته بعض المتغيرات لدى طل </t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8cpb27g6uqmnlt1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>285</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>لؤي جمعه فاضل </t>
+          <t>سلام ناجي باقر </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>نوبار باشا ودوره السياسي في مصر حتى عام 1895</t>
+          <t>تدريس المفاهيم البلاغية </t>
         </is>
       </c>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>283</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>اسماء صادق غالي</t>
+          <t>شيماء جاسم محمد</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t> الااثر استراتيجية التعليم المتمايز في التحصيل والتفكير</t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>أثر استراتيجية (استمع – اقرأ – ناقش) في التحصيل والاستبقاء والاتجاه نحو الخيال العلمي في مادة الحرارة والثرموداينمك لدى طلبة المرحلة الثانية كلية التربية الاساسية </t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rnou5bekcz7w92a.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>273</t>
+          <t>282</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>ود داود قاسم </t>
+          <t>منار فاروق عزيز </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية الكرسي الساخن في التحصيل واختزال القلق الرياضي لدى تلميذات الصف الخامس الابتدائي في مادة الرياضيات </t>
+          <t>التلمذه المعرفية وأثرها في التحصيل والتفكير الرياضي لدى تاميذات الصف الخامس الابتدائي </t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8a6fmltv91g0rj2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u_0jfi9wrg5ya1s.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>281</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>وسام عبود درجال</t>
+          <t>يسار عطيه تويه</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>جغرافية التعليم في ميسان</t>
+          <t>الوضع القانون للحدود العراقية الايرانية الكويتية واثارها الاقتصادية</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aews46uq3inpyck.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y5agnuvtj1fmcl2.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>271</t>
+          <t>280</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>رنا صبيح عبود </t>
+          <t>مثنى عبد الكاظم ماشاف</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام الحاسوب في تحصيل واستبقاء ماده الاحصاء </t>
-[...2 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>مشروعية بنود الموافقة في العقود واحكام تنفيذها(دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yo52feqx3dvk809.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>279</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>لطيف جبار فرحان</t>
+          <t>رنا كاظم معن</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>كورسات</t>
+          <t>المنقذ والمخلص في المعتقدات العراقية و الفارسية القديمة</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/01jesydg4i723t8.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2dsbrp5kfx9_w7u.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>278</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>انس صبري ابو علي</t>
+          <t>علي دوحي عذافة كافي</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>في تاثير الكافور على بعض المعايرالفسلجيةو  الكيمائية والنسيجة في ذكور الجرذان البيضاءو </t>
+          <t>اللامركزية الادارية واثرها في تمويل الوحدات الادارية (دراسة مقارنة)</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iyg6oxrhtv5m3qc.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xjfv_d25ae1mo07.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>268</t>
+          <t>277</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>عماد جاسم محمد </t>
+          <t>حيدر غازي لازم </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>لاتوجد</t>
+          <t>دراسة الخواص التركيبية والبصرية لإغشية أوكسيد الكادميوم المشوبة بأوكسيد الزنك</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aiweldsc_gxmojr.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dtnp9uz652fvam8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>267</t>
+          <t>276</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>فريد حنين جاسم محمد</t>
+          <t>عيسى راضي حمادي</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>الحماية المدنية من الاعلان التجاري المضلل</t>
-[...6 lines deleted...]
-      </c>
+          <t>By course</t>
+        </is>
+      </c>
+      <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>266</t>
+          <t>275</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الزهرة علوان حسان </t>
+          <t>لؤي جمعه فاضل </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>مهارات البرهان الرياضي وعلاقتها بالتفكير التحليلي لدى طلبة الصف الثالث المتوسط</t>
-[...6 lines deleted...]
-      </c>
+          <t>نوبار باشا ودوره السياسي في مصر حتى عام 1895</t>
+        </is>
+      </c>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>274</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>شهاب احمد صالح</t>
+          <t>اسماء صادق غالي</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t> لتبني الحنطهتاثير السيلجه والمعامله باليوريا في القيمه الغذائيه</t>
+          <t> الااثر استراتيجية التعليم المتمايز في التحصيل والتفكير</t>
         </is>
       </c>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>264</t>
+          <t>273</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>حيدر عرس عفن</t>
+          <t>ود داود قاسم </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>عينية الدعوى الجزائية -دراسة مقارنة-</t>
+          <t>اثر استراتيجية الكرسي الساخن في التحصيل واختزال القلق الرياضي لدى تلميذات الصف الخامس الابتدائي في مادة الرياضيات </t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0zklm3x6ut9rgqo.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8a6fmltv91g0rj2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>272</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>علي مهدي عبد الحسين </t>
+          <t>وسام عبود درجال</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>Studying the transition from U(5) to O(6) then to SU(3) in the medium and heavy nuclei by using (IBM-1) moďel</t>
-[...2 lines deleted...]
-      <c r="D31" s="1"/>
+          <t>جغرافية التعليم في ميسان</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aews46uq3inpyck.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>271</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>زينب ستار جبار كاظم</t>
+          <t>رنا صبيح عبود </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية المدنية الناشئة عن الاعلانات التجارية عبر الانترنت دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر استخدام الحاسوب في تحصيل واستبقاء ماده الاحصاء </t>
+        </is>
+      </c>
+      <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>261</t>
+          <t>270</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>ليث كاظم عبودي</t>
+          <t>لطيف جبار فرحان</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>السياسة الجنائية في مكافحة الارهاب بالقانون العراقي والقانون المقارن</t>
+          <t>كورسات</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lz6n4u8k5jbwice.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/01jesydg4i723t8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>259</t>
+          <t>269</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>أ.د.أحمد هاشم عبد </t>
+          <t>انس صبري ابو علي</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>الالتزام بالاعلام في عقد العلاج الطبي(دراسة مقارنة)</t>
+          <t>في تاثير الكافور على بعض المعايرالفسلجيةو  الكيمائية والنسيجة في ذكور الجرذان البيضاءو </t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5mwjuxtns4vefca.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iyg6oxrhtv5m3qc.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>258</t>
+          <t>268</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>عمر ناطق يحيى</t>
+          <t>عماد جاسم محمد </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t> الالية القانونية لعمل سوق الاوراق المالية عبر شركات الوساطة </t>
+          <t>لاتوجد</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/35sl9q_8urdmg7h.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aiweldsc_gxmojr.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>257</t>
+          <t>267</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>احمد عباس حسين</t>
+          <t>فريد حنين جاسم محمد</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>Bank lending and stock market performance: Evidence from ASEAN Banks</t>
+          <t>الحماية المدنية من الاعلان التجاري المضلل</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vl9rky62tf3_c57.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bn1hyuwziqf5l8d.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>256</t>
+          <t>266</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>أ.د.علاء نافع كطافة </t>
+          <t>حيدر عبد الزهرة علوان حسان </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>حدود اختصاص القضاء الاداري في منازعات عقد البناء والتشغيل ونقل الملكية (دراسة مقارنة)</t>
+          <t>مهارات البرهان الرياضي وعلاقتها بالتفكير التحليلي لدى طلبة الصف الثالث المتوسط</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hegxf4ivjybswrz.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vfxw8gho7y0z5rn.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>265</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>علي خالد عبد الله</t>
+          <t>شهاب احمد صالح</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
-[...6 lines deleted...]
-      </c>
+          <t> لتبني الحنطهتاثير السيلجه والمعامله باليوريا في القيمه الغذائيه</t>
+        </is>
+      </c>
+      <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>264</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>أنوار صباح عبد المجيد </t>
+          <t>حيدر عرس عفن</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>أثر خرائط المفاهيم في التحصيل والتفكير الرياضي </t>
+          <t>عينية الدعوى الجزائية -دراسة مقارنة-</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nxuvhfl4d_it63y.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0zklm3x6ut9rgqo.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>263</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>علي صباح عبد السيلاوي</t>
+          <t>علي مهدي عبد الحسين </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>An Evaluation of Enterprise Architecture Frameworks for E-Government</t>
-[...6 lines deleted...]
-      </c>
+          <t>Studying the transition from U(5) to O(6) then to SU(3) in the medium and heavy nuclei by using (IBM-1) moďel</t>
+        </is>
+      </c>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>252</t>
+          <t>262</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>احمد خليف منخي</t>
+          <t>زينب ستار جبار كاظم</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>التحول الاسلوبي في بنائية المادة في النحت العراقي الحديث</t>
+          <t>المسؤولية المدنية الناشئة عن الاعلانات التجارية عبر الانترنت دراسة مقارنة</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qvsz97yldjrx4m6.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gp2u56swh_qndai.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>261</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>وسن قاسم علوان</t>
+          <t>ليث كاظم عبودي</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>أثر إستخدام إستراتيجية SQ3R التعليمية في التحصيل الآني والاجل لمادة الأحياء للصف الثاني المتوسط</t>
+          <t>السياسة الجنائية في مكافحة الارهاب بالقانون العراقي والقانون المقارن</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/63nqw_cvbygjalo.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lz6n4u8k5jbwice.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>259</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>احمد عبد المحسن كاظم</t>
+          <t>أ.د.أحمد هاشم عبد </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>معيار إعداد معلمي اللغة العربية في مرحلة الدراسة الابتدائية  بناء وتطبيق </t>
-[...2 lines deleted...]
-      <c r="D43" s="1"/>
+          <t>الالتزام بالاعلام في عقد العلاج الطبي(دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5mwjuxtns4vefca.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>248</t>
+          <t>258</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>حسين جاسم محمد </t>
+          <t>عمر ناطق يحيى</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>n/a</t>
-[...2 lines deleted...]
-      <c r="D44" s="1"/>
+          <t> الالية القانونية لعمل سوق الاوراق المالية عبر شركات الوساطة </t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/35sl9q_8urdmg7h.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>247</t>
+          <t>257</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>علي فرحان حاشوس</t>
+          <t>احمد عباس حسين</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Suboptimal cutting stocks problem in 1-2-3 dimensional </t>
-[...2 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>Bank lending and stock market performance: Evidence from ASEAN Banks</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vl9rky62tf3_c57.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>246</t>
+          <t>256</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>ايمان خماس سبع</t>
+          <t>أ.د.علاء نافع كطافة </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>none</t>
-[...2 lines deleted...]
-      <c r="D46" s="1"/>
+          <t>حدود اختصاص القضاء الاداري في منازعات عقد البناء والتشغيل ونقل الملكية (دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hegxf4ivjybswrz.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>245</t>
+          <t>255</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>صبا جاسم مهدي</t>
+          <t>علي خالد عبد الله</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>no</t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k_0ucaig6thryl4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>244</t>
+          <t>254</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>سامي خلف جبار  </t>
+          <t>أنوار صباح عبد المجيد </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>The expression of p53,MDM4 and sonic hedgehog...</t>
-[...2 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>أثر خرائط المفاهيم في التحصيل والتفكير الرياضي </t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nxuvhfl4d_it63y.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>243</t>
+          <t>253</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>بيداء عبد حسين</t>
+          <t>علي صباح عبد السيلاوي</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>The phyto-nootropic heritage of Mesopotamian medicine: Focus on putative cholinesterase inhibitors</t>
-[...2 lines deleted...]
-      <c r="D49" s="1"/>
+          <t>An Evaluation of Enterprise Architecture Frameworks for E-Government</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q6xzknwpocgmeiy.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>252</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ملتقى ناصر جبار رحيمه </t>
+          <t>احمد خليف منخي</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>فاعلية استراتيجية المحطات العلمية في اكتساب المفاهيم وتنمية التفكير البصري في مادة الخط العربي والزخرفة الاسلامية لدى طلبة قسم التربية الفنية </t>
-[...2 lines deleted...]
-      <c r="D50" s="1"/>
+          <t>التحول الاسلوبي في بنائية المادة في النحت العراقي الحديث</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qvsz97yldjrx4m6.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>251</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>جواد كاظم داخل</t>
+          <t>وسن قاسم علوان</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>مجلس التعاون العربي 1989-1991</t>
+          <t>أثر إستخدام إستراتيجية SQ3R التعليمية في التحصيل الآني والاجل لمادة الأحياء للصف الثاني المتوسط</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otw61j5rae4mnlc.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/63nqw_cvbygjalo.doc</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>