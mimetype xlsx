--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1082 +147,1090 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>361</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>محمد هاتو  محمد </t>
+          <t>صلاح عبد الحسن غيلان</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>حياتية سمكة لسان الثور الاملس (cyno glossus arei) و المزلق المسنن ( pseudorhumbus arssius) في شمال غرب الخليج العربي </t>
+          <t>مساند النمو لحاصل الخس في تقنية الفيلم المغذي للزراعة المائية</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/6_qi7cgevd8lsa1.pdf</t>
+          <t>uploads/files/qiow52chxsv49jk.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>360</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>حسين أمير عباس </t>
+          <t>علي حسين علي </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني للبرامج الاستقصائية في الفضائيات العربية </t>
-[...2 lines deleted...]
-      <c r="D3" s="1"/>
+          <t>دراسة تشخيصية وبيئية لنوعين من البق الدقيقي مع بعض طرائق مكافحتها في محافظة البصرة </t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/gu90zpx5mhcqn4l.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>349</t>
+          <t>359</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>رحيم حسين موسى </t>
+          <t>زيدون طارق هاشم</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>العدالة الضريبية</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>348</t>
+          <t>358</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>سولاف عبدالقادر حميد</t>
+          <t>اسعد شامل عطية </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>دور اخلاقيات الادارة في دعم الابداع بالجامعات العراقية</t>
-[...2 lines deleted...]
-      <c r="D5" s="1"/>
+          <t>عزل وتنقية وتوصيف لاكتوفيرين شرش حليب الابل الأبقار وتقييم فعاليته المضادة للأكسدة </t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/vt49kjms5dza1hy.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>347</t>
+          <t>357</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>ستار خلف عريبي</t>
+          <t>محمد حمدان </t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>فاعلية التعليم المعكوس في التحصيل وتنمية التفكير البصري لدى طلبة قسم التربية الفنية</t>
-[...2 lines deleted...]
-      <c r="D6" s="1"/>
+          <t>.تقييم كفاءة مستحضرين الاحيائيين للفطرTrichoderma viride  والبكتريا Pseudomonas fluorescens pf_DS  في مكافحة مرض ثأليل الحنطة المتسبب عن نيماتودا Anguina tritici </t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/behy1ctra8ms57q.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>356</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>صادق فنجان حسناوي </t>
+          <t>قصي حطاب ماضي</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>تحسين التكنولوجيا ووسائل المعالجات الأولية لحليب البقر</t>
+          <t>.تقييم كفاءة حامض السالسلك و بعض العوامل الاحيائية في مكافحة مرض تعفن جذور نبات الباميا المتسبب عن الفطر  Rhizoctonia solani</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/s5pmld4te_zbxkj.pdf</t>
+          <t>uploads/files/8jt31hgky2rmf5b.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>344</t>
+          <t>355</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>غسان كاظم جبر </t>
+          <t>عبد الكريم  قاسم جبر </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>بناء وتطبيق وحدة تعليمية نمطية في مادة المسرح المدرسي</t>
+          <t>تشخيص ودراسة الاهمية الاقتصادية لفايروس المسبب لمرض موازئيك الفلفل في العراق.</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bc1jh9maev0u4lf.doc</t>
+          <t>uploads/files/cqh26dorvemkups.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>343</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>زينب جمعه حنون</t>
+          <t>شبيب منشد جاسم</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>اثر فاعلية سلم المفهوم في الأداء التعببري لدى طالبات الصف الخامس الاعدادي</t>
+          <t>Morphological and biochemical Identification of culturable LABs cause vacuum packed meat products spoilage</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i3n1_zls5we8xpj.pdf</t>
+          <t>uploads/files/wmp7zytkos89d42.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>342</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>الاء علي حسين</t>
+          <t>نورفلاح مهدي </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>صعوبات تعليم المواد الاجتماعية في مرحلة الدراسة الابتدائية من وجهة نظر معلمي ومعلمات هذة المواد مي ومعلمات هذة المواد </t>
+          <t>اطالة فترة حفظ اللحم البقري بالتبريد باستخدام النايسين و اكليل الجبل</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6xqu23kjg_9yl0d.doc</t>
+          <t>uploads/files/t1ifo4ghcu0z52l.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>341</t>
+          <t>352</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عبد سعيد</t>
+          <t>محمد هاتو  محمد </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>الطلقاء دراسة في المعنى وأشكالية القراءة التاريخية</t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>حياتية سمكة لسان الثور الاملس (cyno glossus arei) و المزلق المسنن ( pseudorhumbus arssius) في شمال غرب الخليج العربي </t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/6_qi7cgevd8lsa1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>339</t>
+          <t>350</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>صادق زغير محيسن </t>
+          <t>حسين أمير عباس </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>القواعد ذات التطبيق المباشر في القانون الدلولي الخاص</t>
-[...6 lines deleted...]
-      </c>
+          <t>البناء الفني للبرامج الاستقصائية في الفضائيات العربية </t>
+        </is>
+      </c>
+      <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>338</t>
+          <t>349</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>عمار دعير فالح</t>
+          <t>رحيم حسين موسى </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>الحماية القانونية للنازحين داخليا- العراق أنموذجاً</t>
+          <t>العدالة الضريبية</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1r67jve2lfoxbd3.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g240vjt7npxdfla.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>337</t>
+          <t>348</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>مرتضى حسن جاسم</t>
+          <t>سولاف عبدالقادر حميد</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تحليل النظام القضائي العشائري على اساس تعاليم العدالة التصالحية </t>
-[...6 lines deleted...]
-      </c>
+          <t>دور اخلاقيات الادارة في دعم الابداع بالجامعات العراقية</t>
+        </is>
+      </c>
+      <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>336</t>
+          <t>347</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>سرى سمير علوان </t>
+          <t>ستار خلف عريبي</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>تأثيرحليب وبول الابل في حيوية الرؤيسات الاولية لطفيلي المشوكات الحبيبية داخل وخارج الجسم الحي</t>
-[...6 lines deleted...]
-      </c>
+          <t>فاعلية التعليم المعكوس في التحصيل وتنمية التفكير البصري لدى طلبة قسم التربية الفنية</t>
+        </is>
+      </c>
+      <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>335</t>
+          <t>346</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>خليل ابراهيم حسب </t>
+          <t>صادق فنجان حسناوي </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>حوار الحقيقة بين المدرسة العدلية ومدرسة الاشاعرة</t>
+          <t>تحسين التكنولوجيا ووسائل المعالجات الأولية لحليب البقر</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5fzy_un36mgrkeh.pdf</t>
+          <t>uploads/files/s5pmld4te_zbxkj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>334</t>
+          <t>344</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>سلام جمعه هادي </t>
+          <t>غسان كاظم جبر </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>النظام القانوني للتعهد بنقل الملكيه</t>
+          <t>بناء وتطبيق وحدة تعليمية نمطية في مادة المسرح المدرسي</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2l5zxcubvyj7ian.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bc1jh9maev0u4lf.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>333</t>
+          <t>343</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>ضفاف مهدي حسون</t>
+          <t>زينب جمعه حنون</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...2 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>اثر فاعلية سلم المفهوم في الأداء التعببري لدى طالبات الصف الخامس الاعدادي</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i3n1_zls5we8xpj.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>332</t>
+          <t>342</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>اسماء سلام خليل </t>
+          <t>الاء علي حسين</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>أثر التدريس لمهارات التفكير الإلكتروني في تحصيل طالبات الصف الخامس الأدبي </t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>صعوبات تعليم المواد الاجتماعية في مرحلة الدراسة الابتدائية من وجهة نظر معلمي ومعلمات هذة المواد مي ومعلمات هذة المواد </t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6xqu23kjg_9yl0d.doc</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>341</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الحسين يندر</t>
+          <t>فاطمة عبد سعيد</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
-[...6 lines deleted...]
-      </c>
+          <t>الطلقاء دراسة في المعنى وأشكالية القراءة التاريخية</t>
+        </is>
+      </c>
+      <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>339</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>عبدالمحسن نتيش حسن</t>
+          <t>صادق زغير محيسن </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>اثر المصالحة مع الادارة في جرائم الاموال العامة </t>
+          <t>القواعد ذات التطبيق المباشر في القانون الدلولي الخاص</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zdje5f8t_npl37c.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bj0k_6oudwhnf2p.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>328</t>
+          <t>338</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>ماجد مجباس حسن </t>
+          <t>عمار دعير فالح</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>المركز القانوني للمحكم دراسة مقارنة</t>
+          <t>الحماية القانونية للنازحين داخليا- العراق أنموذجاً</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5w1sgac0bvrqjy2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1r67jve2lfoxbd3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>326</t>
+          <t>337</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>وئام عبد العادل وحيد محمد </t>
+          <t>مرتضى حسن جاسم</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية (R-E-A-P) في الفهم القرائي لدى طالبات الصف الثاني المتوسط</t>
+          <t>تحليل النظام القضائي العشائري على اساس تعاليم العدالة التصالحية </t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iva_3o0y9wrnlm4.doc</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uc02qxsyk9m_pfg.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>336</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>قصي نزار مهاوي </t>
+          <t>سرى سمير علوان </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>التعبيرية في أعمال اسماعيل فتاح الترك</t>
-[...2 lines deleted...]
-      <c r="D24" s="1"/>
+          <t>تأثيرحليب وبول الابل في حيوية الرؤيسات الاولية لطفيلي المشوكات الحبيبية داخل وخارج الجسم الحي</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7temg6fcbvszqr4.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>323</t>
+          <t>335</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>هبه احمد جميل</t>
+          <t>خليل ابراهيم حسب </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>1918/1923دور مصطفى كمال في تحقيق مشروع استقلال تركيا ا </t>
-[...2 lines deleted...]
-      <c r="D25" s="1"/>
+          <t>حوار الحقيقة بين المدرسة العدلية ومدرسة الاشاعرة</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5fzy_un36mgrkeh.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>322</t>
+          <t>334</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>ورود لفته مطير حسين  </t>
+          <t>سلام جمعه هادي </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>دور المحكمة الادارية العليا في توحيد المبادئ القانونية في العراق (دراسة مقارنة)</t>
+          <t>النظام القانوني للتعهد بنقل الملكيه</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o514gn698yhxl2t.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2l5zxcubvyj7ian.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>333</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>وسن جعفر ابراهيم </t>
+          <t>ضفاف مهدي حسون</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>انتاج وتحسين انزيم مخثر للحايب من الفطر Trichoderma hamatum</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>319</t>
+          <t>332</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>همسة رشيد محي</t>
+          <t>اسماء سلام خليل </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>  اثر استراتيجية التدريس التبادلي في تنمية مهارات الفهم القراءي لدى طالبات الرابع الاعدادي  </t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر التدريس لمهارات التفكير الإلكتروني في تحصيل طالبات الصف الخامس الأدبي </t>
+        </is>
+      </c>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>331</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>رياض غني محمود</t>
+          <t>ميثم عبد الحسين يندر</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>يوسف رجيب جهوده الصحفية وآراؤه السياسية ١٩٠٠١٩٤٧</t>
+          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pf78w1_baclzr6k.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/owcn0dhapgu_ymj.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>317</t>
+          <t>330</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>عامر زغير محيسن</t>
+          <t>عبدالمحسن نتيش حسن</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>سلطة الادارة في انهاء القرار الاداري السليم</t>
+          <t>اثر المصالحة مع الادارة في جرائم الاموال العامة </t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8z2g39i4f6r07lo.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zdje5f8t_npl37c.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>316</t>
+          <t>328</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>اياد حميد ابراهيم سليم </t>
+          <t>ماجد مجباس حسن </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>ايات الصبر في القرآن الكريم دراسة وتحليل</t>
+          <t>المركز القانوني للمحكم دراسة مقارنة</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lr8vpbayswetxk2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5w1sgac0bvrqjy2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>315</t>
+          <t>326</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>اسامة كريم بدن مارد </t>
+          <t>وئام عبد العادل وحيد محمد </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>رقابة السلطة المركزية على الادارة المحلية في الدستور العراقي وقانون المحافظات غير المنتظمة في اقليم</t>
+          <t>أثر استراتيجية (R-E-A-P) في الفهم القرائي لدى طالبات الصف الثاني المتوسط</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pjk6zceh24rvi1g.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iva_3o0y9wrnlm4.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>314</t>
+          <t>325</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>ريام صبيح جاسم كاطع </t>
+          <t>قصي نزار مهاوي </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>daptation of Chenopodium murale to different habitats in Nile Delta, Egypt</t>
-[...6 lines deleted...]
-      </c>
+          <t>التعبيرية في أعمال اسماعيل فتاح الترك</t>
+        </is>
+      </c>
+      <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>313</t>
+          <t>323</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>حسن فاضل قاسم</t>
+          <t>هبه احمد جميل</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Modeling the Function of Lymphocytes in the Human Immune System and its Application in Intrusion Detection Systems &amp;#34;.</t>
+          <t>1918/1923دور مصطفى كمال في تحقيق مشروع استقلال تركيا ا </t>
         </is>
       </c>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>322</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم قاسم</t>
+          <t>ورود لفته مطير حسين  </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>Males and Females Affliction with Toxoplasmosis in Kamal Al-Samaraee Hospital</t>
+          <t>دور المحكمة الادارية العليا في توحيد المبادئ القانونية في العراق (دراسة مقارنة)</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tl3iu5kan_hx2bd.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o514gn698yhxl2t.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>311</t>
+          <t>320</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>رباب عبد حسين حمود </t>
+          <t>وسن جعفر ابراهيم </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام التعلم التعاوني والتعلم الفردي في حل التمارين الرياضية لطلبة كلية المعلمين</t>
+          <t>انتاج وتحسين انزيم مخثر للحايب من الفطر Trichoderma hamatum</t>
         </is>
       </c>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>319</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>سارة طعمة رزاق</t>
+          <t>همسة رشيد محي</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>  اثر استراتيجية التدريس التبادلي في تنمية مهارات الفهم القراءي لدى طالبات الرابع الاعدادي  </t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7cfvrh6aw3m0_gu.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/81s47ha069xt2oz.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>309</t>
+          <t>318</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>جعفر كاظم جبر</t>
+          <t>رياض غني محمود</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>الرجوع الصرفي في الحوالة التجارية</t>
+          <t>يوسف رجيب جهوده الصحفية وآراؤه السياسية ١٩٠٠١٩٤٧</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/43lqoe5rg8zd_i0.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pf78w1_baclzr6k.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>308</t>
+          <t>317</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ماجد باني ماذي </t>
+          <t>عامر زغير محيسن</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>SELF-AND-PEER ASSESSMENT: A TECHNIQUE FOR TEACHING COMPOSITION WRITING</t>
+          <t>سلطة الادارة في انهاء القرار الاداري السليم</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zoysndhf517ix6p.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8z2g39i4f6r07lo.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>307</t>
+          <t>316</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>رملة جبار كاظم </t>
+          <t>اياد حميد ابراهيم سليم </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام أنموذجي ميرل- تينسونوهيلداتابا في اكتساب المفاهيم العلمية واستبقائها لدى تلميذات المرحلة الابتدائية</t>
-[...2 lines deleted...]
-      <c r="D40" s="1"/>
+          <t>ايات الصبر في القرآن الكريم دراسة وتحليل</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lr8vpbayswetxk2.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>315</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>فاتن خضير عباس </t>
+          <t>اسامة كريم بدن مارد </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>Study of some hormonal and biochemical parameters associated with polycistic ovary syndrome in diabetic women type 2 </t>
-[...2 lines deleted...]
-      <c r="D41" s="1"/>
+          <t>رقابة السلطة المركزية على الادارة المحلية في الدستور العراقي وقانون المحافظات غير المنتظمة في اقليم</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pjk6zceh24rvi1g.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>305</t>
+          <t>314</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>علي خلف موسى</t>
+          <t>ريام صبيح جاسم كاطع </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>تأثير وحدات تعليميه وفق انموذج كمب في التحصيل المعرفي  وتعليم بعض المهارات المركبه بكره السله للطلاب</t>
+          <t>daptation of Chenopodium murale to different habitats in Nile Delta, Egypt</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pcjtslo3v6_0anz.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u06cpf3zx5ilqks.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>304</t>
+          <t>313</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>منتظر صبيح داود</t>
+          <t>حسن فاضل قاسم</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>دور مجلس النواب العراقي في تشكيل السلطة التنفيذية الاتحادية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Modeling the Function of Lymphocytes in the Human Immune System and its Application in Intrusion Detection Systems &amp;#34;.</t>
+        </is>
+      </c>
+      <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>303</t>
+          <t>312</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>صباح حسن جاسم صالح </t>
+          <t>محمد جاسم قاسم</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t> Statistical forecasting methods for necessary amount of gas for the life of the central area of the city Al-Amarah (Iraq)</t>
-[...2 lines deleted...]
-      <c r="D44" s="1"/>
+          <t>Males and Females Affliction with Toxoplasmosis in Kamal Al-Samaraee Hospital</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tl3iu5kan_hx2bd.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>302</t>
+          <t>311</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>عدي علي صبيح الجراح</t>
+          <t>رباب عبد حسين حمود </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>دراسة سمك طبقة الزيت على سطح الماء من خلال ظاهرة رامان</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر استخدام التعلم التعاوني والتعلم الفردي في حل التمارين الرياضية لطلبة كلية المعلمين</t>
+        </is>
+      </c>
+      <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>301</t>
+          <t>310</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t> رجاء سعدون زبون</t>
+          <t>سارة طعمة رزاق</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>اثر استعمال أسلوب المناقشة الثنائية في تحصيل طالبات الصف الرابع العام في مادة الأدب والنصوص</t>
+          <t>-</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ufxojvnc06isy4_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7cfvrh6aw3m0_gu.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>309</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>هديل صالح مهدي</t>
+          <t>جعفر كاظم جبر</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>APPLICATION OF RADIOLOGICAL DATA OF LIGNOCERIC ACID C24H48O2  IN MEDICAL FIELD</t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>الرجوع الصرفي في الحوالة التجارية</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/43lqoe5rg8zd_i0.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>299</t>
+          <t>308</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>احمد هادي حافظ</t>
+          <t>ماجد باني ماذي </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>الالتزام بضمان السلامة في عقد السياحة واثار الاخلال به</t>
+          <t>SELF-AND-PEER ASSESSMENT: A TECHNIQUE FOR TEACHING COMPOSITION WRITING</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o2xrytjpw0qg98a.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zoysndhf517ix6p.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>298</t>
+          <t>307</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>سجى زبير ذيبان</t>
+          <t>رملة جبار كاظم </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Investigation of specific and non-specific detection methods for isothermal amplification of Morganellamorganii</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر استخدام أنموذجي ميرل- تينسونوهيلداتابا في اكتساب المفاهيم العلمية واستبقائها لدى تلميذات المرحلة الابتدائية</t>
+        </is>
+      </c>
+      <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>297</t>
+          <t>306</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>حسنين ضياء نوري علي </t>
+          <t>فاتن خضير عباس </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>تفسير القانون الاجنبي - دراسة مقارنة </t>
-[...6 lines deleted...]
-      </c>
+          <t>Study of some hormonal and biochemical parameters associated with polycistic ovary syndrome in diabetic women type 2 </t>
+        </is>
+      </c>
+      <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>296</t>
+          <t>305</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>عباس فيصل مشتت</t>
+          <t>علي خلف موسى</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>التفكير البصري في رموز التراث العراقي لأثراء القيم الجمالية للتصميم المعاصر من خلال توالد الافكار</t>
-[...2 lines deleted...]
-      <c r="D51" s="1"/>
+          <t>تأثير وحدات تعليميه وفق انموذج كمب في التحصيل المعرفي  وتعليم بعض المهارات المركبه بكره السله للطلاب</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pcjtslo3v6_0anz.pdf</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator>نظام السيرة الاكاديمية</dc:creator>