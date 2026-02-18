--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1040 +147,1008 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>407</t>
+          <t>417</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>نسرين عبدالكريم عبدالعالي </t>
+          <t>ابتسام بشير كاظم</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>تحضير بعض الراتنجات الكلابيه الجديده المحتويه على عضائد حلقيه غير متجانسه ودراسه تطبيقاتهاالتحليليه في استخلاص بعض الأيونات الفلزيه</t>
+          <t>توصيف عزلات الفطر Aspergillus spp. الحاملة لجين aflR الملوثة  لبعض الأغذية في أسواق النجف الأشرف وإمكانية مقاومتها إحيائيا</t>
         </is>
       </c>
       <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>406</t>
+          <t>416</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>اسوان كاظم جبر </t>
+          <t>رشيد رحيم حتيت</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>تضعيف الرؤيسات الاوليه للمشوكه الحبيبية باستخدام بعض المستخلصات النباتيه</t>
+          <t>لاحقا</t>
         </is>
       </c>
       <c r="D3" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>405</t>
+          <t>415</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>ميادة جاسم محمد</t>
+          <t>أحمد عبود خليفة</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Studying the x- ray atomic Scattering form Factor for Be atom in its Excited state (1s2 2s 3s) and the Be - like ions</t>
+          <t>OXYTOCIN INDUCED OVARIAN AND UTERINE STRUCTURAL AND FUNCTIONAL CHANGES IN EWES</t>
         </is>
       </c>
       <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>404</t>
+          <t>413</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>منذر عبد الحسن خضير </t>
+          <t> أحمد سعيد محمد</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t> التحضري والانماء الفوقي للمركب الثالثي  In0.53Ga0.47AS بطريقتي التبخري الومضي ومن احمللول وعلى قواعد خمتلفة ودراسة بعض خواصه الفيزيائية</t>
+          <t>تأثير التغيرات الشهرية لبعض العوامل البيئية في كثافة الهائمات الحيوانية في مياه نهر الغراف / ذي قار / العراق</t>
         </is>
       </c>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>403</t>
+          <t>412</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>ضياء بدر حبش</t>
+          <t>هدى حلو علي</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Monoatomic Lattice Thermal Conductivity and Correction Term. Application on Solid Helium He4</t>
+          <t>تأثير بعض العوامل البيئية على وجود وانتشار النباتات المائية في نهر دجلة في محافظة ميسان</t>
         </is>
       </c>
       <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>402</t>
+          <t>411</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالواحد قاسم</t>
+          <t>زاهد سعدون عزيز </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>دراسة حول الفطريات المهلكة للنيماتود في تربة جنوب العراق. </t>
+          <t> دراسة الاستجابة المناعية الناتجة عن تمنيع خنازير غينيا بالذوفان والمستضدات المستخلصة من عصيات الجمرة الخبيثة غير الضارية واللقاح المحلي</t>
         </is>
       </c>
       <c r="D7" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>401</t>
+          <t>410</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>احمد خلف زغير </t>
+          <t>نيران عدنان عباس موسى </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>AN EFFICIENT MULTI JOIN QUERY OPTIMIZATION FOR RELATIONAL DATABASE MANGMENT SYSTEM USING SWARM INTELLIGENCE APPROACHES</t>
+          <t>دراسة بيئية وحياتية للنوع Dreissena polymorpha (Pallas,1771) (نواعم-ثنائية المصراع) في محطة المسيب الحرارية لتوليد الطاقة الكهربائية</t>
         </is>
       </c>
       <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>409</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>سمر جاسم محمد </t>
+          <t>هند مهدي صالح</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>GERMINATION, SEEDLING GROWTH, ANATOMICAL RESPONSES OF Cucumis sativus cv. MTI2 IN DIFFERENT SALTS AND DEVELOPMENT GERMINATION ENHANCER </t>
+          <t>تحضبر راتنجات ايبوكسيدية محورة جديدة و دراسة التحليل الحراري و قوة الصدمة للراتنجات الممقساة</t>
         </is>
       </c>
       <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>399</t>
+          <t>408</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>علاء كاظم فرحان</t>
+          <t>ميثم عبد الكاظم دراغ</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>دراسه تحليلية لاقتصاديات انتاج بعض محاصيل الحبوب في الجمهورية العراقية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Genetic diversity and conservation of animal genetic resources in Iraqi buffalo using PCR and microsatellite markers</t>
+        </is>
+      </c>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>396</t>
+          <t>407</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>مريم ياسر كاظم</t>
+          <t>نسرين عبدالكريم عبدالعالي </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>أثر لنموذج ستيبانز في تعديل المفاهيم النحوية الخاطئة لدى طالبات معهد اعداد المعلمات في ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحضير بعض الراتنجات الكلابيه الجديده المحتويه على عضائد حلقيه غير متجانسه ودراسه تطبيقاتهاالتحليليه في استخلاص بعض الأيونات الفلزيه</t>
+        </is>
+      </c>
+      <c r="D11" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>395</t>
+          <t>406</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>محمد فوزي جبار </t>
+          <t>اسوان كاظم جبر </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>تضعيف الرؤيسات الاوليه للمشوكه الحبيبية باستخدام بعض المستخلصات النباتيه</t>
         </is>
       </c>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>394</t>
+          <t>405</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>اسيل اسعد عبد الزهرة </t>
+          <t>ميادة جاسم محمد</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>بناء برنامج تدريبي لتوظيف الاداء التمثيلي في تدريس التربية الفنية </t>
-[...6 lines deleted...]
-      </c>
+          <t>Studying the x- ray atomic Scattering form Factor for Be atom in its Excited state (1s2 2s 3s) and the Be - like ions</t>
+        </is>
+      </c>
+      <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>393</t>
+          <t>404</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>حوراء فاضل حسين </t>
+          <t>منذر عبد الحسن خضير </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>The effect of hydrocortisone on cartilage types , distribution and differentiation in Xiphophorus hellerii </t>
+          <t> التحضري والانماء الفوقي للمركب الثالثي  In0.53Ga0.47AS بطريقتي التبخري الومضي ومن احمللول وعلى قواعد خمتلفة ودراسة بعض خواصه الفيزيائية</t>
         </is>
       </c>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>392</t>
+          <t>403</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>ابتسام كريم محيسن </t>
+          <t>ضياء بدر حبش</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Extraction, purification and characterization of                             lipoxygenase from peanut seed Archis Hypogaea. L</t>
+          <t>Monoatomic Lattice Thermal Conductivity and Correction Term. Application on Solid Helium He4</t>
         </is>
       </c>
       <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>391</t>
+          <t>402</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>صلاح رحيم جبار غضيب </t>
+          <t>علي عبدالواحد قاسم</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Comparative Analysis of the Word-Formation Categories of the Arabic and Russian Languages for the Purposes of Translation </t>
+          <t>دراسة حول الفطريات المهلكة للنيماتود في تربة جنوب العراق. </t>
         </is>
       </c>
       <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>390</t>
+          <t>401</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>مصطفى فالح صحن </t>
+          <t>احمد خلف زغير </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>AN EFFICIENT MULTI JOIN QUERY OPTIMIZATION FOR RELATIONAL DATABASE MANGMENT SYSTEM USING SWARM INTELLIGENCE APPROACHES</t>
         </is>
       </c>
       <c r="D17" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>389</t>
+          <t>400</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>علي سلمان طعمه</t>
+          <t>سمر جاسم محمد </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>A Study of The Effects of Inflation and Unemployment on Economic Growth in Iraq- Based on VAR Approach. </t>
-[...6 lines deleted...]
-      </c>
+          <t>GERMINATION, SEEDLING GROWTH, ANATOMICAL RESPONSES OF Cucumis sativus cv. MTI2 IN DIFFERENT SALTS AND DEVELOPMENT GERMINATION ENHANCER </t>
+        </is>
+      </c>
+      <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>388</t>
+          <t>399</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>موحان حسن صبيح</t>
+          <t>علاء كاظم فرحان</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>مفهومية (المهني-المتخصص) في التواصل الحديث</t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>دراسه تحليلية لاقتصاديات انتاج بعض محاصيل الحبوب في الجمهورية العراقية</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/aedl93fbyr_0xm1.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>396</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>عباس عبدالحسين حداد</t>
+          <t>مريم ياسر كاظم</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Research features of City management by using GIS and developing software for local government</t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>أثر لنموذج ستيبانز في تعديل المفاهيم النحوية الخاطئة لدى طالبات معهد اعداد المعلمات في ميسان</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w0hg6mzfr5_dy9o.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>386</t>
+          <t>395</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>عيسى صفاء عيسى حسن </t>
+          <t>محمد فوزي جبار </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>The impact of society on the individual language identity </t>
+          <t>.</t>
         </is>
       </c>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>394</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>حسام احمد علي</t>
+          <t>اسيل اسعد عبد الزهرة </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>لاصلح الديني عند محمد فتح الله جولن</t>
-[...2 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>بناء برنامج تدريبي لتوظيف الاداء التمثيلي في تدريس التربية الفنية </t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/74sei0omclpna1x.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>384</t>
+          <t>393</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>خالد مزهر طاهر</t>
+          <t>حوراء فاضل حسين </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>غير متوفرالان</t>
+          <t>The effect of hydrocortisone on cartilage types , distribution and differentiation in Xiphophorus hellerii </t>
         </is>
       </c>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>383</t>
+          <t>392</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>عبد الكريم لازم بهير </t>
+          <t>ابتسام كريم محيسن </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>Extraction, purification and characterization of                             lipoxygenase from peanut seed Archis Hypogaea. L</t>
         </is>
       </c>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>382</t>
+          <t>391</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>حسن علوان لفته</t>
+          <t>صلاح رحيم جبار غضيب </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>النظام القانوني للاعتماد المستندي الالكتروني</t>
-[...6 lines deleted...]
-      </c>
+          <t>Comparative Analysis of the Word-Formation Categories of the Arabic and Russian Languages for the Purposes of Translation </t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>381</t>
+          <t>390</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>أسوان صابر ماجد</t>
+          <t>مصطفى فالح صحن </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>القوة الراضية وعلاقتها بالاداء التدريسي للطلبة المطبقين في كليات التربية الاساسية</t>
+          <t>-</t>
         </is>
       </c>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>389</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>احمد اسماعيل محمد </t>
+          <t>علي سلمان طعمه</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Solvabilty of som nonliner partial differential equations </t>
-[...2 lines deleted...]
-      <c r="D27" s="1"/>
+          <t>A Study of The Effects of Inflation and Unemployment on Economic Growth in Iraq- Based on VAR Approach. </t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b0y_qrtsw6foupe.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>388</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>سحر رامي عيدان</t>
+          <t>موحان حسن صبيح</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>الإمكانات الجغرافية لتربيةحيوانات الماشية في محافظة ميسان</t>
+          <t>مفهومية (المهني-المتخصص) في التواصل الحديث</t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>378</t>
+          <t>387</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>ابراهيم جبار منصور </t>
+          <t>عباس عبدالحسين حداد</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>الفصل في تنازع الاختصاصبين القضاء العدلي والقضاء الاداري</t>
-[...6 lines deleted...]
-      </c>
+          <t>Research features of City management by using GIS and developing software for local government</t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>386</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>دجلة عبود شريف</t>
+          <t>عيسى صفاء عيسى حسن </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>Evaluating the English Textbook  &amp;#39;&amp;#39;English for Iraq&amp;#34; for the Fifth  Primary Stage in the Light of Quality Standards</t>
-[...6 lines deleted...]
-      </c>
+          <t>The impact of society on the individual language identity </t>
+        </is>
+      </c>
+      <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>376</t>
+          <t>385</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>اسمهان صادق جعفر</t>
+          <t>حسام احمد علي</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>1</t>
-[...6 lines deleted...]
-      </c>
+          <t>لاصلح الديني عند محمد فتح الله جولن</t>
+        </is>
+      </c>
+      <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>384</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>احمد محمد فهد</t>
+          <t>خالد مزهر طاهر</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>-</t>
-[...6 lines deleted...]
-      </c>
+          <t>غير متوفرالان</t>
+        </is>
+      </c>
+      <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>374</t>
+          <t>383</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>أحمد صيهود هاشم </t>
+          <t>عبد الكريم لازم بهير </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>السكن العشوائي في مدنية العمارة _ دراسة في جغرافية المدن </t>
-[...6 lines deleted...]
-      </c>
+          <t>NA</t>
+        </is>
+      </c>
+      <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>372</t>
+          <t>382</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>زين العابدين عبدعلي طاهر </t>
+          <t>حسن علوان لفته</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>ايات عتاب الانبياء في القرآن الكريم </t>
-[...2 lines deleted...]
-      <c r="D34" s="1"/>
+          <t>النظام القانوني للاعتماد المستندي الالكتروني</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r7e0zvn3_hfkslt.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>381</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>علي ماجد عذاري منصور </t>
+          <t>أسوان صابر ماجد</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>صعوبات تعلم مادة قواعد اللغة العربية في الصفين الخامس والسادس الابتدائي من وجهة نظر معلمي المادة. </t>
-[...6 lines deleted...]
-      </c>
+          <t>القوة الراضية وعلاقتها بالاداء التدريسي للطلبة المطبقين في كليات التربية الاساسية</t>
+        </is>
+      </c>
+      <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>380</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>مصطفى سالم عبدالرضا</t>
+          <t>احمد اسماعيل محمد </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>Impact of enuresis upon psycho-social status at primary school children in Misan city</t>
+          <t>Solvabilty of som nonliner partial differential equations </t>
         </is>
       </c>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>369</t>
+          <t>379</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>رعد نعمة راضي</t>
+          <t>سحر رامي عيدان</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>شعر معروف الرصافي دراسة لغوية 1875-1945</t>
-[...6 lines deleted...]
-      </c>
+          <t>الإمكانات الجغرافية لتربيةحيوانات الماشية في محافظة ميسان</t>
+        </is>
+      </c>
+      <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>378</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>دنيا موحي محسن </t>
+          <t>ابراهيم جبار منصور </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Effect of biochar in modifying soil salinitye effects on the growth oflettuce (Lactuca sativa L.)</t>
+          <t>الفصل في تنازع الاختصاصبين القضاء العدلي والقضاء الاداري</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/5i3wflo68ejsrnq.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m1pel3b_2k8syqi.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>377</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>ثاني اسمر راضي </t>
+          <t>دجلة عبود شريف</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>nurses&amp;#39; Intervention  Concerning Care of Fracture  Treated with External or  Internal Fixation in Missan  Governorate Hospitals</t>
-[...2 lines deleted...]
-      <c r="D39" s="1"/>
+          <t>Evaluating the English Textbook  &amp;#39;&amp;#39;English for Iraq&amp;#34; for the Fifth  Primary Stage in the Light of Quality Standards</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/elyq54x9j21a_rn.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>364</t>
+          <t>376</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>فرحان جاسم محمد</t>
+          <t>اسمهان صادق جعفر</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t> ( بيئة وحياتية حشرة حفار أوراق أوراق الطما Tuta absoluta Meyrick Lepidoptera:Gelechiidae    ومكافحتها في محافظتي البصرة وميسان</t>
+          <t>1</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/i836rjwvtledkpm.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/auhlkq0_xs2fti1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>363</t>
+          <t>375</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>ورود جبار عيدان</t>
+          <t>احمد محمد فهد</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>QTL mapping and candidate genes identification for seed weight using high-density linkage map in Brassica napus</t>
+          <t>-</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/h_lxauie2vzop3b.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aixu_mbev2fg51y.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>374</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>فاطمة قاسم حمدان </t>
+          <t>أحمد صيهود هاشم </t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>التشخيص المظهري والتغاير الزوراثي لذباب القرعيات Daus frontalis Becker,1992 في محافظتي البصرة وميسان </t>
+          <t>السكن العشوائي في مدنية العمارة _ دراسة في جغرافية المدن </t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ia3v8eqyb0ph5fn.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e9nilgzuk4am2h1.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>372</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>صلاح عبد الحسن غيلان</t>
+          <t>زين العابدين عبدعلي طاهر </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>مساند النمو لحاصل الخس في تقنية الفيلم المغذي للزراعة المائية</t>
-[...6 lines deleted...]
-      </c>
+          <t>ايات عتاب الانبياء في القرآن الكريم </t>
+        </is>
+      </c>
+      <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>371</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>علي حسين علي </t>
+          <t>علي ماجد عذاري منصور </t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية وبيئية لنوعين من البق الدقيقي مع بعض طرائق مكافحتها في محافظة البصرة </t>
+          <t>صعوبات تعلم مادة قواعد اللغة العربية في الصفين الخامس والسادس الابتدائي من وجهة نظر معلمي المادة. </t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/gu90zpx5mhcqn4l.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vquj6p9_dm4r3sb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>359</t>
+          <t>370</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>زيدون طارق هاشم</t>
+          <t>مصطفى سالم عبدالرضا</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Impact of enuresis upon psycho-social status at primary school children in Misan city</t>
         </is>
       </c>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>358</t>
+          <t>369</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>اسعد شامل عطية </t>
+          <t>رعد نعمة راضي</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>عزل وتنقية وتوصيف لاكتوفيرين شرش حليب الابل الأبقار وتقييم فعاليته المضادة للأكسدة </t>
+          <t>شعر معروف الرصافي دراسة لغوية 1875-1945</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/vt49kjms5dza1hy.pdf</t>
+          <t>uploads/files/otselz1w_8d9ayh.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>366</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>محمد حمدان </t>
+          <t>دنيا موحي محسن </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>.تقييم كفاءة مستحضرين الاحيائيين للفطرTrichoderma viride  والبكتريا Pseudomonas fluorescens pf_DS  في مكافحة مرض ثأليل الحنطة المتسبب عن نيماتودا Anguina tritici </t>
+          <t>Effect of biochar in modifying soil salinitye effects on the growth oflettuce (Lactuca sativa L.)</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/behy1ctra8ms57q.pdf</t>
+          <t>uploads/files/5i3wflo68ejsrnq.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>356</t>
+          <t>365</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>قصي حطاب ماضي</t>
+          <t>ثاني اسمر راضي </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>.تقييم كفاءة حامض السالسلك و بعض العوامل الاحيائية في مكافحة مرض تعفن جذور نبات الباميا المتسبب عن الفطر  Rhizoctonia solani</t>
-[...6 lines deleted...]
-      </c>
+          <t>nurses&amp;#39; Intervention  Concerning Care of Fracture  Treated with External or  Internal Fixation in Missan  Governorate Hospitals</t>
+        </is>
+      </c>
+      <c r="D48" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>364</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>عبد الكريم  قاسم جبر </t>
+          <t>فرحان جاسم محمد</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>تشخيص ودراسة الاهمية الاقتصادية لفايروس المسبب لمرض موازئيك الفلفل في العراق.</t>
+          <t> ( بيئة وحياتية حشرة حفار أوراق أوراق الطما Tuta absoluta Meyrick Lepidoptera:Gelechiidae    ومكافحتها في محافظتي البصرة وميسان</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/cqh26dorvemkups.pdf</t>
+          <t>uploads/files/i836rjwvtledkpm.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>363</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>شبيب منشد جاسم</t>
+          <t>ورود جبار عيدان</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>Morphological and biochemical Identification of culturable LABs cause vacuum packed meat products spoilage</t>
+          <t>QTL mapping and candidate genes identification for seed weight using high-density linkage map in Brassica napus</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/wmp7zytkos89d42.pdf</t>
+          <t>uploads/files/h_lxauie2vzop3b.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>353</t>
+          <t>362</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>نورفلاح مهدي </t>
+          <t>فاطمة قاسم حمدان </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>اطالة فترة حفظ اللحم البقري بالتبريد باستخدام النايسين و اكليل الجبل</t>
+          <t>التشخيص المظهري والتغاير الزوراثي لذباب القرعيات Daus frontalis Becker,1992 في محافظتي البصرة وميسان </t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/t1ifo4ghcu0z52l.pdf</t>
+          <t>uploads/files/ia3v8eqyb0ph5fn.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>