--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,975 +147,1011 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>460</t>
+          <t>469</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>سعد فهد رسن</t>
+          <t>عبدالخالق عبداليمه جعفر</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>STRUCTURAL BEHAVIOR OF SIMPLY SUPPORTED FERROCEMENTALUMINUM COMPOSITE BEAMS</t>
+          <t>احتساب مقاومة الالتواء القصوى للعتبات الخرسانية المسلحة باستخدام الشبكات العصبية الصناعية</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/u8bd_ypio354f7z.pdf</t>
+          <t>uploads/files/h7_2l9r0mdivge4.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>459</t>
+          <t>468</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>مثنى توفيق</t>
+          <t>حسين طعمه حازم </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Industrial </t>
-[...2 lines deleted...]
-      <c r="D3" s="1"/>
+          <t> energy efficient bandwidth allocation for LTE mobile Networks</t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/tdr2wyx39k1z6nf.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>458</t>
+          <t>467</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الرحيم سعيد</t>
+          <t>جاسم حسن علك صحين </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>SYNTHESIS AND CHARACTERIZATION OF Ni-Co ON DIFFERENT COMPOSITION SUPPORT TOWARDS HYDROGEN PRODUCTION FROM ACETIC ACID STEAM REFORMING</t>
-[...2 lines deleted...]
-      <c r="D4" s="1"/>
+          <t>AN ANALYSIS OF CRACKS IN SIMPLY SUPPORTED CURVED PLATES UNDER COMBINED BUCKLING AND IMPACT LOADING</t>
+        </is>
+      </c>
+      <c r="D4" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/f3_dyh419usae62.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>457</t>
+          <t>466</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>رشا شاكر محمود</t>
+          <t>مصعب صباح عبد</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص ودراسة الفعاليه البايزلوطيه لبعض معقدات Co(II).Ni(II).Cu(II)المحتويه على ليكاندات ازو-ازوميثين</t>
-[...2 lines deleted...]
-      <c r="D5" s="1"/>
+          <t>calculation of foundation beds according to the second group of limit state</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/psjbg45m81ny7q6.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>456</t>
+          <t>465</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>أسامة علي محسن</t>
+          <t>هشام داود سلمان</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Study of the components of the leaves of the henna plant Lawsoni inermis L. and the effect of its extracts and the isolated compound of Lawson on some dermatophytes.</t>
-[...2 lines deleted...]
-      <c r="D6" s="1"/>
+          <t>SOLVING UNIT COMMITM ENT PROBLEM WITH INCL UDING WIND POWER GEN ERATION USI NG PSS®E</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f19_lm3sjnhu250.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>455</t>
+          <t>464</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>حسين سعدون ياسين</t>
+          <t>سامر محمد جاسب</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>تصنيع مرهم نانوي لعلاج حروق جلد الحيوانات</t>
-[...2 lines deleted...]
-      <c r="D7" s="1"/>
+          <t>Dynamic Analysis of Cantilever Plate with Variable Thickness under the effect of periodic Loading</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/lg5hs6jqn4t7diu.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>454</t>
+          <t>463</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>رغد وليد طه ياسين </t>
+          <t>محمد خلف جمعة</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>تقييم محتوى كتاب العلوم للصف الأول متوسط في ضوء معايير ال times-2015  في العراق</t>
+          <t>INCREASING OF EFFICIENCY OF ENERGY SYSTEM OF THE INDUSTRIAL COMPLEX BY VOLTAGE REGULATION</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uf1t4gcpikx3evo.pdf</t>
+          <t>uploads/files/m1iu36l0782eg4d.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>453</t>
+          <t>462</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>مصطفى اسماعيل ياسين</t>
+          <t>نوار سعد ارحيم</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
-[...2 lines deleted...]
-      <c r="D9" s="1"/>
+          <t>RGBA Image Steganography Based on AES Technique</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t2foxjdianrqykg.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>451</t>
+          <t>461</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>علي خلف علي غضب </t>
+          <t>عباس عوده داود</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>تاثير بعض المعاملات في بعض المتغيرات النسيجية والكيموحيوية في الجرذان المختبرية المزالة المبايض</t>
-[...2 lines deleted...]
-      <c r="D10" s="1"/>
+          <t>DYNAMIC ANALYSIS OF SUBMARINE PIPELINES AND FIXED OFFSHORE FRAMED STRUCTURES UNDER THE ACTION OF WAVE FORCES</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/06mo2pjak1954uf.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>460</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الرحمن  فاضل</t>
+          <t>سعد فهد رسن</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>  الدقيق خارج الجسم الحيالإكثار الدقيق  لنبات البطاطا  وتأثير  السكروز في  تكوين  الدرنات </t>
-[...2 lines deleted...]
-      <c r="D11" s="1"/>
+          <t>STRUCTURAL BEHAVIOR OF SIMPLY SUPPORTED FERROCEMENTALUMINUM COMPOSITE BEAMS</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/u8bd_ypio354f7z.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>449</t>
+          <t>459</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>صفاء صبري نجم</t>
+          <t>مثنى توفيق</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>DESIGN AND CONSTRUCT A HOME – MADE SEMI AUTOMATED             FLOW INJECTION SYSTEM AND A BASELINE STUDY FOR  DETERMINATION OF HUMAN SERUM ALBUMIN</t>
+          <t>Industrial </t>
         </is>
       </c>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>448</t>
+          <t>458</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>زهراء حسين جوده</t>
+          <t>محمد عبد الرحيم سعيد</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>......EFFECTS OF EFFECTIVE MICROORGANISM ON  MECHANICAL AND MICROSTRUCTURE PROPERTIES OF  CONCRETE INCORPORATING FLY ASH</t>
-[...6 lines deleted...]
-      </c>
+          <t>SYNTHESIS AND CHARACTERIZATION OF Ni-Co ON DIFFERENT COMPOSITION SUPPORT TOWARDS HYDROGEN PRODUCTION FROM ACETIC ACID STEAM REFORMING</t>
+        </is>
+      </c>
+      <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>447</t>
+          <t>457</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>زيدون جواد كاظم</t>
+          <t>رشا شاكر محمود</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Synthesis and Modification of Poly  Maleic Anhydride with Different Mono  Saccharides</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحضير وتشخيص ودراسة الفعاليه البايزلوطيه لبعض معقدات Co(II).Ni(II).Cu(II)المحتويه على ليكاندات ازو-ازوميثين</t>
+        </is>
+      </c>
+      <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>446</t>
+          <t>456</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>حسن سلام</t>
+          <t>أسامة علي محسن</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Biological Sciences</t>
+          <t>Study of the components of the leaves of the henna plant Lawsoni inermis L. and the effect of its extracts and the isolated compound of Lawson on some dermatophytes.</t>
         </is>
       </c>
       <c r="D15" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>445</t>
+          <t>455</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>علي طه صالح طه</t>
+          <t>حسين سعدون ياسين</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>تثبيت الكاربون والنتروجين من الطحالب الخضراء المزرقه المعزوله من منطقه الكرمه</t>
+          <t>تصنيع مرهم نانوي لعلاج حروق جلد الحيوانات</t>
         </is>
       </c>
       <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>444</t>
+          <t>454</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>اسماء بدر سبتي</t>
+          <t>رغد وليد طه ياسين </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers</t>
-[...2 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>تقييم محتوى كتاب العلوم للصف الأول متوسط في ضوء معايير ال times-2015  في العراق</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uf1t4gcpikx3evo.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>443</t>
+          <t>453</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>الاء عباس عبادي </t>
+          <t>مصطفى اسماعيل ياسين</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>. </t>
+          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
         </is>
       </c>
       <c r="D18" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>442</t>
+          <t>451</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>اسراء ابراهيم لازم</t>
+          <t>علي خلف علي غضب </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>تركيز بعض العناصر النزرة في ماء ورواسب وإناث نوعين من الاسماك  في نهر الفرات قرب مركز مدينة الناصرية - جنوبي العراق</t>
+          <t>تاثير بعض المعاملات في بعض المتغيرات النسيجية والكيموحيوية في الجرذان المختبرية المزالة المبايض</t>
         </is>
       </c>
       <c r="D19" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>441</t>
+          <t>450</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>صالح حسن جازع</t>
+          <t>علي عبد الرحمن  فاضل</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض الخصائص الفيزيائية والكيميائية والبكتريولوجيةلمياه نهر الكحلاء في محافظة ميسان-العراق</t>
+          <t>  الدقيق خارج الجسم الحيالإكثار الدقيق  لنبات البطاطا  وتأثير  السكروز في  تكوين  الدرنات </t>
         </is>
       </c>
       <c r="D20" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>449</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>رائد صدام ماضي </t>
+          <t>صفاء صبري نجم</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>دراسة مناعة وراثية و نسجيه مرضية لمرضى البروستات في جنوب العراق </t>
+          <t>DESIGN AND CONSTRUCT A HOME – MADE SEMI AUTOMATED             FLOW INJECTION SYSTEM AND A BASELINE STUDY FOR  DETERMINATION OF HUMAN SERUM ALBUMIN</t>
         </is>
       </c>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>439</t>
+          <t>448</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>علاء حسين خنوبه</t>
+          <t>زهراء حسين جوده</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>تحضير</t>
-[...2 lines deleted...]
-      <c r="D22" s="1"/>
+          <t>......EFFECTS OF EFFECTIVE MICROORGANISM ON  MECHANICAL AND MICROSTRUCTURE PROPERTIES OF  CONCRETE INCORPORATING FLY ASH</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vubr16t2dj9_zyf.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>438</t>
+          <t>447</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>حوراء حميد راضي</t>
+          <t>زيدون جواد كاظم</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Synthesis, Characterization of Some graphene oxide derivatives And their Corrosion Inhibitor ability for carbon Steel in Acidic media</t>
-[...2 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>Synthesis and Modification of Poly  Maleic Anhydride with Different Mono  Saccharides</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/souxyp82_0whl3i.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>437</t>
+          <t>446</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>زهره عدنان داخل الشمري </t>
+          <t>حسن سلام</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Spectrum of Bacteria causing Acute and Chronic Osteomyelits </t>
+          <t>Biological Sciences</t>
         </is>
       </c>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>436</t>
+          <t>445</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>زينب عبد الجبار رضا </t>
+          <t>علي طه صالح طه</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض المثقوبات وتأثيراتها المرضية النسيجية في ثلاثة انواع من اسماك العائلة الشبوطية في محافظة البصرة </t>
+          <t>تثبيت الكاربون والنتروجين من الطحالب الخضراء المزرقه المعزوله من منطقه الكرمه</t>
         </is>
       </c>
       <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>435</t>
+          <t>444</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محمد</t>
+          <t>اسماء بدر سبتي</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>Environmentally friendly recycling of metal cans and polymer bottles obtained from household waste </t>
+          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers</t>
         </is>
       </c>
       <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>434</t>
+          <t>443</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>زينب سعد كرم محسن </t>
+          <t>الاء عباس عبادي </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Dynamic load balancing in adhoc wireless networks using fuzzy neural networks</t>
+          <t>. </t>
         </is>
       </c>
       <c r="D27" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>433</t>
+          <t>442</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>باقر عبيد ثعبان</t>
+          <t>اسراء ابراهيم لازم</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Static and dynamic characteristics of Sb-based quantum-dot semiconductor optical amplifiers</t>
+          <t>تركيز بعض العناصر النزرة في ماء ورواسب وإناث نوعين من الاسماك  في نهر الفرات قرب مركز مدينة الناصرية - جنوبي العراق</t>
         </is>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>432</t>
+          <t>441</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>   حسين علي مهوس</t>
+          <t>صالح حسن جازع</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>دراسة لمرض العقد الجذرية المتسبب عن نيماتود Meloidogyne spp. على نبات الباذنجان في العراق</t>
+          <t>دراسة بعض الخصائص الفيزيائية والكيميائية والبكتريولوجيةلمياه نهر الكحلاء في محافظة ميسان-العراق</t>
         </is>
       </c>
       <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>431</t>
+          <t>440</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>مسلم عيدان هامل جاسم </t>
+          <t>رائد صدام ماضي </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>synthesis of metal oxide thin films with introducing Zn element atoms by means of physical vapor deposition method</t>
+          <t>دراسة مناعة وراثية و نسجيه مرضية لمرضى البروستات في جنوب العراق </t>
         </is>
       </c>
       <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>439</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>حسن سوادي طارش محيسن </t>
+          <t>علاء حسين خنوبه</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>DEVELOPMENT OF THE KEYSTROKE -BASED USER IDENTIFICATION SYSTEM ON HAMMING&amp;#39;S PROXIMITY MEASME</t>
+          <t>تحضير</t>
         </is>
       </c>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>428</t>
+          <t>438</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t> زهراء عبد الحسين أسماعيل </t>
+          <t>حوراء حميد راضي</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t> قياس تراكيزالرصاص والكادميوم والنيكل والكروم واليورانيوم في تربة بعض مناطق محافظة ميسان</t>
+          <t>Synthesis, Characterization of Some graphene oxide derivatives And their Corrosion Inhibitor ability for carbon Steel in Acidic media</t>
         </is>
       </c>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>427</t>
+          <t>437</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>خمائل ابراهيم عبد الواحد</t>
+          <t>زهره عدنان داخل الشمري </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Cu Doped ZnO as Transparent Electrode for Dye Sensitized Solar Cell )DSSC( </t>
-[...6 lines deleted...]
-      </c>
+          <t>Spectrum of Bacteria causing Acute and Chronic Osteomyelits </t>
+        </is>
+      </c>
+      <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>426</t>
+          <t>436</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>بهاء الدين كاظم قاسم علي</t>
+          <t>زينب عبد الجبار رضا </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Preparation of Multi-Walled Carbon Nanotube/TiO2 Mesoporous Hybrid as Photoanode for Dye-Sensitized Solar Cell</t>
+          <t>دراسة بعض المثقوبات وتأثيراتها المرضية النسيجية في ثلاثة انواع من اسماك العائلة الشبوطية في محافظة البصرة </t>
         </is>
       </c>
       <c r="D34" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>425</t>
+          <t>435</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t> حسنين عباس حسن</t>
+          <t>مرتضى محمد</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>Quantum Mixed Transform</t>
-[...6 lines deleted...]
-      </c>
+          <t>Environmentally friendly recycling of metal cans and polymer bottles obtained from household waste </t>
+        </is>
+      </c>
+      <c r="D35" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>424</t>
+          <t>434</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t> صادق صبيح كريم </t>
+          <t>زينب سعد كرم محسن </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>  دراسة تصنيفية لانواع الجنس ‏Minuartia L.(Caryophyllaceae) ‎‏ في العراق</t>
+          <t>Dynamic load balancing in adhoc wireless networks using fuzzy neural networks</t>
         </is>
       </c>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>423</t>
+          <t>433</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>كريم سالم عباس </t>
+          <t>باقر عبيد ثعبان</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>I&amp;#39;m a professor in organic chemistry.  Teaching both UG and PG student. I&amp;#39;m interested in the synthesis of Hetrocyclic derivatives and study their biological activity properties. </t>
+          <t>Static and dynamic characteristics of Sb-based quantum-dot semiconductor optical amplifiers</t>
         </is>
       </c>
       <c r="D37" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>422</t>
+          <t>432</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t> علاء حسين كامل</t>
+          <t>   حسين علي مهوس</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>THREE-DIMENSIONAL VORTEX STRUCTURE OF THE WIND AS MAIN CONDITION OF THE ATMOSPHERE</t>
-[...6 lines deleted...]
-      </c>
+          <t>دراسة لمرض العقد الجذرية المتسبب عن نيماتود Meloidogyne spp. على نبات الباذنجان في العراق</t>
+        </is>
+      </c>
+      <c r="D38" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>421</t>
+          <t>431</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>زينب جاسم محمد</t>
+          <t>مسلم عيدان هامل جاسم </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>دراسة بيئية لبعض انواع المن على محصول الحنطة ومقامتها حيويا في محافظتي البصرة وميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>synthesis of metal oxide thin films with introducing Zn element atoms by means of physical vapor deposition method</t>
+        </is>
+      </c>
+      <c r="D39" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>430</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>تحسين صدام فندي </t>
+          <t>حسن سوادي طارش محيسن </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>SYNTHESIS AND CHARECTRAZATION OF SOME β- LCATAMS DERVATIVES FROM 5-PHENYL VALERIC ACID</t>
+          <t>DEVELOPMENT OF THE KEYSTROKE -BASED USER IDENTIFICATION SYSTEM ON HAMMING&amp;#39;S PROXIMITY MEASME</t>
         </is>
       </c>
       <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>419</t>
+          <t>428</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>محمد عباس عبد علي سبهان </t>
+          <t> زهراء عبد الحسين أسماعيل </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
+          <t> قياس تراكيزالرصاص والكادميوم والنيكل والكروم واليورانيوم في تربة بعض مناطق محافظة ميسان</t>
         </is>
       </c>
       <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>418</t>
+          <t>427</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>جاسم عباس حسين </t>
+          <t>خمائل ابراهيم عبد الواحد</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>THEORETICAL INVESTIGATION OF MOLECULAR STRUCTURE AND SPECTROSCOPIC PROPERTIES OF SOME PYRAZOLES</t>
-[...2 lines deleted...]
-      <c r="D42" s="1"/>
+          <t>Cu Doped ZnO as Transparent Electrode for Dye Sensitized Solar Cell )DSSC( </t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dztoja726nkesp0.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>417</t>
+          <t>426</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>ابتسام بشير كاظم</t>
+          <t>بهاء الدين كاظم قاسم علي</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>توصيف عزلات الفطر Aspergillus spp. الحاملة لجين aflR الملوثة  لبعض الأغذية في أسواق النجف الأشرف وإمكانية مقاومتها إحيائيا</t>
+          <t>Preparation of Multi-Walled Carbon Nanotube/TiO2 Mesoporous Hybrid as Photoanode for Dye-Sensitized Solar Cell</t>
         </is>
       </c>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>416</t>
+          <t>425</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>رشيد رحيم حتيت</t>
+          <t> حسنين عباس حسن</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>لاحقا</t>
-[...2 lines deleted...]
-      <c r="D44" s="1"/>
+          <t>Quantum Mixed Transform</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/vq8p51udwykzh2l.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>415</t>
+          <t>424</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>أحمد عبود خليفة</t>
+          <t> صادق صبيح كريم </t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>OXYTOCIN INDUCED OVARIAN AND UTERINE STRUCTURAL AND FUNCTIONAL CHANGES IN EWES</t>
+          <t>  دراسة تصنيفية لانواع الجنس ‏Minuartia L.(Caryophyllaceae) ‎‏ في العراق</t>
         </is>
       </c>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>413</t>
+          <t>423</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t> أحمد سعيد محمد</t>
+          <t>كريم سالم عباس </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>تأثير التغيرات الشهرية لبعض العوامل البيئية في كثافة الهائمات الحيوانية في مياه نهر الغراف / ذي قار / العراق</t>
+          <t>I&amp;#39;m a professor in organic chemistry.  Teaching both UG and PG student. I&amp;#39;m interested in the synthesis of Hetrocyclic derivatives and study their biological activity properties. </t>
         </is>
       </c>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>412</t>
+          <t>422</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>هدى حلو علي</t>
+          <t> علاء حسين كامل</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>تأثير بعض العوامل البيئية على وجود وانتشار النباتات المائية في نهر دجلة في محافظة ميسان</t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>THREE-DIMENSIONAL VORTEX STRUCTURE OF THE WIND AS MAIN CONDITION OF THE ATMOSPHERE</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_l456amj30hio21.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>411</t>
+          <t>421</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>زاهد سعدون عزيز </t>
+          <t>زينب جاسم محمد</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t> دراسة الاستجابة المناعية الناتجة عن تمنيع خنازير غينيا بالذوفان والمستضدات المستخلصة من عصيات الجمرة الخبيثة غير الضارية واللقاح المحلي</t>
-[...2 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>دراسة بيئية لبعض انواع المن على محصول الحنطة ومقامتها حيويا في محافظتي البصرة وميسان</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5ebp6jo2z3muflg.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>420</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>نيران عدنان عباس موسى </t>
+          <t>تحسين صدام فندي </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>دراسة بيئية وحياتية للنوع Dreissena polymorpha (Pallas,1771) (نواعم-ثنائية المصراع) في محطة المسيب الحرارية لتوليد الطاقة الكهربائية</t>
+          <t>SYNTHESIS AND CHARECTRAZATION OF SOME β- LCATAMS DERVATIVES FROM 5-PHENYL VALERIC ACID</t>
         </is>
       </c>
       <c r="D49" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>409</t>
+          <t>419</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>هند مهدي صالح</t>
+          <t>محمد عباس عبد علي سبهان </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>تحضبر راتنجات ايبوكسيدية محورة جديدة و دراسة التحليل الحراري و قوة الصدمة للراتنجات الممقساة</t>
+          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
         </is>
       </c>
       <c r="D50" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>408</t>
+          <t>418</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الكاظم دراغ</t>
+          <t>جاسم عباس حسين </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Genetic diversity and conservation of animal genetic resources in Iraqi buffalo using PCR and microsatellite markers</t>
+          <t>THEORETICAL INVESTIGATION OF MOLECULAR STRUCTURE AND SPECTROSCOPIC PROPERTIES OF SOME PYRAZOLES</t>
         </is>
       </c>
       <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>