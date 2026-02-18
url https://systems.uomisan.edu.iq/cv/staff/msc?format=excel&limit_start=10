--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,1080 +147,1076 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>515</t>
+          <t>525</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>فائز رمضان لعيبي</t>
+          <t>نبيل مهدي هداد</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>النقد اللغوي في ضوء التحليل النقدي</t>
+          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eq_a7cr526pvzhg.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/173uygcp4k8dzho.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>514</t>
+          <t>524</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>علي عذافة طعمة</t>
+          <t>يونس محمد عطية</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>دراسة سقوط البادرات وتعفن جذور الخيار المتسبب عن الفطر Pythium aphanidermatum (Edson) Fitz. والتحكم المتكامل بها.</t>
+          <t>دراسة مكونات ينابيع المياه من العناصر باستخدام التنشيط النيوتروني</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/eij0qrsp2mvh4w_.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/icydk8f52z6mn7l.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>513</t>
+          <t>523</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>ضياء صبيح جاسم</t>
+          <t>دعاء حسين هاشم التميمي</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>الخواص الميكانيكية والقدرة على امتصاص الطاقة للمواد الهيكيلة (الخلوية) المتدرجة نوع (F2CCZ) المصنه بأستخدام تكنولوجيا طباعة ثلاثية الابعاد المعدنية (SLM)</t>
+          <t>دراسة نظرية لانتشار نبضة كاوسية في الياف البلورة الفوتونية والعوامل المؤثرة فيها</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/wv6_s8gni91zthq.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ghs4_57ijtzkb2e.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>512</t>
+          <t>522</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>رائد مسلم محيبس </t>
+          <t>افراح عادل حسن علوان</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>  Synthesis  of new derivatives of N-aryl 1,2,4-triazole</t>
-[...2 lines deleted...]
-      <c r="D5" s="1"/>
+          <t>GESTATION RELATED HISTO-MORPHOMETRIC AND IMMUNOHISTOCHEMICAL CHANGES IN STAR AND OXIDATIVE STRESS IN RAT ADRENAL GLAND CORTEX</t>
+        </is>
+      </c>
+      <c r="D5" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k9527juyx0eozfd.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>521</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>علي حسين جبار</t>
+          <t>علاء نجم عبدالله</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Experimental and numerical investigation of mechanisms governing the performance of electrodialysis for liquid desiccant regeneration</t>
+          <t>THE STABILITY AND ERROR ANALYSIS OF MIXED FINITE ELEMENT METHOD FOR SOLVING NAVIER-STOKES  PROBLEM </t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/c5k8l4nwb3x7vir.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9uqo38ixs5cltkb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>509</t>
+          <t>519</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ابراهيم كاطع علو</t>
+          <t>ختام ثجيل شمخي</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>سياسات الاصلاح الاقتصادي ودورها في معالجة ظاهرتي الفقر والبطالة</t>
-[...2 lines deleted...]
-      <c r="D7" s="1"/>
+          <t>الصناعات الخشبية في مدينة العمارة</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u6wv7ap8hzs213_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>508</t>
+          <t>518</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>مظهر عبد الجبار حسن</t>
+          <t>عبد الله كاظم عبد </t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Enveloping Semigroup in topo;ogical dginmics</t>
-[...6 lines deleted...]
-      </c>
+          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
+        </is>
+      </c>
+      <c r="D8" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>507</t>
+          <t>517</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبدالامير حسان</t>
+          <t>محمد رؤوف محمود</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>نظرية الباعث الدافع للتعاقد(النظرية الذاتية للسبب)</t>
+          <t>دور هندسة راس المال الفكري في بناء قدرات المنظمات الذكية</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e618ilv35d_r4hb.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qcu1h_4tb983rli.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>506</t>
+          <t>516</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>ميثم فالح حسين </t>
+          <t>علي حميد مؤمن</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>حق السرعة في اجراءات الدعوى الجزائية</t>
+          <t>تنصيع ودراسة اداء جهاز تكييف منفصل ذي منظومة امتصاصية</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ua48jmy_ezpl7db.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pq9n4ovkg5z0u7r.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>505</t>
+          <t>515</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>احمد كاظم محمد </t>
+          <t>فائز رمضان لعيبي</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Direct Contact Condensation on Subcooled Turbulent Liquid Film</t>
+          <t>النقد اللغوي في ضوء التحليل النقدي</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g1wlstmkoaevqrc.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/eq_a7cr526pvzhg.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>504</t>
+          <t>514</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الكريم رحيم</t>
+          <t>علي عذافة طعمة</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Synthesis and characterization of new cyclic imides linked to Schiff&amp;#39;s bases</t>
-[...2 lines deleted...]
-      <c r="D12" s="1"/>
+          <t>دراسة سقوط البادرات وتعفن جذور الخيار المتسبب عن الفطر Pythium aphanidermatum (Edson) Fitz. والتحكم المتكامل بها.</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/eij0qrsp2mvh4w_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>503</t>
+          <t>513</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>احمد مجيد عباس</t>
+          <t>ضياء صبيح جاسم</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>The Preparation and oxidation of some of tertlary amine kinetic  study of thermal rearangment</t>
-[...2 lines deleted...]
-      <c r="D13" s="1"/>
+          <t>الخواص الميكانيكية والقدرة على امتصاص الطاقة للمواد الهيكيلة (الخلوية) المتدرجة نوع (F2CCZ) المصنه بأستخدام تكنولوجيا طباعة ثلاثية الابعاد المعدنية (SLM)</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/wv6_s8gni91zthq.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>502</t>
+          <t>512</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>عادل كريم جاسم</t>
+          <t>رائد مسلم محيبس </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص بعض البلورات السائلة الدايمرية الغير متماثلة </t>
+          <t>  Synthesis  of new derivatives of N-aryl 1,2,4-triazole</t>
         </is>
       </c>
       <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>501</t>
+          <t>510</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>سعيد غني نوري </t>
+          <t>علي حسين جبار</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>تاثير التدريب الذهني المصاحب للمظاهر الكينماتيكية في تطوير الاداء الحركي  المهاري ودقة الارسال المواجه من الاعلى  (التنس) في الكرة الطائرة </t>
-[...2 lines deleted...]
-      <c r="D15" s="1"/>
+          <t>Experimental and numerical investigation of mechanisms governing the performance of electrodialysis for liquid desiccant regeneration</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/c5k8l4nwb3x7vir.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>509</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الامير عبد النبي </t>
+          <t>ابراهيم كاطع علو</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Evaluation of Multi Phase Flow Pressure Drop a Cross Production Choke Valve</t>
-[...6 lines deleted...]
-      </c>
+          <t>سياسات الاصلاح الاقتصادي ودورها في معالجة ظاهرتي الفقر والبطالة</t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>508</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>علي نور الدين عبد الكريم </t>
+          <t>مظهر عبد الجبار حسن</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Calculation of Petrophysical Properties for an Iraqi Gas Field </t>
+          <t>Enveloping Semigroup in topo;ogical dginmics</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4i3aseoj9hvm8up.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/18yb74qelg5fsix.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>497</t>
+          <t>507</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>حسين ماضي حمد</t>
+          <t>قاسم عبدالامير حسان</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Heat transfer between two eccentric sphere</t>
+          <t>نظرية الباعث الدافع للتعاقد(النظرية الذاتية للسبب)</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/orugbnsdhw175m9.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e618ilv35d_r4hb.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>496</t>
+          <t>506</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عادل داخل</t>
+          <t>ميثم فالح حسين </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج ارشادي في خفض العدائية لدا طلبة الجامعة </t>
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+          <t>حق السرعة في اجراءات الدعوى الجزائية</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ua48jmy_ezpl7db.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>495</t>
+          <t>505</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>علي جاسم محمد </t>
+          <t>احمد كاظم محمد </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Low Speed Impact Response of Beaded Material under Different Thickness of Samples</t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>Direct Contact Condensation on Subcooled Turbulent Liquid Film</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g1wlstmkoaevqrc.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>494</t>
+          <t>504</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>عبد الباسط محسن عيال </t>
+          <t>علي عبد الكريم رحيم</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Tyu</t>
+          <t>Synthesis and characterization of new cyclic imides linked to Schiff&amp;#39;s bases</t>
         </is>
       </c>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>493</t>
+          <t>503</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>أسامة ناصر والي</t>
+          <t>احمد مجيد عباس</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنه شكليه نسيجيه ما بين النسل الخفيف والثقيل </t>
+          <t>The Preparation and oxidation of some of tertlary amine kinetic  study of thermal rearangment</t>
         </is>
       </c>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>492</t>
+          <t>502</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>سعد صبري شامخ علي </t>
+          <t>عادل كريم جاسم</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Quality of life for patients with tuberculosis who undergo directly observed treatment short-course (DOTS) Strategy in Al-Amara City </t>
+          <t>تحضير وتشخيص بعض البلورات السائلة الدايمرية الغير متماثلة </t>
         </is>
       </c>
       <c r="D23" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>501</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>عقيل عزيز عرار ناصر </t>
+          <t>سعيد غني نوري </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>The Effectiveness of an Educational Program on the Knowledge and Practices of the Nursing Staff Concerning the Electrocardiographic Procedural Errors in Misan Governorate</t>
+          <t>تاثير التدريب الذهني المصاحب للمظاهر الكينماتيكية في تطوير الاداء الحركي  المهاري ودقة الارسال المواجه من الاعلى  (التنس) في الكرة الطائرة </t>
         </is>
       </c>
       <c r="D24" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>489</t>
+          <t>500</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>ضياء حميد جياد </t>
+          <t>محمد عبد الامير عبد النبي </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Structure and Properties of Free-Nickel   High-Nitrogen Austenitic Stainless Steels after Laser Welding.&amp;#34;</t>
+          <t>Evaluation of Multi Phase Flow Pressure Drop a Cross Production Choke Valve</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ixfv1r3odauwsz9.pdf</t>
+          <t>uploads/files/v5pb4lz8ue_f6wx.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>488</t>
+          <t>499</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>ماجد شندي والي </t>
+          <t>علي نور الدين عبد الكريم </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>تاثير التدريب الدائري المرتفع الشدة في بعض مؤشرات الدم والكلى</t>
+          <t>Calculation of Petrophysical Properties for an Iraqi Gas Field </t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_ve4h60sylz8u1g.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4i3aseoj9hvm8up.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>487</t>
+          <t>497</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>معن عبدالدايم حسن</t>
+          <t>حسين ماضي حمد</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Applicational</t>
-[...2 lines deleted...]
-      <c r="D27" s="1"/>
+          <t>Heat transfer between two eccentric sphere</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/orugbnsdhw175m9.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>486</t>
+          <t>496</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>علي حسين حسن غافل </t>
+          <t>فاطمة عادل داخل</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>IMPROVING THE HARDNESS AND WEAR RESISTANCE OF CAST IRON SURFACE BY LASER MELT BEAM INJECTION METHOD (LMI) WITH MECHANICAL ALLOYED POWDER</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر برنامج ارشادي في خفض العدائية لدا طلبة الجامعة </t>
+        </is>
+      </c>
+      <c r="D28" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>485</t>
+          <t>495</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>حسن غالي مهاوي </t>
+          <t>علي جاسم محمد </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>تقويم السلوك الإداري في إدارة وتنظيم المهرجانات الرياضية </t>
-[...6 lines deleted...]
-      </c>
+          <t>Low Speed Impact Response of Beaded Material under Different Thickness of Samples</t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>484</t>
+          <t>494</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>علي محمد ياسين</t>
+          <t>عبد الباسط محسن عيال </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>منهج تعليمي وفق تمرينات التوافق وأثره في دقة بعض مهارات كرة السلة وعلاقتها بتركيز الانتباه</t>
-[...6 lines deleted...]
-      </c>
+          <t>Tyu</t>
+        </is>
+      </c>
+      <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>483</t>
+          <t>493</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>غزوان عبدالحسين </t>
+          <t>أسامة ناصر والي</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Evaluation of Nurses’ Knowledge and Practices Concerning Childhood Vaccination at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
+          <t>دراسة مقارنه شكليه نسيجيه ما بين النسل الخفيف والثقيل </t>
         </is>
       </c>
       <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>482</t>
+          <t>492</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>احمد شهاب احمد</t>
+          <t>سعد صبري شامخ علي </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Fabrication and characterization of porous silicon for UV detection</t>
+          <t>Quality of life for patients with tuberculosis who undergo directly observed treatment short-course (DOTS) Strategy in Al-Amara City </t>
         </is>
       </c>
       <c r="D32" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>481</t>
+          <t>490</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جاسب جاسم</t>
+          <t>عقيل عزيز عرار ناصر </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>PREDICTION OF LOAD CARRYING CAPACITY OF REINFORCED CONCRETE DEEP BEAMS WITH AND WITHOUT WEB OPENING USING ARTIFICIAL NEURAL NETWORK</t>
-[...6 lines deleted...]
-      </c>
+          <t>The Effectiveness of an Educational Program on the Knowledge and Practices of the Nursing Staff Concerning the Electrocardiographic Procedural Errors in Misan Governorate</t>
+        </is>
+      </c>
+      <c r="D33" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>489</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>علي جبر مشكل</t>
+          <t>ضياء حميد جياد </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>A COMPARATIVE STUDY OF MPPT AND VOLTAGE REGULATOR CONTROLLERS FOR CONTROLLING OUTPUT VOLTAGE IN PV APPLICATIONS</t>
+          <t>&amp;#34;Structure and Properties of Free-Nickel   High-Nitrogen Austenitic Stainless Steels after Laser Welding.&amp;#34;</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/loyw841huav3_pk.docx</t>
+          <t>uploads/files/ixfv1r3odauwsz9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>479</t>
+          <t>488</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>ساره جمعة فليح</t>
+          <t>ماجد شندي والي </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>العوامل المؤثرة على جريان سوائل الحفر </t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>تاثير التدريب الدائري المرتفع الشدة في بعض مؤشرات الدم والكلى</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_ve4h60sylz8u1g.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>478</t>
+          <t>487</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t> أمير لطيف صالح</t>
+          <t>معن عبدالدايم حسن</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>Speed Control of Brushless DC Motor Based on PID and Wavelet Neural Networks</t>
-[...6 lines deleted...]
-      </c>
+          <t>Applicational</t>
+        </is>
+      </c>
+      <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>477</t>
+          <t>486</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>ميس كريم جبار </t>
+          <t>علي حسين حسن غافل </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>An Efficient Handoff Scheme for WiMAX Networks with Load Balancing</t>
+          <t>IMPROVING THE HARDNESS AND WEAR RESISTANCE OF CAST IRON SURFACE BY LASER MELT BEAM INJECTION METHOD (LMI) WITH MECHANICAL ALLOYED POWDER</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/137_vuf2p8owt9d.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u5xmvl_i987ok3n.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>476</t>
+          <t>485</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>علي ظاهر محسن</t>
+          <t>حسن غالي مهاوي </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>using methods of pattern recognition for the analysis of test results </t>
+          <t>تقويم السلوك الإداري في إدارة وتنظيم المهرجانات الرياضية </t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4fv7wxpgzi5uy3m.docx</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lbyi5h6mrzuga_8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>475</t>
+          <t>484</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالحسين رسن</t>
+          <t>علي محمد ياسين</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INCREASING THE PRODUCTION OF ELECTRIC ENERGY FROM NATURAL GAS USAGE </t>
+          <t>منهج تعليمي وفق تمرينات التوافق وأثره في دقة بعض مهارات كرة السلة وعلاقتها بتركيز الانتباه</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dx6hwvnma9bpie2.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ns3ezfqd4v_i0xh.doc</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>474</t>
+          <t>483</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>ساجد كامل زمام</t>
+          <t>غزوان عبدالحسين </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>Experimental study of bending behavior of a clay under different suctions - Analysis by digital image processing</t>
-[...6 lines deleted...]
-      </c>
+          <t>&amp;#34;Evaluation of Nurses’ Knowledge and Practices Concerning Childhood Vaccination at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
+        </is>
+      </c>
+      <c r="D40" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>473</t>
+          <t>482</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>ابوذر طالب حلبوص</t>
+          <t>احمد شهاب احمد</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>Oil Removal from Wastewater of Al-Bezerqan Crude Oil Field by Air Flotation</t>
-[...6 lines deleted...]
-      </c>
+          <t>Fabrication and characterization of porous silicon for UV detection</t>
+        </is>
+      </c>
+      <c r="D41" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>471</t>
+          <t>481</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>خالد وليد ناصر </t>
+          <t>مصطفى جاسب جاسم</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>Designing electrical part of 840 MW condensing power plant in the city of Zakho, in Republic of Iraq</t>
+          <t>PREDICTION OF LOAD CARRYING CAPACITY OF REINFORCED CONCRETE DEEP BEAMS WITH AND WITHOUT WEB OPENING USING ARTIFICIAL NEURAL NETWORK</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/pihnjofm6xzsd1l.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iwx3pvyj097dr4b.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>469</t>
+          <t>480</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>عبدالخالق عبداليمه جعفر</t>
+          <t>علي جبر مشكل</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>احتساب مقاومة الالتواء القصوى للعتبات الخرسانية المسلحة باستخدام الشبكات العصبية الصناعية</t>
+          <t>A COMPARATIVE STUDY OF MPPT AND VOLTAGE REGULATOR CONTROLLERS FOR CONTROLLING OUTPUT VOLTAGE IN PV APPLICATIONS</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/h7_2l9r0mdivge4.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/loyw841huav3_pk.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>468</t>
+          <t>479</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>حسين طعمه حازم </t>
+          <t>ساره جمعة فليح</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t> energy efficient bandwidth allocation for LTE mobile Networks</t>
-[...6 lines deleted...]
-      </c>
+          <t>العوامل المؤثرة على جريان سوائل الحفر </t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>467</t>
+          <t>478</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>جاسم حسن علك صحين </t>
+          <t> أمير لطيف صالح</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>AN ANALYSIS OF CRACKS IN SIMPLY SUPPORTED CURVED PLATES UNDER COMBINED BUCKLING AND IMPACT LOADING</t>
+          <t>Speed Control of Brushless DC Motor Based on PID and Wavelet Neural Networks</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/f3_dyh419usae62.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lkf7h64gi895zxd.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>466</t>
+          <t>477</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>مصعب صباح عبد</t>
+          <t>ميس كريم جبار </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>calculation of foundation beds according to the second group of limit state</t>
+          <t>An Efficient Handoff Scheme for WiMAX Networks with Load Balancing</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/psjbg45m81ny7q6.pdf</t>
+          <t>uploads/files/137_vuf2p8owt9d.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>465</t>
+          <t>476</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>هشام داود سلمان</t>
+          <t>علي ظاهر محسن</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>SOLVING UNIT COMMITM ENT PROBLEM WITH INCL UDING WIND POWER GEN ERATION USI NG PSS®E</t>
+          <t>using methods of pattern recognition for the analysis of test results </t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f19_lm3sjnhu250.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4fv7wxpgzi5uy3m.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>464</t>
+          <t>475</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>سامر محمد جاسب</t>
+          <t>علي عبدالحسين رسن</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Dynamic Analysis of Cantilever Plate with Variable Thickness under the effect of periodic Loading</t>
+          <t>INCREASING THE PRODUCTION OF ELECTRIC ENERGY FROM NATURAL GAS USAGE </t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/lg5hs6jqn4t7diu.pdf</t>
+          <t>uploads/files/dx6hwvnma9bpie2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>463</t>
+          <t>474</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>محمد خلف جمعة</t>
+          <t>ساجد كامل زمام</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INCREASING OF EFFICIENCY OF ENERGY SYSTEM OF THE INDUSTRIAL COMPLEX BY VOLTAGE REGULATION</t>
+          <t>Experimental study of bending behavior of a clay under different suctions - Analysis by digital image processing</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m1iu36l0782eg4d.pdf</t>
+          <t>uploads/files/jats6k43rv7bu2i.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>462</t>
+          <t>473</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>نوار سعد ارحيم</t>
+          <t>ابوذر طالب حلبوص</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>RGBA Image Steganography Based on AES Technique</t>
+          <t>Oil Removal from Wastewater of Al-Bezerqan Crude Oil Field by Air Flotation</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t2foxjdianrqykg.pdf</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3s0r6p_vxjdw12t.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>461</t>
+          <t>471</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>عباس عوده داود</t>
+          <t>خالد وليد ناصر </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>DYNAMIC ANALYSIS OF SUBMARINE PIPELINES AND FIXED OFFSHORE FRAMED STRUCTURES UNDER THE ACTION OF WAVE FORCES</t>
+          <t>Designing electrical part of 840 MW condensing power plant in the city of Zakho, in Republic of Iraq</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/06mo2pjak1954uf.pdf</t>
+          <t>uploads/files/pihnjofm6xzsd1l.pdf</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>