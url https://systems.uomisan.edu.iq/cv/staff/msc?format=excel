--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -147,990 +147,1018 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>File_Master_Thesis</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>1016</t>
+          <t>1026</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>حيدر رحيم معيبد</t>
+          <t>م.م زهراء كريم حسين </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>دراسة  تاثير نوع القدم الاصطناعي على الاهتزازات والاجهادات المسلطة على الطرف الاصطناعي لبتر تحت الركبة </t>
+          <t>المجال الحيوي لروسيا الاتحادية بعد عام ٢٠١٢ الفرص والتحديات</t>
         </is>
       </c>
       <c r="D2" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>1015</t>
+          <t>1025</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>نضال رحيم جوحي</t>
+          <t>م.م تبارك علي جابر </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>دراسة العلاقة بين النمط الثلاثي المحتوي على 22 تعدد أشكال النوكليوتيدات المفردة (TRIM22) كعوامل وراثية مضيفة في السيطرة على عدوى كوفيد-19</t>
-[...2 lines deleted...]
-      <c r="D3" s="1"/>
+          <t>التعاون الدولي وترسيخ الأمن الإقليمي: المنطقة العربية نموذجا </t>
+        </is>
+      </c>
+      <c r="D3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/pgd5102bysvmchr.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>1014</t>
+          <t>1024</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>شهد عباس عريبي</t>
+          <t>دلال كريم عطوان</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>درجة توافق معتقدات معلمي الصفوف الاولى حول التقويم من اجل التعلم وممارستهم لاساليبه في تقويم تعلم تلامذتهم</t>
+          <t>تقييم الاداء الحراري والصوتي لحاوية المولدة المحمولة باستخدام مواد محلية مختلفة</t>
         </is>
       </c>
       <c r="D4" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>1013</t>
+          <t>1023</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>مصطفى كرم محمد</t>
+          <t>مريم رياض عدنان</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>الغزل بين الشاعر ابن حزم الاندلسي والشاعر خواجو كرماني دراسة مقارنه</t>
+          <t>التغير اللغوي في أقرب الموارد في فصح العربية والشوارد لسعيد الخوري </t>
         </is>
       </c>
       <c r="D5" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>1012</t>
+          <t>1022</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>زينب عبد الحسين حداد </t>
+          <t>ساره محمد اتويه</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>جدلية الحياة والموت في شعر عدي بن زيد العبادي</t>
-[...6 lines deleted...]
-      </c>
+          <t>المرجعيات الثقافية في شعر ابن الأبار القضاعي الأندلسي (ت٦٥٨هـ)</t>
+        </is>
+      </c>
+      <c r="D6" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>1011</t>
+          <t>1021</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ساجدة منادي ثامر </t>
+          <t> منال فرج </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>تخليق وتوصيف مشتقات من 2،5- ثنائي ميثوكسي بنزوفينون</t>
+          <t> التوجيه الدلالي في تفسير الامثل آيات القصص القرآني انموذجا </t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dorxwug6qb1sij8.docx</t>
+          <t>uploads/files/8btgd92nop7ca_j.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>1009</t>
+          <t>1020</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>مناف حسن لفته</t>
+          <t>فاطمة</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>توجيه الامن للبيانات الموفرة للطاقة في انظمة انترنت الاشياء</t>
+          <t>دراسة نفسية لغوية للعمليات المعرفية للطلاب الجامعيين</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/0ymed7ajhu5fvnk.pdf</t>
+          <t>uploads/files/7yjwl_vxsuf9qd2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>1008</t>
+          <t>1019</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>رقيه مجيد كريم </t>
+          <t>نور رحيم نعمة</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>تحكم التدلي في الشبكات الصغيرة لتحسين الكفاءة والاستقرا ر</t>
+          <t>المبتدأ والخبر في رواية دان براون ملائكة وشياطين </t>
         </is>
       </c>
       <c r="D9" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>1006</t>
+          <t>1017</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>شيماء منعم سعيد</t>
+          <t>سارة قحطان حسين</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t> تأثير مستخلص نوستك بكترياء الزرقاء على انبات الرز في العراق</t>
-[...6 lines deleted...]
-      </c>
+          <t>التحضير الحيوي لاوكسيد الحديد النانوي باستخدام مستخلصات نباتيه مختلفه للتطبيقات الاحيائيه</t>
+        </is>
+      </c>
+      <c r="D10" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>1005</t>
+          <t>1016</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>اياد محسن سبهان</t>
+          <t>حيدر رحيم معيبد</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>تحسين جودة شبكات الاستثمار اللاسلكية الذكية بمساعدة التعليم العميق والشبكات العصبية</t>
+          <t>دراسة  تاثير نوع القدم الاصطناعي على الاهتزازات والاجهادات المسلطة على الطرف الاصطناعي لبتر تحت الركبة </t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/g2nyxop7kedb3mw.pdf</t>
+          <t>uploads/files/svohb_5zu1a0yq9.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>1004</t>
+          <t>1015</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>علي غازي محمد</t>
+          <t>نضال رحيم جوحي</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>حاشية وافية على شرح الجامي للكافية -للشيخ محمد بن عبد الوهاب الهمداني تـــ1305 هـ - دراسة وتحقيق</t>
+          <t>دراسة العلاقة بين النمط الثلاثي المحتوي على 22 تعدد أشكال النوكليوتيدات المفردة (TRIM22) كعوامل وراثية مضيفة في السيطرة على عدوى كوفيد-19</t>
         </is>
       </c>
       <c r="D12" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>1003</t>
+          <t>1014</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>آلاء جبار داغر</t>
+          <t>شهد عباس عريبي</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>رسالة الغفران لأبي العلاء المعري دراسة في ضوء لسانيات النصّ</t>
+          <t>درجة توافق معتقدات معلمي الصفوف الاولى حول التقويم من اجل التعلم وممارستهم لاساليبه في تقويم تعلم تلامذتهم</t>
         </is>
       </c>
       <c r="D13" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>1002</t>
+          <t>1013</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>م.م رسل مهدي محمد</t>
+          <t>مصطفى كرم محمد</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>تأثير منهج تعليمي وفق انموذج هانفن بك في التفكير المرن وتعليم بعض المهارات المركبة بكرة قدم الصالات للطالبات</t>
-[...6 lines deleted...]
-      </c>
+          <t>الغزل في شعر ابن حزم الاندلسي  وخواجوي كرماني دراسة مقارنه</t>
+        </is>
+      </c>
+      <c r="D14" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>1001</t>
+          <t>1012</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>سارة كاظم عبدالكريم </t>
+          <t>زينب عبد الحسين حداد </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>تقويم اداء معلمي العلوم في المرحله الابتدائية على وفق معايير NGSS</t>
+          <t>جدلية الحياة والموت في شعر عدي بن زيد العبادي</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/8sy64uq_jv7h5l3.pdf</t>
+          <t>uploads/files/rypal_m7dh3ozqe.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>1011</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>آلاء سمير حاتم الحريشاوي</t>
+          <t>ساجدة منادي ثامر </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>الوجود والماهية عند الشيخ احمد بن زين الدين الاحسائي دراسة تحليلة</t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>تخليق وتوصيف مشتقات من 2،5- ثنائي ميثوكسي بنزوفينون</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/dorxwug6qb1sij8.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>999</t>
+          <t>1009</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>هاجر جبار عمار</t>
-[...3 lines deleted...]
-      <c r="D17" s="1"/>
+          <t>مناف حسن لفته</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>توجيه الامن للبيانات الموفرة للطاقة في انظمة انترنت الاشياء</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/0ymed7ajhu5fvnk.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>998</t>
+          <t>1008</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>سجى سالم هاشم </t>
+          <t>رقيه مجيد كريم </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>التغير في اتجاهات قرائن التطرف الحراري وتوقعاتها المستقبلية في محطتي الديوانية والحي </t>
+          <t>تحكم التدلي في الشبكات الصغيرة لتحسين الكفاءة والاستقرا ر</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/vmztbpfdsw_4ohx.pdf</t>
+          <t>uploads/files/5hlma3z97npev1o.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>997</t>
+          <t>1006</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>امل حسين محيميد</t>
+          <t>شيماء منعم سعيد</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>تطوير طرق قياس الطيف الضوئي لتحديد السلفاميثوكسازول والسلفاديازين باستخدام اقتران الأزوت</t>
+          <t> تأثير مستخلص نوستك بكترياء الزرقاء على انبات الرز في العراق</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xy5a2kulw69hi4f.pdf</t>
+          <t>uploads/files/qy6fk9lp3aijes8.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>996</t>
+          <t>1005</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t> ساره خماس جبر</t>
+          <t>اياد محسن سبهان</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>إمكانات ومعوقات التنمية الزراعية وافاقها المستقبلية في المنطقة الشرقية من محافظة ميسان</t>
-[...2 lines deleted...]
-      <c r="D20" s="1"/>
+          <t>تحسين جودة شبكات الاستثمار اللاسلكية الذكية بمساعدة التعليم العميق والشبكات العصبية</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/g2nyxop7kedb3mw.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>995</t>
+          <t>1004</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>منى محمد موسى</t>
-[...2 lines deleted...]
-      <c r="C21" s="1"/>
+          <t>علي غازي محمد</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>حاشية وافية على شرح الجامي للكافية -للشيخ محمد بن عبد الوهاب الهمداني تـــ1305 هـ - دراسة وتحقيق</t>
+        </is>
+      </c>
       <c r="D21" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>994</t>
+          <t>1003</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>علي ناطق رحيمه</t>
-[...2 lines deleted...]
-      <c r="C22" s="1"/>
+          <t>آلاء جبار داغر</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>رسالة الغفران لأبي العلاء المعري دراسة في ضوء لسانيات النصّ</t>
+        </is>
+      </c>
       <c r="D22" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>993</t>
+          <t>1002</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>وسام ادريس فتين</t>
+          <t>م.م رسل مهدي محمد</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>باللغة العربية : الاطار القانوني للتهرب الضريبي وطرق معالجته  دراسة مقارنة بين العراق وفرنسا والامارات  .</t>
+          <t>تأثير منهج تعليمي وفق انموذج هانفن بك في التفكير المرن وتعليم بعض المهارات المركبة بكرة قدم الصالات للطالبات</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/tozufxkj4wcl95r.docx</t>
+          <t>uploads/files/kbt_3rdujp90v8l.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>992</t>
+          <t>1001</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>م.د. عدنان خلف فرهود الحمراني</t>
+          <t>سارة كاظم عبدالكريم </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>الحلول التقريبية لبعض الفصول من المعادلات التكاملية الكسريه غير الخطية</t>
+          <t>تقويم اداء معلمي العلوم في المرحله الابتدائية على وفق معايير NGSS</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/74gdiqc1vmtxlpj.pdf</t>
+          <t>uploads/files/8sy64uq_jv7h5l3.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>990</t>
+          <t>1000</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>علي حاتم الوالي</t>
+          <t>آلاء سمير حاتم الحريشاوي</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t> مقارنة نتائج اختبار فحص الحركة الوظيفية بين الرجال النشطين وغير النشطين في منتصف العمر في مدينة مشهد</t>
-[...6 lines deleted...]
-      </c>
+          <t>الوجود والماهية عند الشيخ احمد بن زين الدين الاحسائي دراسة تحليلة</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>989</t>
+          <t>999</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>زينب محسن جاسب</t>
-[...11 lines deleted...]
-      </c>
+          <t>هاجر جبار عمار</t>
+        </is>
+      </c>
+      <c r="C26" s="1"/>
+      <c r="D26" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>988</t>
+          <t>998</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>بلال علي خليل</t>
-[...3 lines deleted...]
-      <c r="D27" s="1"/>
+          <t>سجى سالم هاشم </t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>التغير في اتجاهات قرائن التطرف الحراري وتوقعاتها المستقبلية في محطتي الديوانية والحي </t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/vmztbpfdsw_4ohx.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>987</t>
+          <t>997</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>طارق خنجر حامد </t>
+          <t>امل حسين محيميد</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>دراسة تأثير التسويق عبر وسائل التواصل الاجتماعي على قيمة العلامة التجارية </t>
+          <t>تطوير طرق قياس الطيف الضوئي لتحديد السلفاميثوكسازول والسلفاديازين باستخدام اقتران الأزوت</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/bq812ax94vjrgyl.docx</t>
+          <t>uploads/files/xy5a2kulw69hi4f.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>986</t>
+          <t>996</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>كرار براق طالب</t>
+          <t> ساره خماس جبر</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>الاليات القانونية لمكافحة الفساد على المستوى الاقليمي (على سبيل المثال منطقة رستوف)</t>
-[...6 lines deleted...]
-      </c>
+          <t>إمكانات ومعوقات التنمية الزراعية وافاقها المستقبلية في المنطقة الشرقية من محافظة ميسان</t>
+        </is>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>985</t>
+          <t>995</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>زينب جبار سكر </t>
-[...11 lines deleted...]
-      </c>
+          <t>منى محمد موسى</t>
+        </is>
+      </c>
+      <c r="C30" s="1"/>
+      <c r="D30" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>984</t>
+          <t>994</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>نور صباح كاظم</t>
-[...11 lines deleted...]
-      </c>
+          <t>علي ناطق رحيمه</t>
+        </is>
+      </c>
+      <c r="C31" s="1"/>
+      <c r="D31" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>983</t>
+          <t>993</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالامير نعيم </t>
+          <t>وسام ادريس فتين</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>مقارنة نسيجية، كيمايئية نسيجية وفسيولوجية لتأثير (  امتربتلين، اسيتالوبرام) على بعض الأعضاء في الجهاز التكاثري لذكور الفئران البالغة (Mus musculus) </t>
+          <t>باللغة العربية : الاطار القانوني للتهرب الضريبي وطرق معالجته  دراسة مقارنة بين العراق وفرنسا والامارات  .</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ryt58qgcwv2j_mk.pdf</t>
+          <t>uploads/files/tozufxkj4wcl95r.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>982</t>
+          <t>992</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>بهاء عبد الحسين عبد علي </t>
+          <t>م.د. عدنان خلف فرهود الحمراني</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>بناء مقياس الضغوط النفسية لحكام كرة القدم </t>
-[...2 lines deleted...]
-      <c r="D33" s="1"/>
+          <t>الحلول التقريبية لبعض الفصول من المعادلات التكاملية الكسريه غير الخطية</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/74gdiqc1vmtxlpj.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>981</t>
+          <t>990</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>بركات حسن عبيد </t>
-[...3 lines deleted...]
-      <c r="D34" s="1"/>
+          <t>علي حاتم الوالي</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t> مقارنة نتائج اختبار فحص الحركة الوظيفية بين الرجال النشطين وغير النشطين في منتصف العمر في مدينة مشهد</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/ucs39x_f8kpb6d7.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>989</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>مصطفى عدنان نعمه</t>
+          <t>زينب محسن جاسب</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>Molecular Cloning of Neuraminidase and Yeast surface display for oral Vaccine of Swine Flu</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>دراسة التغيرات النسيجية والدموية المرتبطة بتناول زيت الأوكالبتوس عن طريق الفم والاستنشاق لدى فئران التجارب (Mus musculus)</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/2u08ftjp7cxd_yv.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>979</t>
+          <t>988</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>د. طه حسن جاسم </t>
+          <t>بلال علي خليل</t>
         </is>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>978</t>
+          <t>987</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>عفاف عبدالله</t>
+          <t>طارق خنجر حامد </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>الجرعة العلاجية المؤثرة لعالق اللوز الحلو مقارنة مع بعض الادوية المنخفضة لدهنية الدم في الفئران المستحدث بها تجريبيا فرط الدهنية في الدم </t>
-[...2 lines deleted...]
-      <c r="D37" s="1"/>
+          <t>دراسة تأثير التسويق عبر وسائل التواصل الاجتماعي على قيمة العلامة التجارية </t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/bq812ax94vjrgyl.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>977</t>
+          <t>986</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>حيدركريم عبود</t>
+          <t>كرار براق طالب</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>بعض معايير الدم الايضية في ابقار الحليب في محطة الاسحاقي</t>
+          <t>الاليات القانونية لمكافحة الفساد على المستوى الاقليمي (على سبيل المثال منطقة رستوف)</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/vdgx6b1an52ulf7.pdf</t>
+          <t>uploads/files/qykmb4ua1n09g2j.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>976</t>
+          <t>985</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>مهند مهدي محمد</t>
-[...2 lines deleted...]
-      <c r="C39" s="1"/>
+          <t>زينب جبار سكر </t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t> الكشف المناعي والجزيئي عن جينات الضراوة CagA و DupA و VacA بين بكتيريا Helicobacter pylori المعزولة من مرضى قرحة المعدة في محافظة ميسان بالعراق.</t>
+        </is>
+      </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/9t8owig2xs14pd_.pdf</t>
+          <t>uploads/files/0567oic8apdhsjv.docx</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>975</t>
+          <t>984</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>خلود جاسم مهاوي </t>
+          <t>نور صباح كاظم</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>الدراسة الجزيئية بواسطة طريقة تسلسل exome بأكملها لـ 310 جينات متورطة في التخلف العقلي في عائلة لمريض واحد في العماره</t>
+          <t>تحضير وتشخيص بوليمرات مطعمة بأوكسيد الحديد النانوي ودراسة كفاءتها التحليلية في إزالة بعض ايونات العناصر من المحاليل المائية</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/08hx61sqe52jr7y.docx</t>
+          <t>uploads/files/eux64dv7_n95of2.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>974</t>
+          <t>983</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>عدنان محيسن علي</t>
+          <t>اسراء عبدالامير نعيم </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>المصطلحات التقيمية في اللغة العربية والانكليزية</t>
+          <t>مقارنة نسيجية، كيمايئية نسيجية وفسيولوجية لتأثير (  امتربتلين، اسيتالوبرام) على بعض الأعضاء في الجهاز التكاثري لذكور الفئران البالغة (Mus musculus) </t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/lrq059u8ob6mvyh.pdf</t>
+          <t>uploads/files/ryt58qgcwv2j_mk.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>973</t>
+          <t>982</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>علاء عبدالشهيد موسى </t>
-[...2 lines deleted...]
-      <c r="C42" s="1"/>
+          <t>بهاء عبد الحسين عبد علي </t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>بناء مقياس الضغوط النفسية لحكام كرة القدم </t>
+        </is>
+      </c>
       <c r="D42" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>972</t>
+          <t>981</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>عبدالكريم علي حسين</t>
-[...6 lines deleted...]
-      </c>
+          <t>بركات حسن عبيد </t>
+        </is>
+      </c>
+      <c r="C43" s="1"/>
       <c r="D43" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>971</t>
+          <t>980</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>علي مطر سادة </t>
+          <t>مصطفى عدنان نعمه</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>التحقق في تأثير الحصة السوقية لمنتج والتركيز على اداء المورديين مع الشركات المدرجة في بورصة  طهران </t>
+          <t>Molecular Cloning of Neuraminidase and Yeast surface display for oral Vaccine of Swine Flu</t>
         </is>
       </c>
       <c r="D44" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>970</t>
+          <t>979</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>لمياء صبيح عاشور</t>
+          <t>د. طه حسن جاسم </t>
         </is>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>978</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>فرح مجبل الجابري </t>
-[...2 lines deleted...]
-      <c r="C46" s="1"/>
+          <t>عفاف عبدالله</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>الجرعة العلاجية المؤثرة لعالق اللوز الحلو مقارنة مع بعض الادوية المنخفضة لدهنية الدم في الفئران المستحدث بها تجريبيا فرط الدهنية في الدم </t>
+        </is>
+      </c>
       <c r="D46" s="1"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>968</t>
+          <t>977</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>صابرين قيس مجيد</t>
+          <t>حيدركريم عبود</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>انتاج وترسيب كاربونات الكالسيوم من مخلفات الجبس </t>
+          <t>بعض معايير الدم الايضية في ابقار الحليب في محطة الاسحاقي</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/jbcnmgqzwk9v678.pdf</t>
+          <t>uploads/files/vdgx6b1an52ulf7.pdf</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>967</t>
+          <t>976</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>ستار موزان حسن</t>
-[...7 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>مهند مهدي محمد</t>
+        </is>
+      </c>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/9t8owig2xs14pd_.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>966</t>
+          <t>975</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>زينب زامل كاطع</t>
+          <t>خلود جاسم مهاوي </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>دراسة التشكل الوراثي للجينات ذات العلاقة بالتنبؤ بسرطان الثدي</t>
-[...2 lines deleted...]
-      <c r="D49" s="1"/>
+          <t>الدراسة الجزيئية بواسطة طريقة تسلسل exome بأكملها لـ 310 جينات متورطة في التخلف العقلي في عائلة لمريض واحد في العماره</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/08hx61sqe52jr7y.docx</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>965</t>
+          <t>974</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>سحر كريم جابر</t>
+          <t>عدنان محيسن علي</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>التحليل الجزيئي بأستخدام تقنية تسلسل الاكزوم الكامل ( WES) لـ 53 جينًا متورطًا في أمراض الدماغ عند عائلة يُشتبه في إصابتها باعتلال بيضاء الدماغ او مرض المادة البيضاء Leukoencephalopathy في طهران</t>
-[...2 lines deleted...]
-      <c r="D50" s="1"/>
+          <t>المصطلحات التقيمية في اللغة العربية والانكليزية</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/lrq059u8ob6mvyh.pdf</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>964</t>
+          <t>973</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>مصطفى محسن غيثان</t>
+          <t>علاء عبدالشهيد موسى </t>
         </is>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">