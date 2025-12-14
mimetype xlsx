--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -1101,1312 +1101,1312 @@
       </c>
       <c r="M12" s="1" t="inlineStr">
         <is>
           <t>الواقع والآفاق المستقبلية لصناعة الأسمدة الفوسفاتية في بلدان مجلس التعاون العربي</t>
         </is>
       </c>
       <c r="N12" s="1" t="inlineStr">
         <is>
           <t>تحليل وقياس ظاهرة العجز المزدوج في مصر وتونس والمغرب للمدة (1975-2000) </t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P12" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>686</t>
+          <t>147</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>علي محمد علي</t>
+          <t>محمد أحمد وهم</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>ali mohammed ali</t>
+          <t>Mohammed Ahmed Waham</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5dehva_utknj8x9.jpg</t>
+          <t>uploads/files/3firle_vtzxp670.jpeg</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>1970-12-13</t>
+          <t>1983-07-25</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07719939145</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>Alialfredawy1970@yahoo.com</t>
+          <t>mohammedwaham@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>1973-12-10</t>
+          <t>2025-05-18</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>احصاء</t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
-          <t>احصاء</t>
+          <t>نظرية المنظمة والسلوك التنظيمي</t>
         </is>
       </c>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>analyze the financial performance  of the Company</t>
-[...2 lines deleted...]
-      <c r="N13" s="1"/>
+          <t>Knowledge Management and Its Role in Development of Business Organization</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
+        </is>
+      </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P13" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>686</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>احمد جاسم محمد </t>
+          <t>علي محمد علي</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Ahmed jasim mohammed </t>
+          <t>ali mohammed ali</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mgl01wsv9jainxe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5dehva_utknj8x9.jpg</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>1985-05-01</t>
+          <t>1970-12-13</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>07711976677</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>ahmedjm85@uomisan.edu.iq</t>
+          <t>Alialfredawy1970@yahoo.com</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
-          <t>2016-07-31</t>
+          <t>1973-12-10</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>علوم مالية </t>
+          <t>احصاء</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t>علوم مالية </t>
+          <t>احصاء</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>Bank Stock Returns and Macroeconomic Variables: Empirical Evidence from Selected ASEAN Countries</t>
+          <t>analyze the financial performance  of the Company</t>
         </is>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P14" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>148</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>حيدر صباح طعمه</t>
+          <t>احمد جاسم محمد </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Hussein Nabhan Ali</t>
+          <t>Ahmed jasim mohammed </t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5nzpjq6kghc0m9o.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mgl01wsv9jainxe.jpg</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>1983-11-17</t>
+          <t>1985-05-01</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٤٠٢٤٩٧٤</t>
+          <t>07711976677</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>haidar_1100@yahoo.com</t>
+          <t>ahmedjm85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
-          <t>2016-08-05</t>
+          <t>2016-07-31</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية والمعلوماتية/احصاء</t>
+          <t>علوم مالية </t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
-          <t>الاحصاء</t>
+          <t>علوم مالية </t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>العمليات العشوائية لطرق النقل</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bank Stock Returns and Macroeconomic Variables: Empirical Evidence from Selected ASEAN Countries</t>
+        </is>
+      </c>
+      <c r="N15" s="1"/>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P15" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>علي خزعل جبار</t>
+          <t>حيدر صباح طعمه</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>ali khazaal jabbar</t>
+          <t>Sadiq Hussein Nabhan Ali</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1in5aq9esfy3b8r.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5nzpjq6kghc0m9o.jpg</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>1985-10-05</t>
+          <t>1983-11-17</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>07702804654</t>
+          <t>٠٧٧١٤٠٢٤٩٧٤</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>ali-khazaal@uomisan.edu.iq</t>
+          <t>haidar_1100@yahoo.com</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>2016-09-21</t>
+          <t>2016-08-05</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>المحاسبة</t>
+          <t>الرياضيات التطبيقية والمعلوماتية/احصاء</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
-          <t>محاسبة التكاليف</t>
+          <t>الاحصاء</t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>_RECONCEPTUALISATION OF THE COMPETITIVE ADVANTAGE OF PROCESS COSTING AS A FUNDAMENTAL METHOD OF COST ACCOUNTING: AN OVERVIEW</t>
-[...2 lines deleted...]
-      <c r="N16" s="1"/>
+          <t>العمليات العشوائية لطرق النقل</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P16" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>516</t>
+          <t>150</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>علي حميد مؤمن</t>
+          <t>علي خزعل جبار</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>ali hamid moamen</t>
+          <t>ali khazaal jabbar</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u8sjwqafp02y369.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1in5aq9esfy3b8r.jpg</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>1981-02-12</t>
+          <t>1985-10-05</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07702804654</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>ahm.ac@yahoo.cim</t>
+          <t>ali-khazaal@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>2019-02-13</t>
+          <t>2016-09-21</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>هندسة المكائن والمواد</t>
+          <t>المحاسبة</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
-          <t>ali@hm2021</t>
+          <t>محاسبة التكاليف</t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t>تنصيع ودراسة اداء جهاز تكييف منفصل ذي منظومة امتصاصية</t>
+          <t>_RECONCEPTUALISATION OF THE COMPETITIVE ADVANTAGE OF PROCESS COSTING AS A FUNDAMENTAL METHOD OF COST ACCOUNTING: AN OVERVIEW</t>
         </is>
       </c>
       <c r="N17" s="1"/>
       <c r="O17" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P17" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>633</t>
+          <t>516</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>هند نعيم حوشي</t>
+          <t>علي حميد مؤمن</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Hind Naeem Hoshi</t>
+          <t>ali hamid moamen</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/s2w8avlfhxpnq50.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u8sjwqafp02y369.jpg</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>1989-01-03</t>
+          <t>1981-02-12</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>07806398092</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>hind@uomisan.edu.iq</t>
+          <t>ahm.ac@yahoo.cim</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>2019-04-17</t>
+          <t>2019-02-13</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>هندسة المكائن والمواد</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
-          <t>ادارة التسويق</t>
+          <t>ali@hm2021</t>
         </is>
       </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>الاظهار المادي للخدمة الصحية وتأثيره في جذب الزبون</t>
+          <t>تنصيع ودراسة اداء جهاز تكييف منفصل ذي منظومة امتصاصية</t>
         </is>
       </c>
       <c r="N18" s="1"/>
       <c r="O18" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P18" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>656</t>
+          <t>633</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>ريم صباح محمد </t>
+          <t>هند نعيم حوشي</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>Reem Sabah Mohammad</t>
+          <t>Hind Naeem Hoshi</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kz_amnjd3l6hof5.jpg</t>
+          <t>uploads/photos/s2w8avlfhxpnq50.jpg</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>1984-08-09</t>
+          <t>1989-01-03</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>009647722996334</t>
+          <t>07806398092</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>reem-sabah@uomisan.edu.iq</t>
+          <t>hind@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>2019-05-19</t>
+          <t>2019-04-17</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>هندسة </t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>ادارة هندسية</t>
+          <t>ادارة التسويق</t>
         </is>
       </c>
       <c r="M19" s="1" t="inlineStr">
         <is>
-          <t>A Study on Mechanical, Thermal and Morphological Properties of Natural Fibre/Epoxy Composite</t>
+          <t>الاظهار المادي للخدمة الصحية وتأثيره في جذب الزبون</t>
         </is>
       </c>
       <c r="N19" s="1"/>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P19" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>656</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>رائد صياد علي </t>
+          <t>ريم صباح محمد </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Raid saiad ali</t>
+          <t>Reem Sabah Mohammad</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n_ph1qe2lx8ojmi.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kz_amnjd3l6hof5.jpg</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>1982-10-31</t>
+          <t>1984-08-09</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٨٥٠٠٣٤٠</t>
+          <t>009647722996334</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>raid_saiadali@uomisan.edu.iq</t>
+          <t>reem-sabah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>2019-08-16</t>
+          <t>2019-05-19</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد </t>
+          <t>هندسة </t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
-          <t>اقتصاديات النفط والطاقة </t>
+          <t>ادارة هندسية</t>
         </is>
       </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>تطوير الطاقة المتجددة</t>
-[...6 lines deleted...]
-      </c>
+          <t>A Study on Mechanical, Thermal and Morphological Properties of Natural Fibre/Epoxy Composite</t>
+        </is>
+      </c>
+      <c r="N20" s="1"/>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P20" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>137</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>زينب خليل هاشم</t>
+          <t>رائد صياد علي </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Zainab Khalil Hashem</t>
+          <t>Raid saiad ali</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nabj05fdu4mhsoe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n_ph1qe2lx8ojmi.jpeg</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>1973-08-08</t>
+          <t>1982-10-31</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٣١٣٤٥٨٩٧</t>
+          <t>٠٧٧١٨٥٠٠٣٤٠</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>Zainbkhalilhashim@gmail.com</t>
+          <t>raid_saiadali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>2019-08-29</t>
+          <t>2019-08-16</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>مالية</t>
+          <t>الاقتصاد </t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
-          <t>ادارة تأمين</t>
+          <t>اقتصاديات النفط والطاقة </t>
         </is>
       </c>
       <c r="M21" s="1" t="inlineStr">
         <is>
-          <t>المطالبات التعويضية في محفظة التأمين الالزامي</t>
-[...2 lines deleted...]
-      <c r="N21" s="1"/>
+          <t>تطوير الطاقة المتجددة</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>تطوير تكنولوجيا الطاقة المتجددة وتاثيرها في مستقبل سوق الطاقة التقليدية الطاقة التقليدية في ظل امكانية التوازن المستدام</t>
+        </is>
+      </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P21" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>143</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>علي خالد عبد الله</t>
+          <t>زينب خليل هاشم</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Ali Khaled Abdullah</t>
+          <t>Zainab Khalil Hashem</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q4blmgs6jcrux5k.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nabj05fdu4mhsoe.jpg</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>1983-10-01</t>
+          <t>1973-08-08</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>+964 770 725 7954</t>
+          <t>٠٧٧٣١٣٤٥٨٩٧</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>ali.khalid@gmail.com</t>
+          <t>Zainbkhalilhashim@gmail.com</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
-          <t>2019-10-01</t>
+          <t>2019-08-29</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>علوم اقتصادية</t>
+          <t>مالية</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
-          <t>السياسة المالية</t>
+          <t>ادارة تأمين</t>
         </is>
       </c>
       <c r="M22" s="1" t="inlineStr">
         <is>
-          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
-[...6 lines deleted...]
-      </c>
+          <t>المطالبات التعويضية في محفظة التأمين الالزامي</t>
+        </is>
+      </c>
+      <c r="N22" s="1"/>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P22" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>508</t>
+          <t>255</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>مظهر عبد الجبار حسن</t>
+          <t>علي خالد عبد الله</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Mudher abd uljabbar hasan</t>
+          <t>Ali Khaled Abdullah</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zkfs0vbu8omrtgq.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q4blmgs6jcrux5k.jpg</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>1968-07-01</t>
+          <t>1983-10-01</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>07733532237</t>
+          <t>+964 770 725 7954</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>mudher68irri@yahoo.com</t>
+          <t>ali.khalid@gmail.com</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
-          <t>2019-10-04</t>
+          <t>2019-10-01</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>علوم اقتصادية</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
-          <t>التبلوجيا الجبرية</t>
+          <t>السياسة المالية</t>
         </is>
       </c>
       <c r="M23" s="1" t="inlineStr">
         <is>
-          <t>Enveloping Semigroup in topo;ogical dginmics</t>
+          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
         </is>
       </c>
       <c r="N23" s="1" t="inlineStr">
         <is>
-          <t>Dymenical system Cocycles and chomology of action grouppoid</t>
+          <t>نموذج مقترح لدور المراجع الخارجي في الكشف والتقرير عن ممارسات إدارة الأرباح باستخدام الشبكات العصبية الإصطناعية وانعكاسه على قرارات المستفيدين - دراسة تطبيقية </t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P23" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>508</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>مكي قاسم كعيبر بازاغا </t>
+          <t>مظهر عبد الجبار حسن</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Makki ghasim kuibr</t>
+          <t>Mudher abd uljabbar hasan</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l854iy_16pexhdq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zkfs0vbu8omrtgq.png</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>2015-03-14</t>
+          <t>1968-07-01</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>07706910915</t>
+          <t>07733532237</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>maki_qasim@yahoo.com</t>
+          <t>mudher68irri@yahoo.com</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
-          <t>2019-12-15</t>
+          <t>2019-10-04</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
-          <t>محاسبة قانونية</t>
+          <t>التبلوجيا الجبرية</t>
         </is>
       </c>
       <c r="M24" s="1" t="inlineStr">
         <is>
-          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
+          <t>Enveloping Semigroup in topo;ogical dginmics</t>
         </is>
       </c>
       <c r="N24" s="1" t="inlineStr">
         <is>
-          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
+          <t>Dymenical system Cocycles and chomology of action grouppoid</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P24" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>124</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>عدي جاسم محمد</t>
+          <t>مكي قاسم كعيبر بازاغا </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Uday Jassim Mohammed</t>
+          <t>Makki ghasim kuibr</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otp6481a52vxucd.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l854iy_16pexhdq.jpg</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>1982-05-15</t>
+          <t>2015-03-14</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>07729243312</t>
+          <t>07706910915</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
-          <t>odayalmaliki@uomisan.edu.iq</t>
+          <t>maki_qasim@yahoo.com</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
-          <t>2020-07-27</t>
+          <t>2019-12-15</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
           <t>محاسبة</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
-          <t>تدقيق</t>
+          <t>محاسبة قانونية</t>
         </is>
       </c>
       <c r="M25" s="1" t="inlineStr">
         <is>
-          <t>Financial control and its role in the public sector</t>
+          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
         </is>
       </c>
       <c r="N25" s="1" t="inlineStr">
         <is>
-          <t>THE EFFECT OF ACCOUNTING INFORMATION SYSTEM CHARACTERISTICS ON THE INTERNAL AUDIT EFFECTIVENESS   AMONG COMPANIES TRADED   IN IRAQI STOCK EXCHANGE:   TESTING THE MODERATING   ROLE OF EXPERIENCE</t>
+          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
         </is>
       </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P25" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>142</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>صادق حسين نبهان علي </t>
+          <t>عدي جاسم محمد</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Hussein Nabhan Ali</t>
+          <t>Uday Jassim Mohammed</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7jhbvxwg1slin6u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otp6481a52vxucd.jpg</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>1984-05-09</t>
+          <t>1982-05-15</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>07739940442</t>
+          <t>07729243312</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>sadiq@uomisan.edu.iq</t>
+          <t>odayalmaliki@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
-          <t>2020-12-20</t>
+          <t>2020-07-27</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t> المحاسبة </t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
-          <t>التدقيق</t>
+          <t>تدقيق</t>
         </is>
       </c>
       <c r="M26" s="1" t="inlineStr">
         <is>
-          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
-[...2 lines deleted...]
-      <c r="N26" s="1"/>
+          <t>Financial control and its role in the public sector</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>THE EFFECT OF ACCOUNTING INFORMATION SYSTEM CHARACTERISTICS ON THE INTERNAL AUDIT EFFECTIVENESS   AMONG COMPANIES TRADED   IN IRAQI STOCK EXCHANGE:   TESTING THE MODERATING   ROLE OF EXPERIENCE</t>
+        </is>
+      </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P26" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الحسين يندر</t>
+          <t>صادق حسين نبهان علي </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Maytham Abdulhussein Bandar</t>
+          <t>Sadiq Hussein Nabhan Ali</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6d4pg5f9emc7unr.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7jhbvxwg1slin6u.jpg</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>1973-06-15</t>
+          <t>1984-05-09</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>07712466655</t>
+          <t>07739940442</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>maytham@uomisan.edu.iq</t>
+          <t>sadiq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
-          <t>2020-12-28</t>
+          <t>2020-12-20</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t> المحاسبة </t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
-          <t>تدقيق محاسبي </t>
+          <t>التدقيق</t>
         </is>
       </c>
       <c r="M27" s="1" t="inlineStr">
         <is>
-          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
+          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
         </is>
       </c>
       <c r="N27" s="1"/>
       <c r="O27" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P27" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>331</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>محمد أحمد وهم</t>
+          <t>ميثم عبد الحسين يندر</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Ahmed Waham</t>
+          <t>Maytham Abdulhussein Bandar</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jykx26d8_pefutl.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6d4pg5f9emc7unr.JPG</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>2021-07-25</t>
+          <t>1973-06-15</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>07719939145</t>
+          <t>07712466655</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>mohammedwaham1@gmail.com</t>
+          <t>maytham@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
-          <t>2021-02-01</t>
+          <t>2020-12-28</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
-          <t>نظرية المنظمة والسلوك التنظيمي</t>
+          <t>تدقيق محاسبي </t>
         </is>
       </c>
       <c r="M28" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
-[...6 lines deleted...]
-      </c>
+          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
+        </is>
+      </c>
+      <c r="N28" s="1"/>
       <c r="O28" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P28" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>رسول ماجد صحيب </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>Rassol majid suhaeb</t>