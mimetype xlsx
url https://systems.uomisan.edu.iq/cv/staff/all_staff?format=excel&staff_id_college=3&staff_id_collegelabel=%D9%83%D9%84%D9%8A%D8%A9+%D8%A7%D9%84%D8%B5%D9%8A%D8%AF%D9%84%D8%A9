--- v0 (2025-10-19)
+++ v1 (2025-12-14)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Name_in_English</t>
         </is>
       </c>
@@ -207,1606 +207,1688 @@
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>id_college</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>colleges_college</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>875</t>
+          <t>1011</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>يسرى صبري عبدالصاحب عزيز</t>
+          <t>ساجدة منادي ثامر </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Yusra sabri abdulsahib</t>
-[...2 lines deleted...]
-      <c r="D2" s="1"/>
+          <t>sajida munadi thamer</t>
+        </is>
+      </c>
+      <c r="D2" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/zqya41inu3ogsrf.png</t>
+        </is>
+      </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>1980-09-08</t>
+          <t>1977-04-18</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>07703200476</t>
+          <t>000000000</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>yusrachemist@uomisan.edu.iq</t>
+          <t>sajida_munadi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
-          <t>استاذ مساعد</t>
+          <t>استاذ</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
-          <t>2020-08-09</t>
+          <t>2021-09-19</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>علوم كيمياء </t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
-          <t>كيمياء حياتية سريرية</t>
-[...3 lines deleted...]
-      <c r="N2" s="1"/>
+          <t>كيمياء عضوية</t>
+        </is>
+      </c>
+      <c r="M2" s="1" t="inlineStr">
+        <is>
+          <t>تخليق وتوصيف مشتقات من 2،5- ثنائي ميثوكسي بنزوفينون</t>
+        </is>
+      </c>
+      <c r="N2" s="1" t="inlineStr">
+        <is>
+          <t>تخليق مشتقات جديدة لحمض الديهيدروأسيتيك تحتوي على مجموعات حلقية غير متجانسة مختلفة</t>
+        </is>
+      </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P2" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>760</t>
+          <t>875</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>منتظر حنون داود</t>
+          <t>يسرى صبري عبدالصاحب عزيز</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Muntadhar Hannoun Dawood</t>
-[...6 lines deleted...]
-      </c>
+          <t>Yusra sabri abdulsahib</t>
+        </is>
+      </c>
+      <c r="D3" s="1"/>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>1978-01-01</t>
+          <t>1980-09-08</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>07735244769</t>
+          <t>07703200476</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>muntadhar_hannoun@uomisan.edu.iq</t>
+          <t>yusrachemist@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
-          <t>2021-11-05</t>
+          <t>2020-08-09</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
-          <t>صيدلة</t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>ادوية وسموم</t>
-[...11 lines deleted...]
-      </c>
+          <t>كيمياء حياتية سريرية</t>
+        </is>
+      </c>
+      <c r="M3" s="1"/>
+      <c r="N3" s="1"/>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P3" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>997</t>
+          <t>760</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>امل حسين محيميد</t>
+          <t>منتظر حنون داود</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Amal Hussein Muhaimid</t>
+          <t>Muntadhar Hannoun Dawood</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/rsy164wfkxi3beo.png</t>
+          <t>uploads/photos/jrs4owzxbdvt1km.jpg</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>1986-04-12</t>
+          <t>1978-01-01</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>000000000</t>
+          <t>07735244769</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>amal.houssen@uomisan.edu.iq</t>
+          <t>muntadhar_hannoun@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>2022-03-29</t>
+          <t>2021-11-05</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>صيدلة</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t> كيمياء تحليليه</t>
+          <t>ادوية وسموم</t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>تطوير طرق قياس الطيف الضوئي لتحديد السلفاميثوكسازول والسلفاديازين باستخدام اقتران الأزوت</t>
-[...2 lines deleted...]
-      <c r="N4" s="1"/>
+          <t>دراسة مقارنة للتوافر البيولوجي لثلاثة منتجات تجارية من أقراص ديكلوفيناك الصوديوم 50 ملغ عن طريق الفم لدى متطوعين أصحاء مع التركيز على الأدوية ذات الجودة الرديئة</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>آثار إدارة الإنزيم المساعد Q10 على ضغط الدم الانقباضي والانبساطي لدى مرضى ما قبل ارتفاع ضغط الدم</t>
+        </is>
+      </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P4" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>766</t>
+          <t>997</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>نور الدين عبد الكريم جاسم</t>
+          <t>امل حسين محيميد</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Nooralden Abdulkarem Jasim</t>
+          <t>Amal Hussein Muhaimid</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/wdz9h5_itv3g2u8.jpg</t>
+          <t>uploads/files/rsy164wfkxi3beo.png</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>1985-01-02</t>
+          <t>1986-04-12</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>09647705531145</t>
+          <t>000000000</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>nooraldeenbio_85@uomisan.edu.iq</t>
+          <t>amal.houssen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>2023-04-26</t>
+          <t>2022-03-29</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>الاحياء المجهرية</t>
+          <t> كيمياء تحليلية </t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>عزل وتشخيص البكتريا المرافقة لحصى المسالك البولية ودور بكتريا Oxalobacter  formigenes  في اختزال تكوين الحصى </t>
-[...6 lines deleted...]
-      </c>
+          <t>تطوير طرق قياس الطيف الضوئي لتحديد السلفاميثوكسازول والسلفاديازين باستخدام اقتران الأزوت</t>
+        </is>
+      </c>
+      <c r="N5" s="1"/>
       <c r="O5" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P5" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>767</t>
+          <t>766</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>مناف صباح صالح</t>
+          <t>نور الدين عبد الكريم جاسم</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Munaf Sabah Saleh Aal-Aaboda</t>
+          <t>Nooralden Abdulkarem Jasim</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/bo8mwi6_rs4qxgk.jpg</t>
+          <t>uploads/photos/wdz9h5_itv3g2u8.jpg</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>1985-05-16</t>
+          <t>1985-01-02</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>07705531115</t>
+          <t>09647705531145</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>munaf_alaboda@uomisan.edu.iq</t>
+          <t>nooraldeenbio_85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>2023-05-31</t>
+          <t>2023-04-26</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>الصيدلة</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>الأدوية</t>
+          <t>الاحياء المجهرية</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>Glutamate Transporter 1 وCystine-Glutamate Antiporter كأهداف محتملة لتخفيف استهلاك الكحول لدى ذكور الفئران P</t>
-[...2 lines deleted...]
-      <c r="N6" s="1"/>
+          <t>عزل وتشخيص البكتريا المرافقة لحصى المسالك البولية ودور بكتريا Oxalobacter  formigenes  في اختزال تكوين الحصى </t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P6" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>758</t>
+          <t>767</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>محمد طالب جاسم</t>
+          <t>مناف صباح صالح</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Talib Jasim</t>
+          <t>Munaf Sabah Saleh Aal-Aaboda</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ql9hscao_t5187n.jpg</t>
+          <t>uploads/photos/bo8mwi6_rs4qxgk.jpg</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>2023-10-14</t>
+          <t>1985-05-16</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>07719938989</t>
+          <t>07705531115</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>dr.mohammed_talib@uomisan.edu.iq</t>
+          <t>munaf_alaboda@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2023-05-31</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>الصيدلة</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>Biotechnology</t>
+          <t>الأدوية</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>A Maternal Low Glycemic Index Diet for  Improving Neonatal Metabolic Outcomes</t>
-[...6 lines deleted...]
-      </c>
+          <t>Glutamate Transporter 1 وCystine-Glutamate Antiporter كأهداف محتملة لتخفيف استهلاك الكحول لدى ذكور الفئران P</t>
+        </is>
+      </c>
+      <c r="N7" s="1"/>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P7" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>764</t>
+          <t>758</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t> وداد علي عبد سلمان </t>
+          <t>محمد طالب جاسم</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Widad Ali Abed Salman </t>
+          <t>Mohammed Talib Jasim</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/4j3enuzf8_9obwi.jpg</t>
+          <t>uploads/photos/ql9hscao_t5187n.jpg</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2023-10-14</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>07705529523</t>
+          <t>07719938989</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>widad84ss@uomisan.edu.iq</t>
+          <t>dr.mohammed_talib@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>العلوم</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
-          <t>نباتات طبية </t>
+          <t>Biotechnology</t>
         </is>
       </c>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>تأثير موعد الزراعة ومسافتها والمعاملة بالمحفز الحيوي  Bio Health وتداخلاتها في نمو وحاصل الثمار والزيت الطيار لنبات الك ا رويه وفعالياته الكيمواحيائية Carum carvi L.</t>
+          <t>A Maternal Low Glycemic Index Diet for  Improving Neonatal Metabolic Outcomes</t>
         </is>
       </c>
       <c r="N8" s="1" t="inlineStr">
         <is>
-          <t>التحفيز الالحيوي والحيوي في إكثار و استحثاث الكالس و انتاج المركبات الثانوية لنبات الزنجبيل     Zingier officinal var. Roscoe cv. White خارج الجسم الحي</t>
+          <t>Identification of genes responsible for ochratoxin-A  biodegradation by Cupriavidus basilensis ŐR16 and  valuation of Cupriavidus genus for mycotoxins  biodegradation potential</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P8" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>764</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>فرح مجبل الجابري </t>
+          <t> وداد علي عبد سلمان </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Farah Mejbel Al Jaberi</t>
-[...2 lines deleted...]
-      <c r="D9" s="1"/>
+          <t>Widad Ali Abed Salman </t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/mlza4gt5bw1u0oh.jpeg</t>
+        </is>
+      </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>1980-10-10</t>
+          <t>1984-03-21</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>07705561502</t>
+          <t>07705529523</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>farah.m.biochem@gmail.com</t>
+          <t>widad84ss@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
-          <t>2018-12-19</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء </t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
-          <t>كيمياء صيدلانية </t>
-[...3 lines deleted...]
-      <c r="N9" s="1"/>
+          <t>نباتات طبية </t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>تأثير موعد الزراعة ومسافتها والمعاملة بالمحفز الحيوي  Bio Health وتداخلاتها في نمو وحاصل الثمار والزيت الطيار لنبات الك ا رويه وفعالياته الكيمواحيائية Carum carvi L.</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>التحفيز الالحيوي والحيوي في إكثار و استحثاث الكالس و انتاج المركبات الثانوية لنبات الزنجبيل     Zingier officinal var. Roscoe cv. White خارج الجسم الحي</t>
+        </is>
+      </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P9" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>759</t>
+          <t>969</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>محمد حنون داود</t>
+          <t>فرح مجبل الجابري </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>mohammed hanwon dawood</t>
-[...6 lines deleted...]
-      </c>
+          <t>Farah Mejbel Al Jaberi</t>
+        </is>
+      </c>
+      <c r="D10" s="1"/>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>1966-05-25</t>
+          <t>1980-10-10</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>07762629930</t>
+          <t>07705561502</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>mohammed.h.dawood@uomisan.edu.iq</t>
+          <t>farah.m.biochem@gmail.com</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
-          <t>2021-12-30</t>
+          <t>2018-12-19</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>علوم الكيمياء </t>
+          <t>علوم كيمياء </t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
-          <t>كيمياء حياتية سريرية</t>
-[...11 lines deleted...]
-      </c>
+          <t>كيمياء صيدلانية </t>
+        </is>
+      </c>
+      <c r="M10" s="1"/>
+      <c r="N10" s="1"/>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P10" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>761</t>
+          <t>759</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>دنيا صبيح محمد</t>
+          <t>محمد حنون داود</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Dunya Sabeeh Mohammed</t>
+          <t>mohammed hanwon dawood</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/g0tl3_d74ep896r.jpg</t>
+          <t>uploads/photos/0jih73g6b8zcunl.jpg</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>1991-01-26</t>
+          <t>1966-05-25</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>07734633267</t>
+          <t>07762629930</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>dunya.sabeeh@uomisan.edu.iq</t>
+          <t>mohammed.h.dawood@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>2023-02-27</t>
+          <t>2021-12-30</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>الزراعة</t>
+          <t>علوم الكيمياء </t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>فسلجة المحاصيل الحقلية</t>
+          <t>كيمياء حياتية سريرية</t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
-          <t>Effect of Nutrient Solution and its Application method on Barley ( Hordeum vulgare L. ) and Mixture of Barley + Mungbean (Vigna radiate L. ) sprouted in Different periods</t>
+          <t>تأثير عالج inhibitors 20 CD مقارنة بعالج   TNF α inhibitors على -17 IL فى مرضى التهاب المفاصل الروماتويدى الفعال</t>
         </is>
       </c>
       <c r="N11" s="1" t="inlineStr">
         <is>
-          <t>Production and purification of Human Interferon α2b protein in Tobacco (Nicotiana tabacum) and Alfalfa ( Medicago Sativa) plant</t>
+          <t>دور انمؤشراث انبايوكيميائيو Glycodeline-A , sFlt-1 , PlGF كمؤشراث تنبؤيو عه خسارة انحمم  في انثهث األول</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P11" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>874</t>
+          <t>761</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>رسل نعيم منخي</t>
+          <t>دنيا صبيح محمد</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>rusul naeim mankhi</t>
+          <t>Dunya Sabeeh Mohammed</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/io8s175qbumgepf.jpg</t>
+          <t>uploads/photos/g0tl3_d74ep896r.jpg</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>1991-10-14</t>
+          <t>1991-01-26</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>07711206697</t>
+          <t>07734633267</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>n.rusul22@gmail.com</t>
+          <t>dunya.sabeeh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
-          <t>2024-12-16</t>
+          <t>2023-02-27</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>الزراعة</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
-          <t>كيمياء عضوية</t>
+          <t>فسلجة المحاصيل الحقلية</t>
         </is>
       </c>
       <c r="M12" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص بعض المركبات خماسية الحلقة مثل الثايوزوليداينون والكاما لاكتام المستخدمة في تقليل سكر الدم</t>
+          <t>Effect of Nutrient Solution and its Application method on Barley ( Hordeum vulgare L. ) and Mixture of Barley + Mungbean (Vigna radiate L. ) sprouted in Different periods</t>
         </is>
       </c>
       <c r="N12" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص ودراسة الفعالية الب ايولوجية والالتحام الجزيئي لبعض مشتقات الفينوفايبريت الجديدة</t>
+          <t>Production and purification of Human Interferon α2b protein in Tobacco (Nicotiana tabacum) and Alfalfa ( Medicago Sativa) plant</t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P12" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>963</t>
+          <t>874</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>اسراء رمضان سلمان قاسم</t>
+          <t>رسل نعيم منخي</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>israa ramadhan salman qasim</t>
+          <t>rusul naeim mankhi</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/x2vk_i0dosc39mw.jpg</t>
+          <t>uploads/photos/io8s175qbumgepf.jpg</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>1987-02-14</t>
+          <t>1991-10-14</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>07711360803</t>
+          <t>07711206697</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>israa.r.s@uomisan.edu.iq</t>
+          <t>n.rusul22@gmail.com</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>2025-05-19</t>
+          <t>2024-12-16</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>تكنلوجيا المعلومات </t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
-          <t>هندسة البرامجيات </t>
-[...3 lines deleted...]
-      <c r="N13" s="1"/>
+          <t>كيمياء عضوية</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>تحضير وتشخيص بعض المركبات خماسية الحلقة مثل الثايوزوليداينون والكاما لاكتام المستخدمة في تقليل سكر الدم</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>تحضير وتشخيص ودراسة الفعالية الب ايولوجية والالتحام الجزيئي لبعض مشتقات الفينوفايبريت الجديدة</t>
+        </is>
+      </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P13" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>993</t>
+          <t>963</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>وسام ادريس فتين</t>
+          <t>اسراء رمضان سلمان قاسم</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Wissam Idris Fatin</t>
+          <t>israa ramadhan salman qasim</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/3v6o70z4p1l9ime.png</t>
+          <t>uploads/files/x2vk_i0dosc39mw.jpg</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>1988-09-06</t>
+          <t>1987-02-14</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>00000000000</t>
+          <t>07711360803</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>wisam@gmail.com</t>
+          <t>israa.r.s@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>مدرس</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
-          <t>2022-09-07</t>
+          <t>2025-05-19</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t> قانون عام</t>
+          <t>تكنلوجيا المعلومات </t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t> قانون عام</t>
-[...6 lines deleted...]
-      </c>
+          <t>هندسة البرامجيات </t>
+        </is>
+      </c>
+      <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P14" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>983</t>
+          <t>993</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالامير نعيم </t>
+          <t>وسام ادريس فتين</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Israa Abdulameer naeem </t>
-[...2 lines deleted...]
-      <c r="D15" s="1"/>
+          <t>Wissam Idris Fatin</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/3v6o70z4p1l9ime.png</t>
+        </is>
+      </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>1989-09-22</t>
+          <t>1988-09-06</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>07710901353</t>
+          <t>00000000000</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>israaa.naeem@uomisan.edu.iq</t>
+          <t>wisam@gmail.com</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
-          <t>2023-03-18</t>
+          <t>2022-09-07</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t> قانون عام</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t> قانون عام</t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>مقارنة نسيجية، كيمايئية نسيجية وفسيولوجية لتأثير (  امتربتلين، اسيتالوبرام) على بعض الأعضاء في الجهاز التكاثري لذكور الفئران البالغة (Mus musculus) </t>
+          <t>باللغة العربية : الاطار القانوني للتهرب الضريبي وطرق معالجته  دراسة مقارنة بين العراق وفرنسا والامارات  .</t>
         </is>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P15" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>985</t>
+          <t>983</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>زينب جبار سكر </t>
+          <t>اسراء عبدالامير نعيم </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>zainab jabar sekar</t>
-[...6 lines deleted...]
-      </c>
+          <t>Israa Abdulameer naeem </t>
+        </is>
+      </c>
+      <c r="D16" s="1"/>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>1990-10-03</t>
+          <t>1989-09-22</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>⁦+964 771 758 1780⁩</t>
+          <t>07710901353</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>zainab.jabbar@uomisan.edu.iq</t>
+          <t>israaa.naeem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>2023-05-09</t>
+          <t>2023-03-18</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>علوم حياة</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t> الكشف المناعي والجزيئي عن جينات الضراوة CagA و DupA و VacA بين بكتيريا Helicobacter pylori المعزولة من مرضى قرحة المعدة في محافظة ميسان بالعراق.</t>
+          <t>مقارنة نسيجية، كيمايئية نسيجية وفسيولوجية لتأثير (  امتربتلين، اسيتالوبرام) على بعض الأعضاء في الجهاز التكاثري لذكور الفئران البالغة (Mus musculus) </t>
         </is>
       </c>
       <c r="N16" s="1"/>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P16" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>990</t>
+          <t>985</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>علي حاتم الوالي</t>
+          <t>زينب جبار سكر </t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Ali Hatem Al-Wali</t>
+          <t>zainab jabar sekar</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/kc71rn0gmx9bj5v.jpg</t>
+          <t>uploads/files/6owf8j3yrtc1a7g.png</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>1993-03-03</t>
+          <t>1990-10-03</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>000000000</t>
+          <t>⁦+964 771 758 1780⁩</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>ali2020199333@gmail.com</t>
+          <t>zainab.jabbar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
-          <t>لاختبارات الوظيفة للاصابات الرياضية</t>
+          <t>احياء مجهرية </t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t> مقارنة نتائج اختبار فحص الحركة الوظيفية بين الرجال النشطين وغير النشطين في منتصف العمر في مدينة مشهد</t>
+          <t> الكشف المناعي والجزيئي عن جينات الضراوة CagA و DupA و VacA بين بكتيريا Helicobacter pylori المعزولة من مرضى قرحة المعدة في محافظة ميسان بالعراق.</t>
         </is>
       </c>
       <c r="N17" s="1"/>
       <c r="O17" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P17" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>989</t>
+          <t>990</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>زينب محسن جاسب</t>
+          <t>علي حاتم الوالي</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Zainab Mohsen Jasib</t>
+          <t>Ali Hatem Al-Wali</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/k7f8vztqg3i6new.png</t>
+          <t>uploads/files/kc71rn0gmx9bj5v.jpg</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>1994-08-18</t>
+          <t>1993-03-03</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>00000</t>
+          <t>000000000</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>zainab.mohsin@uomisan.edu.iq</t>
+          <t>ali2020199333@gmail.com</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>لاختبارات الوظيفة للاصابات الرياضية</t>
         </is>
       </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>دراسة التغيرات النسيجية والدموية المرتبطة بتناول زيت الأوكالبتوس عن طريق الفم والاستنشاق لدى فئران التجارب (Mus musculus)</t>
+          <t> مقارنة نتائج اختبار فحص الحركة الوظيفية بين الرجال النشطين وغير النشطين في منتصف العمر في مدينة مشهد</t>
         </is>
       </c>
       <c r="N18" s="1"/>
       <c r="O18" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P18" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>986</t>
+          <t>989</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>كرار براق طالب</t>
+          <t>زينب محسن جاسب</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>  Karar Buraq Talib        </t>
+          <t>Zainab Mohsen Jasib</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dblg6sj2v9qocyh.jpg</t>
+          <t>uploads/files/k7f8vztqg3i6new.png</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>1994-03-16</t>
+          <t>1994-08-18</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>07700635779</t>
+          <t>00000</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>Karrar.burak@uomisan.edu.iq</t>
+          <t>zainab.mohsin@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>2023-05-22</t>
+          <t>2023-05-09</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="M19" s="1" t="inlineStr">
         <is>
-          <t>الاليات القانونية لمكافحة الفساد على المستوى الاقليمي (على سبيل المثال منطقة رستوف)</t>
+          <t>دراسة التغيرات النسيجية والدموية المرتبطة بتناول زيت الأوكالبتوس عن طريق الفم والاستنشاق لدى فئران التجارب (Mus musculus)</t>
         </is>
       </c>
       <c r="N19" s="1"/>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P19" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>987</t>
+          <t>986</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>طارق خنجر حامد </t>
+          <t>كرار براق طالب</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>TAREQ KHANJAR HAMID</t>
+          <t>  Karar Buraq Talib        </t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/owydise8c95qfj_.jpg</t>
+          <t>uploads/files/dblg6sj2v9qocyh.jpg</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>1989-12-01</t>
+          <t>1994-03-16</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>07705523104</t>
+          <t>07700635779</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>tarq1989t1989@gmail.com</t>
+          <t>Karrar.burak@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>2024-10-06</t>
+          <t>2023-05-22</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال </t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
-          <t>ادارة تسويق</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>دراسة تأثير التسويق عبر وسائل التواصل الاجتماعي على قيمة العلامة التجارية </t>
+          <t>الاليات القانونية لمكافحة الفساد على المستوى الاقليمي (على سبيل المثال منطقة رستوف)</t>
         </is>
       </c>
       <c r="N20" s="1"/>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P20" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>984</t>
+          <t>987</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>نور صباح كاظم</t>
+          <t>طارق خنجر حامد </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>noor sabah kadim</t>
+          <t>TAREQ KHANJAR HAMID</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/mxfnh_br072i185.png</t>
+          <t>uploads/files/owydise8c95qfj_.jpg</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>1993-09-01</t>
+          <t>1989-12-01</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>07730019637</t>
+          <t>07705523104</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>noorsabah@gmal.com</t>
+          <t>tarq1989t1989@gmail.com</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>2024-11-11</t>
+          <t>2024-10-06</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم</t>
+          <t>ادارة الاعمال </t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>ادارة تسويق</t>
         </is>
       </c>
       <c r="M21" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص بوليمرات مطعمة بأوكسيد الحديد النانوي ودراسة كفاءتها التحليلية في إزالة بعض ايونات العناصر من المحاليل المائية</t>
+          <t>دراسة تأثير التسويق عبر وسائل التواصل الاجتماعي على قيمة العلامة التجارية </t>
         </is>
       </c>
       <c r="N21" s="1"/>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>كلية الصيدلة</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>984</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>نور صباح كاظم</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>noor sabah kadim</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/mxfnh_br072i185.png</t>
+        </is>
+      </c>
+      <c r="E22" s="1" t="inlineStr">
+        <is>
+          <t>1993-09-01</t>
+        </is>
+      </c>
+      <c r="F22" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G22" s="1" t="inlineStr">
+        <is>
+          <t>07730019637</t>
+        </is>
+      </c>
+      <c r="H22" s="1" t="inlineStr">
+        <is>
+          <t>noorsabah@gmal.com</t>
+        </is>
+      </c>
+      <c r="I22" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J22" s="1" t="inlineStr">
+        <is>
+          <t>2024-11-11</t>
+        </is>
+      </c>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>ماجستير علوم</t>
+        </is>
+      </c>
+      <c r="L22" s="1" t="inlineStr">
+        <is>
+          <t>علوم كيمياء</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>تحضير وتشخيص بوليمرات مطعمة بأوكسيد الحديد النانوي ودراسة كفاءتها التحليلية في إزالة بعض ايونات العناصر من المحاليل المائية</t>
+        </is>
+      </c>
+      <c r="N22" s="1"/>
+      <c r="O22" s="1" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="P22" s="1" t="inlineStr">
         <is>
           <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">