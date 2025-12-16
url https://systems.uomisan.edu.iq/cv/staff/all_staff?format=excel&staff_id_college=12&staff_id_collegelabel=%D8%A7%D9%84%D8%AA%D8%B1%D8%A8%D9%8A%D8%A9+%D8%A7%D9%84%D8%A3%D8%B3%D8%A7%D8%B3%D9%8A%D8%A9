--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -1043,51 +1043,51 @@
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>رشا عبد الحسين صاحب عبد الحسن</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t> Rasha Abdel Hussein Sahib Abdel Hassan</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>uploads/files/p15khyl3iq2bx69.jpg</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>1982-03-29</t>
+          <t>1986-03-29</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
           <t>07703237921</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
           <t>rasha.a.sahib@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>2018-03-06</t>
@@ -8784,51 +8784,51 @@
           <t>1984-06-07</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
           <t>07705571012 </t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
           <t>pgs.mustafa.taher@uobasrah.edu.iq</t>
         </is>
       </c>
       <c r="I108" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J108" s="1" t="inlineStr">
         <is>
-          <t>2024-06-10</t>
+          <t>2024-05-26</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
         <is>
           <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L108" s="1" t="inlineStr">
         <is>
           <t>تقانات - طحالب </t>
         </is>
       </c>
       <c r="M108" s="1" t="inlineStr">
         <is>
           <t>تقـييم بـعض أنـواع الطـحالب الخضر-المـزرقـة الـمعزولة مـن التربة - جنوب العـراق في انتاجها للـسموم الكـبدية وتأثير طحلب Oscillatoria pseudogeminata  في نمو نبات الطماطة Lycopersicon esculentum Mill.</t>
         </is>
       </c>
       <c r="N108" s="1" t="inlineStr">
         <is>
           <t>عزل وتشخيص السموم الكبدية Microcystins   من بعض الطحالب الخضر المزرقة المعزولة من البيئة المائية في محافظة البصرة - العراق</t>
         </is>
       </c>
       <c r="O108" s="1" t="inlineStr">
         <is>
           <t>12</t>
@@ -8981,2088 +8981,2088 @@
       </c>
       <c r="M110" s="1" t="inlineStr">
         <is>
           <t>ابنية الافعال في ديوان ابي الاسود الدؤلي </t>
         </is>
       </c>
       <c r="N110" s="1" t="inlineStr">
         <is>
           <t>القصائد المشهورة في الشعر العربي (دراسة اسلوبية)</t>
         </is>
       </c>
       <c r="O110" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P110" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>453</t>
+          <t>306</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>مصطفى اسماعيل ياسين</t>
+          <t>فاتن خضير عباس </t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ismail Aseen</t>
+          <t>Faten Khudair Abbas</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qm8z4idfun9vo0x.jpg</t>
+          <t>uploads/files/vdrpxbnw1yhgeuz.jpg</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>1984-01-01</t>
+          <t>1989-07-17</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
         <is>
-          <t>07705604843</t>
+          <t>07718151585</t>
         </is>
       </c>
       <c r="H111" s="1" t="inlineStr">
         <is>
-          <t>hadra1355311@gmail.com</t>
+          <t>fatanf145@gmail.com</t>
         </is>
       </c>
       <c r="I111" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>مدرس</t>
         </is>
       </c>
       <c r="J111" s="1" t="inlineStr">
         <is>
-          <t>2012-06-24</t>
+          <t>2024-12-15</t>
         </is>
       </c>
       <c r="K111" s="1" t="inlineStr">
         <is>
-          <t>تربيه رياضيه</t>
+          <t>علوم الحياة </t>
         </is>
       </c>
       <c r="L111" s="1" t="inlineStr">
         <is>
-          <t>تربيه رياضيه</t>
+          <t>فسلجة طبية </t>
         </is>
       </c>
       <c r="M111" s="1" t="inlineStr">
         <is>
-          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Study of some hormonal and biochemical parameters associated with polycistic ovary syndrome in diabetic women type 2 </t>
+        </is>
+      </c>
+      <c r="N111" s="1"/>
       <c r="O111" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P111" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>390</t>
+          <t>453</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>مصطفى فالح صحن </t>
+          <t>مصطفى اسماعيل ياسين</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>mustafaa falh sahn</t>
+          <t>Mustafa Ismail Aseen</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ihmxr2yfk0ng6zj.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qm8z4idfun9vo0x.jpg</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>1984-04-13</t>
+          <t>1984-01-01</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G112" s="1" t="inlineStr">
         <is>
-          <t>07830142073</t>
+          <t>07705604843</t>
         </is>
       </c>
       <c r="H112" s="1" t="inlineStr">
         <is>
-          <t>mustafafalih84@gmail.com</t>
+          <t>hadra1355311@gmail.com</t>
         </is>
       </c>
       <c r="I112" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J112" s="1" t="inlineStr">
         <is>
-          <t>2012-09-01</t>
+          <t>2012-06-24</t>
         </is>
       </c>
       <c r="K112" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حاسبات </t>
+          <t>تربيه رياضيه</t>
         </is>
       </c>
       <c r="L112" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حاسبات عام</t>
+          <t>تربيه رياضيه</t>
         </is>
       </c>
       <c r="M112" s="1" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="N112" s="1"/>
+          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
+        </is>
+      </c>
+      <c r="N112" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O112" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P112" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>605</t>
+          <t>390</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>آلاء عبد الحسن محسن </t>
+          <t>مصطفى فالح صحن </t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>Alla Abd Al Hassan Mohssen </t>
+          <t>mustafaa falh sahn</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kirlmj65d4qpx3f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ihmxr2yfk0ng6zj.jpeg</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>1974-02-17</t>
+          <t>1984-04-13</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G113" s="1" t="inlineStr">
         <is>
-          <t>07705586159 </t>
+          <t>07830142073</t>
         </is>
       </c>
       <c r="H113" s="1" t="inlineStr">
         <is>
-          <t>rekea205@gmail.com</t>
+          <t>mustafafalih84@gmail.com</t>
         </is>
       </c>
       <c r="I113" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J113" s="1" t="inlineStr">
         <is>
-          <t>2013-07-23</t>
+          <t>2012-09-01</t>
         </is>
       </c>
       <c r="K113" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة Biology </t>
+          <t>ماجستير علوم حاسبات </t>
         </is>
       </c>
       <c r="L113" s="1" t="inlineStr">
         <is>
-          <t>علم الحيوان Zoology </t>
+          <t>ماجستير علوم حاسبات عام</t>
         </is>
       </c>
       <c r="M113" s="1" t="inlineStr">
         <is>
-          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N113" s="1"/>
       <c r="O113" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P113" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>615</t>
+          <t>605</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>علي محمد عذاب</t>
+          <t>آلاء عبد الحسن محسن </t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>Ali Muhammad athab</t>
+          <t>Alla Abd Al Hassan Mohssen </t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7_l14w2k0pbd9vi.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kirlmj65d4qpx3f.jpg</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>1968-09-01</t>
+          <t>1974-02-17</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G114" s="1" t="inlineStr">
         <is>
-          <t>07711216550</t>
+          <t>07705586159 </t>
         </is>
       </c>
       <c r="H114" s="1" t="inlineStr">
         <is>
-          <t>aliathab71@yahoo.com</t>
+          <t>rekea205@gmail.com</t>
         </is>
       </c>
       <c r="I114" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J114" s="1" t="inlineStr">
         <is>
-          <t>2014-02-27</t>
+          <t>2013-07-23</t>
         </is>
       </c>
       <c r="K114" s="1" t="inlineStr">
         <is>
-          <t>فيزياء </t>
+          <t>علوم الحياة Biology </t>
         </is>
       </c>
       <c r="L114" s="1" t="inlineStr">
         <is>
-          <t>هوائيات مايكروية</t>
+          <t>علم الحيوان Zoology </t>
         </is>
       </c>
       <c r="M114" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية لخصائص هوائي مخروطي مزدوج واستخدامه كمغذي لهوائي القطع المكافئ العاكس</t>
-[...6 lines deleted...]
-      </c>
+          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
+        </is>
+      </c>
+      <c r="N114" s="1"/>
       <c r="O114" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P114" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>615</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>احمد محمود شاكر</t>
+          <t>علي محمد عذاب</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Mahmoud Shaker</t>
+          <t>Ali Muhammad athab</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/difzpm37xk0qotr.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7_l14w2k0pbd9vi.jpg</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
-          <t>1990-01-28</t>
+          <t>1968-09-01</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G115" s="1" t="inlineStr">
         <is>
-          <t>07711353534</t>
+          <t>07711216550</t>
         </is>
       </c>
       <c r="H115" s="1" t="inlineStr">
         <is>
-          <t>ahamedmhmood4747@gmail.com</t>
+          <t>aliathab71@yahoo.com</t>
         </is>
       </c>
       <c r="I115" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J115" s="1" t="inlineStr">
         <is>
-          <t>2015-02-05</t>
+          <t>2014-02-27</t>
         </is>
       </c>
       <c r="K115" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية</t>
+          <t>فيزياء </t>
         </is>
       </c>
       <c r="L115" s="1" t="inlineStr">
         <is>
-          <t>علم النفس الرياضي</t>
+          <t>هوائيات مايكروية</t>
         </is>
       </c>
       <c r="M115" s="1" t="inlineStr">
         <is>
-          <t>التفكير الاستراتيجي وعلاقته بأنماط اتخاذ القرار لدى القيادات الادارية في الاتحادات الرياضية الاولمبية العراقيةل</t>
-[...2 lines deleted...]
-      <c r="N115" s="1"/>
+          <t>دراسة نظرية لخصائص هوائي مخروطي مزدوج واستخدامه كمغذي لهوائي القطع المكافئ العاكس</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>تصغري هوائي احادي القطب مستوي مطبوع لتطبيقات التصاالت ذات عرض احلزمة الرتددية الفائقة (UWB(</t>
+        </is>
+      </c>
       <c r="O115" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P115" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>703</t>
+          <t>231</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عادل داخل عيسى</t>
+          <t>احمد محمود شاكر</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>fatimat adil dakhil </t>
+          <t>Ahmed Mahmoud Shaker</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ehxotgb17q3yi5v.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/difzpm37xk0qotr.jpeg</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>1988-02-18</t>
+          <t>1990-01-28</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G116" s="1" t="inlineStr">
         <is>
-          <t>878779</t>
+          <t>07711353534</t>
         </is>
       </c>
       <c r="H116" s="1" t="inlineStr">
         <is>
-          <t>fatimaadel@uomisan.edu.iq</t>
+          <t>ahamedmhmood4747@gmail.com</t>
         </is>
       </c>
       <c r="I116" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J116" s="1" t="inlineStr">
         <is>
-          <t>2015-04-12</t>
+          <t>2015-02-05</t>
         </is>
       </c>
       <c r="K116" s="1" t="inlineStr">
         <is>
-          <t>علم النفس</t>
+          <t>التربية البدنية</t>
         </is>
       </c>
       <c r="L116" s="1" t="inlineStr">
         <is>
-          <t>الارشاد النفسي والبرامج الارشادية</t>
+          <t>علم النفس الرياضي</t>
         </is>
       </c>
       <c r="M116" s="1" t="inlineStr">
         <is>
-          <t>هدفت الدراسة الحالية الى قياس الشخصية العدائية لدى طلبة كلية التربية وبناء برنامج ارشادي لخفض العدائية لدى طلبة كلية التربية والكشف عن العدائية</t>
+          <t>التفكير الاستراتيجي وعلاقته بأنماط اتخاذ القرار لدى القيادات الادارية في الاتحادات الرياضية الاولمبية العراقيةل</t>
         </is>
       </c>
       <c r="N116" s="1"/>
       <c r="O116" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P116" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>698</t>
+          <t>703</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>علا كمال ياسين </t>
+          <t>فاطمة عادل داخل عيسى</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>ola kamal yassen </t>
+          <t>fatimat adil dakhil </t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/bloe3rmjwivdnfs.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ehxotgb17q3yi5v.jpg</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
-          <t>1997-01-09</t>
+          <t>1988-02-18</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G117" s="1" t="inlineStr">
         <is>
-          <t>88866</t>
+          <t>878779</t>
         </is>
       </c>
       <c r="H117" s="1" t="inlineStr">
         <is>
-          <t>hamid@uomisan.edu.iq</t>
+          <t>fatimaadel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I117" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J117" s="1" t="inlineStr">
         <is>
-          <t>2017-01-04</t>
+          <t>2015-04-12</t>
         </is>
       </c>
       <c r="K117" s="1" t="inlineStr">
         <is>
-          <t>ففف</t>
+          <t>علم النفس</t>
         </is>
       </c>
       <c r="L117" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر </t>
+          <t>الارشاد النفسي والبرامج الارشادية</t>
         </is>
       </c>
       <c r="M117" s="1" t="inlineStr">
         <is>
-          <t>لتحقيق في تأثير التناص على االتصال األدبي من خالل فحص </t>
+          <t>هدفت الدراسة الحالية الى قياس الشخصية العدائية لدى طلبة كلية التربية وبناء برنامج ارشادي لخفض العدائية لدى طلبة كلية التربية والكشف عن العدائية</t>
         </is>
       </c>
       <c r="N117" s="1"/>
       <c r="O117" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P117" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>296</t>
+          <t>698</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>عباس فيصل مشتت</t>
+          <t>علا كمال ياسين </t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>Abbas Faisal mushattat</t>
+          <t>ola kamal yassen </t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ewoi7msu0bpjhdv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/bloe3rmjwivdnfs.jpg</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>1976-02-12</t>
+          <t>1997-01-09</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G118" s="1" t="inlineStr">
         <is>
-          <t>07712595668</t>
+          <t>88866</t>
         </is>
       </c>
       <c r="H118" s="1" t="inlineStr">
         <is>
-          <t>abbasfaisalph@gmail.com</t>
+          <t>hamid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I118" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J118" s="1" t="inlineStr">
         <is>
-          <t>2017-09-19</t>
+          <t>2017-01-04</t>
         </is>
       </c>
       <c r="K118" s="1" t="inlineStr">
         <is>
-          <t>تربية فنية</t>
+          <t>ففف</t>
         </is>
       </c>
       <c r="L118" s="1" t="inlineStr">
         <is>
-          <t>تصميمات زخرفية</t>
+          <t>تاريخ حديث ومعاصر </t>
         </is>
       </c>
       <c r="M118" s="1" t="inlineStr">
         <is>
-          <t>التفكير البصري في رموز التراث العراقي لأثراء القيم الجمالية للتصميم المعاصر من خلال توالد الافكار</t>
+          <t>لتحقيق في تأثير التناص على االتصال األدبي من خالل فحص </t>
         </is>
       </c>
       <c r="N118" s="1"/>
       <c r="O118" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P118" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>296</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>قصي نزار مهاوي </t>
+          <t>عباس فيصل مشتت</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>qusay nizar mahawi</t>
+          <t>Abbas Faisal mushattat</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_0xjs4yefqkm9tn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ewoi7msu0bpjhdv.jpg</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>1970-01-11</t>
+          <t>1976-02-12</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G119" s="1" t="inlineStr">
         <is>
-          <t>07705558929</t>
+          <t>07712595668</t>
         </is>
       </c>
       <c r="H119" s="1" t="inlineStr">
         <is>
-          <t>qusaynazr@gmail.com</t>
+          <t>abbasfaisalph@gmail.com</t>
         </is>
       </c>
       <c r="I119" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J119" s="1" t="inlineStr">
         <is>
-          <t>2018-01-13</t>
+          <t>2017-09-19</t>
         </is>
       </c>
       <c r="K119" s="1" t="inlineStr">
         <is>
-          <t>فنون تشكيلة </t>
+          <t>تربية فنية</t>
         </is>
       </c>
       <c r="L119" s="1" t="inlineStr">
         <is>
-          <t>رسم</t>
+          <t>تصميمات زخرفية</t>
         </is>
       </c>
       <c r="M119" s="1" t="inlineStr">
         <is>
-          <t>التعبيرية في أعمال اسماعيل فتاح الترك</t>
+          <t>التفكير البصري في رموز التراث العراقي لأثراء القيم الجمالية للتصميم المعاصر من خلال توالد الافكار</t>
         </is>
       </c>
       <c r="N119" s="1"/>
       <c r="O119" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P119" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>279</t>
+          <t>325</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>رنا كاظم معن</t>
+          <t>قصي نزار مهاوي </t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>Rana Kadhim Maan</t>
+          <t>qusay nizar mahawi</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/avxfhw5zlincrdo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_0xjs4yefqkm9tn.jpg</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>1976-01-29</t>
+          <t>1970-01-11</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
-          <t>07710031589</t>
+          <t>07705558929</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
-          <t>rana@uomisan.edu.iq</t>
+          <t>qusaynazr@gmail.com</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>2018-04-05</t>
+          <t>2018-01-13</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
-          <t>التأريخ</t>
+          <t>فنون تشكيلة </t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الشرق الادنى القديم</t>
+          <t>رسم</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
-          <t>المنقذ والمخلص في المعتقدات العراقية و الفارسية القديمة</t>
-[...6 lines deleted...]
-      </c>
+          <t>التعبيرية في أعمال اسماعيل فتاح الترك</t>
+        </is>
+      </c>
+      <c r="N120" s="1"/>
       <c r="O120" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P120" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>237</t>
+          <t>279</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>حسين رشك خضير</t>
+          <t>رنا كاظم معن</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>hussain reshak khudir</t>
+          <t>Rana Kadhim Maan</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4oqy6scj71ga89w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/avxfhw5zlincrdo.jpg</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
-          <t>1987-04-12</t>
+          <t>1976-01-29</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G121" s="1" t="inlineStr">
         <is>
-          <t>07723136242</t>
+          <t>07710031589</t>
         </is>
       </c>
       <c r="H121" s="1" t="inlineStr">
         <is>
-          <t>hussen_rishg@uomisan.edu.iq</t>
+          <t>rana@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I121" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J121" s="1" t="inlineStr">
         <is>
-          <t>2018-04-18</t>
+          <t>2018-04-05</t>
         </is>
       </c>
       <c r="K121" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس عامة</t>
+          <t>التأريخ</t>
         </is>
       </c>
       <c r="L121" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس تربية فنية</t>
+          <t>تاريخ الشرق الادنى القديم</t>
         </is>
       </c>
       <c r="M121" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية المتشابهات في التكوين الفني لرسوم طلبة المرحلة الاعدادية</t>
-[...2 lines deleted...]
-      <c r="N121" s="1"/>
+          <t>المنقذ والمخلص في المعتقدات العراقية و الفارسية القديمة</t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>تقديس المرتفعات في فكر الشرق الادنى القديم</t>
+        </is>
+      </c>
       <c r="O121" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P121" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>608</t>
+          <t>237</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>جمال خصيف هادي علي </t>
+          <t>حسين رشك خضير</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>Jamal Khaseef Hadi Ali </t>
+          <t>hussain reshak khudir</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9u52yi8hwkcz6v4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4oqy6scj71ga89w.jpg</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
-          <t>2019-04-01</t>
+          <t>1987-04-12</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G122" s="1" t="inlineStr">
         <is>
-          <t>07705556361</t>
+          <t>07723136242</t>
         </is>
       </c>
       <c r="H122" s="1" t="inlineStr">
         <is>
-          <t>Jmalsadoon@yahoo.com</t>
+          <t>hussen_rishg@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I122" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J122" s="1" t="inlineStr">
         <is>
-          <t>2018-05-01</t>
+          <t>2018-04-18</t>
         </is>
       </c>
       <c r="K122" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>طرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L122" s="1" t="inlineStr">
         <is>
-          <t>H@</t>
+          <t>طرائق تدريس تربية فنية</t>
         </is>
       </c>
       <c r="M122" s="1" t="inlineStr">
         <is>
-          <t>ماجستير مناهج وطرائق تدريس عامه </t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر استراتيجية المتشابهات في التكوين الفني لرسوم طلبة المرحلة الاعدادية</t>
+        </is>
+      </c>
+      <c r="N122" s="1"/>
       <c r="O122" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P122" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>347</t>
+          <t>608</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>ستار خلف عريبي</t>
+          <t>جمال خصيف هادي علي </t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>Star khalaf Oribi</t>
+          <t>Jamal Khaseef Hadi Ali </t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y87m9spqxnrgktz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9u52yi8hwkcz6v4.jpg</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
-          <t>1981-06-02</t>
+          <t>2019-04-01</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G123" s="1" t="inlineStr">
         <is>
-          <t>07705557531</t>
+          <t>07705556361</t>
         </is>
       </c>
       <c r="H123" s="1" t="inlineStr">
         <is>
-          <t>satarkhalf@uomisan.edu.iq</t>
+          <t>Jmalsadoon@yahoo.com</t>
         </is>
       </c>
       <c r="I123" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J123" s="1" t="inlineStr">
         <is>
-          <t>2018-09-19</t>
+          <t>2018-05-01</t>
         </is>
       </c>
       <c r="K123" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية ونفسية</t>
+          <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="L123" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>H@</t>
         </is>
       </c>
       <c r="M123" s="1" t="inlineStr">
         <is>
-          <t>فاعلية التعليم المعكوس في التحصيل وتنمية التفكير البصري لدى طلبة قسم التربية الفنية</t>
-[...2 lines deleted...]
-      <c r="N123" s="1"/>
+          <t>ماجستير مناهج وطرائق تدريس عامه </t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>ماجستير مناهج وطرائق تدريس عامه </t>
+        </is>
+      </c>
       <c r="O123" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P123" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>247</t>
+          <t>347</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>علي فرحان حاشوس</t>
+          <t>ستار خلف عريبي</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t>Ali Farhan Hashous</t>
+          <t>Star khalaf Oribi</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ftd6w1uh0q_koi7.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y87m9spqxnrgktz.jpg</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>1993-06-17</t>
+          <t>1981-06-02</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
         <is>
-          <t>07716679964</t>
+          <t>07705557531</t>
         </is>
       </c>
       <c r="H124" s="1" t="inlineStr">
         <is>
-          <t>ali_fr@uomisan.edu.iq</t>
+          <t>satarkhalf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I124" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J124" s="1" t="inlineStr">
         <is>
-          <t>2018-09-30</t>
+          <t>2018-09-19</t>
         </is>
       </c>
       <c r="K124" s="1" t="inlineStr">
         <is>
-          <t>علوم رياضيات</t>
+          <t>علوم تربوية ونفسية</t>
         </is>
       </c>
       <c r="L124" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M124" s="1" t="inlineStr">
         <is>
-          <t>Suboptimal cutting stocks problem in 1-2-3 dimensional </t>
+          <t>فاعلية التعليم المعكوس في التحصيل وتنمية التفكير البصري لدى طلبة قسم التربية الفنية</t>
         </is>
       </c>
       <c r="N124" s="1"/>
       <c r="O124" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P124" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>298</t>
+          <t>247</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>سجى زبير ذيبان</t>
+          <t>علي فرحان حاشوس</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>saja zubayr dhiban</t>
+          <t>Ali Farhan Hashous</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ikjor25mcd79phq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ftd6w1uh0q_koi7.jpeg</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>1988-06-10</t>
+          <t>1993-06-17</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
         <is>
-          <t>07709877559</t>
+          <t>07716679964</t>
         </is>
       </c>
       <c r="H125" s="1" t="inlineStr">
         <is>
-          <t>saja-zubear@uomisan.edu.iq</t>
+          <t>ali_fr@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I125" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J125" s="1" t="inlineStr">
         <is>
-          <t>2019-01-10</t>
+          <t>2018-09-30</t>
         </is>
       </c>
       <c r="K125" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء</t>
+          <t>علوم رياضيات</t>
         </is>
       </c>
       <c r="L125" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء الحياتية</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M125" s="1" t="inlineStr">
         <is>
-          <t>Investigation of specific and non-specific detection methods for isothermal amplification of Morganellamorganii</t>
+          <t>Suboptimal cutting stocks problem in 1-2-3 dimensional </t>
         </is>
       </c>
       <c r="N125" s="1"/>
       <c r="O125" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P125" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>298</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>لؤي جمعه فاضل </t>
+          <t>سجى زبير ذيبان</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>Louay Jumaa Fadhil</t>
+          <t>saja zubayr dhiban</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7bhxr9pl4nc3fzt.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ikjor25mcd79phq.jpg</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
-          <t>1984-05-16</t>
+          <t>1988-06-10</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
         <is>
-          <t>07810926866</t>
+          <t>07709877559</t>
         </is>
       </c>
       <c r="H126" s="1" t="inlineStr">
         <is>
-          <t>loaay.j.f@gmail.com</t>
+          <t>saja-zubear@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I126" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J126" s="1" t="inlineStr">
         <is>
-          <t>2019-01-30</t>
+          <t>2019-01-10</t>
         </is>
       </c>
       <c r="K126" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="L126" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الوطن العربي الحديث</t>
+          <t>الكيمياء الحياتية</t>
         </is>
       </c>
       <c r="M126" s="1" t="inlineStr">
         <is>
-          <t>نوبار باشا ودوره السياسي في مصر حتى عام 1895</t>
+          <t>Investigation of specific and non-specific detection methods for isothermal amplification of Morganellamorganii</t>
         </is>
       </c>
       <c r="N126" s="1"/>
       <c r="O126" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P126" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>273</t>
+          <t>275</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>ود داود قاسم </t>
+          <t>لؤي جمعه فاضل </t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>wwd dawud qasim</t>
+          <t>Louay Jumaa Fadhil</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vuez58hc9or_nqk.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7bhxr9pl4nc3fzt.png</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>1976-10-04</t>
+          <t>1984-05-16</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٦٥٩٣٢٣ </t>
+          <t>07810926866</t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>wad_dawud@uomisan.edu.iq</t>
+          <t>loaay.j.f@gmail.com</t>
         </is>
       </c>
       <c r="I127" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J127" s="1" t="inlineStr">
         <is>
-          <t>2019-03-07</t>
+          <t>2019-01-30</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>تاريخ الوطن العربي الحديث</t>
         </is>
       </c>
       <c r="M127" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية الكرسي الساخن في التحصيل واختزال القلق الرياضي لدى تلميذات الصف الخامس الابتدائي في مادة الرياضيات </t>
+          <t>نوبار باشا ودوره السياسي في مصر حتى عام 1895</t>
         </is>
       </c>
       <c r="N127" s="1"/>
       <c r="O127" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P127" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>273</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>اسماء صادق غالي</t>
+          <t>ود داود قاسم </t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>Asmaa Sadiq Ghaly</t>
+          <t>wwd dawud qasim</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xbpt5_oh7j90gfv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vuez58hc9or_nqk.jpg</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>1980-03-26</t>
+          <t>1976-10-04</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
-          <t>07707362842</t>
+          <t>٠٧٧١٢٦٥٩٣٢٣ </t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>asmaqsadeq@uomisan.edu.iq</t>
+          <t>wad_dawud@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I128" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J128" s="1" t="inlineStr">
         <is>
           <t>2019-03-07</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
           <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="M128" s="1" t="inlineStr">
         <is>
-          <t> الااثر استراتيجية التعليم المتمايز في التحصيل والتفكير</t>
+          <t>اثر استراتيجية الكرسي الساخن في التحصيل واختزال القلق الرياضي لدى تلميذات الصف الخامس الابتدائي في مادة الرياضيات </t>
         </is>
       </c>
       <c r="N128" s="1"/>
       <c r="O128" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P128" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>286</t>
+          <t>274</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن علي جبر </t>
+          <t>اسماء صادق غالي</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>mohammed hassan</t>
+          <t>Asmaa Sadiq Ghaly</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fc43virwsehk7tz.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xbpt5_oh7j90gfv.jpg</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>1988-12-01</t>
+          <t>1980-03-26</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
-          <t>07712659943</t>
+          <t>07707362842</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
-          <t>m0hmed.h.math@gmai.com</t>
+          <t>asmaqsadeq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J129" s="1" t="inlineStr">
         <is>
           <t>2019-03-07</t>
         </is>
       </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس العامه</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس العامه</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M129" s="1" t="inlineStr">
         <is>
-          <t>بهبهرالمرحله المتوسطهالتفكير الجبري وعلاقته بعض المتغيرات لدى طل </t>
+          <t> الااثر استراتيجية التعليم المتمايز في التحصيل والتفكير</t>
         </is>
       </c>
       <c r="N129" s="1"/>
       <c r="O129" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>286</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عبدالسادة شنشول</t>
+          <t>محمد حسن علي جبر </t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>fatimat eabdalsadat shinshul</t>
+          <t>mohammed hassan</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/svp_t9gcxa2johq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fc43virwsehk7tz.png</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>1986-02-25</t>
+          <t>1988-12-01</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
-          <t>07711989216</t>
+          <t>07712659943</t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
-          <t>fatmatareh@gmail.com</t>
+          <t>m0hmed.h.math@gmai.com</t>
         </is>
       </c>
       <c r="I130" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J130" s="1" t="inlineStr">
         <is>
-          <t>2019-03-10</t>
+          <t>2019-03-07</t>
         </is>
       </c>
       <c r="K130" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>طرائق التدريس العامه</t>
         </is>
       </c>
       <c r="L130" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الوطن العربي</t>
+          <t>طرائق التدريس العامه</t>
         </is>
       </c>
       <c r="M130" s="1" t="inlineStr">
         <is>
-          <t>حسن الترابي ونشاطه السياسي والفكري</t>
+          <t>بهبهرالمرحله المتوسطهالتفكير الجبري وعلاقته بعض المتغيرات لدى طل </t>
         </is>
       </c>
       <c r="N130" s="1"/>
       <c r="O130" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P130" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>235</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>دجلة عبود شريف</t>
+          <t>فاطمة عبدالسادة شنشول</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>dijla abowd sharif</t>
+          <t>fatimat eabdalsadat shinshul</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ji5zptq3dr7sycv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/svp_t9gcxa2johq.jpg</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
-          <t>1983-05-03</t>
+          <t>1986-02-25</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G131" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>07711989216</t>
         </is>
       </c>
       <c r="H131" s="1" t="inlineStr">
         <is>
-          <t>dijla.a.sh@uomisan.edu.iq</t>
+          <t>fatmatareh@gmail.com</t>
         </is>
       </c>
       <c r="I131" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J131" s="1" t="inlineStr">
         <is>
-          <t>2019-04-07</t>
+          <t>2019-03-10</t>
         </is>
       </c>
       <c r="K131" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="L131" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>تاريخ الوطن العربي</t>
         </is>
       </c>
       <c r="M131" s="1" t="inlineStr">
         <is>
-          <t>Evaluating the English Textbook  &amp;#39;&amp;#39;English for Iraq&amp;#34; for the Fifth  Primary Stage in the Light of Quality Standards</t>
+          <t>حسن الترابي ونشاطه السياسي والفكري</t>
         </is>
       </c>
       <c r="N131" s="1"/>
       <c r="O131" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P131" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>377</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>حسين أمير عباس </t>
+          <t>دجلة عبود شريف</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>Hussein Amir Abbas</t>
+          <t>dijla abowd sharif</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oe4m3uxpanl129k.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ji5zptq3dr7sycv.jpg</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
-          <t>1985-09-23</t>
+          <t>1983-05-03</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G132" s="1" t="inlineStr">
         <is>
-          <t>07709964568</t>
+          <t>.</t>
         </is>
       </c>
       <c r="H132" s="1" t="inlineStr">
         <is>
-          <t>h.a.a@uomisan.edu.iq</t>
+          <t>dijla.a.sh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I132" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J132" s="1" t="inlineStr">
         <is>
-          <t>2019-05-29</t>
+          <t>2019-04-07</t>
         </is>
       </c>
       <c r="K132" s="1" t="inlineStr">
         <is>
-          <t>الاعلام</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L132" s="1" t="inlineStr">
         <is>
-          <t>الصحافة الاذاعية والتلفزيونية</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M132" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني للبرامج الاستقصائية في الفضائيات العربية </t>
-[...6 lines deleted...]
-      </c>
+          <t>Evaluating the English Textbook  &amp;#39;&amp;#39;English for Iraq&amp;#34; for the Fifth  Primary Stage in the Light of Quality Standards</t>
+        </is>
+      </c>
+      <c r="N132" s="1"/>
       <c r="O132" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P132" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>243</t>
+          <t>350</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>بيداء عبد حسين</t>
+          <t>حسين أمير عباس </t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>bayda abd hussein</t>
+          <t>Hussein Amir Abbas</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/agw3r_cuv4zhlto.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oe4m3uxpanl129k.jpg</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
-          <t>1986-11-10</t>
+          <t>1985-09-23</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G133" s="1" t="inlineStr">
         <is>
-          <t>07723131777</t>
+          <t>07709964568</t>
         </is>
       </c>
       <c r="H133" s="1" t="inlineStr">
         <is>
-          <t>baidaa.alsa3di@uomisan.edu.iq</t>
+          <t>h.a.a@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I133" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J133" s="1" t="inlineStr">
         <is>
-          <t>2019-06-13</t>
+          <t>2019-05-29</t>
         </is>
       </c>
       <c r="K133" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>الاعلام</t>
         </is>
       </c>
       <c r="L133" s="1" t="inlineStr">
         <is>
-          <t>فسلجة حيوان</t>
+          <t>الصحافة الاذاعية والتلفزيونية</t>
         </is>
       </c>
       <c r="M133" s="1" t="inlineStr">
         <is>
-          <t>The phyto-nootropic heritage of Mesopotamian medicine: Focus on putative cholinesterase inhibitors</t>
-[...2 lines deleted...]
-      <c r="N133" s="1"/>
+          <t>البناء الفني للبرامج الاستقصائية في الفضائيات العربية </t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>. </t>
+        </is>
+      </c>
       <c r="O133" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P133" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>243</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>جواد كاظم داخل</t>
+          <t>بيداء عبد حسين</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>jawad kadhm dakhil</t>
+          <t>bayda abd hussein</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ep5a2s6k8lt_4xh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/agw3r_cuv4zhlto.jpeg</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
-          <t>1973-01-01</t>
+          <t>1986-11-10</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G134" s="1" t="inlineStr">
         <is>
-          <t>07705516913</t>
+          <t>07723131777</t>
         </is>
       </c>
       <c r="H134" s="1" t="inlineStr">
         <is>
-          <t>jawadkad73@gmail.com</t>
+          <t>baidaa.alsa3di@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I134" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J134" s="1" t="inlineStr">
         <is>
-          <t>2019-08-18</t>
+          <t>2019-06-13</t>
         </is>
       </c>
       <c r="K134" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث والمعاصر</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L134" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الوطن العربي</t>
+          <t>فسلجة حيوان</t>
         </is>
       </c>
       <c r="M134" s="1" t="inlineStr">
         <is>
-          <t>مجلس التعاون العربي 1989-1991</t>
+          <t>The phyto-nootropic heritage of Mesopotamian medicine: Focus on putative cholinesterase inhibitors</t>
         </is>
       </c>
       <c r="N134" s="1"/>
       <c r="O134" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P134" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>240</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>سحر رامي عيدان</t>
+          <t>جواد كاظم داخل</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>sahar rami eidan</t>
+          <t>jawad kadhm dakhil</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t3ael7vzrjcwqn5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ep5a2s6k8lt_4xh.jpg</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>1992-11-01</t>
+          <t>1973-01-01</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G135" s="1" t="inlineStr">
         <is>
-          <t>07805917500</t>
+          <t>07705516913</t>
         </is>
       </c>
       <c r="H135" s="1" t="inlineStr">
         <is>
-          <t>www.samo29@gmail.com</t>
+          <t>jawadkad73@gmail.com</t>
         </is>
       </c>
       <c r="I135" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J135" s="1" t="inlineStr">
         <is>
-          <t>2019-10-01</t>
+          <t>2019-08-18</t>
         </is>
       </c>
       <c r="K135" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>التاريخ الحديث والمعاصر</t>
         </is>
       </c>
       <c r="L135" s="1" t="inlineStr">
         <is>
-          <t>جغرافية زراعية</t>
+          <t>تاريخ الوطن العربي</t>
         </is>
       </c>
       <c r="M135" s="1" t="inlineStr">
         <is>
-          <t>الإمكانات الجغرافية لتربيةحيوانات الماشية في محافظة ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>مجلس التعاون العربي 1989-1991</t>
+        </is>
+      </c>
+      <c r="N135" s="1"/>
       <c r="O135" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P135" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>379</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>فاتن خضير عباس </t>
+          <t>سحر رامي عيدان</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>Faten Khudair Abbas</t>
+          <t>sahar rami eidan</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lr0e_yamh31654u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t3ael7vzrjcwqn5.jpg</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>1989-07-17</t>
+          <t>1992-11-01</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G136" s="1" t="inlineStr">
         <is>
-          <t>07718151585</t>
+          <t>07805917500</t>
         </is>
       </c>
       <c r="H136" s="1" t="inlineStr">
         <is>
-          <t>fatanf145@gmail.com</t>
+          <t>www.samo29@gmail.com</t>
         </is>
       </c>
       <c r="I136" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J136" s="1" t="inlineStr">
         <is>
-          <t>2019-10-05</t>
+          <t>2019-10-01</t>
         </is>
       </c>
       <c r="K136" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة </t>
+          <t>الجغرافية</t>
         </is>
       </c>
       <c r="L136" s="1" t="inlineStr">
         <is>
-          <t>فسلجة طبية </t>
+          <t>جغرافية زراعية</t>
         </is>
       </c>
       <c r="M136" s="1" t="inlineStr">
         <is>
-          <t>Study of some hormonal and biochemical parameters associated with polycistic ovary syndrome in diabetic women type 2 </t>
-[...2 lines deleted...]
-      <c r="N136" s="1"/>
+          <t>الإمكانات الجغرافية لتربيةحيوانات الماشية في محافظة ميسان</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>لا يوجد</t>
+        </is>
+      </c>
       <c r="O136" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P136" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>454</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>رغد وليد طه ياسين </t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
           <t>Raghad waleed Taha</t>