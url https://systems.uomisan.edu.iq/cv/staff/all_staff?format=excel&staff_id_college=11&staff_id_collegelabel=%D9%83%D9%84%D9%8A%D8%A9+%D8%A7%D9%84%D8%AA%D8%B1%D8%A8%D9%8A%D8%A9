--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:P152"/>
+  <dimension ref="A1:P156"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Name_in_English</t>
         </is>
       </c>
@@ -1698,51 +1698,51 @@
       </c>
       <c r="P19" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>نعمة ساهي حسن </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>nehme hasn sahey</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fa53dbew6v4m07c.png</t>
+          <t>uploads/files/juolt7dv3qmy0g4.jpeg</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>2020-11-21</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
           <t>07711147310</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
           <t>dnmhalmwswy@gmeil.com</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
@@ -3561,4666 +3561,4670 @@
       </c>
       <c r="M42" s="1" t="inlineStr">
         <is>
           <t>دراسة مقارنة بين الطريقة الدلالية التداولية والطريقة التقليدية بتدريس النثر الانكليزي</t>
         </is>
       </c>
       <c r="N42" s="1" t="inlineStr">
         <is>
           <t>دراسة لغوية لأساليب الاقناع في ثلاث روايات اي ان فولستر </t>
         </is>
       </c>
       <c r="O42" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P42" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>673</t>
+          <t>24</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار حواس</t>
+          <t>احمد حسن موسى </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t> Mohammed Jabbar Hawas </t>
+          <t>Ahmed Hassan Musa</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n_1jfoh6r8xlc9i.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sc2fxgo5hr1zdlu.jpg</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>1975-09-10</t>
+          <t>1989-01-28</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>07716448001</t>
+          <t>07732300730</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>drmjh53@uomisan.edu.iq</t>
+          <t>ahmed.hassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
-          <t>2020-01-18</t>
+          <t>2019-12-26</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>الأدب الانجليزي / المسرح</t>
         </is>
       </c>
       <c r="M43" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>لا توجد- نظام كورسات</t>
         </is>
       </c>
       <c r="N43" s="1" t="inlineStr">
         <is>
-          <t>Soliton Equations in Two Spatial Dimensions and Their Solutions</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O43" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P43" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>673</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
+          <t>محمد جبار حواس</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>Afrah AbdulJabbar Abdul Sahib Aziz</t>
+          <t> Mohammed Jabbar Hawas </t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mzi3rwxk61fv7ah.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n_1jfoh6r8xlc9i.jpeg</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>1982-04-20</t>
+          <t>1975-09-10</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>07705595546</t>
+          <t>07716448001</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
-          <t>afrahaljabar15@gmail.com</t>
+          <t>drmjh53@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
-          <t>2020-05-31</t>
+          <t>2020-01-18</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
-          <t>ادب </t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M44" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
+          <t>.</t>
         </is>
       </c>
       <c r="N44" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Soliton Equations in Two Spatial Dimensions and Their Solutions</t>
         </is>
       </c>
       <c r="O44" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P44" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>637</t>
+          <t>29</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>براق طالب شلش </t>
+          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Buraq Talib Shalash </t>
+          <t>Afrah AbdulJabbar Abdul Sahib Aziz</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/jfsbrc4g_a3w02z.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mzi3rwxk61fv7ah.jpg</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>1979-04-16</t>
+          <t>1982-04-20</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>07705555512</t>
+          <t>07705595546</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>buraq@uomisan.edu.iq</t>
+          <t>afrahaljabar15@gmail.com</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>2020-11-10</t>
+          <t>2020-05-31</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء التطبيقية</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
-          <t>فيزياء المعادن المتراكبة النانوية </t>
+          <t>ادب </t>
         </is>
       </c>
       <c r="M45" s="1" t="inlineStr">
         <is>
-          <t>تاّكل الفولاذ الواطئ الكاربون بفعل البكتيريا دراسة تاثيره في الصفات الفيزيائية (الكلال)</t>
+          <t>لا توجد- نظام كورسات</t>
         </is>
       </c>
       <c r="N45" s="1" t="inlineStr">
         <is>
-          <t>The Synthesis and Properties of Advanced Aluminium and Copper Based Metal Matrix Composites</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O45" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P45" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>637</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>لطفي جميل محمد </t>
+          <t>براق طالب شلش </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>Lotfi Jamil Muhammad</t>
+          <t>Buraq Talib Shalash </t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/dvy0xf134phrkut.png</t>
+          <t>uploads/photos/jfsbrc4g_a3w02z.jpg</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>2020-11-19</t>
+          <t>1979-04-16</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>07705508654</t>
+          <t>07705555512</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>Lutfijameel@hotmail.com</t>
+          <t>buraq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>2020-11-19</t>
+          <t>2020-11-10</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث والمعاصر</t>
+          <t>الفيزياء التطبيقية</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
-          <t>فلسفة في تاريخ العلاقات الدولية</t>
+          <t>فيزياء المعادن المتراكبة النانوية </t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
-          <t>الحرب الاميركية 1812 _ 1814</t>
+          <t>تاّكل الفولاذ الواطئ الكاربون بفعل البكتيريا دراسة تاثيره في الصفات الفيزيائية (الكلال)</t>
         </is>
       </c>
       <c r="N46" s="1" t="inlineStr">
         <is>
-          <t>العلاقات الاميركية الدومنكانية 1900 _ 1968</t>
+          <t>The Synthesis and Properties of Advanced Aluminium and Copper Based Metal Matrix Composites</t>
         </is>
       </c>
       <c r="O46" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P46" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>32</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>شهيد كريم محمد </t>
+          <t>لطفي جميل محمد </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>shahed kareem mohammed</t>
+          <t>Lotfi Jamil Muhammad</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ovd1efapbg7sl_w.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/dvy0xf134phrkut.png</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>1980-02-10</t>
+          <t>2020-11-19</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>07805801230</t>
+          <t>07705508654</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>shaheedkareem28@gmail.com</t>
+          <t>Lutfijameel@hotmail.com</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-19</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامي</t>
+          <t>التاريخ الحديث والمعاصر</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
-          <t>الاستشراق والسيرة النبوية</t>
+          <t>فلسفة في تاريخ العلاقات الدولية</t>
         </is>
       </c>
       <c r="M47" s="1" t="inlineStr">
         <is>
-          <t>شيراز دراسة أحوالها العامة منذ الفتح العربي الإسلامي(23هـ/643م) حتى نهاية العهد البويهي(447هـ/1055م)</t>
+          <t>الحرب الاميركية 1812 _ 1814</t>
         </is>
       </c>
       <c r="N47" s="1" t="inlineStr">
         <is>
-          <t>صورة أصحاب الكساء بين تجني النص واستباحة الخطاب الاستشراقي- هنري لامنس انموذجاً</t>
+          <t>العلاقات الاميركية الدومنكانية 1900 _ 1968</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P47" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>47</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>حلا عبد الكريم احمد عبد صالح </t>
+          <t>شهيد كريم محمد </t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Hala Abdel Karim Ahmed Abed Salih</t>
+          <t>shahed kareem mohammed</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/n6bvxg1o90yra3i.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ovd1efapbg7sl_w.png</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
+          <t>1980-02-10</t>
+        </is>
+      </c>
+      <c r="F48" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G48" s="1" t="inlineStr">
+        <is>
+          <t>07805801230</t>
+        </is>
+      </c>
+      <c r="H48" s="1" t="inlineStr">
+        <is>
+          <t>shaheedkareem28@gmail.com</t>
+        </is>
+      </c>
+      <c r="I48" s="1" t="inlineStr">
+        <is>
+          <t>استاذ مساعد</t>
+        </is>
+      </c>
+      <c r="J48" s="1" t="inlineStr">
+        <is>
           <t>2020-11-21</t>
         </is>
       </c>
-      <c r="F48" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
           <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الحضارة الاسلامية</t>
+          <t>الاستشراق والسيرة النبوية</t>
         </is>
       </c>
       <c r="M48" s="1" t="inlineStr">
         <is>
-          <t>الزاهدات والمتصوفات في العراق خلال العصر العباسي</t>
+          <t>شيراز دراسة أحوالها العامة منذ الفتح العربي الإسلامي(23هـ/643م) حتى نهاية العهد البويهي(447هـ/1055م)</t>
         </is>
       </c>
       <c r="N48" s="1" t="inlineStr">
         <is>
-          <t>دور علماء الحديث في التربية والتعليم من خلال مؤلفات الخطيب البغدادي </t>
+          <t>صورة أصحاب الكساء بين تجني النص واستباحة الخطاب الاستشراقي- هنري لامنس انموذجاً</t>
         </is>
       </c>
       <c r="O48" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P48" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>ريم هادي مرهج </t>
+          <t>حلا عبد الكريم احمد عبد صالح </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Reem Hadi Merhej</t>
+          <t>Hala Abdel Karim Ahmed Abed Salih</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/0ch3iasld9mewfj.png</t>
+          <t>uploads/photos/n6bvxg1o90yra3i.jpg</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
           <t>2020-11-21</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>07704333242</t>
+          <t>7705577418</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>reemhadi1978@gmail.com</t>
+          <t>hala-2018@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
           <t>2020-11-21</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
           <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
-          <t>فكر/عقيدة /دولة الفاطمية</t>
+          <t>تاريخ الحضارة الاسلامية</t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t>تجارة مصر خلال العصر الفاطمي</t>
+          <t>الزاهدات والمتصوفات في العراق خلال العصر العباسي</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>اوجه المعارضة العقائدية والسياسية للدولة الفاطمية</t>
+          <t>دور علماء الحديث في التربية والتعليم من خلال مؤلفات الخطيب البغدادي </t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P49" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ضحى لعيبي كاظم </t>
+          <t>ريم هادي مرهج </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>Duha Laibi Kadhim</t>
+          <t>Reem Hadi Merhej</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6t19_5hpuvwxlz7.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/0ch3iasld9mewfj.png</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>1969-09-25</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>07735719156</t>
+          <t>07704333242</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>daha1969b@gmail.com</t>
+          <t>reemhadi1978@gmail.com</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
-          <t>2020-11-24</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>جغرافية بشرية</t>
+          <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
-          <t>جغرافية سياسية</t>
+          <t>فكر/عقيدة /دولة الفاطمية</t>
         </is>
       </c>
       <c r="M50" s="1" t="inlineStr">
         <is>
-          <t>التباين المكاني للمرأئب الرئيسة في محافظة ميسان دراسة في جغرافية النقل والتجارة</t>
+          <t>تجارة مصر خلال العصر الفاطمي</t>
         </is>
       </c>
       <c r="N50" s="1" t="inlineStr">
         <is>
-          <t>الاهمية الاستراتيجية للنفط العراقي للمدة ١٩٧٠ _٢٠١٠ دراسة في الجغرافيا السياسية</t>
+          <t>اوجه المعارضة العقائدية والسياسية للدولة الفاطمية</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P50" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>53</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>داليا عبد الجبار شنيشل علي </t>
+          <t>ضحى لعيبي كاظم </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Dalia AbdulJabbar </t>
+          <t>Duha Laibi Kadhim</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qoy9ds_hkv5j6z3.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6t19_5hpuvwxlz7.png</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>1981-07-03</t>
+          <t>1969-09-25</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>+96477٣٥٧٢٢٠٦٦</t>
+          <t>07735719156</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>dalia_abdul@uomisan.edu.iq</t>
+          <t>daha1969b@gmail.com</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-11-24</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
           <t>جغرافية بشرية</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
-          <t>جغرافية السكان</t>
+          <t>جغرافية سياسية</t>
         </is>
       </c>
       <c r="M51" s="1" t="inlineStr">
         <is>
-          <t>التباين المكاني للوفيات المسجلة في محافظة ميسان للمدة ١٩٩٧ _٢٠١٠</t>
+          <t>التباين المكاني للمرأئب الرئيسة في محافظة ميسان دراسة في جغرافية النقل والتجارة</t>
         </is>
       </c>
       <c r="N51" s="1" t="inlineStr">
         <is>
-          <t>التحليل المكاني للخصوبة السكانية المسجلة في محافظة ميسان</t>
+          <t>الاهمية الاستراتيجية للنفط العراقي للمدة ١٩٧٠ _٢٠١٠ دراسة في الجغرافيا السياسية</t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P51" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>62</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي صخي </t>
+          <t>داليا عبد الجبار شنيشل علي </t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Mahdi Sekee</t>
+          <t>Dalia AbdulJabbar </t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/80e1ti37mcdvso4.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qoy9ds_hkv5j6z3.png</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>1975-07-01</t>
+          <t>1981-07-03</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>07712659183</t>
+          <t>+96477٣٥٧٢٢٠٦٦</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
-          <t>mohammad_mehdi@uomisan.edu.iq</t>
+          <t>dalia_abdul@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
-          <t>2020-11-28</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس العلوم</t>
+          <t>جغرافية بشرية</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الفيزياء</t>
+          <t>جغرافية السكان</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام انموذج درايفر في التغيير المفاهيمي لدى طلبة كلية التربية الاساسية في مادة الفيزياء الحديثة</t>
+          <t>التباين المكاني للوفيات المسجلة في محافظة ميسان للمدة ١٩٩٧ _٢٠١٠</t>
         </is>
       </c>
       <c r="N52" s="1" t="inlineStr">
         <is>
-          <t>فاعلية تصميم تعليمي -تعلمي وفقا للانموذج المعرفي في تنمية مهارات التفكير العليا وتعديل التصورات الخاطئة والتحصيل النوعي في مادة الفيزياء لدى طلبة كلية التربية الاساسية</t>
+          <t>التحليل المكاني للخصوبة السكانية المسجلة في محافظة ميسان</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P52" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>66</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسن بريسم</t>
+          <t>محمد مهدي صخي </t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdulhassan Barism</t>
+          <t>Mohammed Mahdi Sekee</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8splym_5oz9vh3b.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/80e1ti37mcdvso4.png</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>1966-07-01</t>
+          <t>1975-07-01</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>009647802560972</t>
+          <t>07712659183</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
-          <t>alibreisam66@yahoo.com</t>
+          <t>mohammad_mehdi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
-          <t>2020-11-29</t>
+          <t>2020-11-28</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
-          <t>علم النفس </t>
+          <t>طرائق تدريس العلوم</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
-          <t>علم النفس العام</t>
+          <t>طرائق تدريس الفيزياء</t>
         </is>
       </c>
       <c r="M53" s="1" t="inlineStr">
         <is>
-          <t>مفهوم الابوة والامومة لدى المرهقين الجانحين واقرانهم من غير الجانحين</t>
+          <t>اثر استخدام انموذج درايفر في التغيير المفاهيمي لدى طلبة كلية التربية الاساسية في مادة الفيزياء الحديثة</t>
         </is>
       </c>
       <c r="N53" s="1" t="inlineStr">
         <is>
-          <t>الانتماء الى جماعة الاقران على وفق الممارسات الوالدية</t>
+          <t>فاعلية تصميم تعليمي -تعلمي وفقا للانموذج المعرفي في تنمية مهارات التفكير العليا وتعديل التصورات الخاطئة والتحصيل النوعي في مادة الفيزياء لدى طلبة كلية التربية الاساسية</t>
         </is>
       </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P53" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>68</t>
+          <t>70</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>سعاد سلمان حسن وطان</t>
+          <t>علي عبد الحسن بريسم</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>Souad Salman Hassan Watan</t>
+          <t>Ali Abdulhassan Barism</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/65dlzjnxoab0q8_.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8splym_5oz9vh3b.png</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>1980-10-05</t>
+          <t>1966-07-01</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>07710875070</t>
+          <t>009647802560972</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
-          <t>Suaadalzehawi80@yahoo.con</t>
+          <t>alibreisam66@yahoo.com</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
           <t>2020-11-29</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الاجتماعيات</t>
+          <t>علم النفس </t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس التاريخ</t>
+          <t>علم النفس العام</t>
         </is>
       </c>
       <c r="M54" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام طريقه روثكوف في  تنميه التفكير الناقد لدى طالبات الصف الرابع العام في ملدة التاريخ لصف الرابع العام في مادة التاريخ</t>
+          <t>مفهوم الابوة والامومة لدى المرهقين الجانحين واقرانهم من غير الجانحين</t>
         </is>
       </c>
       <c r="N54" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>الانتماء الى جماعة الاقران على وفق الممارسات الوالدية</t>
         </is>
       </c>
       <c r="O54" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P54" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>68</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>اشرف صالح جاسم </t>
+          <t>سعاد سلمان حسن وطان</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>Ashraf Saleh Jasim</t>
+          <t>Souad Salman Hassan Watan</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gsyitxc158ho63w.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/65dlzjnxoab0q8_.png</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>1980-10-05</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>07703097485</t>
+          <t>07710875070</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>ashrafzlo844@gmail.com</t>
+          <t>Suaadalzehawi80@yahoo.con</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
           <t>2020-11-29</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
-          <t>الارشاد النفسي والتوجيه التربوي</t>
+          <t>طرائق تدريس الاجتماعيات</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
-          <t>تقويم +برامج </t>
+          <t>طرائق تدريس التاريخ</t>
         </is>
       </c>
       <c r="M55" s="1" t="inlineStr">
         <is>
-          <t>تقويم البرامج الدراسية في أقسام الارشاد النفسي والتوجيه التربوي في الجامعات العراقية من وجهة نظر الخريجين</t>
+          <t>اثر استخدام طريقه روثكوف في  تنميه التفكير الناقد لدى طالبات الصف الرابع العام في ملدة التاريخ لصف الرابع العام في مادة التاريخ</t>
         </is>
       </c>
       <c r="N55" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P55" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>67</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>سوسن هاشم هاتو </t>
+          <t>اشرف صالح جاسم </t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>Sawsan Hashem Hato</t>
+          <t>Ashraf Saleh Jasim</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/z8grsi_1f9jna7l.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gsyitxc158ho63w.png</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>1975-01-02</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>07712691180</t>
+          <t>07703097485</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>sosoaljabrey75@gmail.com</t>
+          <t>ashrafzlo844@gmail.com</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
-          <t>2020-11-30</t>
+          <t>2020-11-29</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس</t>
+          <t>الارشاد النفسي والتوجيه التربوي</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية</t>
+          <t>تقويم +برامج </t>
         </is>
       </c>
       <c r="M56" s="1" t="inlineStr">
         <is>
-          <t>اثر استعمال القصة القصيرة في الاداء التعبيري لدى طالبات الصف الثاني المتوسط</t>
+          <t>تقويم البرامج الدراسية في أقسام الارشاد النفسي والتوجيه التربوي في الجامعات العراقية من وجهة نظر الخريجين</t>
         </is>
       </c>
       <c r="N56" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>لا يوجد</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P56" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>د . مصطفى صباح مهودر </t>
+          <t>سوسن هاشم هاتو </t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>Mustafa sabah mohoder</t>
+          <t>Sawsan Hashem Hato</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/yur8o2em3h_ndaz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/z8grsi_1f9jna7l.png</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>1985-12-09</t>
+          <t>1975-01-02</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>7705525000</t>
+          <t>07712691180</t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
-          <t>mustafasaba9166@gmail.com</t>
+          <t>sosoaljabrey75@gmail.com</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
-          <t>2020-12-11</t>
+          <t>2020-11-30</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية </t>
+          <t>مناهج وطرائق تدريس</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
-          <t> علم اللغة ، تحليل خطاب </t>
+          <t>طرائق تدريس اللغة العربية</t>
         </is>
       </c>
       <c r="M57" s="1" t="inlineStr">
         <is>
-          <t>هاشميات الكميت بن زيد الاسدي دراسة في ضوء معياري السبك والحبك </t>
+          <t>اثر استعمال القصة القصيرة في الاداء التعبيري لدى طالبات الصف الثاني المتوسط</t>
         </is>
       </c>
       <c r="N57" s="1" t="inlineStr">
         <is>
-          <t>----التحليل النصي والتاويل في تفسير معارج التفكر ودقائق التدبر ---</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O57" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P57" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>647</t>
+          <t>83</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>نضال ماهود محمد شفي</t>
+          <t>د . مصطفى صباح مهودر </t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t> Nidhal Mahood Mohammad</t>
+          <t>Mustafa sabah mohoder</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q8d5vr2l6j4hetc.jpg</t>
+          <t>uploads/files/yur8o2em3h_ndaz.jpg</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>1969-04-12</t>
+          <t>1985-12-09</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>07706918488</t>
+          <t>7705525000</t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
-          <t>nidal@uomisan.edu.iq</t>
+          <t>mustafasaba9166@gmail.com</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
-          <t>2021-07-10</t>
+          <t>2020-12-11</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>اللغة العربية </t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
-          <t>الأدب الأنكليزي /دراما</t>
+          <t> علم اللغة ، تحليل خطاب </t>
         </is>
       </c>
       <c r="M58" s="1" t="inlineStr">
         <is>
-          <t>The  Concept of Alienation in Sam Sheperd s Selected  plays</t>
+          <t>هاشميات الكميت بن زيد الاسدي دراسة في ضوء معياري السبك والحبك </t>
         </is>
       </c>
       <c r="N58" s="1" t="inlineStr">
         <is>
-          <t>----</t>
+          <t>----التحليل النصي والتاويل في تفسير معارج التفكر ودقائق التدبر ---</t>
         </is>
       </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P58" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>643</t>
+          <t>647</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>رنا علي مهودر داغر </t>
+          <t>نضال ماهود محمد شفي</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>Rana Ali Mhoodar </t>
+          <t> Nidhal Mahood Mohammad</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/nw5xoeh_z4tj0qy.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q8d5vr2l6j4hetc.jpg</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>2022-05-15</t>
+          <t>1969-04-12</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>07714991166</t>
+          <t>07706918488</t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
-          <t>ranaali82@uomisan.edu.iq</t>
+          <t>nidal@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
-          <t>2021-12-05</t>
+          <t>2021-07-10</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
           <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
-          <t>ادب روائي قصصي</t>
+          <t>الأدب الأنكليزي /دراما</t>
         </is>
       </c>
       <c r="M59" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد_ نظام الكورسات</t>
+          <t>The  Concept of Alienation in Sam Sheperd s Selected  plays</t>
         </is>
       </c>
       <c r="N59" s="1" t="inlineStr">
         <is>
-          <t>Hybridity, Ambivalence and Identity in Selected Short Stories By Nadine Gordimer and Amaata Aidoo.</t>
+          <t>----</t>
         </is>
       </c>
       <c r="O59" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P59" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>636</t>
+          <t>643</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>الدكتور سالم كاظم عباس خلف </t>
+          <t>رنا علي مهودر داغر </t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>Salim Kadhim Abbas</t>
+          <t>Rana Ali Mhoodar </t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/pxj1n76kurmfgyo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/nw5xoeh_z4tj0qy.jpg</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>1968-12-06</t>
+          <t>2022-05-15</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>07770847340</t>
+          <t>07714991166</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
-          <t>salim.k.a@uomisan.edu.iq</t>
+          <t>ranaali82@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
-          <t>2021-12-08</t>
+          <t>2021-12-05</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
-          <t>  لغة انكليزية</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
-          <t>  أدب انكليزي \ رواية انكليزية وامريكية - نقد - رواية سياسية</t>
-[...2 lines deleted...]
-      <c r="M60" s="1"/>
+          <t>ادب روائي قصصي</t>
+        </is>
+      </c>
+      <c r="M60" s="1" t="inlineStr">
+        <is>
+          <t>لا يوجد_ نظام الكورسات</t>
+        </is>
+      </c>
       <c r="N60" s="1" t="inlineStr">
         <is>
-          <t> الترابط البيني للسلطة المطلقة والفساد في روايات إنجليزية حداثوية مختارة كما صورها أورويل وبرادبري</t>
+          <t>Hybridity, Ambivalence and Identity in Selected Short Stories By Nadine Gordimer and Amaata Aidoo.</t>
         </is>
       </c>
       <c r="O60" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P60" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>944</t>
+          <t>636</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>محمد سالم جاسم الطائي </t>
+          <t>الدكتور سالم كاظم عباس خلف </t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Salim Jasim AL-Taie</t>
+          <t>Salim Kadhim Abbas</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/j5odhk46q82riwt.jpeg</t>
+          <t>uploads/files/pxj1n76kurmfgyo.jpg</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>1972-04-29</t>
+          <t>1968-12-06</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>009647718291421</t>
+          <t>07770847340</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
-          <t>mohammed.altaie@uomisan.edu.iq</t>
+          <t>salim.k.a@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2021-12-08</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>فيزياء</t>
+          <t>  لغة انكليزية</t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
-          <t>بصريات لاخطية</t>
-[...6 lines deleted...]
-      </c>
+          <t>  أدب انكليزي \ رواية انكليزية وامريكية - نقد - رواية سياسية</t>
+        </is>
+      </c>
+      <c r="M61" s="1"/>
       <c r="N61" s="1" t="inlineStr">
         <is>
-          <t>توليد الانعزال والاستمرارية الفائقة في ألياف البلورات الفوتونية</t>
+          <t> الترابط البيني للسلطة المطلقة والفساد في روايات إنجليزية حداثوية مختارة كما صورها أورويل وبرادبري</t>
         </is>
       </c>
       <c r="O61" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P61" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>944</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>سارة عبد الحسين بندر </t>
+          <t>محمد سالم جاسم الطائي </t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>Sarah Abdel Hussein Bandar</t>
+          <t>Mohammed Salim Jasim AL-Taie</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/vdi4kzn72se5lfw.jpg</t>
+          <t>uploads/files/j5odhk46q82riwt.jpeg</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>1972-02-10</t>
+          <t>1972-04-29</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>+9647730888125</t>
+          <t>009647718291421</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>Sara.ab@uomisan.edu.iq</t>
+          <t>mohammed.altaie@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
-          <t>2023-03-12</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
-          <t>احصاء</t>
+          <t>فيزياء</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
-          <t>احصاء تطبيقي</t>
+          <t>بصريات لاخطية</t>
         </is>
       </c>
       <c r="M62" s="1" t="inlineStr">
         <is>
-          <t>استخدام نماذج السلاسل الزمنية والشبكات العصبية للتنبؤ بأسعار الصرف في العراق </t>
+          <t>دراسة التصرف الحركي لليزرات اشباه الموصلات نوع النقطة الكمية الممتدة</t>
         </is>
       </c>
       <c r="N62" s="1" t="inlineStr">
         <is>
-          <t>قياس كفاءة مرشحات التحليل المويجي في تحليل السلاسل الزمنية </t>
+          <t>توليد الانعزال والاستمرارية الفائقة في ألياف البلورات الفوتونية</t>
         </is>
       </c>
       <c r="O62" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P62" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>اسماء جاسم حرفش </t>
+          <t>سارة عبد الحسين بندر </t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>Asmaa Jasim Harfash</t>
+          <t>Sarah Abdel Hussein Bandar</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/yqnm37l_b1tg69z.jpg</t>
+          <t>uploads/photos/vdi4kzn72se5lfw.jpg</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>1974-12-14</t>
+          <t>1972-02-10</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>07802763093</t>
+          <t>+9647730888125</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
-          <t>assmaj1974@uomisan.edu.iq</t>
+          <t>Sara.ab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
-          <t>2024-03-24</t>
+          <t>2023-03-12</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>احصاء</t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>احصاء تطبيقي</t>
         </is>
       </c>
       <c r="M63" s="1" t="inlineStr">
         <is>
-          <t>اساليب فروقات محددة جديدة متضمنة صيغ النقاط الخمس لحل معادلة الانتقال ثنائية البعد</t>
+          <t>استخدام نماذج السلاسل الزمنية والشبكات العصبية للتنبؤ بأسعار الصرف في العراق </t>
         </is>
       </c>
       <c r="N63" s="1" t="inlineStr">
         <is>
-          <t>New analytical formulas for the analysis and simulation of incompressible flow problems</t>
+          <t>قياس كفاءة مرشحات التحليل المويجي في تحليل السلاسل الزمنية </t>
         </is>
       </c>
       <c r="O63" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P63" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>10</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>عقيل عبدالواحد قاسم </t>
+          <t>اسماء جاسم حرفش </t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>Akeel Abdul Wahid Qasim</t>
+          <t>Asmaa Jasim Harfash</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/546nbdcmr0hy18t.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/yqnm37l_b1tg69z.jpg</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>1971-11-06</t>
+          <t>1974-12-14</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>07710944916</t>
+          <t>07802763093</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>Akeelmath@uomisan.edu.iq</t>
+          <t>assmaj1974@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>2024-12-08</t>
+          <t>2024-03-24</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
           <t>الرياضيات</t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
-          <t>التحليل العددي  </t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M64" s="1" t="inlineStr">
         <is>
-          <t>B-spline Weighted Residual Methods For Solving Modified Equal Width Wave Problem</t>
+          <t>اساليب فروقات محددة جديدة متضمنة صيغ النقاط الخمس لحل معادلة الانتقال ثنائية البعد</t>
         </is>
       </c>
       <c r="N64" s="1" t="inlineStr">
         <is>
-          <t>Numerical Solutions of Time-Fractional Burger&amp;#39;s Equation by Using B-Spline Finite Elements</t>
+          <t>New analytical formulas for the analysis and simulation of incompressible flow problems</t>
         </is>
       </c>
       <c r="O64" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P64" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>16</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>حسنين رحيم كريم </t>
+          <t>عقيل عبدالواحد قاسم </t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>Hassanain Raheem Kareem</t>
+          <t>Akeel Abdul Wahid Qasim</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/oiu4vq8e2fptzwk.jpg</t>
+          <t>uploads/photos/546nbdcmr0hy18t.jpg</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>1980-08-26</t>
+          <t>1971-11-06</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>077000000</t>
+          <t>07710944916</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
-          <t>hassanainraheem@uomisan.edu.iq</t>
+          <t>Akeelmath@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
-          <t>2025-03-11</t>
+          <t>2024-12-08</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
-          <t>تقنية المعلومات</t>
+          <t>التحليل العددي  </t>
         </is>
       </c>
       <c r="M65" s="1" t="inlineStr">
         <is>
-          <t>ontology model for privacy user&amp;#39;s profile in web usage mining</t>
+          <t>B-spline Weighted Residual Methods For Solving Modified Equal Width Wave Problem</t>
         </is>
       </c>
       <c r="N65" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Numerical Solutions of Time-Fractional Burger&amp;#39;s Equation by Using B-Spline Finite Elements</t>
         </is>
       </c>
       <c r="O65" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P65" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>943</t>
+          <t>1</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>محمد سهام سادة الالوسي</t>
+          <t>حسنين رحيم كريم </t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Siham Sada</t>
+          <t>Hassanain Raheem Kareem</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/am12hoq0bkgdwnf.png</t>
+          <t>uploads/files/oiu4vq8e2fptzwk.jpg</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>1988-11-27</t>
+          <t>1980-08-26</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>07816186169</t>
+          <t>077000000</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
-          <t>Msahaam624@uomisan.edu.iq</t>
+          <t>hassanainraheem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2025-03-11</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
-          <t>فيزياء الحالة الصلبة/النانوتكنولوجي</t>
+          <t>تقنية المعلومات</t>
         </is>
       </c>
       <c r="M66" s="1" t="inlineStr">
         <is>
-          <t>Design and construction of Multimode plastic Optical Fiber Sensor for gas detection</t>
+          <t>ontology model for privacy user&amp;#39;s profile in web usage mining</t>
         </is>
       </c>
       <c r="N66" s="1" t="inlineStr">
         <is>
-          <t>Design and Implementation of Multi-Purpose Optical Fiber Sensor to Detect Environmental Pollution</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O66" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P66" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>641</t>
+          <t>943</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>علي اطعيمة جبر اللامي</t>
+          <t>محمد سهام سادة الالوسي</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>Ali Ataeemh Jebur Allami</t>
+          <t>Mohammed Siham Sada</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/17tmdrbevz540ui.jpg</t>
+          <t>uploads/files/am12hoq0bkgdwnf.png</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>1982-12-19</t>
+          <t>1988-11-27</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
-          <t>+9647741234080</t>
+          <t>07816186169</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
-          <t>ali_ataeemh@uomisan.edu.iq</t>
+          <t>Msahaam624@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>2013-10-10</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسبات</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L67" s="1" t="inlineStr">
         <is>
-          <t>تحليل البيانات مع الحفاظ على الخصوصية والمعالجة الأخلاقية للبيانات</t>
+          <t>فيزياء الحالة الصلبة/النانوتكنولوجي</t>
         </is>
       </c>
       <c r="M67" s="1" t="inlineStr">
         <is>
-          <t>تحسين اكتشاف الحركة باستخدام طريقة هجينة</t>
+          <t>Design and construction of Multimode plastic Optical Fiber Sensor for gas detection</t>
         </is>
       </c>
       <c r="N67" s="1" t="inlineStr">
         <is>
-          <t>مقارنة آمنة وفعالة في بيئة الأغلبية غير النزيهة</t>
+          <t>Design and Implementation of Multi-Purpose Optical Fiber Sensor to Detect Environmental Pollution</t>
         </is>
       </c>
       <c r="O67" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P67" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>525</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>تغريد عبد الكريم حاتم</t>
+          <t>نبيل مهدي هداد</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>taghrid eabd alkarim hatim</t>
+          <t>NABEEL MAHDY HADAAD</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/41i7ud9qckytfjg.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m10e2olj6ydhwvr.jpg</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>1985-06-06</t>
+          <t>1975-01-10</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>07740783353</t>
+          <t>07836898745</t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>taghreedabdulkareem2017@gmail.com</t>
+          <t>nabeel.mahdy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
-          <t>2014-01-16</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>تكنولوجيا المعلومات</t>
         </is>
       </c>
       <c r="M68" s="1" t="inlineStr">
         <is>
-          <t>the variational iteration method for solving some models of partial differential equations </t>
+          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
         </is>
       </c>
       <c r="N68" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
         </is>
       </c>
       <c r="O68" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P68" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>671</t>
+          <t>641</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>احمد كاظم حمد علي</t>
+          <t>علي اطعيمة جبر اللامي</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Kadem Hamad Ali </t>
+          <t>Ali Ataeemh Jebur Allami</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y21efoq50pagh7k.jpg</t>
+          <t>uploads/files/17tmdrbevz540ui.jpg</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>1975-06-27</t>
+          <t>1982-12-19</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>07704670032</t>
+          <t>+9647741234080</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>ahmed_kazim2007r@yahoo.com</t>
+          <t>ali_ataeemh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
-          <t>2016-05-23</t>
+          <t>2013-10-10</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسوب</t>
+          <t>علوم الحاسبات</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
-          <t>معالجة صور وذكاء اصطناعي</t>
+          <t>تحليل البيانات مع الحفاظ على الخصوصية والمعالجة الأخلاقية للبيانات</t>
         </is>
       </c>
       <c r="M69" s="1" t="inlineStr">
         <is>
-          <t>Detection and Diagnosis of Microcalcifications in Mammograms of Breast Towards the Early Detection of Breast Cancer</t>
+          <t>تحسين اكتشاف الحركة باستخدام طريقة هجينة</t>
         </is>
       </c>
       <c r="N69" s="1" t="inlineStr">
         <is>
-          <t>Real Time Hand Gestures Recognition Systems Using Traditional Method    and Deep Learning </t>
+          <t>مقارنة آمنة وفعالة في بيئة الأغلبية غير النزيهة</t>
         </is>
       </c>
       <c r="O69" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P69" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>644</t>
+          <t>6</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي حسين سلمان </t>
+          <t>تغريد عبد الكريم حاتم</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>muhammed mahdi hussen salman</t>
+          <t>taghrid eabd alkarim hatim</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fyvc8904z5obkr1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/41i7ud9qckytfjg.jpg</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>1984-11-20</t>
+          <t>1985-06-06</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>07728120102</t>
+          <t>07740783353</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
-          <t>Mohammed.mahdi@uomisan.edu.iq</t>
+          <t>taghreedabdulkareem2017@gmail.com</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
-          <t>2018-05-09</t>
+          <t>2014-01-16</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية </t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M70" s="1" t="inlineStr">
         <is>
-          <t>مستوايات التلقي في شروح نهج البلاغة حتى نهاية  قرن السابع الهجري</t>
+          <t>the variational iteration method for solving some models of partial differential equations </t>
         </is>
       </c>
       <c r="N70" s="1" t="inlineStr">
         <is>
-          <t>  الأبعد التداولية في شروح نهج البلاغة </t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O70" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P70" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>671</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>وفاء حسين جبر </t>
+          <t>احمد كاظم حمد علي</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>Wafaa Hussein Jabr</t>
+          <t>Ahmed Kadem Hamad Ali </t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qz5y2nwhjic0x4a.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y21efoq50pagh7k.jpg</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>1986-02-20</t>
+          <t>1975-06-27</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>7705543350</t>
+          <t>07704670032</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>wafaaaltimimi@uomisan.edu.iq</t>
+          <t>ahmed_kazim2007r@yahoo.com</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
-          <t>2019-01-17</t>
+          <t>2016-05-23</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>علوم الحاسوب</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الانكليزية كلغة اجنبية </t>
+          <t>معالجة صور وذكاء اصطناعي</t>
         </is>
       </c>
       <c r="M71" s="1" t="inlineStr">
         <is>
-          <t>Eradication of Mute English Phenomenon Inside Iraqi EFL College Classrooms</t>
+          <t>Detection and Diagnosis of Microcalcifications in Mammograms of Breast Towards the Early Detection of Breast Cancer</t>
         </is>
       </c>
       <c r="N71" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Real Time Hand Gestures Recognition Systems Using Traditional Method    and Deep Learning </t>
         </is>
       </c>
       <c r="O71" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P71" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>674</t>
+          <t>644</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>فادية عبود رمضان وفي</t>
+          <t>محمد مهدي حسين سلمان </t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>Fadia Abboud Ramadhan </t>
+          <t>muhammed mahdi hussen salman</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/rtg06_qv21ifuw9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fyvc8904z5obkr1.jpg</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>1973-08-05</t>
+          <t>1984-11-20</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t>07706928960</t>
+          <t>07728120102</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
-          <t>fadi.abboud@uomisan.edu.iq</t>
+          <t>Mohammed.mahdi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
-          <t>2019-06-02</t>
+          <t>2018-05-09</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية ونفسية</t>
+          <t>اللغة العربية </t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
-          <t>علم النفس التربوي</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M72" s="1" t="inlineStr">
         <is>
-          <t>اسلوب المعرفي (تصلب المرونة)وعلاقته بتشكل هوية الأنا لدى طلبة الجامعة</t>
-[...2 lines deleted...]
-      <c r="N72" s="1"/>
+          <t>مستوايات التلقي في شروح نهج البلاغة حتى نهاية  قرن السابع الهجري</t>
+        </is>
+      </c>
+      <c r="N72" s="1" t="inlineStr">
+        <is>
+          <t>  الأبعد التداولية في شروح نهج البلاغة </t>
+        </is>
+      </c>
       <c r="O72" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P72" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>احمد حسن موسى </t>
+          <t>وفاء حسين جبر </t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hassan Musa</t>
+          <t>Wafaa Hussein Jabr</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sc2fxgo5hr1zdlu.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qz5y2nwhjic0x4a.jpg</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>1989-01-28</t>
+          <t>1986-02-20</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>07700114496</t>
+          <t>7705543350</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
-          <t>ahmed.hassan@uomisan.edu.iq</t>
+          <t>wafaaaltimimi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
-          <t>2019-12-26</t>
+          <t>2019-01-17</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
           <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
-          <t>النقد الأدبي</t>
+          <t>طرائق تدريس اللغة الانكليزية كلغة اجنبية </t>
         </is>
       </c>
       <c r="M73" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
+          <t>Eradication of Mute English Phenomenon Inside Iraqi EFL College Classrooms</t>
         </is>
       </c>
       <c r="N73" s="1" t="inlineStr">
         <is>
           <t>لا توجد</t>
         </is>
       </c>
       <c r="O73" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P73" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>674</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>فرقان عبد الرضا كريم حسين </t>
+          <t>فادية عبود رمضان وفي</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>Furqan Abdul Reda Karim Hussein</t>
+          <t>Fadia Abboud Ramadhan </t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pmakqhovsx8r42c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/rtg06_qv21ifuw9.jpg</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>1991-01-01</t>
+          <t>1973-08-05</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t>07707805620</t>
+          <t>07706928960</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>furqan-altaie@uomisan.ed.iq</t>
+          <t>fadi.abboud@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
-          <t>2019-12-29</t>
+          <t>2019-06-02</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانجليزية/علم اللغة</t>
+          <t>علوم تربوية ونفسية</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
-          <t>علم الاصوات اللغوية</t>
+          <t>علم النفس التربوي</t>
         </is>
       </c>
       <c r="M74" s="1" t="inlineStr">
         <is>
-          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
-[...6 lines deleted...]
-      </c>
+          <t>اسلوب المعرفي (تصلب المرونة)وعلاقته بتشكل هوية الأنا لدى طلبة الجامعة</t>
+        </is>
+      </c>
+      <c r="N74" s="1"/>
       <c r="O74" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P74" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>81</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>أزهارعبدالوهاب محمد جبر </t>
+          <t>فرقان عبد الرضا كريم حسين </t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>Azhar Abdul Wahab Mohammad Jabr</t>
+          <t>Furqan Abdul Reda Karim Hussein</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8bueyp_oj0fc5ld.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pmakqhovsx8r42c.jpg</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>1969-07-01</t>
+          <t>1991-01-01</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>077030402226</t>
+          <t>07707805620</t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>azhar.abdulwahab@uomisan.edu.iq</t>
+          <t>furqan-altaie@uomisan.ed.iq</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
-          <t>2020-02-09</t>
+          <t>2019-12-29</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضية </t>
+          <t>اللغة الانجليزية/علم اللغة</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
-          <t>الادارة والتنظيم الرياضي</t>
+          <t>علم الاصوات اللغوية</t>
         </is>
       </c>
       <c r="M75" s="1" t="inlineStr">
         <is>
-          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
+          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
         </is>
       </c>
       <c r="N75" s="1" t="inlineStr">
         <is>
-          <t>الثقافة التنظيمية وعلاقتها بالانغماس الوظيفي وسلوك المواطنة التنظيمية لمدربي بعض الالعاب الفرقية ومساعديهم لاندية النخبة في العراق </t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O75" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P75" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>519</t>
+          <t>81</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>ختام ثجيل شمخي</t>
+          <t>أزهارعبدالوهاب محمد جبر </t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>Khitam Thajeel Shamkhi</t>
+          <t>Azhar Abdul Wahab Mohammad Jabr</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l2ewimody5ftgka.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8bueyp_oj0fc5ld.png</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>1987-03-04</t>
+          <t>1969-07-01</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>077030402226</t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
-          <t>khitaam-thjeel@uomisan.edu.iq</t>
+          <t>azhar.abdulwahab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
-          <t>2020-06-09</t>
+          <t>2020-02-09</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>التربية البدنية وعلوم الرياضية </t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
-          <t>جغرافية الصناعة</t>
+          <t>الادارة والتنظيم الرياضي</t>
         </is>
       </c>
       <c r="M76" s="1" t="inlineStr">
         <is>
-          <t>الصناعات الخشبية في مدينة العمارة</t>
-[...2 lines deleted...]
-      <c r="N76" s="1"/>
+          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>الثقافة التنظيمية وعلاقتها بالانغماس الوظيفي وسلوك المواطنة التنظيمية لمدربي بعض الالعاب الفرقية ومساعديهم لاندية النخبة في العراق </t>
+        </is>
+      </c>
       <c r="O76" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P76" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>519</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم مطشر عزيز </t>
+          <t>ختام ثجيل شمخي</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>Ahmed kareem mutashar</t>
+          <t>Khitam Thajeel Shamkhi</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_yj6ieqtp40b2mc.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l2ewimody5ftgka.jpg</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>1986-04-01</t>
+          <t>1987-03-04</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>07705501399</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
-          <t>ahmed86km@uomisan.edu.iq</t>
+          <t>khitaam-thjeel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
-          <t>2020-07-19</t>
+          <t>2020-06-09</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>جغرافية</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>جغرافية الصناعة</t>
         </is>
       </c>
       <c r="M77" s="1" t="inlineStr">
         <is>
-          <t>متعددات الحدود لمعادلات بيلفيه المستمره والمتقطعة </t>
-[...6 lines deleted...]
-      </c>
+          <t>الصناعات الخشبية في مدينة العمارة</t>
+        </is>
+      </c>
+      <c r="N77" s="1"/>
       <c r="O77" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P77" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>علي سامي رشيد</t>
+          <t>احمد كريم مطشر عزيز </t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>Ali Sami Rashid</t>
+          <t>Ahmed kareem mutashar</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4a67xh9_rkpdsm0.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_yj6ieqtp40b2mc.jpeg</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>1987-01-25</t>
+          <t>1986-04-01</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>+9647705613545</t>
+          <t>07705501399</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
-          <t>alisamirashid@uomisan.edu.iq</t>
+          <t>ahmed86km@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
-          <t>2020-09-03</t>
+          <t>2020-07-19</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
           <t>الرياضيات</t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
           <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M78" s="1" t="inlineStr">
         <is>
-          <t>Comparison of some kernels to Estimate AR spectrum </t>
+          <t>متعددات الحدود لمعادلات بيلفيه المستمره والمتقطعة </t>
         </is>
       </c>
       <c r="N78" s="1" t="inlineStr">
         <is>
-          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O78" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P78" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>954</t>
+          <t>17</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>حيدر احمد حسن</t>
+          <t>علي سامي رشيد</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>Hayder Ahmed Hasan</t>
+          <t>Ali Sami Rashid</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xd5zfg3molkqv1y.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4a67xh9_rkpdsm0.jpeg</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>1968-09-26</t>
+          <t>1987-01-25</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>07705507257</t>
+          <t>+9647705613545</t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
-          <t>hayder.ha1968@uomisan.edu.iq</t>
+          <t>alisamirashid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>2020-09-23</t>
+          <t>2020-09-03</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
-          <t>فيزياء البوليمرات</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M79" s="1" t="inlineStr">
         <is>
-          <t>دراسة التوصيل الحراري الشبيكي لبعض البوليمرات بدرجات تبلور مختلفة.</t>
+          <t>Comparison of some kernels to Estimate AR spectrum </t>
         </is>
       </c>
       <c r="N79" s="1" t="inlineStr">
         <is>
-          <t>تحضير البوليمرات الموصلة بولي اورثو تولدين وبولي اورثو انسيدين بطريقة البلمرة الكيمائية ودراسة خواصها الكهربائية والبصرية وتطبيقاتها الالكترونية</t>
+          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
         </is>
       </c>
       <c r="O79" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P79" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>384</t>
+          <t>954</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>خالد مزهر طاهر</t>
+          <t>حيدر احمد حسن</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>Khaled Mazhar Taher</t>
+          <t>Hayder Ahmed Hasan</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z7ngx0cye_2ktm.jpg</t>
+          <t>uploads/files/xd5zfg3molkqv1y.png</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>2021-11-22</t>
+          <t>1968-09-26</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>+79995230280</t>
+          <t>07705507257</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
-          <t>khalidtahir90.kt@gmail.com</t>
+          <t>hayder.ha1968@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
-          <t>2020-11-08</t>
+          <t>2020-09-23</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
-          <t>علوم رياضيات</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
-          <t>معادلات تفاضلية</t>
+          <t>فيزياء البوليمرات</t>
         </is>
       </c>
       <c r="M80" s="1" t="inlineStr">
         <is>
-          <t>غير متوفرالان</t>
+          <t>دراسة التوصيل الحراري الشبيكي لبعض البوليمرات بدرجات تبلور مختلفة.</t>
         </is>
       </c>
       <c r="N80" s="1" t="inlineStr">
         <is>
-          <t>Comparison theorems for boundary value problems for functional differential equations and their application to the study of questions of existence and estimates of solutions</t>
+          <t>تحضير البوليمرات الموصلة بولي اورثو تولدين وبولي اورثو انسيدين بطريقة البلمرة الكيمائية ودراسة خواصها الكهربائية والبصرية وتطبيقاتها الالكترونية</t>
         </is>
       </c>
       <c r="O80" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P80" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>384</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>حارث جبار عبد</t>
+          <t>خالد مزهر طاهر</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>Harith Jabbar Abed</t>
+          <t>Khaled Mazhar Taher</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/k7rlvj9ziyfh_a6.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z7ngx0cye_2ktm.jpg</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>1971-02-08</t>
+          <t>2021-11-22</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t>07709096851</t>
+          <t>+79995230280</t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
-          <t>alyassriy_harth@uomisan.edu.iq</t>
+          <t>khalidtahir90.kt@gmail.com</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
-          <t>2020-11-22</t>
+          <t>2020-11-08</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>علوم رياضيات</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي</t>
+          <t>معادلات تفاضلية</t>
         </is>
       </c>
       <c r="M81" s="1" t="inlineStr">
         <is>
-          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
-[...2 lines deleted...]
-      <c r="N81" s="1"/>
+          <t>غير متوفرالان</t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>Comparison theorems for boundary value problems for functional differential equations and their application to the study of questions of existence and estimates of solutions</t>
+        </is>
+      </c>
       <c r="O81" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P81" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>46</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t> مرتضى سرحان عوض</t>
+          <t>حارث جبار عبد</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>Murtadha Sarhan Awadh</t>
+          <t>Harith Jabbar Abed</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pk2geo6h3z4f5ny.png</t>
+          <t>uploads/files/k7rlvj9ziyfh_a6.jpg</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>1982-04-06</t>
+          <t>1971-02-08</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>07707369889</t>
+          <t>07709096851</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>murtadha-sarhan@uomisan.edu.iq</t>
+          <t>alyassriy_harth@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-11-22</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
-          <t>جغرافية الخدمات ونظم المعلومات الجغرافية </t>
+          <t>التاريخ الاسلامي</t>
         </is>
       </c>
       <c r="M82" s="1" t="inlineStr">
         <is>
-          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
-[...2 lines deleted...]
-      <c r="N82" s="1"/>
+          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
+        </is>
+      </c>
+      <c r="N82" s="1" t="inlineStr">
+        <is>
+          <t>الصراع الاسري الاموي على السلطة اسبابه ونتائجه</t>
+        </is>
+      </c>
       <c r="O82" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P82" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>630</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>زينة عبد الجبار جاسم </t>
+          <t> مرتضى سرحان عوض</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>Zeina Abdul Jabbar Jasim</t>
+          <t>Murtadha Sarhan Awadh</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e5vzi7fwtbpxj_c.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pk2geo6h3z4f5ny.png</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>1986-05-11</t>
+          <t>1982-04-06</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>07709811784</t>
+          <t>07707369889</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>zinah.alshammari@uomisan.edu.iq</t>
+          <t>murtadha-sarhan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
           <t>2020-11-26</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>جغرافية</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>جغرافية الخدمات ونظم المعلومات الجغرافية </t>
         </is>
       </c>
       <c r="M83" s="1" t="inlineStr">
         <is>
-          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
-[...6 lines deleted...]
-      </c>
+          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
+        </is>
+      </c>
+      <c r="N83" s="1"/>
       <c r="O83" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P83" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>63</t>
+          <t>64</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الحسن كريم</t>
+          <t>زينة عبد الجبار جاسم </t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>Hayder Abdel Hassan Kareem</t>
+          <t>Zeina Abdul Jabbar Jasim</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f49ucz0ilsk2etm.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e5vzi7fwtbpxj_c.png</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
+          <t>1986-05-11</t>
+        </is>
+      </c>
+      <c r="F84" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G84" s="1" t="inlineStr">
+        <is>
+          <t>07709811784</t>
+        </is>
+      </c>
+      <c r="H84" s="1" t="inlineStr">
+        <is>
+          <t>zinah.alshammari@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I84" s="1" t="inlineStr">
+        <is>
+          <t>مدرس</t>
+        </is>
+      </c>
+      <c r="J84" s="1" t="inlineStr">
+        <is>
           <t>2020-11-26</t>
         </is>
       </c>
-      <c r="F84" s="1" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس</t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
+          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
         </is>
       </c>
       <c r="N84" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>تصميم تعليمي - تعلمي على وفق الكفاءة الرياضية واثره في عادات العقل والكفاءة الرياضية لدى طالبات الصف الرابع العلمي</t>
         </is>
       </c>
       <c r="O84" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P84" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>63</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>علي محمود خلف </t>
+          <t>حيدر عبد الحسن كريم</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>Ali Mahmoud Khallaf</t>
+          <t>Hayder Abdel Hassan Kareem</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzyth2s4mqp_0nf.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f49ucz0ilsk2etm.png</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>1982-01-13</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>07714166100</t>
+          <t>07719622105</t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
-          <t>ali_mahmoud@uomisan.edu.iq</t>
+          <t>haeedarallame55@gmail.com</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>2020-11-30</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية  ونفسية </t>
+          <t>تربية بدنية</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
-          <t>التوجيه والارشاد التربوي </t>
+          <t>طرائق التدريس</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
+          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
         </is>
       </c>
       <c r="N85" s="1" t="inlineStr">
         <is>
           <t>-------</t>
         </is>
       </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P85" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>73</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>عباس عبدالحسين حداد</t>
+          <t>علي محمود خلف </t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>Abbas Abdulhussein Haddad</t>
+          <t>Ali Mahmoud Khallaf</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/3zxrv9s842e_k16.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzyth2s4mqp_0nf.png</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
-          <t>1986-10-01</t>
+          <t>1982-01-13</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>07717846906</t>
+          <t>07714166100</t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
-          <t>abbas@uomisan.edu.iq</t>
+          <t>ali_mahmoud@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
-          <t>2022-06-30</t>
+          <t>2020-11-30</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>علوم تربوية  ونفسية </t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
-          <t>تقنيات المعلومات</t>
+          <t>التوجيه والارشاد التربوي </t>
         </is>
       </c>
       <c r="M86" s="1" t="inlineStr">
         <is>
-          <t>Research features of City management by using GIS and developing software for local government</t>
-[...2 lines deleted...]
-      <c r="N86" s="1"/>
+          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
+        </is>
+      </c>
+      <c r="N86" s="1" t="inlineStr">
+        <is>
+          <t>-------</t>
+        </is>
+      </c>
       <c r="O86" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P86" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>619</t>
+          <t>387</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>حامد هادي بدن </t>
+          <t>عباس عبدالحسين حداد</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>hamed hadi bedn</t>
-[...2 lines deleted...]
-      <c r="D87" s="1"/>
+          <t>Abbas Abdulhussein Haddad</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/3zxrv9s842e_k16.jpeg</t>
+        </is>
+      </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>1984-03-21</t>
+          <t>1986-10-01</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t> </t>
+          <t>07717846906</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
-          <t>hamdhady39@gmaiI.com</t>
+          <t>abbas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
-          <t>2022-10-10</t>
+          <t>2022-06-30</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
-          <t>العلوم الإسلامية</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
-          <t>العقيدة والفكر الإسلامي</t>
+          <t>تقنيات المعلومات</t>
         </is>
       </c>
       <c r="M87" s="1" t="inlineStr">
         <is>
-          <t>تقريب الأفكار المذهبية ودوره في تأسيس الوحدة الإسلامية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Research features of City management by using GIS and developing software for local government</t>
+        </is>
+      </c>
+      <c r="N87" s="1"/>
       <c r="O87" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P87" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>619</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>هبه ربيع بعنون</t>
+          <t>حامد هادي بدن </t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>Hiba Rabeea Baanoon</t>
+          <t>hamed hadi bedn</t>
         </is>
       </c>
       <c r="D88" s="1"/>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>1990-10-18</t>
+          <t>1984-03-21</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>0000</t>
+          <t> </t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
-          <t>hibabaanoon@uomisan.edu.iq</t>
+          <t>hamdhady39@gmaiI.com</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
-          <t>2022-12-04</t>
+          <t>2022-10-10</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>العلوم الإسلامية</t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
-          <t>رياضيات صرفة</t>
+          <t>العقيدة والفكر الإسلامي</t>
         </is>
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
-          <t>On fully stable acts</t>
+          <t>تقريب الأفكار المذهبية ودوره في تأسيس الوحدة الإسلامية</t>
         </is>
       </c>
       <c r="N88" s="1" t="inlineStr">
         <is>
-          <t>I_(F^* )- Lifting Modules with Respect to Image of Fully Invariant Submodules</t>
+          <t>آليات الارتقاء بالجيل المعاصر في الفكر الإسلامي</t>
         </is>
       </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P88" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>5</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>يسرى عودة علوان </t>
+          <t>هبه ربيع بعنون</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>Yousra Odeh Alwan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hiba Rabeea Baanoon</t>
+        </is>
+      </c>
+      <c r="D89" s="1"/>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>1990-10-18</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>07716571650</t>
+          <t>0000</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>USRUWDT9@gimal.com</t>
+          <t>hibabaanoon@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>2023-03-01</t>
+          <t>2022-12-04</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>مناهج طرائق تدريس عامة</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس تاريخ</t>
+          <t>رياضيات صرفة</t>
         </is>
       </c>
       <c r="M89" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية المسألجة الحلقة في تحصيل والتفكير التوليدي لدى طالبات الصف الرابع الأدبي في مادة تاريه</t>
+          <t>On fully stable acts</t>
         </is>
       </c>
       <c r="N89" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
+          <t>I_(F^* )- Lifting Modules with Respect to Image of Fully Invariant Submodules</t>
         </is>
       </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>967</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>ستار موزان حسن</t>
+          <t>يسرى عودة علوان </t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>Sattar Mozan Hasan</t>
+          <t>Yousra Odeh Alwan</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/41h78_k5vp9lsux.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/w6vejr1pnalsgqc.png</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>07735276339</t>
+          <t>07716571650</t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
-          <t>sattarhassan@uomisan.edu.iq</t>
+          <t>USRUWDT9@gimal.com</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
-          <t>2023-03-20</t>
+          <t>2023-03-01</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>مناهج طرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
-          <t>التحليل العددي</t>
+          <t>طرائق تدريس تاريخ</t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>الابنية ثنائية التوبولوجي على المجموعات المتعددة</t>
+          <t>اثر استراتيجية المسألجة الحلقة في تحصيل والتفكير التوليدي لدى طالبات الصف الرابع الأدبي في مادة تاريه</t>
         </is>
       </c>
       <c r="N90" s="1" t="inlineStr">
         <is>
-          <t>تحليل العناصر المحددة لبعض المعادلات التفاضلية الجزئية غير الخطية لنماذج الانجذاب الكيميائي</t>
+          <t>----------</t>
         </is>
       </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P90" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>967</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>مرتضى علي شبيب </t>
+          <t>ستار موزان حسن</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>Murtadha Ali Shabib</t>
+          <t>Sattar Mozan Hasan</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1g6zepfkbxri8tl.png</t>
+          <t>uploads/files/41h78_k5vp9lsux.jpg</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>1975-07-15</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>07739986715</t>
+          <t>07735276339</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>murtadha.alallaq@gmail.com</t>
+          <t>sattarhassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>2023-05-14</t>
+          <t>2023-03-20</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
-          <t>الجبر</t>
+          <t>التحليل العددي</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>Extra Special p-group</t>
+          <t>الابنية ثنائية التوبولوجي على المجموعات المتعددة</t>
         </is>
       </c>
       <c r="N91" s="1" t="inlineStr">
         <is>
-          <t>Movement of permutation groups </t>
+          <t>تحليل العناصر المحددة لبعض المعادلات التفاضلية الجزئية غير الخطية لنماذج الانجذاب الكيميائي</t>
         </is>
       </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P91" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>523</t>
+          <t>4</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>دعاء حسين هاشم التميمي</t>
+          <t>مرتضى علي شبيب </t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>Doaa Hussain Hashim </t>
+          <t>Murtadha Ali Shabib</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/f2jdg95xatp_ys7.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1g6zepfkbxri8tl.png</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>1988-09-09</t>
+          <t>1975-07-15</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>07726443974</t>
+          <t>07739986715</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>doaa.hussein@uomisan.edu.iq</t>
+          <t>murtadha.alallaq@gmail.com</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>2023-08-23</t>
+          <t>2023-05-14</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>فيزياء</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t> هوائيات مايكروية </t>
+          <t>الجبر</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية لانتشار نبضة كاوسية في الياف البلورة الفوتونية والعوامل المؤثرة فيها</t>
+          <t>Extra Special p-group</t>
         </is>
       </c>
       <c r="N92" s="1" t="inlineStr">
         <is>
-          <t>تصميم ومحاكاة لمصفوفات الهوائي الشريطي الدائري المعدل المثارة بمغذيين متعامدين و ركيزتين عازلتين</t>
+          <t>Movement of permutation groups </t>
         </is>
       </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P92" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>992</t>
+          <t>523</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>م.د. عدنان خلف فرهود الحمراني</t>
+          <t>دعاء حسين هاشم التميمي</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>Adnan Khalaf Farhood</t>
+          <t>Doaa Hussain Hashim </t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/0rij4cqtl91n3_k.jpg</t>
+          <t>uploads/files/f2jdg95xatp_ys7.jpg</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>1977-12-28</t>
+          <t>1988-09-09</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>07702847882</t>
+          <t>07726443974</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>adnankhalaf@uomisan.edu.iq</t>
+          <t>doaa.hussein@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>2024-09-17</t>
+          <t>2023-08-23</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>رياضيات</t>
+          <t>فيزياء</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
-          <t>تحليل عددي</t>
+          <t> هوائيات مايكروية </t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>الحلول التقريبية لبعض الفصول من المعادلات التكاملية الكسريه غير الخطية</t>
+          <t>دراسة نظرية لانتشار نبضة كاوسية في الياف البلورة الفوتونية والعوامل المؤثرة فيها</t>
         </is>
       </c>
       <c r="N93" s="1" t="inlineStr">
         <is>
-          <t>الحلول العددية للمعادلات التفاضلية الجزئية ذات الرتب الكسرية المتغيرة التباطؤية</t>
+          <t>تصميم ومحاكاة لمصفوفات الهوائي الشريطي الدائري المعدل المثارة بمغذيين متعامدين و ركيزتين عازلتين</t>
         </is>
       </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P93" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>915</t>
+          <t>992</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>هديل غازي عبدعلي </t>
+          <t>م.د. عدنان خلف فرهود الحمراني</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>Hadeel Ghazi Abd Ali </t>
-[...2 lines deleted...]
-      <c r="D94" s="1"/>
+          <t>Adnan Khalaf Farhood</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/0rij4cqtl91n3_k.jpg</t>
+        </is>
+      </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>1991-02-12</t>
+          <t>1977-12-28</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>00000</t>
+          <t>07702847882</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>hadeel_ghazi@uomisan.edu.iq</t>
+          <t>adnankhalaf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
-          <t>2024-10-27</t>
+          <t>2024-09-17</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>رياضيات </t>
+          <t>رياضيات</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
-          <t>تبولوجيا تفاضلية /تحليل رياضي </t>
+          <t>تحليل عددي</t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>Certain Types of Tensors of Viasman-Gray Manifold</t>
+          <t>الحلول التقريبية لبعض الفصول من المعادلات التكاملية الكسريه غير الخطية</t>
         </is>
       </c>
       <c r="N94" s="1" t="inlineStr">
         <is>
-          <t>Nonlinear Ritz Approximation for Some Nonlinear Differential Equations Using Modify Lyapunov-Schmidt Reduction</t>
+          <t>الحلول العددية للمعادلات التفاضلية الجزئية ذات الرتب الكسرية المتغيرة التباطؤية</t>
         </is>
       </c>
       <c r="O94" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P94" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>718</t>
+          <t>915</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جمال مهدي </t>
+          <t>هديل غازي عبدعلي </t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Jamal Mahdi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hadeel Ghazi Abd Ali </t>
+        </is>
+      </c>
+      <c r="D95" s="1"/>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>1991-04-01</t>
+          <t>1991-02-12</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>07736644406</t>
+          <t>00000</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>Mustafaj@uomisan.edu.iq</t>
+          <t>hadeel_ghazi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-10-27</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>رياضيات </t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
-          <t>علم التدريب الرياضي </t>
+          <t>تبولوجيا تفاضلية /تحليل رياضي </t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
-          <t>«ПРОФИЛАКТИКА ТРАВМАТИЗМА В СПОРТИВНЫХ ИГРАХ»</t>
+          <t>Certain Types of Tensors of Viasman-Gray Manifold</t>
         </is>
       </c>
       <c r="N95" s="1" t="inlineStr">
         <is>
-          <t>«МЕТОДИКА РАЗВИТИЯ СПОСОБНОСТЕЙ ЮНЫХ ФУТБОЛИСТОВ 7-10 ЛЕТ К СОХРАНЕНИЮ ПОСТУРАЛЬНОЙ УСТОЙЧИВОСТИ В ПРОЦЕССЕ ТЕХНИЧЕСКОЙ ПОДГОТОВКИ»</t>
+          <t>Nonlinear Ritz Approximation for Some Nonlinear Differential Equations Using Modify Lyapunov-Schmidt Reduction</t>
         </is>
       </c>
       <c r="O95" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P95" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>773</t>
+          <t>718</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>اكرام فارس غانم </t>
+          <t>مصطفى جمال مهدي </t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>ikram faris Ghanem</t>
+          <t>Mustafa Jamal Mahdi</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/hcdbqzr8xjev2po.jpg</t>
+          <t>uploads/files/8okgqb43lst0vhc.jpeg</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>1989-03-27</t>
+          <t>1991-04-01</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>07713521420</t>
+          <t>07736644406</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>ikram.faris@uomisan.edu.iq</t>
+          <t>Mustafaj@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>2025-01-16</t>
+          <t>2025-01-13</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>تاريخ </t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر</t>
+          <t>علم التدريب الرياضي </t>
         </is>
       </c>
       <c r="M96" s="1" t="inlineStr">
         <is>
-          <t>الاقطاع في لواء العمارة 1921_1958</t>
+          <t>«ПРОФИЛАКТИКА ТРАВМАТИЗМА В СПОРТИВНЫХ ИГРАХ»</t>
         </is>
       </c>
       <c r="N96" s="1" t="inlineStr">
         <is>
-          <t>تطور نظام العمل وحقوق العمال في بريطانيا حتى عام 1937</t>
+          <t>«МЕТОДИКА РАЗВИТИЯ СПОСОБНОСТЕЙ ЮНЫХ ФУТБОЛИСТОВ 7-10 ЛЕТ К СОХРАНЕНИЮ ПОСТУРАЛЬНОЙ УСТОЙЧИВОСТИ В ПРОЦЕССЕ ТЕХНИЧЕСКОЙ ПОДГОТОВКИ»</t>
         </is>
       </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P96" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>773</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>سيف طالب عباس</t>
+          <t>اكرام فارس غانم </t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>Saif Talib Abbas</t>
+          <t>ikram faris Ghanem</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/12_pxfl3nvm9ib8.png</t>
+          <t>uploads/photos/hcdbqzr8xjev2po.jpg</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>1984-10-21</t>
+          <t>1989-03-27</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>07705316316</t>
+          <t>07713521420</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
-          <t>saiftalib@uomisan.edu.iq</t>
+          <t>ikram.faris@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
-          <t>2025-03-09</t>
+          <t>2025-01-16</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>تاريخ </t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
-          <t>أنظمة الحاسوب و الشبكات</t>
+          <t>تاريخ حديث ومعاصر</t>
         </is>
       </c>
       <c r="M97" s="1" t="inlineStr">
         <is>
-          <t>Research of Computer Network Protocol using Software Simulation</t>
+          <t>الاقطاع في لواء العمارة 1921_1958</t>
         </is>
       </c>
       <c r="N97" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>تطور نظام العمل وحقوق العمال في بريطانيا حتى عام 1937</t>
         </is>
       </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>953</t>
+          <t>14</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>وسام رويس مطرود </t>
+          <t>سيف طالب عباس</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>WISAM </t>
+          <t>Saif Talib Abbas</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xmularjgc6ztn1b.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/12_pxfl3nvm9ib8.png</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>1989-03-20</t>
+          <t>1984-10-21</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>07713938591</t>
+          <t>07705316316</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>wisam.ruyis@uomisan.edu.iq</t>
+          <t>saiftalib@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-03-09</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>هندسة حاسبات</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>نانو تكنولوجي </t>
-[...3 lines deleted...]
-      <c r="N98" s="1"/>
+          <t>أنظمة الحاسوب و الشبكات</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>Research of Computer Network Protocol using Software Simulation</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O98" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>525</t>
+          <t>953</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>نبيل مهدي هداد</t>
+          <t>وسام رويس مطرود </t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>NABEEL MAHDY HADAAD</t>
+          <t>WISAM </t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m10e2olj6ydhwvr.jpg</t>
+          <t>uploads/files/xmularjgc6ztn1b.jpg</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>1975-01-10</t>
+          <t>1989-03-20</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>07836898745</t>
+          <t>07713938591</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>nabeelhadaad@gmail.com</t>
+          <t>wisam.ruyis@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>مدرس</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>2011-05-08</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات</t>
-[...11 lines deleted...]
-      </c>
+          <t>نانو تكنولوجي </t>
+        </is>
+      </c>
+      <c r="M99" s="1"/>
+      <c r="N99" s="1"/>
       <c r="O99" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P99" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>كريمة عبد جمعة </t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
           <t>Karima Abdel Gomaa</t>
@@ -9635,2756 +9639,3064 @@
       <c r="L117" s="1" t="inlineStr">
         <is>
           <t>علوم القرآن </t>
         </is>
       </c>
       <c r="M117" s="1" t="inlineStr">
         <is>
           <t>مباني التيارات التكفيرية في القرآن والسنة على ضوء مرجعية الصحامم</t>
         </is>
       </c>
       <c r="N117" s="1"/>
       <c r="O117" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P117" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>945</t>
+          <t>1012</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>محمد فاضل محمد </t>
+          <t>زينب عبد الحسين حداد </t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Fadil </t>
+          <t>zainab abduluussein hadad</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/vh31eypjzusn8ro.jpeg</t>
+          <t>uploads/files/y2rz9a3kdth5glj.PNG</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>1977-11-21</t>
+          <t>1993-01-20</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G118" s="1" t="inlineStr">
         <is>
-          <t>07705511109</t>
+          <t>⁦+964 776 444 1406⁩</t>
         </is>
       </c>
       <c r="H118" s="1" t="inlineStr">
         <is>
-          <t>mohammed.fadhel@uomisan.edu.iq</t>
+          <t>zainab.abdulhussein@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I118" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J118" s="1" t="inlineStr">
         <is>
-          <t>2022-12-21</t>
+          <t>2022-12-13</t>
         </is>
       </c>
       <c r="K118" s="1" t="inlineStr">
         <is>
-          <t>القانون </t>
+          <t>ادب</t>
         </is>
       </c>
       <c r="L118" s="1" t="inlineStr">
         <is>
-          <t>قانون اداري </t>
+          <t>ادب جاهلي</t>
         </is>
       </c>
       <c r="M118" s="1" t="inlineStr">
         <is>
-          <t>سلطات الضبط الاداري في حالة الحصار واثره على الحقوق والحريات العامة في القانون العراقي </t>
+          <t>جدلية الحياة والموت في شعر عدي بن زيد العبادي</t>
         </is>
       </c>
       <c r="N118" s="1"/>
       <c r="O118" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P118" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>722</t>
+          <t>945</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>عذراء علي حسين </t>
+          <t>محمد فاضل محمد </t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>Athraa Ali Hussein</t>
+          <t>Mohammed Fadil </t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n3qsut9w2ipro14.jpg</t>
+          <t>uploads/files/vh31eypjzusn8ro.jpeg</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>1989-06-23</t>
+          <t>1977-11-21</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G119" s="1" t="inlineStr">
         <is>
-          <t>07700113647</t>
+          <t>07705511109</t>
         </is>
       </c>
       <c r="H119" s="1" t="inlineStr">
         <is>
-          <t>athraa.a.h@uomisan.edu.iq</t>
+          <t>mohammed.fadhel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I119" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J119" s="1" t="inlineStr">
         <is>
-          <t>2023-02-20</t>
+          <t>2022-12-21</t>
         </is>
       </c>
       <c r="K119" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>القانون </t>
         </is>
       </c>
       <c r="L119" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>قانون اداري </t>
         </is>
       </c>
       <c r="M119" s="1" t="inlineStr">
         <is>
-          <t>Recognition of English assimitory,assimilated and resultant sounds by advanced Iraqi learners :A perceptual study</t>
-[...6 lines deleted...]
-      </c>
+          <t>سلطات الضبط الاداري في حالة الحصار واثره على الحقوق والحريات العامة في القانون العراقي </t>
+        </is>
+      </c>
+      <c r="N119" s="1"/>
       <c r="O119" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P119" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>770</t>
+          <t>722</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>شيماء فنجان حسناوي حسوني</t>
+          <t>عذراء علي حسين </t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>Shaimaa fenjan Hasnawi</t>
+          <t>Athraa Ali Hussein</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/w30ruc21avm4pt_.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n3qsut9w2ipro14.jpg</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>1993-08-10</t>
+          <t>1989-06-23</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٥٧٩٤٩١٢</t>
+          <t>07700113647</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
-          <t>Shaimaa.fenjan@uomisan.edu.iq</t>
+          <t>athraa.a.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>2023-03-05</t>
+          <t>2023-02-20</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
-          <t>التأريخ</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
-          <t>موقف الاتحاد السوفيتي  من حرب الخليج الثانية 1990-1991</t>
+          <t>Recognition of English assimitory,assimilated and resultant sounds by advanced Iraqi learners :A perceptual study</t>
         </is>
       </c>
       <c r="N120" s="1" t="inlineStr">
         <is>
           <t>----</t>
         </is>
       </c>
       <c r="O120" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P120" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>719</t>
+          <t>770</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>مالك سابط طعيمه رسن</t>
+          <t>شيماء فنجان حسناوي حسوني</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>malik sabet toaema</t>
+          <t>Shaimaa fenjan Hasnawi</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e7h3jo1qagxzd0c.png</t>
+          <t>uploads/photos/w30ruc21avm4pt_.png</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
-          <t>1985-06-10</t>
+          <t>1993-08-10</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G121" s="1" t="inlineStr">
         <is>
-          <t>07707366999</t>
+          <t>٠٧٧٠٥٧٩٤٩١٢</t>
         </is>
       </c>
       <c r="H121" s="1" t="inlineStr">
         <is>
-          <t>alqadm585@gmail.com</t>
+          <t>Shaimaa.fenjan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I121" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J121" s="1" t="inlineStr">
         <is>
-          <t>2023-04-04</t>
+          <t>2023-03-05</t>
         </is>
       </c>
       <c r="K121" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التأريخ</t>
         </is>
       </c>
       <c r="L121" s="1" t="inlineStr">
         <is>
-          <t>تدريب كرة سلة</t>
+          <t>التاريخ الحديث</t>
         </is>
       </c>
       <c r="M121" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة وفق استعمال بعض الوسائل والاجهزة التدريبية في تطوير بعض انواع القوة الخاصة ومستوى الأداء المهاري المركب الهجومي بكرة السلة تحت سن ١٨</t>
+          <t>موقف الاتحاد السوفيتي  من حرب الخليج الثانية 1990-1991</t>
         </is>
       </c>
       <c r="N121" s="1" t="inlineStr">
         <is>
           <t>----</t>
         </is>
       </c>
       <c r="O121" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P121" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>972</t>
+          <t>719</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>عبدالكريم علي حسين</t>
+          <t>مالك سابط طعيمه رسن</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>Abdulkareem Ali Hussein</t>
+          <t>malik sabet toaema</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xri2qes9k06_puo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e7h3jo1qagxzd0c.png</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
-          <t>1993-11-02</t>
+          <t>1985-06-10</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G122" s="1" t="inlineStr">
         <is>
-          <t>07717091644</t>
+          <t>07707366999</t>
         </is>
       </c>
       <c r="H122" s="1" t="inlineStr">
         <is>
-          <t>abdulkareem.ali@uomisan.edu.iq</t>
+          <t>alqadm585@gmail.com</t>
         </is>
       </c>
       <c r="I122" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J122" s="1" t="inlineStr">
         <is>
           <t>2023-04-04</t>
         </is>
       </c>
       <c r="K122" s="1" t="inlineStr">
         <is>
-          <t>علوم في الرياضيات</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L122" s="1" t="inlineStr">
         <is>
-          <t>رياضيات الصرفة</t>
+          <t>تدريب كرة سلة</t>
         </is>
       </c>
       <c r="M122" s="1" t="inlineStr">
         <is>
-          <t>المقاسات⨁ المكملة من النمط - جاكوبسون</t>
-[...2 lines deleted...]
-      <c r="N122" s="1"/>
+          <t>تأثير تمرينات خاصة وفق استعمال بعض الوسائل والاجهزة التدريبية في تطوير بعض انواع القوة الخاصة ومستوى الأداء المهاري المركب الهجومي بكرة السلة تحت سن ١٨</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O122" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P122" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>723</t>
+          <t>972</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>زهراء خالد رحيم </t>
+          <t>عبدالكريم علي حسين</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Khalid Raheem</t>
+          <t>Abdulkareem Ali Hussein</t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/epqu_yak61h3fbm.jpg</t>
+          <t>uploads/files/xri2qes9k06_puo.jpg</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
-          <t>1992-03-01</t>
+          <t>1993-11-02</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G123" s="1" t="inlineStr">
         <is>
-          <t>07705562502</t>
+          <t>07717091644</t>
         </is>
       </c>
       <c r="H123" s="1" t="inlineStr">
         <is>
-          <t>zahraak93@uomisan.edu.iq</t>
+          <t>abdulkareem.ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I123" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J123" s="1" t="inlineStr">
         <is>
-          <t>2023-04-20</t>
+          <t>2023-04-04</t>
         </is>
       </c>
       <c r="K123" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>علوم في الرياضيات</t>
         </is>
       </c>
       <c r="L123" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>رياضيات الصرفة</t>
         </is>
       </c>
       <c r="M123" s="1" t="inlineStr">
         <is>
-          <t>Suicide Letters: A Pragmatic Study</t>
-[...6 lines deleted...]
-      </c>
+          <t>المقاسات⨁ المكملة من النمط - جاكوبسون</t>
+        </is>
+      </c>
+      <c r="N123" s="1"/>
       <c r="O123" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P123" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>957</t>
+          <t>723</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>حسين قاسم احمد علي</t>
+          <t>زهراء خالد رحيم </t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t>HUSSEIN QASIM AHMED ALI </t>
+          <t>Zahraa Khalid Raheem</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/w1plyq2fob0idnk.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/epqu_yak61h3fbm.jpg</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>1969-12-03</t>
+          <t>1992-03-01</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
         <is>
-          <t>07711366613</t>
+          <t>07705562502</t>
         </is>
       </c>
       <c r="H124" s="1" t="inlineStr">
         <is>
-          <t>Hussanqasim1969@gmail.com</t>
+          <t>zahraak93@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I124" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J124" s="1" t="inlineStr">
         <is>
-          <t>2023-05-04</t>
+          <t>2023-04-20</t>
         </is>
       </c>
       <c r="K124" s="1" t="inlineStr">
         <is>
-          <t>علوم القران و الحديث</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L124" s="1" t="inlineStr">
         <is>
-          <t>علوم القرآن </t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M124" s="1" t="inlineStr">
         <is>
-          <t>الحديث والتحدث في القران الكريم انواعة و ادابة</t>
-[...2 lines deleted...]
-      <c r="N124" s="1"/>
+          <t>Suicide Letters: A Pragmatic Study</t>
+        </is>
+      </c>
+      <c r="N124" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O124" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P124" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>996</t>
+          <t>957</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t> ساره خماس جبر</t>
+          <t>حسين قاسم احمد علي</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>:  Sarah Khammas Jebur </t>
-[...2 lines deleted...]
-      <c r="D125" s="1"/>
+          <t>HUSSEIN QASIM AHMED ALI </t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/w1plyq2fob0idnk.jpg</t>
+        </is>
+      </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>1992-12-19</t>
+          <t>1969-12-03</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
         <is>
-          <t>07713101283</t>
+          <t>07711366613</t>
         </is>
       </c>
       <c r="H125" s="1" t="inlineStr">
         <is>
-          <t>sarahkhamaas@gmil.com</t>
+          <t>Hussanqasim1969@gmail.com</t>
         </is>
       </c>
       <c r="I125" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J125" s="1" t="inlineStr">
         <is>
           <t>2023-05-04</t>
         </is>
       </c>
       <c r="K125" s="1" t="inlineStr">
         <is>
-          <t>جغرافية بشرية</t>
+          <t>علوم القران و الحديث</t>
         </is>
       </c>
       <c r="L125" s="1" t="inlineStr">
         <is>
-          <t>جغرافية زراعية</t>
+          <t>علوم القرآن </t>
         </is>
       </c>
       <c r="M125" s="1" t="inlineStr">
         <is>
-          <t>إمكانات ومعوقات التنمية الزراعية وافاقها المستقبلية في المنطقة الشرقية من محافظة ميسان</t>
+          <t>الحديث والتحدث في القران الكريم انواعة و ادابة</t>
         </is>
       </c>
       <c r="N125" s="1"/>
       <c r="O125" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P125" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>948</t>
+          <t>996</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>محمد حمدان يوسف </t>
+          <t> ساره خماس جبر</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hamdan Yousif</t>
-[...6 lines deleted...]
-      </c>
+          <t>:  Sarah Khammas Jebur </t>
+        </is>
+      </c>
+      <c r="D126" s="1"/>
       <c r="E126" s="1" t="inlineStr">
         <is>
-          <t>1987-10-13</t>
+          <t>1992-12-19</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
         <is>
-          <t>07715748885</t>
+          <t>07713101283</t>
         </is>
       </c>
       <c r="H126" s="1" t="inlineStr">
         <is>
-          <t>mohammed.h.y@uomisan.edu.iq</t>
+          <t>sarahkhamaas@gmil.com</t>
         </is>
       </c>
       <c r="I126" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J126" s="1" t="inlineStr">
         <is>
-          <t>2023-05-06</t>
+          <t>2023-05-04</t>
         </is>
       </c>
       <c r="K126" s="1" t="inlineStr">
         <is>
-          <t>هندسة البرمجيات </t>
+          <t>جغرافية بشرية</t>
         </is>
       </c>
       <c r="L126" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي </t>
-[...2 lines deleted...]
-      <c r="M126" s="1"/>
+          <t>جغرافية زراعية</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>إمكانات ومعوقات التنمية الزراعية وافاقها المستقبلية في المنطقة الشرقية من محافظة ميسان</t>
+        </is>
+      </c>
       <c r="N126" s="1"/>
       <c r="O126" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P126" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>774</t>
+          <t>948</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>م.م.زهراء شاكر عبود</t>
+          <t>محمد حمدان يوسف </t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>Zahraa shaker Aboub</t>
+          <t>Mohammed Hamdan Yousif</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/zqsuxg_kynp4l8v.png</t>
+          <t>uploads/files/rax5k6dgnvbwz_8.jpg</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>1990-05-23</t>
+          <t>1987-10-13</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>07715748885</t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>aalinh90@gmail.com</t>
+          <t>mohammed.h.y@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I127" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J127" s="1" t="inlineStr">
         <is>
-          <t>2023-05-09</t>
+          <t>2023-05-06</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>هندسة البرمجيات </t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية الطبيعية</t>
-[...11 lines deleted...]
-      </c>
+          <t>الذكاء الاصطناعي </t>
+        </is>
+      </c>
+      <c r="M127" s="1"/>
+      <c r="N127" s="1"/>
       <c r="O127" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P127" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>866</t>
+          <t>774</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>نهى فاضل عبد الحسن رسن</t>
+          <t>م.م.زهراء شاكر عبود</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>Noha Fadil Abd Al-Hasan</t>
+          <t>Zahraa shaker Aboub</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/128rng9q6f_slx5.jpeg</t>
+          <t>uploads/photos/zqsuxg_kynp4l8v.png</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>1990-07-03</t>
+          <t>1990-05-23</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
-          <t>07707508577</t>
+          <t>22</t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>nuha.fadhil@uomisan.edu.iqq</t>
+          <t>aalinh90@gmail.com</t>
         </is>
       </c>
       <c r="I128" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J128" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
-          <t>التاريخ </t>
+          <t>الجغرافية</t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث </t>
+          <t>الجغرافية الطبيعية</t>
         </is>
       </c>
       <c r="M128" s="1" t="inlineStr">
         <is>
-          <t>التطورات الداخلية في باكستان 1977-1988</t>
-[...2 lines deleted...]
-      <c r="N128" s="1"/>
+          <t>كفاءة الموارد المائية السطحية في قضاء الميمونة واستثماراتها</t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O128" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P128" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>1004</t>
+          <t>866</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>علي غازي محمد</t>
+          <t>نهى فاضل عبد الحسن رسن</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>ِAli ghazi mohammed</t>
+          <t>Noha Fadil Abd Al-Hasan</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/fleh7orap05cndk.jpg</t>
+          <t>uploads/photos/128rng9q6f_slx5.jpeg</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>1991-06-03</t>
+          <t>1990-07-03</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
-          <t>07705558824</t>
+          <t>07707508577</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
-          <t>ali.ghazi@uomisan.edu.iq</t>
+          <t>nuha.fadhil@uomisan.edu.iqq</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J129" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>التاريخ </t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>اللغة والنحو</t>
+          <t>التاريخ الحديث </t>
         </is>
       </c>
       <c r="M129" s="1" t="inlineStr">
         <is>
-          <t>حاشية وافية على شرح الجامي للكافية -للشيخ محمد بن عبد الوهاب الهمداني تـــ1305 هـ - دراسة وتحقيق</t>
+          <t>التطورات الداخلية في باكستان 1977-1988</t>
         </is>
       </c>
       <c r="N129" s="1"/>
       <c r="O129" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>867</t>
+          <t>1004</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>صفا علي عبد الرضا جاسم </t>
+          <t>علي غازي محمد</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>Safa Ali Abd Al-Ridah</t>
+          <t>ِAli ghazi mohammed</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/3tuyc_xosl15rmv.jpg</t>
+          <t>uploads/files/fleh7orap05cndk.jpg</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>1991-06-18</t>
+          <t>1991-06-03</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
-          <t>07728345118</t>
+          <t>07705558824</t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
-          <t>safa.aabdulrdha@uomisan.edu.iq</t>
+          <t>ali.ghazi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I130" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J130" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K130" s="1" t="inlineStr">
         <is>
-          <t>التاريخ </t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L130" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث </t>
+          <t>اللغة والنحو</t>
         </is>
       </c>
       <c r="M130" s="1" t="inlineStr">
         <is>
-          <t>موقف دول الخليج العربي من قيام اتحاد الإمارات العربية المتحدة ١٩٦٨-١٩٧١</t>
+          <t>حاشية وافية على شرح الجامي للكافية -للشيخ محمد بن عبد الوهاب الهمداني تـــ1305 هـ - دراسة وتحقيق</t>
         </is>
       </c>
       <c r="N130" s="1"/>
       <c r="O130" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P130" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>715</t>
+          <t>867</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>تقى سعد جاسم كاظم </t>
+          <t>صفا علي عبد الرضا جاسم </t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>Tuqa Saad Jasim</t>
+          <t>Safa Ali Abd Al-Ridah</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2lawe7t4qgv_r1n.png</t>
+          <t>uploads/photos/3tuyc_xosl15rmv.jpg</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
-          <t>1993-04-01</t>
+          <t>1991-06-18</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G131" s="1" t="inlineStr">
         <is>
-          <t>07734970059</t>
+          <t>07728345118</t>
         </is>
       </c>
       <c r="H131" s="1" t="inlineStr">
         <is>
-          <t>tynttynt60@gmail.com</t>
+          <t>safa.aabdulrdha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I131" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J131" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K131" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>التاريخ </t>
         </is>
       </c>
       <c r="L131" s="1" t="inlineStr">
         <is>
-          <t>ادب</t>
+          <t>التاريخ الحديث </t>
         </is>
       </c>
       <c r="M131" s="1" t="inlineStr">
         <is>
-          <t>قصيدة الومضة في الشعر العراقي الحديث  جيل التسعينات </t>
-[...6 lines deleted...]
-      </c>
+          <t>موقف دول الخليج العربي من قيام اتحاد الإمارات العربية المتحدة ١٩٦٨-١٩٧١</t>
+        </is>
+      </c>
+      <c r="N131" s="1"/>
       <c r="O131" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P131" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>1003</t>
+          <t>715</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>آلاء جبار داغر</t>
+          <t>تقى سعد جاسم كاظم </t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>Alaa Jabbar Dagher</t>
-[...2 lines deleted...]
-      <c r="D132" s="1"/>
+          <t>Tuqa Saad Jasim</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2lawe7t4qgv_r1n.png</t>
+        </is>
+      </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
-          <t>1995-01-28</t>
+          <t>1993-04-01</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G132" s="1" t="inlineStr">
         <is>
-          <t>07737670943</t>
+          <t>07734970059</t>
         </is>
       </c>
       <c r="H132" s="1" t="inlineStr">
         <is>
-          <t>alaa.jabar@uomisan.edu.iq</t>
+          <t>tynttynt60@gmail.com</t>
         </is>
       </c>
       <c r="I132" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J132" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K132" s="1" t="inlineStr">
         <is>
-          <t>اللغة</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L132" s="1" t="inlineStr">
         <is>
-          <t>لسانيات النصّ</t>
+          <t>ادب</t>
         </is>
       </c>
       <c r="M132" s="1" t="inlineStr">
         <is>
-          <t>رسالة الغفران لأبي العلاء المعري دراسة في ضوء لسانيات النصّ</t>
-[...2 lines deleted...]
-      <c r="N132" s="1"/>
+          <t>قصيدة الومضة في الشعر العراقي الحديث  جيل التسعينات </t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>-----</t>
+        </is>
+      </c>
       <c r="O132" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P132" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>716</t>
+          <t>1003</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>براء عبد الحسين مكلف علي </t>
+          <t>آلاء جبار داغر</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>Bara AbdulHussean Mkalaf</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alaa Jabbar Dagher</t>
+        </is>
+      </c>
+      <c r="D133" s="1"/>
       <c r="E133" s="1" t="inlineStr">
         <is>
-          <t>1996-01-30</t>
+          <t>1995-01-28</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G133" s="1" t="inlineStr">
         <is>
-          <t>07752002298</t>
+          <t>07737670943</t>
         </is>
       </c>
       <c r="H133" s="1" t="inlineStr">
         <is>
-          <t>baraabdlhsynmklf@gmail.com</t>
+          <t>alaa.jabar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I133" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J133" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K133" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>اللغة</t>
         </is>
       </c>
       <c r="L133" s="1" t="inlineStr">
         <is>
-          <t>ادب</t>
+          <t>لسانيات النصّ</t>
         </is>
       </c>
       <c r="M133" s="1" t="inlineStr">
         <is>
-          <t>تمظهرات النسق الايدلوجي في الخطاب السردي مجموعة(دنيا الله) لنجيب محفوظ اختياراً</t>
-[...6 lines deleted...]
-      </c>
+          <t>رسالة الغفران لأبي العلاء المعري دراسة في ضوء لسانيات النصّ</t>
+        </is>
+      </c>
+      <c r="N133" s="1"/>
       <c r="O133" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P133" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>771</t>
+          <t>716</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة سعيد عبد الرضا</t>
+          <t>براء عبد الحسين مكلف علي </t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>Sarah saeed</t>
-[...2 lines deleted...]
-      <c r="D134" s="1"/>
+          <t>Bara AbdulHussean Mkalaf</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ze95ouqfimrl812.png</t>
+        </is>
+      </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
-          <t>1991-09-17</t>
+          <t>1996-01-30</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G134" s="1" t="inlineStr">
         <is>
-          <t>07758741812</t>
+          <t>07752002298</t>
         </is>
       </c>
       <c r="H134" s="1" t="inlineStr">
         <is>
-          <t>sara.saeed@uomisan.edu.iq</t>
+          <t>baraabdlhsynmklf@gmail.com</t>
         </is>
       </c>
       <c r="I134" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J134" s="1" t="inlineStr">
         <is>
-          <t>2023-05-15</t>
+          <t>2023-05-09</t>
         </is>
       </c>
       <c r="K134" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L134" s="1" t="inlineStr">
         <is>
-          <t>التاريخ القديم </t>
+          <t>ادب</t>
         </is>
       </c>
       <c r="M134" s="1" t="inlineStr">
         <is>
-          <t>حصار المدن المتمردة في تاريخ العراق القديم من 2800-539</t>
+          <t>تمظهرات النسق الايدلوجي في الخطاب السردي مجموعة(دنيا الله) لنجيب محفوظ اختياراً</t>
         </is>
       </c>
       <c r="N134" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>----</t>
         </is>
       </c>
       <c r="O134" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P134" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>772</t>
+          <t>771</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة احمد مونس شايع</t>
+          <t>م.م.سارة سعيد عبد الرضا</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>Sara Ahmed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sarah saeed</t>
+        </is>
+      </c>
+      <c r="D135" s="1"/>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>1994-01-01</t>
+          <t>1991-09-17</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G135" s="1" t="inlineStr">
         <is>
-          <t>0770</t>
+          <t>07758741812</t>
         </is>
       </c>
       <c r="H135" s="1" t="inlineStr">
         <is>
-          <t>sara.ahmed@uomisan.edu.iq</t>
+          <t>sara.saeed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I135" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J135" s="1" t="inlineStr">
         <is>
           <t>2023-05-15</t>
         </is>
       </c>
       <c r="K135" s="1" t="inlineStr">
         <is>
           <t>التاريخ</t>
         </is>
       </c>
       <c r="L135" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الحديث والمعاصر</t>
+          <t>التاريخ القديم </t>
         </is>
       </c>
       <c r="M135" s="1" t="inlineStr">
         <is>
-          <t>دائرة الاثار العراقية 1921-1958 دراسة تاريخية</t>
+          <t>حصار المدن المتمردة في تاريخ العراق القديم من 2800-539</t>
         </is>
       </c>
       <c r="N135" s="1" t="inlineStr">
         <is>
-          <t>----</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O135" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P135" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>942</t>
+          <t>772</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>كرار علي حسين </t>
+          <t>م.م.سارة احمد مونس شايع</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>Karrar Ali Hussain </t>
+          <t>Sara Ahmed</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ax0ip57g9wc8h_t.png</t>
+          <t>uploads/photos/qe17y539thok4rd.png</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>1995-06-05</t>
+          <t>1994-01-01</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G136" s="1" t="inlineStr">
         <is>
-          <t>07730204445</t>
+          <t>0770</t>
         </is>
       </c>
       <c r="H136" s="1" t="inlineStr">
         <is>
-          <t>karar.a.h@uomisan.edu.iq</t>
+          <t>sara.ahmed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I136" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J136" s="1" t="inlineStr">
         <is>
-          <t>2023-05-17</t>
+          <t>2023-05-15</t>
         </is>
       </c>
       <c r="K136" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات </t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L136" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات </t>
-[...3 lines deleted...]
-      <c r="N136" s="1"/>
+          <t>تاريخ الحديث والمعاصر</t>
+        </is>
+      </c>
+      <c r="M136" s="1" t="inlineStr">
+        <is>
+          <t>دائرة الاثار العراقية 1921-1958 دراسة تاريخية</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O136" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P136" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>942</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>علي نزار موهي</t>
+          <t>كرار علي حسين </t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t>Ali nazar mohe</t>
-[...2 lines deleted...]
-      <c r="D137" s="1"/>
+          <t>Karrar Ali Hussain </t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/ax0ip57g9wc8h_t.png</t>
+        </is>
+      </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
-          <t>1995-02-03</t>
+          <t>1995-06-05</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G137" s="1" t="inlineStr">
         <is>
-          <t>07713953809</t>
+          <t>07730204445</t>
         </is>
       </c>
       <c r="H137" s="1" t="inlineStr">
         <is>
-          <t>alinazarmohe95@gmail.com</t>
+          <t>karar.a.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I137" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J137" s="1" t="inlineStr">
         <is>
-          <t>2023-05-21</t>
+          <t>2023-05-17</t>
         </is>
       </c>
       <c r="K137" s="1" t="inlineStr">
         <is>
-          <t>قانون </t>
+          <t>تكنولوجيا المعلومات </t>
         </is>
       </c>
       <c r="L137" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
-[...6 lines deleted...]
-      </c>
+          <t>تكنولوجيا المعلومات </t>
+        </is>
+      </c>
+      <c r="M137" s="1"/>
       <c r="N137" s="1"/>
       <c r="O137" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P137" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>724</t>
+          <t>1017</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>شيماء حمد سعد عيسى </t>
+          <t>سارة قحطان حسين</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>Shaimaa Hamad Saad Issa </t>
+          <t>Sarah Qahtan Hussein</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sn_wazxt7pj195c.jpg</t>
+          <t>uploads/files/qjtz2ludoy4pm9f.jpg</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
-          <t>1993-04-16</t>
+          <t>1991-01-12</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G138" s="1" t="inlineStr">
         <is>
-          <t>07740782426</t>
+          <t>07709686335</t>
         </is>
       </c>
       <c r="H138" s="1" t="inlineStr">
         <is>
-          <t>Shimaah92@uomisan.edu.iq</t>
+          <t>Sarahqahtan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I138" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J138" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20</t>
+          <t>2023-05-19</t>
         </is>
       </c>
       <c r="K138" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L138" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="M138" s="1" t="inlineStr">
         <is>
-          <t>دراسه براغماتيكيه لبعض الخطابات السياسيه المكتوبه</t>
-[...6 lines deleted...]
-      </c>
+          <t>التحضير الحيوي لاوكسيد الحديد النانوي باستخدام مستخلصات نباتيه مختلفه للتطبيقات الاحيائيه</t>
+        </is>
+      </c>
+      <c r="N138" s="1"/>
       <c r="O138" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P138" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>958</t>
+          <t>960</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>زهراء عباس سوادي الشمرى</t>
+          <t>علي نزار موهي</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Abbas Sawadi Alshammari</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ali nazar mohe</t>
+        </is>
+      </c>
+      <c r="D139" s="1"/>
       <c r="E139" s="1" t="inlineStr">
         <is>
-          <t>1989-09-01</t>
+          <t>1995-02-03</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G139" s="1" t="inlineStr">
         <is>
-          <t>........</t>
+          <t>07713953809</t>
         </is>
       </c>
       <c r="H139" s="1" t="inlineStr">
         <is>
-          <t>zahraabass@uomisan.edu.iq</t>
+          <t>alinazarmohe95@gmail.com</t>
         </is>
       </c>
       <c r="I139" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J139" s="1" t="inlineStr">
         <is>
-          <t>2023-06-25</t>
+          <t>2023-05-21</t>
         </is>
       </c>
       <c r="K139" s="1" t="inlineStr">
         <is>
-          <t>علوم الإسلامية</t>
+          <t>قانون </t>
         </is>
       </c>
       <c r="L139" s="1" t="inlineStr">
         <is>
-          <t>علوم القران والحديث</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="M139" s="1" t="inlineStr">
         <is>
-          <t>حقوق الزوجة في القران الكريم والإعلان العالمي لحقوق الأنسان دراسة مقارنة</t>
+          <t>دور البنك المركزي في حالة تعثر المصارف</t>
         </is>
       </c>
       <c r="N139" s="1"/>
       <c r="O139" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P139" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>971</t>
+          <t>724</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>علي مطر سادة </t>
+          <t>شيماء حمد سعد عيسى </t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t>Ali Alkinany</t>
-[...2 lines deleted...]
-      <c r="D140" s="1"/>
+          <t>Shaimaa Hamad Saad Issa </t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sn_wazxt7pj195c.jpg</t>
+        </is>
+      </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
-          <t>1980-05-21</t>
+          <t>1993-04-16</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G140" s="1" t="inlineStr">
         <is>
-          <t>07712415611</t>
+          <t>07740782426</t>
         </is>
       </c>
       <c r="H140" s="1" t="inlineStr">
         <is>
-          <t>alimtrsaada@uomisan.edu.iq</t>
+          <t>Shimaah92@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I140" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J140" s="1" t="inlineStr">
         <is>
-          <t>2023-07-20</t>
+          <t>2023-06-20</t>
         </is>
       </c>
       <c r="K140" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L140" s="1" t="inlineStr">
         <is>
-          <t>محاسبة </t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M140" s="1" t="inlineStr">
         <is>
-          <t>التحقق في تأثير الحصة السوقية لمنتج والتركيز على اداء المورديين مع الشركات المدرجة في بورصة  طهران </t>
-[...2 lines deleted...]
-      <c r="N140" s="1"/>
+          <t>دراسه براغماتيكيه لبعض الخطابات السياسيه المكتوبه</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O140" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P140" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>955</t>
+          <t>958</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>منتظر حليم شرهان</t>
+          <t>زهراء عباس سوادي الشمرى</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t>Montazer Halim Sharhan</t>
+          <t>Zahraa Abbas Sawadi Alshammari</t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/cw63yqpr9dmsvan.jpg</t>
+          <t>uploads/files/19r084y63ofnmeb.jpg</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
-          <t>1990-11-23</t>
+          <t>1989-09-01</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G141" s="1" t="inlineStr">
         <is>
-          <t>07705555827</t>
+          <t>........</t>
         </is>
       </c>
       <c r="H141" s="1" t="inlineStr">
         <is>
-          <t>mntzrhaleem@uomisan.edu.iq</t>
+          <t>zahraabass@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I141" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J141" s="1" t="inlineStr">
         <is>
-          <t>2023-08-25</t>
+          <t>2023-06-25</t>
         </is>
       </c>
       <c r="K141" s="1" t="inlineStr">
         <is>
-          <t>العلوم الإسلامية</t>
+          <t>علوم الإسلامية</t>
         </is>
       </c>
       <c r="L141" s="1" t="inlineStr">
         <is>
-          <t>التفسير وعلوم القرآن</t>
+          <t>علوم القران والحديث</t>
         </is>
       </c>
       <c r="M141" s="1" t="inlineStr">
         <is>
-          <t>الأنظار التفسيرية عند الشهيد مرتضى مطهري</t>
-[...6 lines deleted...]
-      </c>
+          <t>حقوق الزوجة في القران الكريم والإعلان العالمي لحقوق الأنسان دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="N141" s="1"/>
       <c r="O141" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P141" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>939</t>
+          <t>971</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>أنمار علي كاظم</t>
+          <t>علي مطر سادة </t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t>anmar ali kadham</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ali Alkinany</t>
+        </is>
+      </c>
+      <c r="D142" s="1"/>
       <c r="E142" s="1" t="inlineStr">
         <is>
-          <t>1979-10-09</t>
+          <t>1980-05-21</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G142" s="1" t="inlineStr">
         <is>
-          <t>07702855814</t>
+          <t>07712415611</t>
         </is>
       </c>
       <c r="H142" s="1" t="inlineStr">
         <is>
-          <t>anmarali@uomisan.edu.iq</t>
+          <t>alimtrsaada@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I142" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J142" s="1" t="inlineStr">
         <is>
-          <t>2023-10-23</t>
+          <t>2023-07-20</t>
         </is>
       </c>
       <c r="K142" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L142" s="1" t="inlineStr">
         <is>
-          <t>الادب</t>
-[...2 lines deleted...]
-      <c r="M142" s="1"/>
+          <t>محاسبة </t>
+        </is>
+      </c>
+      <c r="M142" s="1" t="inlineStr">
+        <is>
+          <t>التحقق في تأثير الحصة السوقية لمنتج والتركيز على اداء المورديين مع الشركات المدرجة في بورصة  طهران </t>
+        </is>
+      </c>
       <c r="N142" s="1"/>
       <c r="O142" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P142" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>940</t>
+          <t>955</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>مصطفى صالح محسن</t>
+          <t>منتظر حليم شرهان</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Salih Mohsin</t>
-[...2 lines deleted...]
-      <c r="D143" s="1"/>
+          <t>Montazer Halim Sharhan</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/cw63yqpr9dmsvan.jpg</t>
+        </is>
+      </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
-          <t>1986-03-18</t>
+          <t>1990-11-23</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G143" s="1" t="inlineStr">
         <is>
-          <t>07708220055</t>
+          <t>07705555827</t>
         </is>
       </c>
       <c r="H143" s="1" t="inlineStr">
         <is>
-          <t>mustafa@uomisan.edu.iq</t>
+          <t>mntzrhaleem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I143" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J143" s="1" t="inlineStr">
         <is>
-          <t>2023-10-25</t>
+          <t>2023-08-25</t>
         </is>
       </c>
       <c r="K143" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسوب</t>
+          <t>العلوم الإسلامية</t>
         </is>
       </c>
       <c r="L143" s="1" t="inlineStr">
         <is>
-          <t>Software</t>
+          <t>التفسير وعلوم القرآن</t>
         </is>
       </c>
       <c r="M143" s="1" t="inlineStr">
         <is>
-          <t> LSTM</t>
-[...2 lines deleted...]
-      <c r="N143" s="1"/>
+          <t>الأنظار التفسيرية عند الشهيد مرتضى مطهري</t>
+        </is>
+      </c>
+      <c r="N143" s="1" t="inlineStr">
+        <is>
+          <t>التفسير الاجتماعي دراسة مقارنة بين تفسيري الكاشف وفي ظلال القرآن</t>
+        </is>
+      </c>
       <c r="O143" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P143" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>939</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>آلاء سمير حاتم الحريشاوي</t>
+          <t>أنمار علي كاظم</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t>Alaa Sameer Hatem</t>
-[...2 lines deleted...]
-      <c r="D144" s="1"/>
+          <t>anmar ali kadham</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/od79zgbwi_sp024.jpg</t>
+        </is>
+      </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
-          <t>1991-05-24</t>
+          <t>1979-10-09</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G144" s="1" t="inlineStr">
         <is>
-          <t>07717400408</t>
+          <t>07702855814</t>
         </is>
       </c>
       <c r="H144" s="1" t="inlineStr">
         <is>
-          <t>xd.loloalmshaksa@gmail.com</t>
+          <t>anmarali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I144" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J144" s="1" t="inlineStr">
         <is>
-          <t>2023-12-25</t>
+          <t>2023-10-23</t>
         </is>
       </c>
       <c r="K144" s="1" t="inlineStr">
         <is>
-          <t>الفكر الإسلامي</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L144" s="1" t="inlineStr">
         <is>
-          <t>الفكر الإسلامي</t>
-[...6 lines deleted...]
-      </c>
+          <t>الادب</t>
+        </is>
+      </c>
+      <c r="M144" s="1"/>
       <c r="N144" s="1"/>
       <c r="O144" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P144" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>941</t>
+          <t>940</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالله عباس الخزعلي </t>
+          <t>مصطفى صالح محسن</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdulla Abass</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mustafa Salih Mohsin</t>
+        </is>
+      </c>
+      <c r="D145" s="1"/>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>1991-01-01</t>
+          <t>1986-03-18</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G145" s="1" t="inlineStr">
         <is>
-          <t>07712659605</t>
+          <t>07708220055</t>
         </is>
       </c>
       <c r="H145" s="1" t="inlineStr">
         <is>
-          <t>alialkzali165@gmail.com</t>
+          <t>mustafa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I145" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J145" s="1" t="inlineStr">
         <is>
-          <t>2024-06-29</t>
+          <t>2023-10-25</t>
         </is>
       </c>
       <c r="K145" s="1" t="inlineStr">
         <is>
-          <t>علوم القران </t>
+          <t>هندسة الحاسوب</t>
         </is>
       </c>
       <c r="L145" s="1" t="inlineStr">
         <is>
-          <t>التفسير وعلوم القرآن </t>
+          <t>Software</t>
         </is>
       </c>
       <c r="M145" s="1" t="inlineStr">
         <is>
-          <t>سنة الاستدراج في القران الكريم دراسة في الاهداف والآثار والمصاديق </t>
+          <t> LSTM</t>
         </is>
       </c>
       <c r="N145" s="1"/>
       <c r="O145" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P145" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>994</t>
+          <t>1000</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>علي ناطق رحيمه</t>
+          <t>آلاء سمير حاتم الحريشاوي</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>Ali Natiq Rahemma</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alaa Sameer Hatem</t>
+        </is>
+      </c>
+      <c r="D146" s="1"/>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>1999-01-10</t>
+          <t>1991-05-24</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G146" s="1" t="inlineStr">
         <is>
-          <t>07731405975</t>
+          <t>07717400408</t>
         </is>
       </c>
       <c r="H146" s="1" t="inlineStr">
         <is>
-          <t>ali.natiq@uomisan.edu.iq</t>
+          <t>xd.loloalmshaksa@gmail.com</t>
         </is>
       </c>
       <c r="I146" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J146" s="1" t="inlineStr">
         <is>
-          <t>2024-09-23</t>
+          <t>2023-12-25</t>
         </is>
       </c>
       <c r="K146" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>الفكر الإسلامي</t>
         </is>
       </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>التحليل العددي</t>
-[...2 lines deleted...]
-      <c r="M146" s="1"/>
+          <t>الفكر الإسلامي</t>
+        </is>
+      </c>
+      <c r="M146" s="1" t="inlineStr">
+        <is>
+          <t>الوجود والماهية عند الشيخ احمد بن زين الدين الاحسائي دراسة تحليلة</t>
+        </is>
+      </c>
       <c r="N146" s="1"/>
       <c r="O146" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P146" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>999</t>
+          <t>941</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>هاجر جبار عمار</t>
+          <t>علي عبدالله عباس الخزعلي </t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>hajer jabar</t>
-[...2 lines deleted...]
-      <c r="D147" s="1"/>
+          <t>Ali Abdulla Abass</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/xzm8t7d2bs56peh.jpeg</t>
+        </is>
+      </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
-          <t>1991-03-01</t>
+          <t>1991-01-01</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G147" s="1" t="inlineStr">
         <is>
-          <t>07762629433</t>
+          <t>07712659605</t>
         </is>
       </c>
       <c r="H147" s="1" t="inlineStr">
         <is>
-          <t>jory90jory1992@gmail.com</t>
+          <t>alialkzali165@gmail.com</t>
         </is>
       </c>
       <c r="I147" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J147" s="1" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-06-29</t>
         </is>
       </c>
       <c r="K147" s="1" t="inlineStr">
         <is>
           <t>علوم القران </t>
         </is>
       </c>
       <c r="L147" s="1" t="inlineStr">
         <is>
-          <t>علم الحديث</t>
-[...2 lines deleted...]
-      <c r="M147" s="1"/>
+          <t>التفسير وعلوم القرآن </t>
+        </is>
+      </c>
+      <c r="M147" s="1" t="inlineStr">
+        <is>
+          <t>سنة الاستدراج في القران الكريم دراسة في الاهداف والآثار والمصاديق </t>
+        </is>
+      </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P147" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>946</t>
+          <t>1014</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>كرار عبد الله غالي الموسوي</t>
+          <t>شهد عباس عريبي</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>Karrar.abdulla</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shahad abbas</t>
+        </is>
+      </c>
+      <c r="D148" s="1"/>
       <c r="E148" s="1" t="inlineStr">
         <is>
-          <t>1992-05-08</t>
+          <t>1996-10-13</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G148" s="1" t="inlineStr">
         <is>
-          <t>+9647705553410</t>
+          <t>07733755553</t>
         </is>
       </c>
       <c r="H148" s="1" t="inlineStr">
         <is>
-          <t>karrar.abdulla@uomisan.edu.iq</t>
+          <t>shahad.abbas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I148" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J148" s="1" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-09-23</t>
         </is>
       </c>
       <c r="K148" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>العلوم التربوية والنفسية</t>
         </is>
       </c>
       <c r="L148" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M148" s="1" t="inlineStr">
         <is>
-          <t>دراسة الدور المعتدلدراسة الدور المعتدل لإدارة الأرباح في العلاقة بين جودة التدقيق وأداء الشركة</t>
-[...6 lines deleted...]
-      </c>
+          <t>درجة توافق معتقدات معلمي الصفوف الاولى حول التقويم من اجل التعلم وممارستهم لاساليبه في تقويم تعلم تلامذتهم</t>
+        </is>
+      </c>
+      <c r="N148" s="1"/>
       <c r="O148" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P148" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>1001</t>
+          <t>994</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>سارة كاظم عبدالكريم </t>
+          <t>علي ناطق رحيمه</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t>Sara kazim abdalkaram</t>
-[...2 lines deleted...]
-      <c r="D149" s="1"/>
+          <t>Ali Natiq Rahemma</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/gklew7ab1q3r9vn.jpg</t>
+        </is>
+      </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
-          <t>1996-01-01</t>
+          <t>1999-01-10</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G149" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>07731405975</t>
         </is>
       </c>
       <c r="H149" s="1" t="inlineStr">
         <is>
-          <t>sarakazimabdalkaram@gmail.com</t>
+          <t>ali.natiq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I149" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J149" s="1" t="inlineStr">
         <is>
-          <t>2024-11-11</t>
+          <t>2024-09-23</t>
         </is>
       </c>
       <c r="K149" s="1" t="inlineStr">
         <is>
-          <t>العلوم التربويه والنفسيه </t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="L149" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس عامه </t>
-[...11 lines deleted...]
-      </c>
+          <t>التحليل العددي</t>
+        </is>
+      </c>
+      <c r="M149" s="1"/>
+      <c r="N149" s="1"/>
       <c r="O149" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P149" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>947</t>
+          <t>999</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>هيام ناظم خالد</t>
+          <t>هاجر جبار عمار</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t>Hiyam Nadhim Khalid</t>
-[...6 lines deleted...]
-      </c>
+          <t>hajer jabar</t>
+        </is>
+      </c>
+      <c r="D150" s="1"/>
       <c r="E150" s="1" t="inlineStr">
         <is>
-          <t>1994-04-04</t>
+          <t>1991-03-01</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G150" s="1" t="inlineStr">
         <is>
-          <t>07730352841</t>
+          <t>07762629433</t>
         </is>
       </c>
       <c r="H150" s="1" t="inlineStr">
         <is>
-          <t>hiyam.nk@uomisan.edu.iq</t>
+          <t>jory90jory1992@gmail.com</t>
         </is>
       </c>
       <c r="I150" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J150" s="1" t="inlineStr">
         <is>
-          <t>2024-11-14</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="K150" s="1" t="inlineStr">
         <is>
-          <t>ألامن السيبراني </t>
+          <t>علوم القران </t>
         </is>
       </c>
       <c r="L150" s="1" t="inlineStr">
         <is>
-          <t>اخفاء البيانات</t>
+          <t>علم الحديث</t>
         </is>
       </c>
       <c r="M150" s="1"/>
       <c r="N150" s="1"/>
       <c r="O150" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P150" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>949</t>
+          <t>946</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t> ايمن سمير بدن</t>
+          <t>كرار عبد الله غالي الموسوي</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t>Ayman Samir Baden</t>
+          <t>Karrar.abdulla</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m2cyqathgfvbk63.jpeg</t>
+          <t>uploads/files/s0nu1f23v6j7i5k.jpg</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
-          <t>1990-04-28</t>
+          <t>1992-05-08</t>
         </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G151" s="1" t="inlineStr">
         <is>
-          <t>07717986839</t>
+          <t>+9647705553410</t>
         </is>
       </c>
       <c r="H151" s="1" t="inlineStr">
         <is>
-          <t>ayman.sameer@uomisan.edu.iq</t>
+          <t>karrar.abdulla@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I151" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J151" s="1" t="inlineStr">
         <is>
-          <t>2024-11-18</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="K151" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L151" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي</t>
-[...3 lines deleted...]
-      <c r="N151" s="1"/>
+          <t>محاسبة</t>
+        </is>
+      </c>
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>دراسة الدور المعتدلدراسة الدور المعتدل لإدارة الأرباح في العلاقة بين جودة التدقيق وأداء الشركة</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
       <c r="O151" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P151" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
+          <t>1001</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>سارة كاظم عبدالكريم </t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>Sara kazim abdalkaram</t>
+        </is>
+      </c>
+      <c r="D152" s="1"/>
+      <c r="E152" s="1" t="inlineStr">
+        <is>
+          <t>1996-01-01</t>
+        </is>
+      </c>
+      <c r="F152" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G152" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="H152" s="1" t="inlineStr">
+        <is>
+          <t>sarakazimabdalkaram@gmail.com</t>
+        </is>
+      </c>
+      <c r="I152" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J152" s="1" t="inlineStr">
+        <is>
+          <t>2024-11-11</t>
+        </is>
+      </c>
+      <c r="K152" s="1" t="inlineStr">
+        <is>
+          <t>العلوم التربويه والنفسيه </t>
+        </is>
+      </c>
+      <c r="L152" s="1" t="inlineStr">
+        <is>
+          <t>طرائق تدريس عامه </t>
+        </is>
+      </c>
+      <c r="M152" s="1" t="inlineStr">
+        <is>
+          <t>تقويم اداء معلمي العلوم في المرحله الابتدائية على وفق معايير NGSS</t>
+        </is>
+      </c>
+      <c r="N152" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="O152" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P152" s="1" t="inlineStr">
+        <is>
+          <t>كلية التربية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>947</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>هيام ناظم خالد</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>Hiyam Nadhim Khalid</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/zph329wcvex4_g5.jpg</t>
+        </is>
+      </c>
+      <c r="E153" s="1" t="inlineStr">
+        <is>
+          <t>1994-04-04</t>
+        </is>
+      </c>
+      <c r="F153" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G153" s="1" t="inlineStr">
+        <is>
+          <t>07730352841</t>
+        </is>
+      </c>
+      <c r="H153" s="1" t="inlineStr">
+        <is>
+          <t>hiyam.nk@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I153" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J153" s="1" t="inlineStr">
+        <is>
+          <t>2024-11-14</t>
+        </is>
+      </c>
+      <c r="K153" s="1" t="inlineStr">
+        <is>
+          <t>ألامن السيبراني </t>
+        </is>
+      </c>
+      <c r="L153" s="1" t="inlineStr">
+        <is>
+          <t>اخفاء البيانات</t>
+        </is>
+      </c>
+      <c r="M153" s="1"/>
+      <c r="N153" s="1"/>
+      <c r="O153" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P153" s="1" t="inlineStr">
+        <is>
+          <t>كلية التربية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>949</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t> ايمن سمير بدن</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>Ayman Samir Baden</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/m2cyqathgfvbk63.jpeg</t>
+        </is>
+      </c>
+      <c r="E154" s="1" t="inlineStr">
+        <is>
+          <t>1990-04-28</t>
+        </is>
+      </c>
+      <c r="F154" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G154" s="1" t="inlineStr">
+        <is>
+          <t>07717986839</t>
+        </is>
+      </c>
+      <c r="H154" s="1" t="inlineStr">
+        <is>
+          <t>ayman.sameer@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I154" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J154" s="1" t="inlineStr">
+        <is>
+          <t>2024-11-18</t>
+        </is>
+      </c>
+      <c r="K154" s="1" t="inlineStr">
+        <is>
+          <t>تكنولوجيا المعلومات</t>
+        </is>
+      </c>
+      <c r="L154" s="1" t="inlineStr">
+        <is>
+          <t>الذكاء الاصطناعي</t>
+        </is>
+      </c>
+      <c r="M154" s="1"/>
+      <c r="N154" s="1"/>
+      <c r="O154" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P154" s="1" t="inlineStr">
+        <is>
+          <t>كلية التربية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>1015</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>نضال رحيم جوحي</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t> Nidhal Raheem Juhi </t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/wknq_3o5xlrysve.jpg</t>
+        </is>
+      </c>
+      <c r="E155" s="1" t="inlineStr">
+        <is>
+          <t>1974-09-10</t>
+        </is>
+      </c>
+      <c r="F155" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G155" s="1" t="inlineStr">
+        <is>
+          <t>07710875204</t>
+        </is>
+      </c>
+      <c r="H155" s="1" t="inlineStr">
+        <is>
+          <t>nedalraheem@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I155" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J155" s="1" t="inlineStr">
+        <is>
+          <t>2024-12-04</t>
+        </is>
+      </c>
+      <c r="K155" s="1" t="inlineStr">
+        <is>
+          <t>علوم الحياة</t>
+        </is>
+      </c>
+      <c r="L155" s="1" t="inlineStr">
+        <is>
+          <t>علم الاحياء الخلوي والجزيئي</t>
+        </is>
+      </c>
+      <c r="M155" s="1" t="inlineStr">
+        <is>
+          <t>دراسة العلاقة بين النمط الثلاثي المحتوي على 22 تعدد أشكال النوكليوتيدات المفردة (TRIM22) كعوامل وراثية مضيفة في السيطرة على عدوى كوفيد-19</t>
+        </is>
+      </c>
+      <c r="N155" s="1"/>
+      <c r="O155" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P155" s="1" t="inlineStr">
+        <is>
+          <t>كلية التربية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
           <t>995</t>
         </is>
       </c>
-      <c r="B152" s="1" t="inlineStr">
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>منى محمد موسى</t>
         </is>
       </c>
-      <c r="C152" s="1" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>muna mohammed</t>
         </is>
       </c>
-      <c r="D152" s="1" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>uploads/files/dpquywf4zcmok7x.png</t>
         </is>
       </c>
-      <c r="E152" s="1" t="inlineStr">
+      <c r="E156" s="1" t="inlineStr">
         <is>
           <t>1989-12-21</t>
         </is>
       </c>
-      <c r="F152" s="1" t="inlineStr">
+      <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
-      <c r="G152" s="1" t="inlineStr">
+      <c r="G156" s="1" t="inlineStr">
         <is>
           <t>٠٧٧١٢٤٠١٤٨١</t>
         </is>
       </c>
-      <c r="H152" s="1" t="inlineStr">
+      <c r="H156" s="1" t="inlineStr">
         <is>
           <t>muna.mohammed@uomisan.edu.iq</t>
         </is>
       </c>
-      <c r="I152" s="1" t="inlineStr">
+      <c r="I156" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
-      <c r="J152" s="1" t="inlineStr">
+      <c r="J156" s="1" t="inlineStr">
         <is>
           <t>2025-09-22</t>
         </is>
       </c>
-      <c r="K152" s="1" t="inlineStr">
+      <c r="K156" s="1" t="inlineStr">
         <is>
           <t>جغرافية</t>
         </is>
       </c>
-      <c r="L152" s="1" t="inlineStr">
+      <c r="L156" s="1" t="inlineStr">
         <is>
           <t>جغرافية طبيعية</t>
         </is>
       </c>
-      <c r="M152" s="1"/>
-[...6 lines deleted...]
-      <c r="P152" s="1" t="inlineStr">
+      <c r="M156" s="1"/>
+      <c r="N156" s="1"/>
+      <c r="O156" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P156" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">