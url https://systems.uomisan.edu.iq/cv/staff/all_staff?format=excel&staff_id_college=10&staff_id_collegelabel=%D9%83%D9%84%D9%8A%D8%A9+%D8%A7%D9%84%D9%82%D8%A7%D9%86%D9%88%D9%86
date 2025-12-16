--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -1843,51 +1843,51 @@
       <c r="P21" s="1" t="inlineStr">
         <is>
           <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>952</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>ا.م.د زينب عبد الكاظم حسن </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
           <t>Zainab Abdul kadhim</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>2025-07-06</t>
+          <t>1992-01-20</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
           <t>/</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
           <t>zainab-hassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
           <t>2022-11-03</t>