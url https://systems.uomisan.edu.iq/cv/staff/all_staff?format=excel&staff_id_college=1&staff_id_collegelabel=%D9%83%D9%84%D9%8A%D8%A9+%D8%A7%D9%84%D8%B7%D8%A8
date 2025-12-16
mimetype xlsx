--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -2495,505 +2495,505 @@
       </c>
       <c r="M29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N29" s="1" t="inlineStr">
         <is>
           <t>To assess the efficacy of emergancy extracorporeal shockwave lithotripsy (ESWL) in treatment of ureteric calculi during first 24hours of uretric colic .	</t>
         </is>
       </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P29" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>978</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>حسين مطشر عزيز </t>
+          <t>عفاف عبدالله</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>Hussein Mutashar Aziz</t>
-[...6 lines deleted...]
-      </c>
+          <t>afaf abdullah</t>
+        </is>
+      </c>
+      <c r="D30" s="1"/>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>1962-07-01</t>
+          <t>1976-02-20</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>+9647705553298</t>
+          <t>07831750594</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>hma@gmali.com</t>
+          <t>dr-afaf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
-          <t>2014-09-30</t>
+          <t>2025-06-01</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>طب عام </t>
+          <t>ادوية وسموم</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
-          <t>جراحة كسور </t>
+          <t>ادوية</t>
         </is>
       </c>
       <c r="M30" s="1" t="inlineStr">
         <is>
-          <t>prospective study for below knee amputation in ischemic limb</t>
+          <t>الجرعة العلاجية المؤثرة لعالق اللوز الحلو مقارنة مع بعض الادوية المنخفضة لدهنية الدم في الفئران المستحدث بها تجريبيا فرط الدهنية في الدم </t>
         </is>
       </c>
       <c r="N30" s="1"/>
       <c r="O30" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P30" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>207</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>صادق موسى احمد سندال </t>
+          <t>حسين مطشر عزيز </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t> SADIQ MUSA AHMED SINDAL </t>
+          <t>Hussein Mutashar Aziz</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lnda6mzi0jhr1vu.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tdfmvk5c13bgezw.jpg</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>1962-11-01</t>
+          <t>1962-07-01</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>07801126294</t>
+          <t>+9647705553298</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>sadiqsindal@yahoo.com</t>
+          <t>hma@gmali.com</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
-          <t>2015-02-15</t>
+          <t>2014-09-30</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>الطب</t>
+          <t>طب عام </t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة الاذن والانف والحنجرة</t>
+          <t>جراحة كسور </t>
         </is>
       </c>
       <c r="M31" s="1" t="inlineStr">
         <is>
-          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
-[...6 lines deleted...]
-      </c>
+          <t>prospective study for below knee amputation in ischemic limb</t>
+        </is>
+      </c>
+      <c r="N31" s="1"/>
       <c r="O31" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P31" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>920</t>
+          <t>205</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>اوراس ناجي حمد</t>
+          <t>صادق موسى احمد سندال </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Oras Naji Hamad</t>
-[...2 lines deleted...]
-      <c r="D32" s="1"/>
+          <t> SADIQ MUSA AHMED SINDAL </t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lnda6mzi0jhr1vu.jpg</t>
+        </is>
+      </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>1983-08-03</t>
+          <t>1962-11-01</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>07833170891</t>
+          <t>07801126294</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>orasn.mcm@uomisan.edu.iq</t>
+          <t>sadiqsindal@yahoo.com</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
-          <t>2016-03-06</t>
+          <t>2015-02-15</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>الطب</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
-          <t>معلوماتية حيوية</t>
+          <t>طب وجراحة الاذن والانف والحنجرة</t>
         </is>
       </c>
       <c r="M32" s="1" t="inlineStr">
         <is>
-          <t>Optimization and Detection of MDR1 gene in Acute Myelogenous Leukemia Patients in Iraq</t>
+          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
         </is>
       </c>
       <c r="N32" s="1" t="inlineStr">
         <is>
-          <t>CONSTRUCTION AND ANALYSIS OF THE PROTEIN INTERACTION NETWORK BETWEEN MYLOID AND LYMPHOID LEUKAEMIA TYPES</t>
+          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
         </is>
       </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P32" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>198</t>
+          <t>920</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>رشا خليل عبد الجليل عاتي</t>
+          <t>اوراس ناجي حمد</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Rasha Khalil Abdel Jalil Ati</t>
-[...6 lines deleted...]
-      </c>
+          <t>Oras Naji Hamad</t>
+        </is>
+      </c>
+      <c r="D33" s="1"/>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>1981-10-09</t>
+          <t>1983-08-03</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>+9647707232132</t>
+          <t>07833170891</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>rashak.mcm@uomisan.edu.iq</t>
+          <t>orasn.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
-          <t>2020-03-16</t>
+          <t>2016-03-06</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>الطفيليات</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
-          <t>الطفيليات</t>
+          <t>معلوماتية حيوية</t>
         </is>
       </c>
       <c r="M33" s="1" t="inlineStr">
         <is>
-          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
+          <t>Optimization and Detection of MDR1 gene in Acute Myelogenous Leukemia Patients in Iraq</t>
         </is>
       </c>
       <c r="N33" s="1" t="inlineStr">
         <is>
-          <t>Traditional and Molecular Study of Cutaneous Leishmaniasis among Human beings, Dogs and Sandflies in Misan Province</t>
+          <t>CONSTRUCTION AND ANALYSIS OF THE PROTEIN INTERACTION NETWORK BETWEEN MYLOID AND LYMPHOID LEUKAEMIA TYPES</t>
         </is>
       </c>
       <c r="O33" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P33" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>198</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>علي خلف رحيم </t>
+          <t>رشا خليل عبد الجليل عاتي</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Ali khalaf Raheem </t>
+          <t>Rasha Khalil Abdel Jalil Ati</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du319c6eh74gqkp.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8s1j6zm9u0f25rt.jpg</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>1987-10-14</t>
+          <t>1981-10-09</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>+9647706752188</t>
+          <t>+9647707232132</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>ali.ali.khalaf1987@gmail.com</t>
+          <t>rashak.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
           <t>2020-03-16</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>طب عام</t>
+          <t>الطفيليات</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة العيون </t>
+          <t>الطفيليات</t>
         </is>
       </c>
       <c r="M34" s="1" t="inlineStr">
         <is>
-          <t>effect of pars plana vitrectomy on tear film parameters</t>
-[...2 lines deleted...]
-      <c r="N34" s="1"/>
+          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
+        </is>
+      </c>
+      <c r="N34" s="1" t="inlineStr">
+        <is>
+          <t>Traditional and Molecular Study of Cutaneous Leishmaniasis among Human beings, Dogs and Sandflies in Misan Province</t>
+        </is>
+      </c>
       <c r="O34" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P34" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>978</t>
+          <t>226</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>عفاف عبدالله</t>
+          <t>علي خلف رحيم </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>afaf abdullah</t>
-[...2 lines deleted...]
-      <c r="D35" s="1"/>
+          <t>Ali khalaf Raheem </t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du319c6eh74gqkp.jpg</t>
+        </is>
+      </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>1976-02-20</t>
+          <t>1987-10-14</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>07831750594</t>
+          <t>+9647706752188</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>dr-afaf@uomisan.edu.iq</t>
+          <t>ali.ali.khalaf1987@gmail.com</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
-          <t>2020-03-22</t>
+          <t>2020-03-16</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
-          <t>ادوية وسموم</t>
+          <t>طب عام</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
-          <t>ادوية</t>
+          <t>طب وجراحة العيون </t>
         </is>
       </c>
       <c r="M35" s="1" t="inlineStr">
         <is>
-          <t>الجرعة العلاجية المؤثرة لعالق اللوز الحلو مقارنة مع بعض الادوية المنخفضة لدهنية الدم في الفئران المستحدث بها تجريبيا فرط الدهنية في الدم </t>
+          <t>effect of pars plana vitrectomy on tear film parameters</t>
         </is>
       </c>
       <c r="N35" s="1"/>
       <c r="O35" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P35" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>203</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>رشا كريم خضر</t>
         </is>
       </c>