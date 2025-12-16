--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -207,15764 +207,15760 @@
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>id_college</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>colleges_college</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>525</t>
+          <t>453</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>نبيل مهدي هداد</t>
+          <t>مصطفى اسماعيل ياسين</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>NABEEL MAHDY HADAAD</t>
+          <t>Mustafa Ismail Aseen</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m10e2olj6ydhwvr.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qm8z4idfun9vo0x.jpg</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>1975-01-10</t>
+          <t>1984-01-01</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>07836898745</t>
+          <t>07705604843</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>nabeelhadaad@gmail.com</t>
+          <t>hadra1355311@gmail.com</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
-          <t>2011-05-08</t>
+          <t>2012-06-24</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>تربيه رياضيه</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات</t>
+          <t>تربيه رياضيه</t>
         </is>
       </c>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
+          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
         </is>
       </c>
       <c r="N2" s="1" t="inlineStr">
         <is>
-          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
+          <t>.</t>
         </is>
       </c>
       <c r="O2" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P2" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>453</t>
+          <t>390</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>مصطفى اسماعيل ياسين</t>
+          <t>مصطفى فالح صحن </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ismail Aseen</t>
+          <t>mustafaa falh sahn</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qm8z4idfun9vo0x.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ihmxr2yfk0ng6zj.jpeg</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>1984-01-01</t>
+          <t>1984-04-13</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>07705604843</t>
+          <t>07830142073</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>hadra1355311@gmail.com</t>
+          <t>mustafafalih84@gmail.com</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
-          <t>2012-06-24</t>
+          <t>2012-09-01</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
-          <t>تربيه رياضيه</t>
+          <t>ماجستير علوم حاسبات </t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>تربيه رياضيه</t>
+          <t>ماجستير علوم حاسبات عام</t>
         </is>
       </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
-[...6 lines deleted...]
-      </c>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N3" s="1"/>
       <c r="O3" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P3" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>390</t>
+          <t>605</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>مصطفى فالح صحن </t>
+          <t>آلاء عبد الحسن محسن </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>mustafaa falh sahn</t>
+          <t>Alla Abd Al Hassan Mohssen </t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ihmxr2yfk0ng6zj.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kirlmj65d4qpx3f.jpg</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>1984-04-13</t>
+          <t>1974-02-17</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>07830142073</t>
+          <t>07705586159 </t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>mustafafalih84@gmail.com</t>
+          <t>rekea205@gmail.com</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>2012-09-01</t>
+          <t>2013-07-23</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حاسبات </t>
+          <t>علوم الحياة Biology </t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حاسبات عام</t>
+          <t>علم الحيوان Zoology </t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
         </is>
       </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P4" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>605</t>
+          <t>499</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>آلاء عبد الحسن محسن </t>
+          <t>علي نور الدين عبد الكريم </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Alla Abd Al Hassan Mohssen </t>
+          <t>Ali Nooruldeen Abdulkareem</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kirlmj65d4qpx3f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xeu542kp93lwtq_.jpg</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>1974-02-17</t>
+          <t>2021-11-04</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>07705586159 </t>
+          <t>07718306874</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>rekea205@gmail.com</t>
+          <t>ali.nooruldeen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>2013-07-23</t>
+          <t>2013-11-16</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة Biology </t>
+          <t>هندسة النفط </t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>علم الحيوان Zoology </t>
+          <t>هندسة المكامن </t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
+          <t>Calculation of Petrophysical Properties for an Iraqi Gas Field </t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P5" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>615</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>علي نور الدين عبد الكريم </t>
+          <t>علي محمد عذاب</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Ali Nooruldeen Abdulkareem</t>
+          <t>Ali Muhammad athab</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xeu542kp93lwtq_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7_l14w2k0pbd9vi.jpg</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>2021-11-04</t>
+          <t>1968-09-01</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>07718306874</t>
+          <t>07711216550</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>ali.nooruldeen@uomisan.edu.iq</t>
+          <t>aliathab71@yahoo.com</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>2013-11-16</t>
+          <t>2014-02-27</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>هندسة النفط </t>
+          <t>فيزياء </t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>هندسة المكامن </t>
+          <t>هوائيات مايكروية</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>Calculation of Petrophysical Properties for an Iraqi Gas Field </t>
-[...2 lines deleted...]
-      <c r="N6" s="1"/>
+          <t>دراسة نظرية لخصائص هوائي مخروطي مزدوج واستخدامه كمغذي لهوائي القطع المكافئ العاكس</t>
+        </is>
+      </c>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>تصغري هوائي احادي القطب مستوي مطبوع لتطبيقات التصاالت ذات عرض احلزمة الرتددية الفائقة (UWB(</t>
+        </is>
+      </c>
       <c r="O6" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P6" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>615</t>
+          <t>196</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>علي محمد عذاب</t>
+          <t>احمد علي حسين </t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Ali Muhammad athab</t>
+          <t>Ahmed Ali Hussein</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7_l14w2k0pbd9vi.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/seb10yu36migjvn.jpg</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>1968-09-01</t>
+          <t>1978-07-04</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>07711216550</t>
+          <t>009647705571135</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>aliathab71@yahoo.com</t>
+          <t>ahmed.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>2014-02-27</t>
+          <t>2014-04-13</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
-          <t>فيزياء </t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>هوائيات مايكروية</t>
+          <t>هندسة البرمجيات</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية لخصائص هوائي مخروطي مزدوج واستخدامه كمغذي لهوائي القطع المكافئ العاكس</t>
+          <t>concept of E-governance by using high level security system  </t>
         </is>
       </c>
       <c r="N7" s="1" t="inlineStr">
         <is>
-          <t>تصغري هوائي احادي القطب مستوي مطبوع لتطبيقات التصاالت ذات عرض احلزمة الرتددية الفائقة (UWB(</t>
+          <t>HYBRID EAR RECOGNITION FRAMEWORK BASED ON PASSIVE HUMAN IDENTIFICATION</t>
         </is>
       </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P7" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>196</t>
+          <t>848</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>احمد علي حسين </t>
+          <t>سعد حنون سعدون</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ali Hussein</t>
+          <t>Saad Hanoun Saadoun</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/seb10yu36migjvn.jpg</t>
+          <t>uploads/photos/l1myaw9ofhqnd23.jpg</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>1978-07-04</t>
+          <t>1982-02-11</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>009647705571135</t>
+          <t>07705507202</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>ahmed.mcm@uomisan.edu.iq</t>
+          <t>saadhanoon82@gmail.com</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>2014-04-13</t>
+          <t>2014-04-20</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
-          <t>هندسة البرمجيات</t>
+          <t>power</t>
         </is>
       </c>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>concept of E-governance by using high level security system  </t>
-[...6 lines deleted...]
-      </c>
+          <t>الحركة التزامنية لاسطوانات هيدروليكية متعددة باستخدام صمام تقسيم الجريان</t>
+        </is>
+      </c>
+      <c r="N8" s="1"/>
       <c r="O8" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P8" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>848</t>
+          <t>90</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>سعد حنون سعدون</t>
+          <t>كريمة عبد جمعة </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Saad Hanoun Saadoun</t>
+          <t>Karima Abdel Gomaa</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/l1myaw9ofhqnd23.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7qfp6ewxc4ni0js.png</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>1982-02-11</t>
+          <t>1976-11-28</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>07705507202</t>
+          <t>07718271878</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>saadhanoon82@gmail.com</t>
+          <t>abedkareema340@gmail.com</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
-          <t>2014-04-20</t>
+          <t>2014-05-04</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
-          <t>power</t>
+          <t>الادب</t>
         </is>
       </c>
       <c r="M9" s="1" t="inlineStr">
         <is>
-          <t>الحركة التزامنية لاسطوانات هيدروليكية متعددة باستخدام صمام تقسيم الجريان</t>
-[...2 lines deleted...]
-      <c r="N9" s="1"/>
+          <t>الاختيارات الادبية الجاهلية والاسلامية في كتاب البيان والتبيين دراسة تحليلية</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>-------</t>
+        </is>
+      </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P9" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>649</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>كريمة عبد جمعة </t>
+          <t>سامي حطاب جاسم</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Karima Abdel Gomaa</t>
+          <t>sami hataab jasim</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7qfp6ewxc4ni0js.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/cxyehajtg53mkp4.png</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>1976-11-28</t>
+          <t>1976-10-01</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>07718271878</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>abedkareema340@gmail.com</t>
+          <t>sami.jasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
-          <t>2014-05-04</t>
+          <t>2014-06-30</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
-          <t>الادب</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>الاختيارات الادبية الجاهلية والاسلامية في كتاب البيان والتبيين دراسة تحليلية</t>
-[...6 lines deleted...]
-      </c>
+          <t>s</t>
+        </is>
+      </c>
+      <c r="N10" s="1"/>
       <c r="O10" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P10" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>649</t>
+          <t>440</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>سامي حطاب جاسم</t>
+          <t>رائد صدام ماضي </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>sami hataab jasim</t>
+          <t>Raed Saddam Madhi </t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/cxyehajtg53mkp4.png</t>
+          <t>uploads/photos/f7l91zngucxskob.jpg</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>1976-10-01</t>
+          <t>1986-07-25</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07742017297</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>sami.jasim@uomisan.edu.iq</t>
+          <t>raedsaddam@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>2014-06-30</t>
+          <t>2014-07-15</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>مناعة </t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
-          <t>s</t>
-[...2 lines deleted...]
-      <c r="N11" s="1"/>
+          <t>دراسة مناعة وراثية و نسجيه مرضية لمرضى البروستات في جنوب العراق </t>
+        </is>
+      </c>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>دراسة اليات الشبكة خارج خلوية لكريات الدم العدله لمرضى التهاب البنكرياس الحاد </t>
+        </is>
+      </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P11" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>440</t>
+          <t>220</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>رائد صدام ماضي </t>
+          <t>وليد خالد حمود</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Raed Saddam Madhi </t>
+          <t>walid khalid hamuwd</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/f7l91zngucxskob.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jyxnlb_ok2m34gz.jpg</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>1986-07-25</t>
+          <t>1977-06-05</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>07742017297</t>
+          <t>07705500358</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>raedsaddam@uomisan.edu.iq</t>
+          <t>waleed00964@gmail.com</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
-          <t>2014-07-15</t>
+          <t>2014-11-13</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>علوم الفيزياء </t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
-          <t>مناعة </t>
+          <t>فيزياء الليزر والجزيئية</t>
         </is>
       </c>
       <c r="M12" s="1" t="inlineStr">
         <is>
-          <t>دراسة مناعة وراثية و نسجيه مرضية لمرضى البروستات في جنوب العراق </t>
-[...6 lines deleted...]
-      </c>
+          <t>Study the Effect of Solvent and pH on the Fluorescence Intensity and Spectral Properties of Fluorescein  Solutions</t>
+        </is>
+      </c>
+      <c r="N12" s="1"/>
       <c r="O12" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P12" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>220</t>
+          <t>231</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>وليد خالد حمود</t>
+          <t>احمد محمود شاكر</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>walid khalid hamuwd</t>
+          <t>Ahmed Mahmoud Shaker</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jyxnlb_ok2m34gz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/difzpm37xk0qotr.jpeg</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>1977-06-05</t>
+          <t>1990-01-28</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>07705500358</t>
+          <t>07711353534</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>waleed00964@gmail.com</t>
+          <t>ahamedmhmood4747@gmail.com</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>2014-11-13</t>
+          <t>2015-02-05</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>علوم الفيزياء </t>
+          <t>التربية البدنية</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
-          <t>فيزياء الليزر والجزيئية</t>
+          <t>علم النفس الرياضي</t>
         </is>
       </c>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>Study the Effect of Solvent and pH on the Fluorescence Intensity and Spectral Properties of Fluorescein  Solutions</t>
+          <t>التفكير الاستراتيجي وعلاقته بأنماط اتخاذ القرار لدى القيادات الادارية في الاتحادات الرياضية الاولمبية العراقيةل</t>
         </is>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P13" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>703</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>احمد محمود شاكر</t>
+          <t>فاطمة عادل داخل عيسى</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Mahmoud Shaker</t>
+          <t>fatimat adil dakhil </t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/difzpm37xk0qotr.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ehxotgb17q3yi5v.jpg</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>1990-01-28</t>
+          <t>1988-02-18</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>07711353534</t>
+          <t>878779</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>ahamedmhmood4747@gmail.com</t>
+          <t>fatimaadel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
-          <t>2015-02-05</t>
+          <t>2015-04-12</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية</t>
+          <t>علم النفس</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t>علم النفس الرياضي</t>
+          <t>الارشاد النفسي والبرامج الارشادية</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>التفكير الاستراتيجي وعلاقته بأنماط اتخاذ القرار لدى القيادات الادارية في الاتحادات الرياضية الاولمبية العراقيةل</t>
+          <t>هدفت الدراسة الحالية الى قياس الشخصية العدائية لدى طلبة كلية التربية وبناء برنامج ارشادي لخفض العدائية لدى طلبة كلية التربية والكشف عن العدائية</t>
         </is>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P14" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>703</t>
+          <t>829</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عادل داخل عيسى</t>
+          <t>مرتضى محمد عطية عبد الكاظم الزهيوات</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>fatimat adil dakhil </t>
+          <t>Murtadha Mohmmed Attyah Al-Zahiwat </t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ehxotgb17q3yi5v.jpg</t>
+          <t>uploads/photos/fs57hcrj1u8yim6.jpg</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>1988-02-18</t>
+          <t>1985-07-10</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>878779</t>
+          <t>07711204880</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>fatimaadel@uomisan.edu.iq</t>
+          <t>murtadha_eng85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
-          <t>2015-04-12</t>
+          <t>2015-07-05</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>علم النفس</t>
+          <t>الهندسة الكيمياوية </t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
-          <t>الارشاد النفسي والبرامج الارشادية</t>
+          <t>الهندسة الكيمياوية </t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>هدفت الدراسة الحالية الى قياس الشخصية العدائية لدى طلبة كلية التربية وبناء برنامج ارشادي لخفض العدائية لدى طلبة كلية التربية والكشف عن العدائية</t>
+          <t>امكانيات النفط العراقي لأنتاج البنزين </t>
         </is>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P15" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>829</t>
+          <t>837</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محمد عطية عبد الكاظم الزهيوات</t>
+          <t>علي حميد قاسم</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Murtadha Mohmmed Attyah Al-Zahiwat </t>
+          <t>Ali Hameed Qasim</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/fs57hcrj1u8yim6.jpg</t>
+          <t>uploads/photos/3zdnq064rtc_kvh.jpg</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>1985-07-10</t>
+          <t>1986-01-01</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>07711204880</t>
+          <t>07709091903</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>murtadha_eng85@uomisan.edu.iq</t>
+          <t>alkuarchi@gmail.com</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>2015-07-05</t>
+          <t>2015-09-16</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكيمياوية </t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكيمياوية </t>
+          <t>هندسة المعادن</t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>امكانيات النفط العراقي لأنتاج البنزين </t>
-[...2 lines deleted...]
-      <c r="N16" s="1"/>
+          <t>Powder material of the Al-Cu system</t>
+        </is>
+      </c>
+      <c r="N16" s="1" t="inlineStr">
+        <is>
+          <t>Modeling the Effect of Ultrasound on the Inelastic Deformation of Metals</t>
+        </is>
+      </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P16" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>837</t>
+          <t>458</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>علي حميد قاسم</t>
+          <t>محمد عبد الرحيم سعيد</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Ali Hameed Qasim</t>
+          <t>Mohammed Abdulraheem Saeed </t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/3zdnq064rtc_kvh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xu_1mi0two93zbf.jpg</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>1986-01-01</t>
+          <t>1985-10-18</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>07709091903</t>
+          <t>07712411166</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>alkuarchi@gmail.com</t>
+          <t>al-asadim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>2015-09-16</t>
+          <t>2015-10-06</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
-          <t>هندسة المعادن</t>
+          <t>Renewable Energy</t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t>Powder material of the Al-Cu system</t>
-[...6 lines deleted...]
-      </c>
+          <t>SYNTHESIS AND CHARACTERIZATION OF Ni-Co ON DIFFERENT COMPOSITION SUPPORT TOWARDS HYDROGEN PRODUCTION FROM ACETIC ACID STEAM REFORMING</t>
+        </is>
+      </c>
+      <c r="N17" s="1"/>
       <c r="O17" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P17" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>458</t>
+          <t>586</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الرحيم سعيد</t>
+          <t>حيدر كاظم جري</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Abdulraheem Saeed </t>
+          <t>‪Hayder Kadhim Jerri‬‏</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xu_1mi0two93zbf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9cpzikv4xyojgqf.jpg</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>1985-10-18</t>
+          <t>1976-11-15</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>07712411166</t>
+          <t>+9647705558544</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>al-asadim@uomisan.edu.iq</t>
+          <t>hayder.k.j@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>2015-10-06</t>
+          <t>2015-10-23</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكيمياوية</t>
+          <t>اداب</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
-          <t>Renewable Energy</t>
+          <t>ادب انكليزي</t>
         </is>
       </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>SYNTHESIS AND CHARACTERIZATION OF Ni-Co ON DIFFERENT COMPOSITION SUPPORT TOWARDS HYDROGEN PRODUCTION FROM ACETIC ACID STEAM REFORMING</t>
+          <t>Female Characters in Eugene O’Neill’s plays</t>
         </is>
       </c>
       <c r="N18" s="1"/>
       <c r="O18" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P18" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>586</t>
+          <t>145</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>حيدر كاظم جري</t>
+          <t>ضرغام محمد عبدالوهاب</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>‪Hayder Kadhim Jerri‬‏</t>
+          <t>Dargham Muhammad Abdel Wahab</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9cpzikv4xyojgqf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qhuwsy7pbn0to4e.jpg</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>1976-11-15</t>
+          <t>2022-03-14</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>+9647705558544</t>
+          <t>07722058234</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>hayder.k.j@uomisan.edu.iq</t>
+          <t>dhurgammhmad@gmail.com</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>2015-10-23</t>
+          <t>2015-11-15</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>اداب</t>
+          <t>الاقتصاد</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>ادب انكليزي</t>
+          <t>الاقتصاد</t>
         </is>
       </c>
       <c r="M19" s="1" t="inlineStr">
         <is>
-          <t>Female Characters in Eugene O’Neill’s plays</t>
-[...2 lines deleted...]
-      <c r="N19" s="1"/>
+          <t>Национальные особенности развития систем управления предпринимательскими структурами (на примере Республики Ирак)</t>
+        </is>
+      </c>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P19" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>87</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>ضرغام محمد عبدالوهاب</t>
+          <t>زهراء شهاب احمد </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Dargham Muhammad Abdel Wahab</t>
+          <t>Zahraa Shihab Ahmed</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qhuwsy7pbn0to4e.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kxz3w0rdlc6q2pm.png</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>2022-03-14</t>
+          <t>1986-06-15</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>07722058234</t>
+          <t>07705535236</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>dhurgammhmad@gmail.com</t>
+          <t>zahraaallamy430@gmail.com</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>2015-11-15</t>
+          <t>2016-01-06</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد</t>
+          <t>اللغة العربية /اللغة</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد</t>
+          <t>المعجم والنحو</t>
         </is>
       </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>Национальные особенности развития систем управления предпринимательскими структурами (на примере Республики Ирак)</t>
+          <t>مقاييس اللغة لابن فارس (395ه) والصحاح للجوهري(400ه) دراسة لغوية موازنة</t>
         </is>
       </c>
       <c r="N20" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>----------</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P20" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>87</t>
+          <t>462</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>زهراء شهاب احمد </t>
+          <t>نوار سعد ارحيم</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Shihab Ahmed</t>
+          <t>Nawar Sa&amp;#39;ad Irhayiem</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kxz3w0rdlc6q2pm.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_g4leh209sbu6v7.jpg</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>1986-06-15</t>
+          <t>1985-10-10</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>07705535236</t>
+          <t>07705595539</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>zahraaallamy430@gmail.com</t>
+          <t>nawar.alseelawi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>2016-01-06</t>
+          <t>2016-02-24</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية /اللغة</t>
+          <t>هندسة الإلكترونيك والاتصالات</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
-          <t>المعجم والنحو</t>
+          <t>هندسة الحاسبات</t>
         </is>
       </c>
       <c r="M21" s="1" t="inlineStr">
         <is>
-          <t>مقاييس اللغة لابن فارس (395ه) والصحاح للجوهري(400ه) دراسة لغوية موازنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>RGBA Image Steganography Based on AES Technique</t>
+        </is>
+      </c>
+      <c r="N21" s="1"/>
       <c r="O21" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P21" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>462</t>
+          <t>836</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>نوار سعد ارحيم</t>
+          <t>علي عبد الزهرة كاطع </t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Nawar Sa&amp;#39;ad Irhayiem</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ali Abdulzahra Gatea </t>
+        </is>
+      </c>
+      <c r="D22" s="1"/>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>1985-10-10</t>
+          <t>1983-03-02</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>07705595539</t>
+          <t>07705509734</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>nawar.alseelawi@uomisan.edu.iq</t>
+          <t>alsheblyali023@gmail.com</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
-          <t>2016-02-24</t>
+          <t>2016-07-29</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>هندسة الإلكترونيك والاتصالات</t>
+          <t>هندسة ميكانيك </t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسبات</t>
+          <t>ميكانيك تطبيقي </t>
         </is>
       </c>
       <c r="M22" s="1" t="inlineStr">
         <is>
-          <t>RGBA Image Steganography Based on AES Technique</t>
+          <t>دراسة حالة الاجهاد والانفعال المسلطة على نهاية انبوب الحفر المستخدم في حفر ابار النفط</t>
         </is>
       </c>
       <c r="N22" s="1"/>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P22" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>836</t>
+          <t>504</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الزهرة كاطع </t>
+          <t>علي عبد الكريم رحيم</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdulzahra Gatea </t>
-[...2 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>Ali Abdulkareem Raheem</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l6xbtju0depa42r.jpg</t>
+        </is>
+      </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>1983-03-02</t>
+          <t>1989-11-18</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>07705509734</t>
+          <t>009647709031242</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>alsheblyali023@gmail.com</t>
+          <t>alichemo@gmail.com</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
-          <t>2016-07-29</t>
+          <t>2016-12-25</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك </t>
+          <t>chemistry</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك تطبيقي </t>
+          <t>organic chemistry</t>
         </is>
       </c>
       <c r="M23" s="1" t="inlineStr">
         <is>
-          <t>دراسة حالة الاجهاد والانفعال المسلطة على نهاية انبوب الحفر المستخدم في حفر ابار النفط</t>
+          <t>Synthesis and characterization of new cyclic imides linked to Schiff&amp;#39;s bases</t>
         </is>
       </c>
       <c r="N23" s="1"/>
       <c r="O23" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P23" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>504</t>
+          <t>465</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الكريم رحيم</t>
+          <t>هشام داود سلمان</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdulkareem Raheem</t>
+          <t>Hisham Dawood Salman </t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l6xbtju0depa42r.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mrzv497kno5d_8j.png</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>1989-11-18</t>
+          <t>1983-04-12</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>009647709031242</t>
+          <t>07723135580</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>alichemo@gmail.com</t>
+          <t>hisham.altai@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
-          <t>2016-12-25</t>
+          <t>2017-01-01</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>chemistry</t>
+          <t>هندسة كهرباء </t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
-          <t>organic chemistry</t>
+          <t> هندسة القدرة</t>
         </is>
       </c>
       <c r="M24" s="1" t="inlineStr">
         <is>
-          <t>Synthesis and characterization of new cyclic imides linked to Schiff&amp;#39;s bases</t>
+          <t>SOLVING UNIT COMMITM ENT PROBLEM WITH INCL UDING WIND POWER GEN ERATION USI NG PSS®E</t>
         </is>
       </c>
       <c r="N24" s="1"/>
       <c r="O24" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P24" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>465</t>
+          <t>107</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>هشام داود سلمان</t>
+          <t>عباس جار الله صنكور </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Hisham Dawood Salman </t>
+          <t>Abbas Jarullah Sangoor</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mrzv497kno5d_8j.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ntx6ksogh319f02.jpg</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>1983-04-12</t>
+          <t>2021-03-10</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>07723135580</t>
+          <t>015732271502</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
-          <t>hisham.altai@uomisan.edu.iq</t>
+          <t>abbasj@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
           <t>2017-01-01</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء </t>
+          <t>Mechanical Engineering </t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
-          <t> هندسة القدرة</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="M25" s="1" t="inlineStr">
         <is>
-          <t>SOLVING UNIT COMMITM ENT PROBLEM WITH INCL UDING WIND POWER GEN ERATION USI NG PSS®E</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N25" s="1"/>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P25" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>107</t>
+          <t>698</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>عباس جار الله صنكور </t>
+          <t>علا كمال ياسين </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>Abbas Jarullah Sangoor</t>
+          <t>ola kamal yassen </t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ntx6ksogh319f02.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/bloe3rmjwivdnfs.jpg</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>2021-03-10</t>
+          <t>1997-01-09</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>015732271502</t>
+          <t>88866</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>abbasj@uomisan.edu.iq</t>
+          <t>hamid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
-          <t>2017-01-01</t>
+          <t>2017-01-04</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>Mechanical Engineering </t>
+          <t>ففف</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>تاريخ حديث ومعاصر </t>
         </is>
       </c>
       <c r="M26" s="1" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>لتحقيق في تأثير التناص على االتصال األدبي من خالل فحص </t>
         </is>
       </c>
       <c r="N26" s="1"/>
       <c r="O26" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P26" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>698</t>
+          <t>435</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>علا كمال ياسين </t>
+          <t>مرتضى محمد</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>ola kamal yassen </t>
+          <t>MURTADHA MOHAMMED</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/bloe3rmjwivdnfs.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3w9zpx7q5rt_kdn.jpg</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>1997-01-09</t>
+          <t>1986-01-22</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>88866</t>
+          <t>9647705547721</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>hamid@uomisan.edu.iq</t>
+          <t>enana@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
-          <t>2017-01-04</t>
+          <t>2017-02-13</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>ففف</t>
+          <t>هندسة البيئة والتلوث</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر </t>
+          <t>هندسة البيئة والتلوث</t>
         </is>
       </c>
       <c r="M27" s="1" t="inlineStr">
         <is>
-          <t>لتحقيق في تأثير التناص على االتصال األدبي من خالل فحص </t>
+          <t>Environmentally friendly recycling of metal cans and polymer bottles obtained from household waste </t>
         </is>
       </c>
       <c r="N27" s="1"/>
       <c r="O27" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P27" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>435</t>
+          <t>103</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محمد</t>
+          <t>رضوان علي عبد الرضا </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>MURTADHA MOHAMMED</t>
+          <t>Radwan Ali Abdul Redha</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3w9zpx7q5rt_kdn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8u9ly_n7v6cj30e.jpg</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>1986-01-22</t>
+          <t>1987-09-04</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>9647705547721</t>
+          <t>07725745024</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>enana@uomisan.edu.iq</t>
+          <t>Radhwan.ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
-          <t>2017-02-13</t>
+          <t>2017-06-08</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>هندسة البيئة والتلوث</t>
+          <t>Mechanical Engineering</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
-          <t>هندسة البيئة والتلوث</t>
+          <t>Automotive Engineering </t>
         </is>
       </c>
       <c r="M28" s="1" t="inlineStr">
         <is>
-          <t>Environmentally friendly recycling of metal cans and polymer bottles obtained from household waste </t>
+          <t>NUMERICAL STUDY OF COMBUSTION CHARACTERISTICS AND EMISSION IN DIESEL ENGINE USING LPG-HYDROGEN-DIESEL FUEL MIXTURE</t>
         </is>
       </c>
       <c r="N28" s="1"/>
       <c r="O28" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P28" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>776</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>رضوان علي عبد الرضا </t>
+          <t>م.م.مثنى شريف عودة </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>Radwan Ali Abdul Redha</t>
+          <t>Muthana Sharif Oudah</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8u9ly_n7v6cj30e.jpg</t>
+          <t>uploads/photos/vf2wdu9bghrznyc.jpg</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>1987-09-04</t>
+          <t>1990-03-28</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>07725745024</t>
+          <t>07714953754</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>Radhwan.ali@uomisan.edu.iq</t>
+          <t>muthanasharif@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
-          <t>2017-06-08</t>
+          <t>2017-06-20</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t>Mechanical Engineering</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
-          <t>Automotive Engineering </t>
+          <t>الأدب الأنكليزي</t>
         </is>
       </c>
       <c r="M29" s="1" t="inlineStr">
         <is>
-          <t>NUMERICAL STUDY OF COMBUSTION CHARACTERISTICS AND EMISSION IN DIESEL ENGINE USING LPG-HYDROGEN-DIESEL FUEL MIXTURE</t>
-[...2 lines deleted...]
-      <c r="N29" s="1"/>
+          <t>----------</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P29" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>776</t>
+          <t>714</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>م.م.مثنى شريف عودة </t>
+          <t>سلام عبد االزهرة خليفة</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>Muthana Sharif Oudah</t>
+          <t>SALAM ABDULZAHRA KHALEFA</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/vf2wdu9bghrznyc.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2f15ptsbq7o0eh9.jpg</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>1990-03-28</t>
+          <t>1984-04-01</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>07714953754</t>
+          <t>00000000000</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>muthanasharif@uomisan.edu.iq</t>
+          <t>salam.iq2022@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
-          <t>2017-06-20</t>
+          <t>2017-07-13</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>الهندسة الكيمياوية</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
-          <t>الأدب الأنكليزي</t>
+          <t>تقنية كيمياوية</t>
         </is>
       </c>
       <c r="M30" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
-[...6 lines deleted...]
-      </c>
+          <t>التحديد التحليلي لمنتجات أكسدة الهواء بالأوكسجين لإسترات الميثيل للأحماض الدهنية للزيوت النباتية</t>
+        </is>
+      </c>
+      <c r="N30" s="1"/>
       <c r="O30" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P30" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>714</t>
+          <t>815</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>سلام عبد االزهرة خليفة</t>
+          <t>علاء قاسم عطية</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>SALAM ABDULZAHRA KHALEFA</t>
+          <t>ALaa Qasim Atiyah </t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2f15ptsbq7o0eh9.jpg</t>
+          <t>uploads/photos/5qncu0a2krw3hz8.jpg</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>1984-04-01</t>
+          <t>1986-03-25</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>00000000000</t>
+          <t>07737983760</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>salam.iq2022@uomisan.edu.iq</t>
+          <t>alaaqasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
-          <t>2017-07-13</t>
+          <t>2017-09-05</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكيمياوية</t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
-          <t>تقنية كيمياوية</t>
+          <t>تكنولوجيا ادارة المشاريع الانشائية </t>
         </is>
       </c>
       <c r="M31" s="1" t="inlineStr">
         <is>
-          <t>التحديد التحليلي لمنتجات أكسدة الهواء بالأوكسجين لإسترات الميثيل للأحماض الدهنية للزيوت النباتية</t>
+          <t> Quality  Management  in improving  the process  of ready mix concrete production</t>
         </is>
       </c>
       <c r="N31" s="1"/>
       <c r="O31" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P31" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>815</t>
+          <t>21</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>علاء قاسم عطية</t>
+          <t>محمد جبار لازم </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>ALaa Qasim Atiyah </t>
+          <t>Mohammad Jabbar Lazim</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/5qncu0a2krw3hz8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hpro6_ki0e18jlt.png</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>1986-03-25</t>
+          <t>1981-01-21</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>07737983760</t>
+          <t>07711208038</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>alaaqasim@uomisan.edu.iq</t>
+          <t>hurabd56@yahoo.com</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
-          <t>2017-09-05</t>
+          <t>2017-09-12</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا ادارة المشاريع الانشائية </t>
+          <t>لغة</t>
         </is>
       </c>
       <c r="M32" s="1" t="inlineStr">
         <is>
-          <t> Quality  Management  in improving  the process  of ready mix concrete production</t>
-[...2 lines deleted...]
-      <c r="N32" s="1"/>
+          <t>Discourse Analysis of Grammatical Cohesive Devices in American Political Speeches </t>
+        </is>
+      </c>
+      <c r="N32" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P32" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>296</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار لازم </t>
+          <t>عباس فيصل مشتت</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Mohammad Jabbar Lazim</t>
+          <t>Abbas Faisal mushattat</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hpro6_ki0e18jlt.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ewoi7msu0bpjhdv.jpg</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>1981-01-21</t>
+          <t>1976-02-12</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>07711208038</t>
+          <t>07712595668</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>hurabd56@yahoo.com</t>
+          <t>abbasfaisalph@gmail.com</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
-          <t>2017-09-12</t>
+          <t>2017-09-19</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>تربية فنية</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
-          <t>لغة</t>
+          <t>تصميمات زخرفية</t>
         </is>
       </c>
       <c r="M33" s="1" t="inlineStr">
         <is>
-          <t>Discourse Analysis of Grammatical Cohesive Devices in American Political Speeches </t>
-[...6 lines deleted...]
-      </c>
+          <t>التفكير البصري في رموز التراث العراقي لأثراء القيم الجمالية للتصميم المعاصر من خلال توالد الافكار</t>
+        </is>
+      </c>
+      <c r="N33" s="1"/>
       <c r="O33" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P33" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>296</t>
+          <t>843</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>عباس فيصل مشتت</t>
+          <t>أحمد مالك عبدالغني العنتاكي</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Abbas Faisal mushattat</t>
+          <t>AHMED MALIK ABDYLGHANI AL-ANTAKI</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ewoi7msu0bpjhdv.jpg</t>
+          <t>uploads/photos/f6oivu_azq3dm5e.jpg</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>1976-02-12</t>
+          <t>1986-06-08</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>07712595668</t>
+          <t>07705500282</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>abbasfaisalph@gmail.com</t>
+          <t>ahmed.malek@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
-          <t>2017-09-19</t>
+          <t>2017-10-17</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>تربية فنية</t>
+          <t>الهندسة الميكانيكية</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
-          <t>تصميمات زخرفية</t>
+          <t>هندسة الطاقة الحرارية</t>
         </is>
       </c>
       <c r="M34" s="1" t="inlineStr">
         <is>
-          <t>التفكير البصري في رموز التراث العراقي لأثراء القيم الجمالية للتصميم المعاصر من خلال توالد الافكار</t>
+          <t>بحث وتحسين أوضاع تشغيل وحدة توربينات الغاز</t>
         </is>
       </c>
       <c r="N34" s="1"/>
       <c r="O34" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P34" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>843</t>
+          <t>834</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>أحمد مالك عبدالغني العنتاكي</t>
+          <t>حيدر جاسم محمد</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>AHMED MALIK ABDYLGHANI AL-ANTAKI</t>
+          <t>HAYDER JASIM MOHAMMED</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/f6oivu_azq3dm5e.jpg</t>
+          <t>uploads/photos/idn4hxq2s1tojbz.jpg</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>1986-06-08</t>
+          <t>1985-09-19</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>07705500282</t>
+          <t>07710875740</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>ahmed.malek@uomisan.edu.iq</t>
+          <t>hdr_jsm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
-          <t>2017-10-17</t>
+          <t>2017-10-30</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
           <t>الهندسة الميكانيكية</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
           <t>هندسة الطاقة الحرارية</t>
         </is>
       </c>
       <c r="M35" s="1" t="inlineStr">
         <is>
-          <t>بحث وتحسين أوضاع تشغيل وحدة توربينات الغاز</t>
+          <t>Investigation of thermal schemes of CCGT for the energy sector of Iraq</t>
         </is>
       </c>
       <c r="N35" s="1"/>
       <c r="O35" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P35" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>834</t>
+          <t>177</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>حيدر جاسم محمد</t>
+          <t>رشا ناجي </t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>HAYDER JASIM MOHAMMED</t>
+          <t>Rasha Naji </t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/idn4hxq2s1tojbz.jpg</t>
+          <t>uploads/photos/dke0z8uyqo7p3fb.jpeg</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>1985-09-19</t>
+          <t>1983-09-14</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>07710875740</t>
+          <t>07733966998</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>hdr_jsm@uomisan.edu.iq</t>
+          <t>albehdili@gmail.com</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
-          <t>2017-10-30</t>
+          <t>2017-11-09</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الميكانيكية</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L36" s="1" t="inlineStr">
         <is>
-          <t>هندسة الطاقة الحرارية</t>
+          <t>صناعات غذائية</t>
         </is>
       </c>
       <c r="M36" s="1" t="inlineStr">
         <is>
-          <t>Investigation of thermal schemes of CCGT for the energy sector of Iraq</t>
+          <t>. Development of formulations and technology of the baked product with improved consumer characteristics</t>
         </is>
       </c>
       <c r="N36" s="1"/>
       <c r="O36" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P36" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>177</t>
+          <t>23</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>رشا ناجي </t>
+          <t>أسوان فاخر جاسم </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>Rasha Naji </t>
+          <t>Aswan Fakher Jassim</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/dke0z8uyqo7p3fb.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mfdo5rl8at2c1y7.jpg</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>1983-09-14</t>
+          <t>1974-08-02</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>07733966998</t>
+          <t>07703200505</t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
-          <t>albehdili@gmail.com</t>
+          <t>aswanfakhir@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
-          <t>2017-11-09</t>
+          <t>2017-11-29</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
-          <t>صناعات غذائية</t>
+          <t>طرائق تدريس اللغة الانجليزية كلغة اجنبية</t>
         </is>
       </c>
       <c r="M37" s="1" t="inlineStr">
         <is>
-          <t>. Development of formulations and technology of the baked product with improved consumer characteristics</t>
-[...2 lines deleted...]
-      <c r="N37" s="1"/>
+          <t>The Effect of Using Diaries on College Studentsʼ Achievement in Composition Writing.</t>
+        </is>
+      </c>
+      <c r="N37" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O37" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P37" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>325</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>أسوان فاخر جاسم </t>
+          <t>قصي نزار مهاوي </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Aswan Fakher Jassim</t>
+          <t>qusay nizar mahawi</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mfdo5rl8at2c1y7.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_0xjs4yefqkm9tn.jpg</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>1974-08-02</t>
+          <t>1970-01-11</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>07703200505</t>
+          <t>07705558929</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
-          <t>aswanfakhir@uomisan.edu.iq</t>
+          <t>qusaynazr@gmail.com</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
-          <t>2017-11-29</t>
+          <t>2018-01-13</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>فنون تشكيلة </t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الانجليزية كلغة اجنبية</t>
+          <t>رسم</t>
         </is>
       </c>
       <c r="M38" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Using Diaries on College Studentsʼ Achievement in Composition Writing.</t>
-[...6 lines deleted...]
-      </c>
+          <t>التعبيرية في أعمال اسماعيل فتاح الترك</t>
+        </is>
+      </c>
+      <c r="N38" s="1"/>
       <c r="O38" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P38" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>325</t>
+          <t>838</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>قصي نزار مهاوي </t>
+          <t>ربيعه هادي حسن</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>qusay nizar mahawi</t>
+          <t>Rabea hadi hassan</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_0xjs4yefqkm9tn.jpg</t>
+          <t>uploads/photos/stzmo7kbh8plxu9.jpeg</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>1970-01-11</t>
+          <t>1986-03-01</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>07705558929</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
-          <t>qusaynazr@gmail.com</t>
+          <t>rabia.h.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
-          <t>2018-01-13</t>
+          <t>2018-01-18</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>فنون تشكيلة </t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
-          <t>رسم</t>
+          <t>قوى ومكائن</t>
         </is>
       </c>
       <c r="M39" s="1" t="inlineStr">
         <is>
-          <t>التعبيرية في أعمال اسماعيل فتاح الترك</t>
+          <t>الاداء غير المعتمد لمحركيبن حثيين يساقان بواسطةًعاكس خماسي الارجل</t>
         </is>
       </c>
       <c r="N39" s="1"/>
       <c r="O39" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P39" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>838</t>
+          <t>430</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>ربيعه هادي حسن</t>
+          <t>حسن سوادي طارش محيسن </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>Rabea hadi hassan</t>
+          <t> HASAN SWADI TARSH</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/stzmo7kbh8plxu9.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2sc036jpzoeulwq.jpg</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>1986-03-01</t>
+          <t>1984-10-03</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07710887430</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>rabia.h.h@uomisan.edu.iq</t>
+          <t>hasan_it@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
-          <t>2018-01-18</t>
+          <t>2018-01-30</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>علوم حاسبات </t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
-          <t>قوى ومكائن</t>
+          <t>تقنية المعلومات </t>
         </is>
       </c>
       <c r="M40" s="1" t="inlineStr">
         <is>
-          <t>الاداء غير المعتمد لمحركيبن حثيين يساقان بواسطةًعاكس خماسي الارجل</t>
+          <t>DEVELOPMENT OF THE KEYSTROKE -BASED USER IDENTIFICATION SYSTEM ON HAMMING&amp;#39;S PROXIMITY MEASME</t>
         </is>
       </c>
       <c r="N40" s="1"/>
       <c r="O40" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P40" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>430</t>
+          <t>366</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>حسن سوادي طارش محيسن </t>
+          <t>دنيا موحي محسن </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t> HASAN SWADI TARSH</t>
+          <t>Dunya mohi mohsin</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2sc036jpzoeulwq.jpg</t>
+          <t>uploads/photos/7vz0293_5wroycx.jpg</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>1984-10-03</t>
+          <t>1986-06-01</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>07710887430</t>
+          <t>٠٧٧٠٣٠٢١٨٩٥٦</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
-          <t>hasan_it@uomisan.edu.iq</t>
+          <t>dunya.m.mohsin@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
-          <t>2018-01-30</t>
+          <t>2018-01-31</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات </t>
+          <t>Sciences of Agriculture</t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
-          <t>تقنية المعلومات </t>
+          <t>Horticulture</t>
         </is>
       </c>
       <c r="M41" s="1" t="inlineStr">
         <is>
-          <t>DEVELOPMENT OF THE KEYSTROKE -BASED USER IDENTIFICATION SYSTEM ON HAMMING&amp;#39;S PROXIMITY MEASME</t>
-[...2 lines deleted...]
-      <c r="N41" s="1"/>
+          <t>Effect of biochar in modifying soil salinitye effects on the growth oflettuce (Lactuca sativa L.)</t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O41" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P41" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>366</t>
+          <t>793</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>دنيا موحي محسن </t>
+          <t>فاضل مزهر شنيور</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>Dunya mohi mohsin</t>
+          <t>Fadhil Mezher Shnewer</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/7vz0293_5wroycx.jpg</t>
+          <t>uploads/photos/i8y2q3hnd0ptucl.jpg</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>1986-06-01</t>
+          <t>1987-04-01</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٣٠٢١٨٩٥٦</t>
+          <t>07705500960</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
-          <t>dunya.m.mohsin@uomisan.edu.iq</t>
+          <t>fadhil.mz87@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
-          <t>2018-01-31</t>
+          <t>2018-03-01</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
-          <t>Sciences of Agriculture</t>
+          <t>هندسة المساحه</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
-          <t>Horticulture</t>
+          <t>هندسة الجيوماتيك/تحسس نائي و نظم معلومات جغرافيه</t>
         </is>
       </c>
       <c r="M42" s="1" t="inlineStr">
         <is>
-          <t>Effect of biochar in modifying soil salinitye effects on the growth oflettuce (Lactuca sativa L.)</t>
-[...6 lines deleted...]
-      </c>
+          <t>رسم خرائط المياه الجوفيه في الصحراء الغربيه العراقيه بأستخدام نظم المعلومات الجغرافيه و البرامج الاحصائيه</t>
+        </is>
+      </c>
+      <c r="N42" s="1"/>
       <c r="O42" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P42" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>793</t>
+          <t>279</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>فاضل مزهر شنيور</t>
+          <t>رنا كاظم معن</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Fadhil Mezher Shnewer</t>
+          <t>Rana Kadhim Maan</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/i8y2q3hnd0ptucl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/avxfhw5zlincrdo.jpg</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>1987-04-01</t>
+          <t>1976-01-29</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>07705500960</t>
+          <t>07710031589</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>fadhil.mz87@uomisan.edu.iq</t>
+          <t>rana@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
-          <t>2018-03-01</t>
+          <t>2018-04-05</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>هندسة المساحه</t>
+          <t>التأريخ</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
-          <t>هندسة الجيوماتيك/تحسس نائي و نظم معلومات جغرافيه</t>
+          <t>تاريخ الشرق الادنى القديم</t>
         </is>
       </c>
       <c r="M43" s="1" t="inlineStr">
         <is>
-          <t>رسم خرائط المياه الجوفيه في الصحراء الغربيه العراقيه بأستخدام نظم المعلومات الجغرافيه و البرامج الاحصائيه</t>
-[...2 lines deleted...]
-      <c r="N43" s="1"/>
+          <t>المنقذ والمخلص في المعتقدات العراقية و الفارسية القديمة</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t>تقديس المرتفعات في فكر الشرق الادنى القديم</t>
+        </is>
+      </c>
       <c r="O43" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P43" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>279</t>
+          <t>835</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>رنا كاظم معن</t>
+          <t>علي عبدالزهره علي حسين الحريشاوي</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>Rana Kadhim Maan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ali Alhraishawi</t>
+        </is>
+      </c>
+      <c r="D44" s="1"/>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>1976-01-29</t>
+          <t>1987-09-21</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>07710031589</t>
+          <t>00905523546612</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
-          <t>rana@uomisan.edu.iq</t>
+          <t>alihussin2294@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
           <t>2018-04-05</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
-          <t>التأريخ</t>
+          <t>هندسة البيئه</t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الشرق الادنى القديم</t>
+          <t>هندسة نظام البيئه</t>
         </is>
       </c>
       <c r="M44" s="1" t="inlineStr">
         <is>
-          <t>المنقذ والمخلص في المعتقدات العراقية و الفارسية القديمة</t>
-[...6 lines deleted...]
-      </c>
+          <t>EVALUATION THE IMPACT OF MIXING RATIOS AND SALT CONTENT ON BIOGAS PRODUCTION BY ANAEROBIC JOINT DIGESTION OF FOOD WASTE AND  SEWAGE SLUDGE</t>
+        </is>
+      </c>
+      <c r="N44" s="1"/>
       <c r="O44" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P44" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>835</t>
+          <t>237</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالزهره علي حسين الحريشاوي</t>
+          <t>حسين رشك خضير</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Ali Alhraishawi</t>
-[...2 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>hussain reshak khudir</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4oqy6scj71ga89w.jpg</t>
+        </is>
+      </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>1987-09-21</t>
+          <t>1987-04-12</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>00905523546612</t>
+          <t>07723136242</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>alihussin2294@uomisan.edu.iq</t>
+          <t>hussen_rishg@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>2018-04-05</t>
+          <t>2018-04-18</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
-          <t>هندسة البيئه</t>
+          <t>طرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
-          <t>هندسة نظام البيئه</t>
+          <t>طرائق تدريس تربية فنية</t>
         </is>
       </c>
       <c r="M45" s="1" t="inlineStr">
         <is>
-          <t>EVALUATION THE IMPACT OF MIXING RATIOS AND SALT CONTENT ON BIOGAS PRODUCTION BY ANAEROBIC JOINT DIGESTION OF FOOD WASTE AND  SEWAGE SLUDGE</t>
+          <t>أثر استراتيجية المتشابهات في التكوين الفني لرسوم طلبة المرحلة الاعدادية</t>
         </is>
       </c>
       <c r="N45" s="1"/>
       <c r="O45" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P45" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>237</t>
+          <t>689</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>حسين رشك خضير</t>
+          <t>جواد كاظم طاهر </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>hussain reshak khudir</t>
+          <t>Jwad Kadhim Taher </t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4oqy6scj71ga89w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1npfkma_udxtrbg.png</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>1987-04-12</t>
+          <t>1976-11-12</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>07723136242</t>
+          <t>07705599402</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>hussen_rishg@uomisan.edu.iq</t>
+          <t>eng.jawad@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>2018-04-18</t>
+          <t>2018-04-26</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس عامة</t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس تربية فنية</t>
+          <t>جيوتكنك</t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية المتشابهات في التكوين الفني لرسوم طلبة المرحلة الاعدادية</t>
+          <t>STUDY THE WORK OF ISOLATED FOOTING OF DIFFERENT FORMS OF SOLES FOR EXPERIMENTAL- MECHANICAL WORKSHOP</t>
         </is>
       </c>
       <c r="N46" s="1"/>
       <c r="O46" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P46" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>689</t>
+          <t>608</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>جواد كاظم طاهر </t>
+          <t>جمال خصيف هادي علي </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>Jwad Kadhim Taher </t>
+          <t>Jamal Khaseef Hadi Ali </t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1npfkma_udxtrbg.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9u52yi8hwkcz6v4.jpg</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>1976-11-12</t>
+          <t>2019-04-01</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>07705599402</t>
+          <t>07705556361</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>eng.jawad@uomisan.edu.iq</t>
+          <t>Jmalsadoon@yahoo.com</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
-          <t>2018-04-26</t>
+          <t>2018-05-01</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
-          <t>جيوتكنك</t>
+          <t>H@</t>
         </is>
       </c>
       <c r="M47" s="1" t="inlineStr">
         <is>
-          <t>STUDY THE WORK OF ISOLATED FOOTING OF DIFFERENT FORMS OF SOLES FOR EXPERIMENTAL- MECHANICAL WORKSHOP</t>
-[...2 lines deleted...]
-      <c r="N47" s="1"/>
+          <t>ماجستير مناهج وطرائق تدريس عامه </t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>ماجستير مناهج وطرائق تدريس عامه </t>
+        </is>
+      </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P47" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>608</t>
+          <t>475</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>جمال خصيف هادي علي </t>
+          <t>علي عبدالحسين رسن</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Jamal Khaseef Hadi Ali </t>
+          <t>Ali AL-MALIKI</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9u52yi8hwkcz6v4.jpg</t>
+          <t>uploads/photos/7wdtizabjyxepm1.jpg</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>2019-04-01</t>
+          <t>1979-08-08</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>07705556361</t>
+          <t>009647715644656</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
-          <t>Jmalsadoon@yahoo.com</t>
+          <t>ali.al-maliki@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
-          <t>2018-05-01</t>
+          <t>2018-05-07</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>ميكانيك عام </t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
-          <t>H@</t>
+          <t>ميكانيك عام</t>
         </is>
       </c>
       <c r="M48" s="1" t="inlineStr">
         <is>
-          <t>ماجستير مناهج وطرائق تدريس عامه </t>
-[...6 lines deleted...]
-      </c>
+          <t>INCREASING THE PRODUCTION OF ELECTRIC ENERGY FROM NATURAL GAS USAGE </t>
+        </is>
+      </c>
+      <c r="N48" s="1"/>
       <c r="O48" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P48" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>475</t>
+          <t>558</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالحسين رسن</t>
+          <t>سرى ستار جبار</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Ali AL-MALIKI</t>
+          <t>Sura satar jabar</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/7wdtizabjyxepm1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/is4qenx62uy1f_m.jpg</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>1979-08-08</t>
+          <t>1987-11-01</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>009647715644656</t>
+          <t>07724003828</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>ali.al-maliki@uomisan.edu.iq</t>
+          <t>surasatar4@gmail.com</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
-          <t>2018-05-07</t>
+          <t>2018-05-09</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك عام </t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك عام</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t>INCREASING THE PRODUCTION OF ELECTRIC ENERGY FROM NATURAL GAS USAGE </t>
+          <t>دراسة تحليلية لمشكلات بعض عناصر العملية الادارية في المخيمات من وجهة نظر العاملين بالشعب الكشفية للمنطقتين الوسطى والجنوبية</t>
         </is>
       </c>
       <c r="N49" s="1"/>
       <c r="O49" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P49" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>558</t>
+          <t>583</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>سرى ستار جبار</t>
+          <t>سجى محمد حافظ </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>Sura satar jabar</t>
+          <t>Saja Mohammed Hafiz </t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/is4qenx62uy1f_m.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wjed1fo4ab9i58m.png</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>1987-11-01</t>
+          <t>1989-11-27</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>07724003828</t>
+          <t>07708817213</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>surasatar4@gmail.com</t>
+          <t>sajamohamed47@gmail.com</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
           <t>2018-05-09</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الرياضية </t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>فسلجة تدريب رياضي /كرة السلة</t>
         </is>
       </c>
       <c r="M50" s="1" t="inlineStr">
         <is>
-          <t>دراسة تحليلية لمشكلات بعض عناصر العملية الادارية في المخيمات من وجهة نظر العاملين بالشعب الكشفية للمنطقتين الوسطى والجنوبية</t>
+          <t>أثر الجهد الهوائي واللاهوائي على هرموناتTSH، T3 ،T4  وبعض المؤشرات الفسيولوجية المصاحبة لدى الرياضيات وغيرالرياضيات وفق اطوار الدورة الشهرية</t>
         </is>
       </c>
       <c r="N50" s="1"/>
       <c r="O50" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P50" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>583</t>
+          <t>725</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>سجى محمد حافظ </t>
+          <t>زهراء نعيم قاسم </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Saja Mohammed Hafiz </t>
+          <t>zahraa Naeem Qasim</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wjed1fo4ab9i58m.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/70snvzoh2iap45x.PNG</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>1989-11-27</t>
+          <t>1990-07-14</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>07708817213</t>
+          <t>07714009409</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>sajamohamed47@gmail.com</t>
+          <t>zhraalsaade90@gmail.com</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
-          <t>2018-05-09</t>
+          <t>2018-05-15</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية </t>
+          <t>ادارة اعمال </t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
-          <t>فسلجة تدريب رياضي /كرة السلة</t>
+          <t>ادارة استرلتيجية </t>
         </is>
       </c>
       <c r="M51" s="1" t="inlineStr">
         <is>
-          <t>أثر الجهد الهوائي واللاهوائي على هرموناتTSH، T3 ،T4  وبعض المؤشرات الفسيولوجية المصاحبة لدى الرياضيات وغيرالرياضيات وفق اطوار الدورة الشهرية</t>
-[...2 lines deleted...]
-      <c r="N51" s="1"/>
+          <t>التوجة الاستراتيجي ودورة في البراعه التنظيمية </t>
+        </is>
+      </c>
+      <c r="N51" s="1" t="inlineStr">
+        <is>
+          <t>التوجة الاستراتيجي ودورة في البراعه التنظيمية </t>
+        </is>
+      </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P51" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>725</t>
+          <t>539</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>زهراء نعيم قاسم </t>
+          <t>علاء جواد كاظم </t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>zahraa Naeem Qasim</t>
+          <t>Alaa Jawad Kadhim </t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/70snvzoh2iap45x.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l_qceprdn3b5h70.jpg</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>1990-07-14</t>
+          <t>1989-05-26</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>07714009409</t>
+          <t>07728006208</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
-          <t>zhraalsaade90@gmail.com</t>
+          <t>alaajawad@uomisan.edu</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
-          <t>2018-05-15</t>
+          <t>2018-05-27</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
-          <t>ادارة اعمال </t>
+          <t>التربية الرياضية </t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
-          <t>ادارة استرلتيجية </t>
+          <t>فسلجة العاب ريلضية</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
-          <t>التوجة الاستراتيجي ودورة في البراعه التنظيمية </t>
-[...6 lines deleted...]
-      </c>
+          <t>تكيفات الجهاز العصبي وعلاقتها بسرعة الاستجابة الحركية لبعض الالعاب الرياضية</t>
+        </is>
+      </c>
+      <c r="N52" s="1"/>
       <c r="O52" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P52" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>539</t>
+          <t>513</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>علاء جواد كاظم </t>
+          <t>ضياء صبيح جاسم</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>Alaa Jawad Kadhim </t>
+          <t>Dheyaa Sabeeh Jasim </t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l_qceprdn3b5h70.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6hl_r2d7t1j3aue.jpeg</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>1989-05-26</t>
+          <t>1986-01-01</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>07728006208</t>
+          <t>07740783599</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
-          <t>alaajawad@uomisan.edu</t>
+          <t>diaa.sabeeh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
-          <t>2018-05-27</t>
+          <t>2018-05-28</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية </t>
+          <t>هندسة المواد</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
-          <t>فسلجة العاب ريلضية</t>
+          <t>تكنولوجيا التصنيع المتقدمة (طباعة ثلاثية الابعاد)</t>
         </is>
       </c>
       <c r="M53" s="1" t="inlineStr">
         <is>
-          <t>تكيفات الجهاز العصبي وعلاقتها بسرعة الاستجابة الحركية لبعض الالعاب الرياضية</t>
+          <t>الخواص الميكانيكية والقدرة على امتصاص الطاقة للمواد الهيكيلة (الخلوية) المتدرجة نوع (F2CCZ) المصنه بأستخدام تكنولوجيا طباعة ثلاثية الابعاد المعدنية (SLM)</t>
         </is>
       </c>
       <c r="N53" s="1"/>
       <c r="O53" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P53" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>513</t>
+          <t>348</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>ضياء صبيح جاسم</t>
+          <t>سولاف عبدالقادر حميد</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>Dheyaa Sabeeh Jasim </t>
+          <t>Solaf Abdel Qader Hameed</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6hl_r2d7t1j3aue.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jys29adbh05up8i.jpg</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>1986-01-01</t>
+          <t>1978-11-02</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>07740783599</t>
+          <t>07705500155</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
-          <t>diaa.sabeeh@uomisan.edu.iq</t>
+          <t>soulafah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
-          <t>2018-05-28</t>
+          <t>2018-05-30</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد</t>
+          <t>ادارة اعمال</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا التصنيع المتقدمة (طباعة ثلاثية الابعاد)</t>
+          <t>سلوك تنظيمي</t>
         </is>
       </c>
       <c r="M54" s="1" t="inlineStr">
         <is>
-          <t>الخواص الميكانيكية والقدرة على امتصاص الطاقة للمواد الهيكيلة (الخلوية) المتدرجة نوع (F2CCZ) المصنه بأستخدام تكنولوجيا طباعة ثلاثية الابعاد المعدنية (SLM)</t>
+          <t>دور اخلاقيات الادارة في دعم الابداع بالجامعات العراقية</t>
         </is>
       </c>
       <c r="N54" s="1"/>
       <c r="O54" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P54" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>348</t>
+          <t>756</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>سولاف عبدالقادر حميد</t>
+          <t>منار كريم كاظم</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>Solaf Abdel Qader Hameed</t>
+          <t>Manar karem kadhim</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jys29adbh05up8i.jpg</t>
+          <t>uploads/photos/i5q3dgwm17pj0eo.jpg</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>1978-11-02</t>
+          <t>1993-10-01</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>07705500155</t>
+          <t>07713908857</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>soulafah@uomisan.edu.iq</t>
+          <t>sef85sef@gmail.com</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
-          <t>2018-05-30</t>
+          <t>2018-09-13</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
-          <t>ادارة اعمال</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
-          <t>سلوك تنظيمي</t>
+          <t>تعلم حركي كرة طائرة</t>
         </is>
       </c>
       <c r="M55" s="1" t="inlineStr">
         <is>
-          <t>دور اخلاقيات الادارة في دعم الابداع بالجامعات العراقية</t>
+          <t>.تـــــأثير إستراتيجية مثلث الإستماع بأسلوب النّمذجة في تعلم مهارتي الارسال والاستقبال للاعبي الكرة الطّائرة باعمار(12-14سنة</t>
         </is>
       </c>
       <c r="N55" s="1"/>
       <c r="O55" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P55" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>756</t>
+          <t>347</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>منار كريم كاظم</t>
+          <t>ستار خلف عريبي</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>Manar karem kadhim</t>
+          <t>Star khalaf Oribi</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/i5q3dgwm17pj0eo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y87m9spqxnrgktz.jpg</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>1993-10-01</t>
+          <t>1981-06-02</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>07713908857</t>
+          <t>07705557531</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>sef85sef@gmail.com</t>
+          <t>satarkhalf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
-          <t>2018-09-13</t>
+          <t>2018-09-19</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>علوم تربوية ونفسية</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
-          <t>تعلم حركي كرة طائرة</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M56" s="1" t="inlineStr">
         <is>
-          <t>.تـــــأثير إستراتيجية مثلث الإستماع بأسلوب النّمذجة في تعلم مهارتي الارسال والاستقبال للاعبي الكرة الطّائرة باعمار(12-14سنة</t>
+          <t>فاعلية التعليم المعكوس في التحصيل وتنمية التفكير البصري لدى طلبة قسم التربية الفنية</t>
         </is>
       </c>
       <c r="N56" s="1"/>
       <c r="O56" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P56" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>347</t>
+          <t>247</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>ستار خلف عريبي</t>
+          <t>علي فرحان حاشوس</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>Star khalaf Oribi</t>
+          <t>Ali Farhan Hashous</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y87m9spqxnrgktz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ftd6w1uh0q_koi7.jpeg</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>1981-06-02</t>
+          <t>1993-06-17</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>07705557531</t>
+          <t>07716679964</t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
-          <t>satarkhalf@uomisan.edu.iq</t>
+          <t>ali_fr@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
-          <t>2018-09-19</t>
+          <t>2018-09-30</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية ونفسية</t>
+          <t>علوم رياضيات</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M57" s="1" t="inlineStr">
         <is>
-          <t>فاعلية التعليم المعكوس في التحصيل وتنمية التفكير البصري لدى طلبة قسم التربية الفنية</t>
+          <t>Suboptimal cutting stocks problem in 1-2-3 dimensional </t>
         </is>
       </c>
       <c r="N57" s="1"/>
       <c r="O57" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P57" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>247</t>
+          <t>363</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>علي فرحان حاشوس</t>
+          <t>ورود جبار عيدان</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>Ali Farhan Hashous</t>
+          <t>warud jabbar idan</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ftd6w1uh0q_koi7.jpeg</t>
+          <t>uploads/photos/rzojqw8me4hdp2b.jpg</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>1993-06-17</t>
+          <t>1983-12-01</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>07716679964</t>
+          <t>07716235832</t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
-          <t>ali_fr@uomisan.edu.iq</t>
+          <t>warud.jabbar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
-          <t>2018-09-30</t>
+          <t>2018-10-11</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
-          <t>علوم رياضيات</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>محاصيل حقلية</t>
         </is>
       </c>
       <c r="M58" s="1" t="inlineStr">
         <is>
-          <t>Suboptimal cutting stocks problem in 1-2-3 dimensional </t>
-[...2 lines deleted...]
-      <c r="N58" s="1"/>
+          <t>QTL mapping and candidate genes identification for seed weight using high-density linkage map in Brassica napus</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P58" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>363</t>
+          <t>596</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>ورود جبار عيدان</t>
+          <t>قصي مجبل شنون</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>warud jabbar idan</t>
+          <t>Qusai Mijbil Shannoun</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/rzojqw8me4hdp2b.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/yskln1hoe8c5_dp.jpg</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>1983-12-01</t>
+          <t>1976-03-24</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>07716235832</t>
+          <t>07700379595</t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
-          <t>warud.jabbar@uomisan.edu.iq</t>
+          <t>qusay@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
-          <t>2018-10-11</t>
+          <t>2018-10-17</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>قانون دولي عام</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
-          <t>محاصيل حقلية</t>
+          <t>قانون دولي</t>
         </is>
       </c>
       <c r="M59" s="1" t="inlineStr">
         <is>
-          <t>QTL mapping and candidate genes identification for seed weight using high-density linkage map in Brassica napus</t>
-[...6 lines deleted...]
-      </c>
+          <t>المسؤولية الدولية عن التحريض الأعلامي</t>
+        </is>
+      </c>
+      <c r="N59" s="1"/>
       <c r="O59" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P59" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>596</t>
+          <t>172</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>قصي مجبل شنون</t>
+          <t>ميساء محسن محمدعلي</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>Qusai Mijbil Shannoun</t>
+          <t>Mayssa</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/yskln1hoe8c5_dp.jpg</t>
+          <t>uploads/photos/ldztvco23ji0psq.jpg</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>1976-03-24</t>
+          <t>1971-04-05</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>07700379595</t>
+          <t>0773160252</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
-          <t>qusay@uomisan.edu.iq</t>
+          <t>maysaa.m.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
-          <t>2018-10-17</t>
+          <t>2018-11-18</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
-          <t>قانون دولي عام</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
-          <t>قانون دولي</t>
+          <t>فسلجة حيوان</t>
         </is>
       </c>
       <c r="M60" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الدولية عن التحريض الأعلامي</t>
+          <t> تاثير الجنستين على البلوغ المبكر في الحملان الانثوية</t>
         </is>
       </c>
       <c r="N60" s="1"/>
       <c r="O60" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P60" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>560</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>ميساء محسن محمدعلي</t>
+          <t>هاله عدنان كاظم عبد الله</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>Mayssa</t>
+          <t>halah adnan kadhim</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ldztvco23ji0psq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ersax8mihy5_l01.jpg</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>1971-04-05</t>
+          <t>1982-06-23</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>0773160252</t>
+          <t>--------</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
-          <t>maysaa.m.m@uomisan.edu.iq</t>
+          <t>halaadnan2016@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>2018-11-18</t>
+          <t>2018-11-21</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>العلوم النفسية والتربوية</t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
-          <t>فسلجة حيوان</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M61" s="1" t="inlineStr">
         <is>
-          <t> تاثير الجنستين على البلوغ المبكر في الحملان الانثوية</t>
+          <t>مدى معرفة معلمي الرياضيات ومعلماته باستراتيجيات التقويم الواقعي ودرجة تطبيقهم لها</t>
         </is>
       </c>
       <c r="N61" s="1"/>
       <c r="O61" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P61" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>560</t>
+          <t>427</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>هاله عدنان كاظم عبد الله</t>
+          <t>خمائل ابراهيم عبد الواحد</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>halah adnan kadhim</t>
+          <t>Khamael ibrahim Abdul Wahid</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ersax8mihy5_l01.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8yfu_ns70mbj9r3.png</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>1982-06-23</t>
+          <t>1980-09-22</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>--------</t>
+          <t>07727084493</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>halaadnan2016@uomisan.edu.iq</t>
+          <t>Khamael_ibrahim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
-          <t>2018-11-21</t>
+          <t>2018-11-29</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
-          <t>العلوم النفسية والتربوية</t>
+          <t>علوم الفيزياء</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>علوم الفيزياء</t>
         </is>
       </c>
       <c r="M62" s="1" t="inlineStr">
         <is>
-          <t>مدى معرفة معلمي الرياضيات ومعلماته باستراتيجيات التقويم الواقعي ودرجة تطبيقهم لها</t>
+          <t>Cu Doped ZnO as Transparent Electrode for Dye Sensitized Solar Cell )DSSC( </t>
         </is>
       </c>
       <c r="N62" s="1"/>
       <c r="O62" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P62" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>427</t>
+          <t>582</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>خمائل ابراهيم عبد الواحد</t>
+          <t>ضحى محمد حافظ </t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>Khamael ibrahim Abdul Wahid</t>
+          <t>Duha Mohammed Hafiz </t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8yfu_ns70mbj9r3.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/3kgnxhrvm_9o7wy.jpg</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>1980-09-22</t>
+          <t>1986-02-22</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>07727084493</t>
+          <t>07709031923</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
-          <t>Khamael_ibrahim@uomisan.edu.iq</t>
+          <t>duhamohammed1986222@gmail.com</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
-          <t>2018-11-29</t>
+          <t>2018-12-12</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
-          <t>علوم الفيزياء</t>
+          <t>التربية الرياضية </t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
-          <t>علوم الفيزياء</t>
+          <t>كرة قدم الصالات/ الاختبارات والقياس</t>
         </is>
       </c>
       <c r="M63" s="1" t="inlineStr">
         <is>
-          <t>Cu Doped ZnO as Transparent Electrode for Dye Sensitized Solar Cell )DSSC( </t>
+          <t> بناء مقياس معرفي وعلاقته بترتيب الفرق للدوري الممتاز للاعبي كرة قدم الصالات</t>
         </is>
       </c>
       <c r="N63" s="1"/>
       <c r="O63" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P63" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>582</t>
+          <t>298</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>ضحى محمد حافظ </t>
+          <t>سجى زبير ذيبان</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>Duha Mohammed Hafiz </t>
+          <t>saja zubayr dhiban</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/3kgnxhrvm_9o7wy.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ikjor25mcd79phq.jpg</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>1986-02-22</t>
+          <t>1988-06-10</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>07709031923</t>
+          <t>07709877559</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>duhamohammed1986222@gmail.com</t>
+          <t>saja-zubear@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>2018-12-12</t>
+          <t>2019-01-10</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية </t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
-          <t>كرة قدم الصالات/ الاختبارات والقياس</t>
+          <t>الكيمياء الحياتية</t>
         </is>
       </c>
       <c r="M64" s="1" t="inlineStr">
         <is>
-          <t> بناء مقياس معرفي وعلاقته بترتيب الفرق للدوري الممتاز للاعبي كرة قدم الصالات</t>
+          <t>Investigation of specific and non-specific detection methods for isothermal amplification of Morganellamorganii</t>
         </is>
       </c>
       <c r="N64" s="1"/>
       <c r="O64" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P64" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>298</t>
+          <t>275</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>سجى زبير ذيبان</t>
+          <t>لؤي جمعه فاضل </t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>saja zubayr dhiban</t>
+          <t>Louay Jumaa Fadhil</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ikjor25mcd79phq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7bhxr9pl4nc3fzt.png</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>1988-06-10</t>
+          <t>1984-05-16</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>07709877559</t>
+          <t>07810926866</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
-          <t>saja-zubear@uomisan.edu.iq</t>
+          <t>loaay.j.f@gmail.com</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
-          <t>2019-01-10</t>
+          <t>2019-01-30</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء الحياتية</t>
+          <t>تاريخ الوطن العربي الحديث</t>
         </is>
       </c>
       <c r="M65" s="1" t="inlineStr">
         <is>
-          <t>Investigation of specific and non-specific detection methods for isothermal amplification of Morganellamorganii</t>
+          <t>نوبار باشا ودوره السياسي في مصر حتى عام 1895</t>
         </is>
       </c>
       <c r="N65" s="1"/>
       <c r="O65" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P65" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>738</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>لؤي جمعه فاضل </t>
+          <t>ندى عادل رحمه</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>Louay Jumaa Fadhil</t>
+          <t>Nada Adil Rahmah</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7bhxr9pl4nc3fzt.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tcxj0_u4o8diphe.jpg</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>1984-05-16</t>
+          <t>1994-01-31</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>07810926866</t>
+          <t>07721655094</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
-          <t>loaay.j.f@gmail.com</t>
+          <t>nadabattatlaw@gmail.com</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
-          <t>2019-01-30</t>
+          <t>2019-02-28</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الوطن العربي الحديث</t>
+          <t>القانون الدستوري</t>
         </is>
       </c>
       <c r="M66" s="1" t="inlineStr">
         <is>
-          <t>نوبار باشا ودوره السياسي في مصر حتى عام 1895</t>
-[...2 lines deleted...]
-      <c r="N66" s="1"/>
+          <t>الاثر الرجعي للحكم بعدم الدستورية في قضاء المحكمة الاتحادية العليا في العراق دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="N66" s="1" t="inlineStr">
+        <is>
+          <t>Not found</t>
+        </is>
+      </c>
       <c r="O66" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P66" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>738</t>
+          <t>378</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>ندى عادل رحمه</t>
+          <t>ابراهيم جبار منصور </t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>Nada Adil Rahmah</t>
+          <t>Ibrahem Jabar Mansor</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tcxj0_u4o8diphe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ungy4m0srwz6_v7.jpg</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>1994-01-31</t>
+          <t>1985-10-01</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
-          <t>07721655094</t>
+          <t>07725702128</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
-          <t>nadabattatlaw@gmail.com</t>
+          <t>ibrahemj886@gmail.com</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>2019-02-28</t>
+          <t>2019-03-06</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
           <t>القانون العام</t>
         </is>
       </c>
       <c r="L67" s="1" t="inlineStr">
         <is>
-          <t>القانون الدستوري</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M67" s="1" t="inlineStr">
         <is>
-          <t>الاثر الرجعي للحكم بعدم الدستورية في قضاء المحكمة الاتحادية العليا في العراق دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>الفصل في تنازع الاختصاصبين القضاء العدلي والقضاء الاداري</t>
+        </is>
+      </c>
+      <c r="N67" s="1"/>
       <c r="O67" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="P67" s="1" t="inlineStr">
         <is>
           <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>378</t>
+          <t>273</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>ابراهيم جبار منصور </t>
+          <t>ود داود قاسم </t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>Ibrahem Jabar Mansor</t>
+          <t>wwd dawud qasim</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ungy4m0srwz6_v7.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vuez58hc9or_nqk.jpg</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>1985-10-01</t>
+          <t>1976-10-04</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>07725702128</t>
+          <t>٠٧٧١٢٦٥٩٣٢٣ </t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>ibrahemj886@gmail.com</t>
+          <t>wad_dawud@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
-          <t>2019-03-06</t>
+          <t>2019-03-07</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="M68" s="1" t="inlineStr">
         <is>
-          <t>الفصل في تنازع الاختصاصبين القضاء العدلي والقضاء الاداري</t>
+          <t>اثر استراتيجية الكرسي الساخن في التحصيل واختزال القلق الرياضي لدى تلميذات الصف الخامس الابتدائي في مادة الرياضيات </t>
         </is>
       </c>
       <c r="N68" s="1"/>
       <c r="O68" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P68" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>273</t>
+          <t>274</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>ود داود قاسم </t>
+          <t>اسماء صادق غالي</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>wwd dawud qasim</t>
+          <t>Asmaa Sadiq Ghaly</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vuez58hc9or_nqk.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xbpt5_oh7j90gfv.jpg</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>1976-10-04</t>
+          <t>1980-03-26</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٦٥٩٣٢٣ </t>
+          <t>07707362842</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>wad_dawud@uomisan.edu.iq</t>
+          <t>asmaqsadeq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
           <t>2019-03-07</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
           <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M69" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية الكرسي الساخن في التحصيل واختزال القلق الرياضي لدى تلميذات الصف الخامس الابتدائي في مادة الرياضيات </t>
+          <t> الااثر استراتيجية التعليم المتمايز في التحصيل والتفكير</t>
         </is>
       </c>
       <c r="N69" s="1"/>
       <c r="O69" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P69" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>274</t>
+          <t>286</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>اسماء صادق غالي</t>
+          <t>محمد حسن علي جبر </t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>Asmaa Sadiq Ghaly</t>
+          <t>mohammed hassan</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xbpt5_oh7j90gfv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fc43virwsehk7tz.png</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>1980-03-26</t>
+          <t>1988-12-01</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>07707362842</t>
+          <t>07712659943</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
-          <t>asmaqsadeq@uomisan.edu.iq</t>
+          <t>m0hmed.h.math@gmai.com</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
           <t>2019-03-07</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>طرائق التدريس العامه</t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>طرائق التدريس العامه</t>
         </is>
       </c>
       <c r="M70" s="1" t="inlineStr">
         <is>
-          <t> الااثر استراتيجية التعليم المتمايز في التحصيل والتفكير</t>
+          <t>بهبهرالمرحله المتوسطهالتفكير الجبري وعلاقته بعض المتغيرات لدى طل </t>
         </is>
       </c>
       <c r="N70" s="1"/>
       <c r="O70" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P70" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>286</t>
+          <t>235</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن علي جبر </t>
+          <t>فاطمة عبدالسادة شنشول</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>mohammed hassan</t>
+          <t>fatimat eabdalsadat shinshul</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fc43virwsehk7tz.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/svp_t9gcxa2johq.jpg</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>1988-12-01</t>
+          <t>1986-02-25</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>07712659943</t>
+          <t>07711989216</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>m0hmed.h.math@gmai.com</t>
+          <t>fatmatareh@gmail.com</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
-          <t>2019-03-07</t>
+          <t>2019-03-10</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس العامه</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس العامه</t>
+          <t>تاريخ الوطن العربي</t>
         </is>
       </c>
       <c r="M71" s="1" t="inlineStr">
         <is>
-          <t>بهبهرالمرحله المتوسطهالتفكير الجبري وعلاقته بعض المتغيرات لدى طل </t>
+          <t>حسن الترابي ونشاطه السياسي والفكري</t>
         </is>
       </c>
       <c r="N71" s="1"/>
       <c r="O71" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P71" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>235</t>
+          <t>377</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عبدالسادة شنشول</t>
+          <t>دجلة عبود شريف</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>fatimat eabdalsadat shinshul</t>
+          <t>dijla abowd sharif</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/svp_t9gcxa2johq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ji5zptq3dr7sycv.jpg</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>1986-02-25</t>
+          <t>1983-05-03</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t>07711989216</t>
+          <t>.</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
-          <t>fatmatareh@gmail.com</t>
+          <t>dijla.a.sh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
-          <t>2019-03-10</t>
+          <t>2019-04-07</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الوطن العربي</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M72" s="1" t="inlineStr">
         <is>
-          <t>حسن الترابي ونشاطه السياسي والفكري</t>
+          <t>Evaluating the English Textbook  &amp;#39;&amp;#39;English for Iraq&amp;#34; for the Fifth  Primary Stage in the Light of Quality Standards</t>
         </is>
       </c>
       <c r="N72" s="1"/>
       <c r="O72" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P72" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>377</t>
+          <t>599</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>دجلة عبود شريف</t>
+          <t>رعد قاسم عبد</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>dijla abowd sharif</t>
+          <t>Raed Qasim Abed</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ji5zptq3dr7sycv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/01q8fw7tnhy2bm9.jpg</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>1983-05-03</t>
+          <t>1984-02-12</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>07709090889</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
-          <t>dijla.a.sh@uomisan.edu.iq</t>
+          <t>raad_kasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
-          <t>2019-04-07</t>
+          <t>2019-04-29</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>تربيةبدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>الاختبارات و القياس - الكرة الطائرة</t>
         </is>
       </c>
       <c r="M73" s="1" t="inlineStr">
         <is>
-          <t>Evaluating the English Textbook  &amp;#39;&amp;#39;English for Iraq&amp;#34; for the Fifth  Primary Stage in the Light of Quality Standards</t>
+          <t>-تقييم بعض المتغيرات البدنية والوظيفية والمهارية وفقاً للمناهج التدريبية للاعبي  الكرة الطائرة</t>
         </is>
       </c>
       <c r="N73" s="1"/>
       <c r="O73" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P73" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>599</t>
+          <t>575</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>رعد قاسم عبد</t>
+          <t>علي عبد الكريم عبد الحسين خلف </t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>Raed Qasim Abed</t>
+          <t>ALI ABDULKAREM ABDULHUSSEIN</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/01q8fw7tnhy2bm9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/r5b6p9kmhl7wa2f.jpg</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>1984-02-12</t>
+          <t>1986-10-25</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t>07709090889</t>
+          <t>07801520173</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>raad_kasim@uomisan.edu.iq</t>
+          <t>Ali.a.kh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
           <t>2019-04-29</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
-          <t>تربيةبدنية وعلوم الرياضة</t>
+          <t>ماجستير تربية بدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
-          <t>الاختبارات و القياس - الكرة الطائرة</t>
+          <t>ادارة - ملاكمه</t>
         </is>
       </c>
       <c r="M74" s="1" t="inlineStr">
         <is>
-          <t>-تقييم بعض المتغيرات البدنية والوظيفية والمهارية وفقاً للمناهج التدريبية للاعبي  الكرة الطائرة</t>
+          <t>دراسة تقويمية لدرس الملاكمة وفق معايير ادارة الجودة الشاملة من وجهة نظر طلاب كليات التربية البدنية وعلوم الرياضة المنطقة الجنوبية</t>
         </is>
       </c>
       <c r="N74" s="1"/>
       <c r="O74" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P74" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>575</t>
+          <t>576</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الكريم عبد الحسين خلف </t>
+          <t>زهراء خالد عبد الواحد كبيان</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>ALI ABDULKAREM ABDULHUSSEIN</t>
+          <t>zahraa khalid abdulwaheed</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/r5b6p9kmhl7wa2f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e8s1_a26bjdqr0y.jpg</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>1986-10-25</t>
+          <t>1990-01-22</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>07801520173</t>
+          <t>---------------</t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>Ali.a.kh@uomisan.edu.iq</t>
+          <t>Zahraakalid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
           <t>2019-04-29</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
           <t>ماجستير تربية بدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
-          <t>ادارة - ملاكمه</t>
+          <t>طرائق تدريس - سلة</t>
         </is>
       </c>
       <c r="M75" s="1" t="inlineStr">
         <is>
-          <t>دراسة تقويمية لدرس الملاكمة وفق معايير ادارة الجودة الشاملة من وجهة نظر طلاب كليات التربية البدنية وعلوم الرياضة المنطقة الجنوبية</t>
+          <t>تاثير استراتيجية التعليم المتمايز بمصاحبة وسائط متعددة في تنمية بعض القدرات الحركية وتعلم مهارات الجمناستك الابداعي </t>
         </is>
       </c>
       <c r="N75" s="1"/>
       <c r="O75" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P75" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>576</t>
+          <t>350</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>زهراء خالد عبد الواحد كبيان</t>
+          <t>حسين أمير عباس </t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>zahraa khalid abdulwaheed</t>
+          <t>Hussein Amir Abbas</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e8s1_a26bjdqr0y.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oe4m3uxpanl129k.jpg</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>1990-01-22</t>
+          <t>1985-09-23</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t>---------------</t>
+          <t>07709964568</t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
-          <t>Zahraakalid@uomisan.edu.iq</t>
+          <t>h.a.a@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
-          <t>2019-04-29</t>
+          <t>2019-05-29</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
-          <t>ماجستير تربية بدنية وعلوم الرياضة</t>
+          <t>الاعلام</t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس - سلة</t>
+          <t>الصحافة الاذاعية والتلفزيونية</t>
         </is>
       </c>
       <c r="M76" s="1" t="inlineStr">
         <is>
-          <t>تاثير استراتيجية التعليم المتمايز بمصاحبة وسائط متعددة في تنمية بعض القدرات الحركية وتعلم مهارات الجمناستك الابداعي </t>
-[...2 lines deleted...]
-      <c r="N76" s="1"/>
+          <t>البناء الفني للبرامج الاستقصائية في الفضائيات العربية </t>
+        </is>
+      </c>
+      <c r="N76" s="1" t="inlineStr">
+        <is>
+          <t>. </t>
+        </is>
+      </c>
       <c r="O76" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P76" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>578</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>حسين أمير عباس </t>
+          <t>محمد كاظم عاشور</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>Hussein Amir Abbas</t>
+          <t>mohammed khadim ashour</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oe4m3uxpanl129k.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hsz1nmpqvt6ge4u.jpg</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>1985-09-23</t>
+          <t>1989-01-01</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>07709964568</t>
+          <t>0770</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
-          <t>h.a.a@uomisan.edu.iq</t>
+          <t>Mohamedkadim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
-          <t>2019-05-29</t>
+          <t>2019-06-12</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
-          <t>الاعلام</t>
+          <t>فسلجة التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
-          <t>الصحافة الاذاعية والتلفزيونية</t>
+          <t>فسلجة - سلة</t>
         </is>
       </c>
       <c r="M77" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني للبرامج الاستقصائية في الفضائيات العربية </t>
-[...6 lines deleted...]
-      </c>
+          <t>دراسة مقارنه لبعض مؤشرات التوازن الحراري الهرمونية والفسيولوجية بين الرياضيين وغير الرياضيين</t>
+        </is>
+      </c>
+      <c r="N77" s="1"/>
       <c r="O77" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P77" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>578</t>
+          <t>597</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>محمد كاظم عاشور</t>
+          <t>منتهى واثق شمخي </t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>mohammed khadim ashour</t>
+          <t>Muntaha watheq shamkhe </t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hsz1nmpqvt6ge4u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wcyegsunm3lo_jt.jpg</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>1989-01-01</t>
+          <t>1990-11-18</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>0770</t>
+          <t>07714654194</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
-          <t>Mohamedkadim@uomisan.edu.iq</t>
+          <t>ahmadwathq113@gmail.com</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
           <t>2019-06-12</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
-          <t>فسلجة التربية البدنية وعلوم الرياضة</t>
+          <t>تربيه بدنيه وعلوم الرياضية </t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
-          <t>فسلجة - سلة</t>
+          <t>العاب قوى /طرائق تدريس </t>
         </is>
       </c>
       <c r="M78" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنه لبعض مؤشرات التوازن الحراري الهرمونية والفسيولوجية بين الرياضيين وغير الرياضيين</t>
+          <t>تأثير تمرينات خاصه باستعمال اقراص مصنعه في تعلم الأداء الفني والانجاز لفعاليه رمي القرص للطالبات </t>
         </is>
       </c>
       <c r="N78" s="1"/>
       <c r="O78" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P78" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>597</t>
+          <t>243</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>منتهى واثق شمخي </t>
+          <t>بيداء عبد حسين</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>Muntaha watheq shamkhe </t>
+          <t>bayda abd hussein</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wcyegsunm3lo_jt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/agw3r_cuv4zhlto.jpeg</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>1990-11-18</t>
+          <t>1986-11-10</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>07714654194</t>
+          <t>07723131777</t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
-          <t>ahmadwathq113@gmail.com</t>
+          <t>baidaa.alsa3di@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>2019-06-12</t>
+          <t>2019-06-13</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t>تربيه بدنيه وعلوم الرياضية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
-          <t>العاب قوى /طرائق تدريس </t>
+          <t>فسلجة حيوان</t>
         </is>
       </c>
       <c r="M79" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصه باستعمال اقراص مصنعه في تعلم الأداء الفني والانجاز لفعاليه رمي القرص للطالبات </t>
+          <t>The phyto-nootropic heritage of Mesopotamian medicine: Focus on putative cholinesterase inhibitors</t>
         </is>
       </c>
       <c r="N79" s="1"/>
       <c r="O79" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P79" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>243</t>
+          <t>752</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>بيداء عبد حسين</t>
+          <t>عمار هيثم محسن</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>bayda abd hussein</t>
+          <t>ammar haetham mohsin</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/agw3r_cuv4zhlto.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kxm9piy806h42t7.jpg</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>1986-11-10</t>
+          <t>1982-04-09</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>07723131777</t>
+          <t>07705503744</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
-          <t>baidaa.alsa3di@uomisan.edu.iq</t>
+          <t>emar.haetham@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
-          <t>2019-06-13</t>
+          <t>2019-06-30</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
-          <t>فسلجة حيوان</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="M80" s="1" t="inlineStr">
         <is>
-          <t>The phyto-nootropic heritage of Mesopotamian medicine: Focus on putative cholinesterase inhibitors</t>
+          <t>النظام القانوني لفروع الشركات الاجنبية في العراق (دراسة تحليلية مقارنة)</t>
         </is>
       </c>
       <c r="N80" s="1"/>
       <c r="O80" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P80" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>752</t>
+          <t>805</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>عمار هيثم محسن</t>
+          <t>حنان هاشم عبد</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>ammar haetham mohsin</t>
+          <t>Hanan hashim abed</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/kxm9piy806h42t7.jpg</t>
+          <t>uploads/photos/tmf7kpdxg0aziur.jpg</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>1982-04-09</t>
+          <t>1987-07-16</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t>07705503744</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
-          <t>emar.haetham@uomisan.edu.iq</t>
+          <t>hananalmaula@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
-          <t>2019-06-30</t>
+          <t>2019-07-16</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
+          <t>هندسة كيمياوية</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
+          <t>هندسة كيمياوية</t>
         </is>
       </c>
       <c r="M81" s="1" t="inlineStr">
         <is>
-          <t>النظام القانوني لفروع الشركات الاجنبية في العراق (دراسة تحليلية مقارنة)</t>
+          <t>Preparation of poly(butylene succinate)/poly(vinyl pyrrolidone) blend membrane for utilization in pervaporation process</t>
         </is>
       </c>
       <c r="N81" s="1"/>
       <c r="O81" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P81" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>805</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>حنان هاشم عبد</t>
+          <t>علاء جمعه كريم </t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>Hanan hashim abed</t>
+          <t>Alaa jumaa karrim</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/tmf7kpdxg0aziur.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wb_myevdqnl1xci.JPG</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>1987-07-16</t>
+          <t>1979-12-03</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>٠٧٧٠٢٨٤٢٢١٩</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>hananalmaula@uomisan.edu.iq</t>
+          <t>alaa.jm2017@gmail.com</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>2019-07-16</t>
+          <t>2019-08-17</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>هندسة كيمياوية</t>
+          <t>محاسبه</t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
-          <t>هندسة كيمياوية</t>
+          <t>محاسبه</t>
         </is>
       </c>
       <c r="M82" s="1" t="inlineStr">
         <is>
-          <t>Preparation of poly(butylene succinate)/poly(vinyl pyrrolidone) blend membrane for utilization in pervaporation process</t>
+          <t>العلاقه بين رأس المال العامل والاداء المالي في سوق العراق للاوراق الماليه</t>
         </is>
       </c>
       <c r="N82" s="1"/>
       <c r="O82" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P82" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>240</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>علاء جمعه كريم </t>
+          <t>جواد كاظم داخل</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>Alaa jumaa karrim</t>
+          <t>jawad kadhm dakhil</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wb_myevdqnl1xci.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ep5a2s6k8lt_4xh.jpg</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>1979-12-03</t>
+          <t>1973-01-01</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٢٨٤٢٢١٩</t>
+          <t>07705516913</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>alaa.jm2017@gmail.com</t>
+          <t>jawadkad73@gmail.com</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
-          <t>2019-08-17</t>
+          <t>2019-08-18</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
-          <t>محاسبه</t>
+          <t>التاريخ الحديث والمعاصر</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
-          <t>محاسبه</t>
+          <t>تاريخ الوطن العربي</t>
         </is>
       </c>
       <c r="M83" s="1" t="inlineStr">
         <is>
-          <t>العلاقه بين رأس المال العامل والاداء المالي في سوق العراق للاوراق الماليه</t>
+          <t>مجلس التعاون العربي 1989-1991</t>
         </is>
       </c>
       <c r="N83" s="1"/>
       <c r="O83" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P83" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>240</t>
+          <t>497</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>جواد كاظم داخل</t>
+          <t>حسين ماضي حمد</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>jawad kadhm dakhil</t>
+          <t>Hussain madhy hamed</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ep5a2s6k8lt_4xh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hzj9eiam2pngy0l.jpg</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>1973-01-01</t>
+          <t>1984-02-24</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>07705516913</t>
+          <t>07716441618</t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
-          <t>jawadkad73@gmail.com</t>
+          <t>hussainbahadly8@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
-          <t>2019-08-18</t>
+          <t>2019-09-19</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث والمعاصر</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الوطن العربي</t>
+          <t>Energy conservation</t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>مجلس التعاون العربي 1989-1991</t>
+          <t>Heat transfer between two eccentric sphere</t>
         </is>
       </c>
       <c r="N84" s="1"/>
       <c r="O84" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P84" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>497</t>
+          <t>379</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>حسين ماضي حمد</t>
+          <t>سحر رامي عيدان</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>Hussain madhy hamed</t>
+          <t>sahar rami eidan</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hzj9eiam2pngy0l.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t3ael7vzrjcwqn5.jpg</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>1984-02-24</t>
+          <t>1992-11-01</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>07716441618</t>
+          <t>07805917500</t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
-          <t>hussainbahadly8@uomisan.edu.iq</t>
+          <t>www.samo29@gmail.com</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>2019-09-19</t>
+          <t>2019-10-01</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>الجغرافية</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
-          <t>Energy conservation</t>
+          <t>جغرافية زراعية</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>Heat transfer between two eccentric sphere</t>
-[...2 lines deleted...]
-      <c r="N85" s="1"/>
+          <t>الإمكانات الجغرافية لتربيةحيوانات الماشية في محافظة ميسان</t>
+        </is>
+      </c>
+      <c r="N85" s="1" t="inlineStr">
+        <is>
+          <t>لا يوجد</t>
+        </is>
+      </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P85" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>668</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>سحر رامي عيدان</t>
+          <t>رغد اسماعيل عريبي نافل</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>sahar rami eidan</t>
+          <t>Raghad ismail oreiby</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t3ael7vzrjcwqn5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hwlgox8znd5etp6.jpg</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
-          <t>1992-11-01</t>
+          <t>1987-10-11</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>07805917500</t>
+          <t>07727087436</t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
-          <t>www.samo29@gmail.com</t>
+          <t>raghdaismail@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
-          <t>2019-10-01</t>
+          <t>2019-10-03</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
-          <t>جغرافية زراعية</t>
+          <t>النحو والصرف</t>
         </is>
       </c>
       <c r="M86" s="1" t="inlineStr">
         <is>
-          <t>الإمكانات الجغرافية لتربيةحيوانات الماشية في محافظة ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>اعتراضات ابن جماعة وترجيحاته النحوية والصرفيــة فـي كتــاب شـــرح الكافيــة </t>
+        </is>
+      </c>
+      <c r="N86" s="1"/>
       <c r="O86" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P86" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>668</t>
+          <t>581</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>رغد اسماعيل عريبي نافل</t>
+          <t>نبيل عبد الرزاق ياسين</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>Raghad ismail oreiby</t>
+          <t>Nabeel Abdulrazaq yaseen</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hwlgox8znd5etp6.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/v_j54sch3m0utkr.jpg</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>1987-10-11</t>
+          <t>1968-10-06</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>07727087436</t>
+          <t> 07712691080</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
-          <t>raghdaismail@uomisan.edu.iq</t>
+          <t>nabil@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
-          <t>2019-10-03</t>
+          <t>2019-10-10</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>هندسة الحاسبات</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
-          <t>النحو والصرف</t>
+          <t>هندسة البرامجيات</t>
         </is>
       </c>
       <c r="M87" s="1" t="inlineStr">
         <is>
-          <t>اعتراضات ابن جماعة وترجيحاته النحوية والصرفيــة فـي كتــاب شـــرح الكافيــة </t>
+          <t>الكشف عن السرطان في مدينة العماره-العراق باستخدام التعلم الالكتروني</t>
         </is>
       </c>
       <c r="N87" s="1"/>
       <c r="O87" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P87" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>306</t>
+          <t>455</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>فاتن خضير عباس </t>
+          <t>حسين سعدون ياسين</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>Faten Khudair Abbas</t>
+          <t>Hussein Saadoun</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lr0e_yamh31654u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sqe3g9x46a5fm2y.jpeg</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>1989-07-17</t>
+          <t>1981-12-15</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>07718151585</t>
+          <t>07712460853</t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
-          <t>fatanf145@gmail.com</t>
+          <t>hus_phy8@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
-          <t>2019-10-05</t>
+          <t>2019-10-19</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة </t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
-          <t>فسلجة طبية </t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
-          <t>Study of some hormonal and biochemical parameters associated with polycistic ovary syndrome in diabetic women type 2 </t>
+          <t>تصنيع مرهم نانوي لعلاج حروق جلد الحيوانات</t>
         </is>
       </c>
       <c r="N88" s="1"/>
       <c r="O88" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P88" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>581</t>
+          <t>824</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>نبيل عبد الرزاق ياسين</t>
+          <t>رسول داخل محسن</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>Nabeel Abdulrazaq yaseen</t>
+          <t>Rasool Dakhil Mohsen</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/v_j54sch3m0utkr.jpg</t>
+          <t>uploads/photos/toarqim97f14pzx.jpg</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>1968-10-06</t>
+          <t>1981-09-07</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t> 07712691080</t>
+          <t>07710559656</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>nabil@uomisan.edu.iq</t>
+          <t>rasool.d@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>2019-10-10</t>
+          <t>2019-10-23</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسبات</t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
-          <t>هندسة البرامجيات</t>
+          <t>مواد بناء</t>
         </is>
       </c>
       <c r="M89" s="1" t="inlineStr">
         <is>
-          <t>الكشف عن السرطان في مدينة العماره-العراق باستخدام التعلم الالكتروني</t>
+          <t>التحقق حول طاقة الكسر للخرسانة المقواة بالألياف الهجينة</t>
         </is>
       </c>
       <c r="N89" s="1"/>
       <c r="O89" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>455</t>
+          <t>777</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>حسين سعدون ياسين</t>
+          <t>م.م.تقى محمد حنون </t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>Hussein Saadoun</t>
+          <t>Tuqa Mohammed Hannoon</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sqe3g9x46a5fm2y.jpeg</t>
+          <t>uploads/photos/zpkjlhtofnr0_mb.png</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>1981-12-15</t>
+          <t>1986-07-15</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>07712460853</t>
+          <t>000</t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
-          <t>hus_phy8@uomisan.edu.iq</t>
+          <t>tuqa.mohammed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
-          <t>2019-10-19</t>
+          <t>2019-10-23</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>طرائق تدريس اللغة الانكليزية</t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>تصنيع مرهم نانوي لعلاج حروق جلد الحيوانات</t>
+          <t>تقييم اختبارات مدرسي اللغة الأنكليزية العراقيين الحالين في ضوء معاير اختبارات اللغة التواصلية</t>
         </is>
       </c>
       <c r="N90" s="1"/>
       <c r="O90" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P90" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>824</t>
+          <t>936</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>رسول داخل محسن</t>
+          <t>احمد جعفر الموسوي</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>Rasool Dakhil Mohsen</t>
+          <t>Ahmed Jaafar Al-Musawi</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/toarqim97f14pzx.jpg</t>
+          <t>uploads/photos/awn4h3b91evuxir.jpg</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>1981-09-07</t>
+          <t>1991-03-04</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>07710559656</t>
+          <t>07715930994</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>rasool.d@uomisan.edu.iq</t>
+          <t>ahmedjaafar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>2019-10-23</t>
+          <t>2019-11-01</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>كيمياء</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
-          <t>مواد بناء</t>
+          <t>كيمياء عضوية</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>التحقق حول طاقة الكسر للخرسانة المقواة بالألياف الهجينة</t>
+          <t>تحضير وتشخيص وتقييم مضاد للالتهاب لبعض المشتقات الجديده لـ            ۲-(۳-فلوروبايفنيل-٤-يل)حامض البروبانويك</t>
         </is>
       </c>
       <c r="N91" s="1"/>
       <c r="O91" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P91" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>777</t>
+          <t>577</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>م.م.تقى محمد حنون </t>
+          <t>فراس جاسب خلف</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>Tuqa Mohammed Hannoon</t>
+          <t>firas chasib khalaf</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/zpkjlhtofnr0_mb.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/0uesdaznitv_5lg.jpg</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>1986-07-15</t>
+          <t>1982-12-28</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>000</t>
+          <t>07705604961</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>tuqa.mohammed@uomisan.edu.iq</t>
+          <t>firaschk@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>2019-10-23</t>
+          <t>2019-12-09</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>بايوميكانيك العاب قوى</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الانكليزية</t>
+          <t>بايوميكانيك العاب قوى</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>تقييم اختبارات مدرسي اللغة الأنكليزية العراقيين الحالين في ضوء معاير اختبارات اللغة التواصلية</t>
+          <t> تاثير تدريبات بمقاومات خارجية وفق الأداء الفني لتطوير  بعض القدرات البدنية والمتغيرات البايوميكانيكية والانجاز أعدائي 400م حواجز للناشئين </t>
         </is>
       </c>
       <c r="N92" s="1"/>
       <c r="O92" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P92" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>936</t>
+          <t>502</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>احمد جعفر الموسوي</t>
+          <t>عادل كريم جاسم</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Jaafar Al-Musawi</t>
+          <t>Adel kareem Jasim</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/awn4h3b91evuxir.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uh43pjmwng_fcle.jpg</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>1991-03-04</t>
+          <t>1989-01-11</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>07715930994</t>
+          <t>07723646792</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>ahmedjaafar@uomisan.edu.iq</t>
+          <t>Adelkarimmm@uomasin.edu.eq</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>2019-11-01</t>
+          <t>2019-12-09</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>كيمياء</t>
+          <t>علوم الكيمياء </t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
-          <t>كيمياء عضوية</t>
+          <t>الكيمياء الحياتية</t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص وتقييم مضاد للالتهاب لبعض المشتقات الجديده لـ            ۲-(۳-فلوروبايفنيل-٤-يل)حامض البروبانويك</t>
+          <t>تحضير وتشخيص بعض البلورات السائلة الدايمرية الغير متماثلة </t>
         </is>
       </c>
       <c r="N93" s="1"/>
       <c r="O93" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P93" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>577</t>
+          <t>555</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>فراس جاسب خلف</t>
+          <t>اسراء عبدالزهره ارخيص</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>firas chasib khalaf</t>
+          <t>Esraa Abdulzahra Irkhayis</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/0uesdaznitv_5lg.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i5pmw6ec3oanl_q.jpg</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>1982-12-28</t>
+          <t>1991-07-30</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>07705604961</t>
+          <t>07721654614</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>firaschk@uomisan.edu.iq</t>
+          <t>essrra.iraq@gmqil.com</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
           <t>2019-12-09</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>بايوميكانيك العاب قوى</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
-          <t>بايوميكانيك العاب قوى</t>
+          <t>التعلم الحركي / الكرة الطائرة</t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t> تاثير تدريبات بمقاومات خارجية وفق الأداء الفني لتطوير  بعض القدرات البدنية والمتغيرات البايوميكانيكية والانجاز أعدائي 400م حواجز للناشئين </t>
+          <t>تأثير استراتيجية التعلم النشط وفق اسلوبي العصف الذهني والتعلم الذاتي المبرمج في تعلم بعض المهارات الاساسية بالكرة الطائرة للطلاب</t>
         </is>
       </c>
       <c r="N94" s="1"/>
       <c r="O94" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P94" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>502</t>
+          <t>552</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>عادل كريم جاسم</t>
+          <t>زينب عبد الكاظم حسناوي </t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>Adel kareem Jasim</t>
+          <t>Zainab Abd Ulkadhim Hasnawi</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uh43pjmwng_fcle.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5xm0fu69nk7rg_v.jpg</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>1989-01-11</t>
+          <t>1990-04-01</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>07723646792</t>
+          <t>07712656273</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>Adelkarimmm@uomasin.edu.eq</t>
+          <t>zainbkathiam@gmail.com</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
-          <t>2019-12-09</t>
+          <t>2019-12-13</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>علوم الكيمياء </t>
+          <t>التربية البدنية وعلوم الرياضة </t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء الحياتية</t>
+          <t>البايوميكانيك/ العاب القوى </t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص بعض البلورات السائلة الدايمرية الغير متماثلة </t>
+          <t> بإنجاز بطل العالم لاصار القامة فئة ٤٠ في دفع الثقل دراسة تحليل ثلاثية الأبعاد لأهم المتغيرات البايوكينماتيكية وعلاقتها </t>
         </is>
       </c>
       <c r="N95" s="1"/>
       <c r="O95" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P95" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>555</t>
+          <t>304</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالزهره ارخيص</t>
+          <t>منتظر صبيح داود</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>Esraa Abdulzahra Irkhayis</t>
+          <t>montadher sabeh dawood</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i5pmw6ec3oanl_q.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vrskogzfh3wm71u.jpg</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>1991-07-30</t>
+          <t>1980-02-15</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>07721654614</t>
+          <t>0770</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>essrra.iraq@gmqil.com</t>
+          <t>m.s.d.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>2019-12-09</t>
+          <t>2019-12-18</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
-          <t>التعلم الحركي / الكرة الطائرة</t>
+          <t>القانون الدستوري</t>
         </is>
       </c>
       <c r="M96" s="1" t="inlineStr">
         <is>
-          <t>تأثير استراتيجية التعلم النشط وفق اسلوبي العصف الذهني والتعلم الذاتي المبرمج في تعلم بعض المهارات الاساسية بالكرة الطائرة للطلاب</t>
+          <t>دور مجلس النواب العراقي في تشكيل السلطة التنفيذية الاتحادية</t>
         </is>
       </c>
       <c r="N96" s="1"/>
       <c r="O96" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P96" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>552</t>
+          <t>480</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>زينب عبد الكاظم حسناوي </t>
+          <t>علي جبر مشكل</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>Zainab Abd Ulkadhim Hasnawi</t>
+          <t>ALI JBER MSHKIL</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5xm0fu69nk7rg_v.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fdrc640tgumv2x8.jpg</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>1990-04-01</t>
+          <t>1987-01-10</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>07712656273</t>
+          <t>009647711412312</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
-          <t>zainbkathiam@gmail.com</t>
+          <t>alijber1987@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
-          <t>2019-12-13</t>
+          <t>2019-12-30</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة </t>
+          <t>كهرباء</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
-          <t>البايوميكانيك/ العاب القوى </t>
+          <t>POWER</t>
         </is>
       </c>
       <c r="M97" s="1" t="inlineStr">
         <is>
-          <t> بإنجاز بطل العالم لاصار القامة فئة ٤٠ في دفع الثقل دراسة تحليل ثلاثية الأبعاد لأهم المتغيرات البايوكينماتيكية وعلاقتها </t>
+          <t>A COMPARATIVE STUDY OF MPPT AND VOLTAGE REGULATOR CONTROLLERS FOR CONTROLLING OUTPUT VOLTAGE IN PV APPLICATIONS</t>
         </is>
       </c>
       <c r="N97" s="1"/>
       <c r="O97" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>304</t>
+          <t>541</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>منتظر صبيح داود</t>
+          <t>جواد كاظم جواد</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>montadher sabeh dawood</t>
+          <t>Jawad Kazem Jawad</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vrskogzfh3wm71u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0clnyrx_j9wsbuh.jpg</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>1980-02-15</t>
+          <t>1981-02-19</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>0770</t>
+          <t>07705557553</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>m.s.d.m@uomisan.edu.iq</t>
+          <t>jawad.kadhim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2019-12-18</t>
+          <t>2020-02-19</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>القانون الدستوري</t>
+          <t>تاريخ حديث ومعاصر</t>
         </is>
       </c>
       <c r="M98" s="1" t="inlineStr">
         <is>
-          <t>دور مجلس النواب العراقي في تشكيل السلطة التنفيذية الاتحادية</t>
-[...2 lines deleted...]
-      <c r="N98" s="1"/>
+          <t>امارة سوران الكردية 1813-1838 دراسة تاريخية</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O98" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>480</t>
+          <t>454</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>علي جبر مشكل</t>
+          <t>رغد وليد طه ياسين </t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>ALI JBER MSHKIL</t>
+          <t>Raghad waleed Taha</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fdrc640tgumv2x8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z_0432pf8git71n.jpg</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>1987-01-10</t>
+          <t>1980-01-31</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>009647711412312</t>
+          <t>07722998090</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>alijber1987@uomisan.edu.iq</t>
+          <t>raghad-waleed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>2019-12-30</t>
+          <t>2020-03-09</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>كهرباء</t>
+          <t>مناهج وطرائق تدريس</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>POWER</t>
+          <t>مناهج وطرائق تدريس</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>A COMPARATIVE STUDY OF MPPT AND VOLTAGE REGULATOR CONTROLLERS FOR CONTROLLING OUTPUT VOLTAGE IN PV APPLICATIONS</t>
+          <t>تقييم محتوى كتاب العلوم للصف الأول متوسط في ضوء معايير ال times-2015  في العراق</t>
         </is>
       </c>
       <c r="N99" s="1"/>
       <c r="O99" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P99" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>541</t>
+          <t>241</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>جواد كاظم جواد</t>
+          <t>ملتقى ناصر جبار رحيمه </t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>Jawad Kazem Jawad</t>
+          <t>multaqaa nasir jabaar rahimah</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/0clnyrx_j9wsbuh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fw3_q82biu9tlsd.jpg</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>1981-02-19</t>
+          <t>1980-07-01</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>07705557553</t>
+          <t>٠٧٧١٢٦٥٥٩٦١</t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>jawad.kadhim@uomisan.edu.iq</t>
+          <t>multakanaser@gimel.com</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>2020-02-19</t>
+          <t>2020-03-09</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>مناهج و طرق تدريس عامة</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر</t>
+          <t>مناهج و طرق تدريس عامة</t>
         </is>
       </c>
       <c r="M100" s="1" t="inlineStr">
         <is>
-          <t>امارة سوران الكردية 1813-1838 دراسة تاريخية</t>
-[...6 lines deleted...]
-      </c>
+          <t>فاعلية استراتيجية المحطات العلمية في اكتساب المفاهيم وتنمية التفكير البصري في مادة الخط العربي والزخرفة الاسلامية لدى طلبة قسم التربية الفنية </t>
+        </is>
+      </c>
+      <c r="N100" s="1"/>
       <c r="O100" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P100" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>454</t>
+          <t>282</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>رغد وليد طه ياسين </t>
+          <t>منار فاروق عزيز </t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>Raghad waleed Taha</t>
+          <t>Manar Farouk Aziz</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z_0432pf8git71n.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3kswhagp6qxcntb.jpg</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>1980-01-31</t>
+          <t>2021-10-02</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>07722998090</t>
+          <t>07727 222644</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>raghad-waleed@uomisan.edu.iq</t>
+          <t>manar.f.a@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
           <t>2020-03-09</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس</t>
+          <t>طرائق التدريس العام</t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس</t>
+          <t>طرائق تدريس العام</t>
         </is>
       </c>
       <c r="M101" s="1" t="inlineStr">
         <is>
-          <t>تقييم محتوى كتاب العلوم للصف الأول متوسط في ضوء معايير ال times-2015  في العراق</t>
+          <t>التلمذه المعرفية وأثرها في التحصيل والتفكير الرياضي لدى تاميذات الصف الخامس الابتدائي </t>
         </is>
       </c>
       <c r="N101" s="1"/>
       <c r="O101" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P101" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>108</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>ملتقى ناصر جبار رحيمه </t>
+          <t>ساره كريم سالم </t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>multaqaa nasir jabaar rahimah</t>
+          <t>Sarah Kareem Salim</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fw3_q82biu9tlsd.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ukelo718awbnygm.JPG</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
-          <t>1980-07-01</t>
+          <t>1987-07-19</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G102" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٦٥٥٩٦١</t>
+          <t>None</t>
         </is>
       </c>
       <c r="H102" s="1" t="inlineStr">
         <is>
-          <t>multakanaser@gimel.com</t>
+          <t>sarahalthahabi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I102" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J102" s="1" t="inlineStr">
         <is>
-          <t>2020-03-09</t>
+          <t>2020-04-10</t>
         </is>
       </c>
       <c r="K102" s="1" t="inlineStr">
         <is>
-          <t>مناهج و طرق تدريس عامة</t>
+          <t>Computer engineering</t>
         </is>
       </c>
       <c r="L102" s="1" t="inlineStr">
         <is>
-          <t>مناهج و طرق تدريس عامة</t>
+          <t>Computer engineering</t>
         </is>
       </c>
       <c r="M102" s="1" t="inlineStr">
         <is>
-          <t>فاعلية استراتيجية المحطات العلمية في اكتساب المفاهيم وتنمية التفكير البصري في مادة الخط العربي والزخرفة الاسلامية لدى طلبة قسم التربية الفنية </t>
+          <t>PERFORMANCE ENHANCEMENT OF OPTICAL DATA CENTERS USING SPACE-DIVISION MULTIPLEXING TECHNIQUES</t>
         </is>
       </c>
       <c r="N102" s="1"/>
       <c r="O102" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P102" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>282</t>
+          <t>322</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>منار فاروق عزيز </t>
+          <t>ورود لفته مطير حسين  </t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>Manar Farouk Aziz</t>
+          <t>worod laftah mutear</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3kswhagp6qxcntb.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_1dktmnoh7p4gxf.jpg</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>2021-10-02</t>
+          <t>1983-12-17</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
-          <t>07727 222644</t>
+          <t>07727002622</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>manar.f.a@uomisan.edu.iq</t>
+          <t>worood.iraq83@gmail.com</t>
         </is>
       </c>
       <c r="I103" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J103" s="1" t="inlineStr">
         <is>
-          <t>2020-03-09</t>
+          <t>2020-04-16</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس العام</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس العام</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M103" s="1" t="inlineStr">
         <is>
-          <t>التلمذه المعرفية وأثرها في التحصيل والتفكير الرياضي لدى تاميذات الصف الخامس الابتدائي </t>
-[...2 lines deleted...]
-      <c r="N103" s="1"/>
+          <t>دور المحكمة الادارية العليا في توحيد المبادئ القانونية في العراق (دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>not</t>
+        </is>
+      </c>
       <c r="O103" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P103" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>108</t>
+          <t>648</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>ساره كريم سالم </t>
+          <t>سجى جاسم محمد</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kareem Salim</t>
+          <t>saja jassim mohammed</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ukelo718awbnygm.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/20tysge6nhkvcx_.jpg</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>1987-07-19</t>
+          <t>1988-09-22</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>07707199592</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
-          <t>sarahalthahabi@uomisan.edu.iq</t>
+          <t>jassimsaja25@gmail.com</t>
         </is>
       </c>
       <c r="I104" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J104" s="1" t="inlineStr">
         <is>
-          <t>2020-04-10</t>
+          <t>2020-05-04</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
-          <t>Computer engineering</t>
+          <t>اللغة العربية / الادب </t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>Computer engineering</t>
+          <t>الادب الحاهلي</t>
         </is>
       </c>
       <c r="M104" s="1" t="inlineStr">
         <is>
-          <t>PERFORMANCE ENHANCEMENT OF OPTICAL DATA CENTERS USING SPACE-DIVISION MULTIPLEXING TECHNIQUES</t>
+          <t>الثنائيات الضدية في الأمثال العربية مجمع الأمثال للميداني (ت518هـ) أنموذجا</t>
         </is>
       </c>
       <c r="N104" s="1"/>
       <c r="O104" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P104" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>322</t>
+          <t>330</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>ورود لفته مطير حسين  </t>
+          <t>عبدالمحسن نتيش حسن</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>worod laftah mutear</t>
+          <t>Abdul Mohsen Natish Hassan</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_1dktmnoh7p4gxf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/98oh2qkagm5z4e_.jpg</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>1983-12-17</t>
+          <t>1973-01-01</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
-          <t>07727002622</t>
+          <t>009647712661771</t>
         </is>
       </c>
       <c r="H105" s="1" t="inlineStr">
         <is>
-          <t>worood.iraq83@gmail.com</t>
+          <t>muhsanntesh@gmail.com</t>
         </is>
       </c>
       <c r="I105" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J105" s="1" t="inlineStr">
         <is>
-          <t>2020-04-16</t>
+          <t>2020-05-07</t>
         </is>
       </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>قانون عام </t>
         </is>
       </c>
       <c r="L105" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>قانون الجنائي</t>
         </is>
       </c>
       <c r="M105" s="1" t="inlineStr">
         <is>
-          <t>دور المحكمة الادارية العليا في توحيد المبادئ القانونية في العراق (دراسة مقارنة)</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر المصالحة مع الادارة في جرائم الاموال العامة </t>
+        </is>
+      </c>
+      <c r="N105" s="1"/>
       <c r="O105" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="P105" s="1" t="inlineStr">
         <is>
           <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>648</t>
+          <t>305</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>سجى جاسم محمد</t>
+          <t>علي خلف موسى</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>saja jassim mohammed</t>
+          <t>Ali khalaf musaa</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/20tysge6nhkvcx_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_6b8qudclfz507.jpeg</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
-          <t>1988-09-22</t>
+          <t>1981-11-13</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G106" s="1" t="inlineStr">
         <is>
-          <t>07707199592</t>
+          <t>07703193511</t>
         </is>
       </c>
       <c r="H106" s="1" t="inlineStr">
         <is>
-          <t>jassimsaja25@gmail.com</t>
+          <t>ali_mh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I106" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J106" s="1" t="inlineStr">
         <is>
-          <t>2020-05-04</t>
+          <t>2020-05-10</t>
         </is>
       </c>
       <c r="K106" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية / الادب </t>
+          <t>تربية بدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L106" s="1" t="inlineStr">
         <is>
-          <t>الادب الحاهلي</t>
+          <t>طرائق تدريس كرة سلة</t>
         </is>
       </c>
       <c r="M106" s="1" t="inlineStr">
         <is>
-          <t>الثنائيات الضدية في الأمثال العربية مجمع الأمثال للميداني (ت518هـ) أنموذجا</t>
+          <t>تأثير وحدات تعليميه وفق انموذج كمب في التحصيل المعرفي  وتعليم بعض المهارات المركبه بكره السله للطلاب</t>
         </is>
       </c>
       <c r="N106" s="1"/>
       <c r="O106" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P106" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>330</t>
+          <t>376</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>عبدالمحسن نتيش حسن</t>
+          <t>اسمهان صادق جعفر</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>Abdul Mohsen Natish Hassan</t>
+          <t>Asmhan sadiq</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/98oh2qkagm5z4e_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2k36vgtzo7s_8yl.jpg</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
-          <t>1973-01-01</t>
+          <t>1987-01-18</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G107" s="1" t="inlineStr">
         <is>
-          <t>009647712661771</t>
+          <t>07711382770</t>
         </is>
       </c>
       <c r="H107" s="1" t="inlineStr">
         <is>
-          <t>muhsanntesh@gmail.com</t>
+          <t>ipho55069@gmail.com</t>
         </is>
       </c>
       <c r="I107" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J107" s="1" t="inlineStr">
         <is>
-          <t>2020-05-07</t>
+          <t>2020-05-13</t>
         </is>
       </c>
       <c r="K107" s="1" t="inlineStr">
         <is>
-          <t>قانون عام </t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L107" s="1" t="inlineStr">
         <is>
-          <t>قانون الجنائي</t>
+          <t>طرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M107" s="1" t="inlineStr">
         <is>
-          <t>اثر المصالحة مع الادارة في جرائم الاموال العامة </t>
+          <t>1</t>
         </is>
       </c>
       <c r="N107" s="1"/>
       <c r="O107" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P107" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>305</t>
+          <t>632</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>علي خلف موسى</t>
+          <t>تحسين علي هامان نويسي</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>Ali khalaf musaa</t>
+          <t>Tahseen Ali Haman Nawisi</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_6b8qudclfz507.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tzqcpkh7b6ya3m5.jpg</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
-          <t>1981-11-13</t>
+          <t>1985-12-09</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
-          <t>07703193511</t>
+          <t>07719919057</t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
-          <t>ali_mh@uomisan.edu.iq</t>
+          <t>haman4097@gmail.com</t>
         </is>
       </c>
       <c r="I108" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J108" s="1" t="inlineStr">
         <is>
-          <t>2020-05-10</t>
+          <t>2020-06-04</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية وعلوم الرياضة</t>
+          <t>الجغرافية</t>
         </is>
       </c>
       <c r="L108" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس كرة سلة</t>
+          <t>الجغرافية</t>
         </is>
       </c>
       <c r="M108" s="1" t="inlineStr">
         <is>
-          <t>تأثير وحدات تعليميه وفق انموذج كمب في التحصيل المعرفي  وتعليم بعض المهارات المركبه بكره السله للطلاب</t>
+          <t>التقييم المكاني لمحطات الوقود في مدينة العمارة</t>
         </is>
       </c>
       <c r="N108" s="1"/>
       <c r="O108" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P108" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>376</t>
+          <t>522</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>اسمهان صادق جعفر</t>
+          <t>افراح عادل حسن علوان</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>Asmhan sadiq</t>
+          <t>AfrahAdilHassenAlwan</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2k36vgtzo7s_8yl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y5g3a7t6hrb8evm.jpeg</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
-          <t>1987-01-18</t>
+          <t>1987-10-12</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G109" s="1" t="inlineStr">
         <is>
-          <t>07711382770</t>
+          <t>07705556606</t>
         </is>
       </c>
       <c r="H109" s="1" t="inlineStr">
         <is>
-          <t>ipho55069@gmail.com</t>
+          <t>afrah.adil@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I109" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J109" s="1" t="inlineStr">
         <is>
-          <t>2020-05-13</t>
+          <t>2020-08-30</t>
         </is>
       </c>
       <c r="K109" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>تشريح بشري</t>
         </is>
       </c>
       <c r="L109" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس عامة</t>
+          <t>تشريح</t>
         </is>
       </c>
       <c r="M109" s="1" t="inlineStr">
         <is>
-          <t>1</t>
-[...2 lines deleted...]
-      <c r="N109" s="1"/>
+          <t>GESTATION RELATED HISTO-MORPHOMETRIC AND IMMUNOHISTOCHEMICAL CHANGES IN STAR AND OXIDATIVE STRESS IN RAT ADRENAL GLAND CORTEX</t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>_</t>
+        </is>
+      </c>
       <c r="O109" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P109" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>632</t>
+          <t>141</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>تحسين علي هامان نويسي</t>
+          <t>محمد جمعة عبد الحسين سعيد </t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>Tahseen Ali Haman Nawisi</t>
+          <t>Muhammad Jumaa Abdul Hussein Saeed</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tzqcpkh7b6ya3m5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n4wpj905eu8lkay.jpg</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
-          <t>1985-12-09</t>
+          <t>2021-06-13</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G110" s="1" t="inlineStr">
         <is>
-          <t>07719919057</t>
+          <t>٠٧٧٠٥٥٧٢٤٧١</t>
         </is>
       </c>
       <c r="H110" s="1" t="inlineStr">
         <is>
-          <t>haman4097@gmail.com</t>
+          <t>moj19862017@gmail.com</t>
         </is>
       </c>
       <c r="I110" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J110" s="1" t="inlineStr">
         <is>
-          <t>2020-06-04</t>
+          <t>2020-09-09</t>
         </is>
       </c>
       <c r="K110" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>قانون </t>
         </is>
       </c>
       <c r="L110" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>قسم القانون الدولي </t>
         </is>
       </c>
       <c r="M110" s="1" t="inlineStr">
         <is>
-          <t>التقييم المكاني لمحطات الوقود في مدينة العمارة</t>
-[...2 lines deleted...]
-      <c r="N110" s="1"/>
+          <t>التنظيم القانوني لمكافحة الازدواج الضريبي الدولي</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>_</t>
+        </is>
+      </c>
       <c r="O110" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P110" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>522</t>
+          <t>609</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>افراح عادل حسن علوان</t>
+          <t>فاطمة جبار حسين</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>AfrahAdilHassenAlwan</t>
+          <t>fatimat jabaar husayn</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y5g3a7t6hrb8evm.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ak4y3r0o19lmzd6.JPG</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>1987-10-12</t>
+          <t>1980-01-01</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
         <is>
-          <t>07705556606</t>
+          <t>07731370999</t>
         </is>
       </c>
       <c r="H111" s="1" t="inlineStr">
         <is>
-          <t>afrah.adil@uomisan.edu.iq</t>
+          <t>fatma.j.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I111" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J111" s="1" t="inlineStr">
         <is>
-          <t>2020-08-30</t>
+          <t>2020-10-14</t>
         </is>
       </c>
       <c r="K111" s="1" t="inlineStr">
         <is>
-          <t>تشريح بشري</t>
+          <t>طرائق ومناهج التدريس العامة</t>
         </is>
       </c>
       <c r="L111" s="1" t="inlineStr">
         <is>
-          <t>تشريح</t>
+          <t>طرائق ومناهج التدريس العامة</t>
         </is>
       </c>
       <c r="M111" s="1" t="inlineStr">
         <is>
-          <t>GESTATION RELATED HISTO-MORPHOMETRIC AND IMMUNOHISTOCHEMICAL CHANGES IN STAR AND OXIDATIVE STRESS IN RAT ADRENAL GLAND CORTEX</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر استراتيجية التدريس التنازلي في اكتساب المفاهيم وتنمية التفكير الناقل لدا طلبة قسم التربية الفنية في مادة تاريخ الفن</t>
+        </is>
+      </c>
+      <c r="N111" s="1"/>
       <c r="O111" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P111" s="1" t="inlineStr">
         <is>
-          <t>طب الاسنان</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>640</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>محمد جمعة عبد الحسين سعيد </t>
+          <t>علي جلوب العيبي جعفر </t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>Muhammad Jumaa Abdul Hussein Saeed</t>
+          <t>Ali Jalob AlAibi Jaafar</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n4wpj905eu8lkay.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4q3t_nyos1lzbvx.jpg</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>2021-06-13</t>
+          <t>1982-12-14</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G112" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٥٥٧٢٤٧١</t>
+          <t>07737701996</t>
         </is>
       </c>
       <c r="H112" s="1" t="inlineStr">
         <is>
-          <t>moj19862017@gmail.com</t>
+          <t>alichloob1@gmail.com</t>
         </is>
       </c>
       <c r="I112" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J112" s="1" t="inlineStr">
         <is>
-          <t>2020-09-09</t>
+          <t>2020-11-16</t>
         </is>
       </c>
       <c r="K112" s="1" t="inlineStr">
         <is>
-          <t>قانون </t>
+          <t>دراسات اسلامسة</t>
         </is>
       </c>
       <c r="L112" s="1" t="inlineStr">
         <is>
-          <t>قسم القانون الدولي </t>
+          <t>علوم القرآن والحديث</t>
         </is>
       </c>
       <c r="M112" s="1" t="inlineStr">
         <is>
-          <t>التنظيم القانوني لمكافحة الازدواج الضريبي الدولي</t>
+          <t> مرويات الكليني التفسيرية في كتابه الكافي/ الأخلاق أنموذجاً</t>
         </is>
       </c>
       <c r="N112" s="1" t="inlineStr">
         <is>
-          <t>_</t>
+          <t>----</t>
         </is>
       </c>
       <c r="O112" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P112" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>609</t>
+          <t>171</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>فاطمة جبار حسين</t>
+          <t>علي عدنان حسوني</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>fatimat jabaar husayn</t>
+          <t>  Ali Adnan Hassouni</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ak4y3r0o19lmzd6.JPG</t>
+          <t>uploads/photos/sc0_zfr4u6mnxbe.jpg</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>1980-01-01</t>
+          <t>1986-03-18</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G113" s="1" t="inlineStr">
         <is>
-          <t>07731370999</t>
+          <t>07705572490</t>
         </is>
       </c>
       <c r="H113" s="1" t="inlineStr">
         <is>
-          <t>fatma.j.h@uomisan.edu.iq</t>
+          <t>ali.adnan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I113" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J113" s="1" t="inlineStr">
         <is>
-          <t>2020-10-14</t>
+          <t>2020-11-18</t>
         </is>
       </c>
       <c r="K113" s="1" t="inlineStr">
         <is>
-          <t>طرائق ومناهج التدريس العامة</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L113" s="1" t="inlineStr">
         <is>
-          <t>طرائق ومناهج التدريس العامة</t>
+          <t>محاصيل حقلية </t>
         </is>
       </c>
       <c r="M113" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية التدريس التنازلي في اكتساب المفاهيم وتنمية التفكير الناقل لدا طلبة قسم التربية الفنية في مادة تاريخ الفن</t>
+          <t>تاثير فترات الري في نمو وحاصل اصناف من الذرة البيضاء والادغال المرافقة لها </t>
         </is>
       </c>
       <c r="N113" s="1"/>
       <c r="O113" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P113" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>640</t>
+          <t>48</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>علي جلوب العيبي جعفر </t>
+          <t>فلاح دريول غامي </t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>Ali Jalob AlAibi Jaafar</t>
+          <t>Falah Driul Gami</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4q3t_nyos1lzbvx.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pny9ejduozlh2fc.png</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>1982-12-14</t>
+          <t>1980-10-28</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G114" s="1" t="inlineStr">
         <is>
-          <t>07737701996</t>
+          <t>7703947714</t>
         </is>
       </c>
       <c r="H114" s="1" t="inlineStr">
         <is>
-          <t>alichloob1@gmail.com</t>
+          <t>falahdrewol@gmail.com</t>
         </is>
       </c>
       <c r="I114" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J114" s="1" t="inlineStr">
         <is>
-          <t>2020-11-16</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="K114" s="1" t="inlineStr">
         <is>
-          <t>دراسات اسلامسة</t>
+          <t>جغرافية المدن</t>
         </is>
       </c>
       <c r="L114" s="1" t="inlineStr">
         <is>
-          <t>علوم القرآن والحديث</t>
+          <t>جغرافية المدن</t>
         </is>
       </c>
       <c r="M114" s="1" t="inlineStr">
         <is>
-          <t> مرويات الكليني التفسيرية في كتابه الكافي/ الأخلاق أنموذجاً</t>
+          <t>اتجاهات النمو الحضري في مدينة العمارة </t>
         </is>
       </c>
       <c r="N114" s="1" t="inlineStr">
         <is>
-          <t>----</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O114" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P114" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>55</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>علي عدنان حسوني</t>
+          <t>وجدان فرحان مجيد</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>  Ali Adnan Hassouni</t>
+          <t>Wijdan Farhan Majeed</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/sc0_zfr4u6mnxbe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ba9ih5nl3d_4o0p.png</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
-          <t>1986-03-18</t>
+          <t>1972-07-30</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G115" s="1" t="inlineStr">
         <is>
-          <t>07705572490</t>
+          <t>07705593960</t>
         </is>
       </c>
       <c r="H115" s="1" t="inlineStr">
         <is>
-          <t>ali.adnan@uomisan.edu.iq</t>
+          <t>pepelonh@gmail.com</t>
         </is>
       </c>
       <c r="I115" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J115" s="1" t="inlineStr">
         <is>
-          <t>2020-11-18</t>
+          <t>2020-11-24</t>
         </is>
       </c>
       <c r="K115" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>الجغرافية البشرية</t>
         </is>
       </c>
       <c r="L115" s="1" t="inlineStr">
         <is>
-          <t>محاصيل حقلية </t>
+          <t>جغرافية النقل</t>
         </is>
       </c>
       <c r="M115" s="1" t="inlineStr">
         <is>
-          <t>تاثير فترات الري في نمو وحاصل اصناف من الذرة البيضاء والادغال المرافقة لها </t>
-[...2 lines deleted...]
-      <c r="N115" s="1"/>
+          <t>التحليل الجغرافي للنقل البري في محافظة ميسان</t>
+        </is>
+      </c>
+      <c r="N115" s="1" t="inlineStr">
+        <is>
+          <t>----------</t>
+        </is>
+      </c>
       <c r="O115" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P115" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>58</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>فلاح دريول غامي </t>
+          <t>هند طارق مجيد</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>Falah Driul Gami</t>
+          <t>Hind Tariq Majeed</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pny9ejduozlh2fc.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/17gwe4kmyczn2b9.png</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>1980-10-28</t>
+          <t>1981-11-09</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G116" s="1" t="inlineStr">
         <is>
-          <t>7703947714</t>
+          <t>07716132919</t>
         </is>
       </c>
       <c r="H116" s="1" t="inlineStr">
         <is>
-          <t>falahdrewol@gmail.com</t>
+          <t>imdalea6@gmail.com</t>
         </is>
       </c>
       <c r="I116" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J116" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-24</t>
         </is>
       </c>
       <c r="K116" s="1" t="inlineStr">
         <is>
-          <t>جغرافية المدن</t>
+          <t>جغرافية عامة </t>
         </is>
       </c>
       <c r="L116" s="1" t="inlineStr">
         <is>
-          <t>جغرافية المدن</t>
+          <t>جيومورفولوجي</t>
         </is>
       </c>
       <c r="M116" s="1" t="inlineStr">
         <is>
-          <t>اتجاهات النمو الحضري في مدينة العمارة </t>
+          <t>الخصائص الجيومورفولوجية لمنطقة جلات شمالي شرق محافظة ميسان </t>
         </is>
       </c>
       <c r="N116" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>----------</t>
         </is>
       </c>
       <c r="O116" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P116" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>56</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>وجدان فرحان مجيد</t>
+          <t>هديل هشام عبد الامير </t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>Wijdan Farhan Majeed</t>
+          <t>Hadeel Hisham Abdel Amir</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ba9ih5nl3d_4o0p.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q7gjeun681cdip0.png</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
-          <t>1972-07-30</t>
+          <t>1986-01-01</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G117" s="1" t="inlineStr">
         <is>
-          <t>07705593960</t>
+          <t>07710834383</t>
         </is>
       </c>
       <c r="H117" s="1" t="inlineStr">
         <is>
-          <t>pepelonh@gmail.com</t>
+          <t>hadeelalsafaar07@gmail.com</t>
         </is>
       </c>
       <c r="I117" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J117" s="1" t="inlineStr">
         <is>
           <t>2020-11-24</t>
         </is>
       </c>
       <c r="K117" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية البشرية</t>
+          <t>جغرافية</t>
         </is>
       </c>
       <c r="L117" s="1" t="inlineStr">
         <is>
-          <t>جغرافية النقل</t>
+          <t>جغرافية سكانية</t>
         </is>
       </c>
       <c r="M117" s="1" t="inlineStr">
         <is>
-          <t>التحليل الجغرافي للنقل البري في محافظة ميسان</t>
+          <t>تركز السكان وتشتتهم في محافظة ميسان دراسة في جغرافية السكان</t>
         </is>
       </c>
       <c r="N117" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O117" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P117" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>426</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>هند طارق مجيد</t>
+          <t>بهاء الدين كاظم قاسم علي</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>Hind Tariq Majeed</t>
+          <t>BAHAULDDIN KADHIM QASIM</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/17gwe4kmyczn2b9.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3no9lwyei_pbsh7.jpg</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>1981-11-09</t>
+          <t>1987-01-03</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G118" s="1" t="inlineStr">
         <is>
-          <t>07716132919</t>
+          <t>07803461177</t>
         </is>
       </c>
       <c r="H118" s="1" t="inlineStr">
         <is>
-          <t>imdalea6@gmail.com</t>
+          <t>bahaaldeen87@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I118" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J118" s="1" t="inlineStr">
         <is>
-          <t>2020-11-24</t>
+          <t>2020-12-06</t>
         </is>
       </c>
       <c r="K118" s="1" t="inlineStr">
         <is>
-          <t>جغرافية عامة </t>
+          <t>الفيزياء النانوية</t>
         </is>
       </c>
       <c r="L118" s="1" t="inlineStr">
         <is>
-          <t>جيومورفولوجي</t>
+          <t>خلايا شمسية صبغية</t>
         </is>
       </c>
       <c r="M118" s="1" t="inlineStr">
         <is>
-          <t>الخصائص الجيومورفولوجية لمنطقة جلات شمالي شرق محافظة ميسان </t>
-[...6 lines deleted...]
-      </c>
+          <t>Preparation of Multi-Walled Carbon Nanotube/TiO2 Mesoporous Hybrid as Photoanode for Dye-Sensitized Solar Cell</t>
+        </is>
+      </c>
+      <c r="N118" s="1"/>
       <c r="O118" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P118" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>56</t>
+          <t>267</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>هديل هشام عبد الامير </t>
+          <t>فريد حنين جاسم محمد</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>Hadeel Hisham Abdel Amir</t>
+          <t>Fared Hanen jassim mohammed</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q7gjeun681cdip0.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vie6cqxlytz7psw.jpeg</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>1986-01-01</t>
+          <t>1975-07-01</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G119" s="1" t="inlineStr">
         <is>
-          <t>07710834383</t>
+          <t>07710894240/ 07816187069</t>
         </is>
       </c>
       <c r="H119" s="1" t="inlineStr">
         <is>
-          <t>hadeelalsafaar07@gmail.com</t>
+          <t>fareed.haneen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I119" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J119" s="1" t="inlineStr">
         <is>
-          <t>2020-11-24</t>
+          <t>2020-12-09</t>
         </is>
       </c>
       <c r="K119" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>ماجستير قانون خاص</t>
         </is>
       </c>
       <c r="L119" s="1" t="inlineStr">
         <is>
-          <t>جغرافية سكانية</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M119" s="1" t="inlineStr">
         <is>
-          <t>تركز السكان وتشتتهم في محافظة ميسان دراسة في جغرافية السكان</t>
-[...6 lines deleted...]
-      </c>
+          <t>الحماية المدنية من الاعلان التجاري المضلل</t>
+        </is>
+      </c>
+      <c r="N119" s="1"/>
       <c r="O119" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P119" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>426</t>
+          <t>457</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>بهاء الدين كاظم قاسم علي</t>
+          <t>رشا شاكر محمود</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>BAHAULDDIN KADHIM QASIM</t>
+          <t>Rasha shaker mahmood</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3no9lwyei_pbsh7.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v1xbid0zt_hlk6f.jpg</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>1987-01-03</t>
+          <t>2021-06-13</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
-          <t>07803461177</t>
+          <t>٠٧٧١٢٤٢٥٨٣٥</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
-          <t>bahaaldeen87@uomisan.edu.iq</t>
+          <t>rasha_shaker@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>2020-12-06</t>
+          <t>2020-12-18</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء النانوية</t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>خلايا شمسية صبغية</t>
+          <t>كيمياء لاعضويه</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
-          <t>Preparation of Multi-Walled Carbon Nanotube/TiO2 Mesoporous Hybrid as Photoanode for Dye-Sensitized Solar Cell</t>
+          <t>تحضير وتشخيص ودراسة الفعاليه البايزلوطيه لبعض معقدات Co(II).Ni(II).Cu(II)المحتويه على ليكاندات ازو-ازوميثين</t>
         </is>
       </c>
       <c r="N120" s="1"/>
       <c r="O120" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P120" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>267</t>
+          <t>976</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>فريد حنين جاسم محمد</t>
+          <t>مهند مهدي محمد</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>Fared Hanen jassim mohammed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mohanad Mahdi Mohammed</t>
+        </is>
+      </c>
+      <c r="D121" s="1"/>
       <c r="E121" s="1" t="inlineStr">
         <is>
-          <t>1975-07-01</t>
+          <t>1994-05-18</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G121" s="1" t="inlineStr">
         <is>
-          <t>07710894240/ 07816187069</t>
+          <t>07723137326</t>
         </is>
       </c>
       <c r="H121" s="1" t="inlineStr">
         <is>
-          <t>fareed.haneen@uomisan.edu.iq</t>
+          <t>muhannad.m.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I121" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J121" s="1" t="inlineStr">
         <is>
-          <t>2020-12-09</t>
+          <t>2020-12-31</t>
         </is>
       </c>
       <c r="K121" s="1" t="inlineStr">
         <is>
-          <t>ماجستير قانون خاص</t>
+          <t>ماجستير علوم حياة</t>
         </is>
       </c>
       <c r="L121" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
-[...6 lines deleted...]
-      </c>
+          <t>فطريات</t>
+        </is>
+      </c>
+      <c r="M121" s="1"/>
       <c r="N121" s="1"/>
       <c r="O121" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P121" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>457</t>
+          <t>129</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>رشا شاكر محمود</t>
+          <t>شيماء ماهود محمد</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>Rasha shaker mahmood</t>
+          <t>Shaymaa</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v1xbid0zt_hlk6f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k1i_zt8rvn6420m.jpg</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
-          <t>2021-06-13</t>
+          <t>1982-02-03</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G122" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٤٢٥٨٣٥</t>
+          <t>07705765782</t>
         </is>
       </c>
       <c r="H122" s="1" t="inlineStr">
         <is>
-          <t>rasha_shaker@uomisan.edu.iq</t>
+          <t>shaymamahod@uomisan.edu.com</t>
         </is>
       </c>
       <c r="I122" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J122" s="1" t="inlineStr">
         <is>
-          <t>2020-12-18</t>
+          <t>2021-01-09</t>
         </is>
       </c>
       <c r="K122" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t> الاحصاء</t>
         </is>
       </c>
       <c r="L122" s="1" t="inlineStr">
         <is>
-          <t>كيمياء لاعضويه</t>
+          <t>احصاء تطبيقي</t>
         </is>
       </c>
       <c r="M122" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص ودراسة الفعاليه البايزلوطيه لبعض معقدات Co(II).Ni(II).Cu(II)المحتويه على ليكاندات ازو-ازوميثين</t>
+          <t>اء  المبناء أنموذج احتمالية لتحليل الازدحامات المرورية في محافظة كربلاء المقدسةل</t>
         </is>
       </c>
       <c r="N122" s="1"/>
       <c r="O122" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P122" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>976</t>
+          <t>393</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>مهند مهدي محمد</t>
+          <t>حوراء فاضل حسين </t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>Mohanad Mahdi Mohammed</t>
-[...2 lines deleted...]
-      <c r="D123" s="1"/>
+          <t>Hawraa Falih Hussein </t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6pckge8f_9ljhbq.jpeg</t>
+        </is>
+      </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
-          <t>1994-05-18</t>
+          <t>1988-09-04</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G123" s="1" t="inlineStr">
         <is>
-          <t>07723137326</t>
+          <t>07705755425</t>
         </is>
       </c>
       <c r="H123" s="1" t="inlineStr">
         <is>
-          <t>muhannad.m.m@uomisan.edu.iq</t>
+          <t>hhh.al.basri@gmail.com</t>
         </is>
       </c>
       <c r="I123" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J123" s="1" t="inlineStr">
         <is>
-          <t>2020-12-31</t>
+          <t>2021-01-31</t>
         </is>
       </c>
       <c r="K123" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حياة</t>
+          <t>Biology</t>
         </is>
       </c>
       <c r="L123" s="1" t="inlineStr">
         <is>
-          <t>فطريات</t>
-[...2 lines deleted...]
-      <c r="M123" s="1"/>
+          <t>Histology and Empryology</t>
+        </is>
+      </c>
+      <c r="M123" s="1" t="inlineStr">
+        <is>
+          <t>The effect of hydrocortisone on cartilage types , distribution and differentiation in Xiphophorus hellerii </t>
+        </is>
+      </c>
       <c r="N123" s="1"/>
       <c r="O123" s="1" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="P123" s="1" t="inlineStr">
         <is>
           <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>129</t>
+          <t>899</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>شيماء ماهود محمد</t>
+          <t>سرور علي جبار</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t>Shaymaa</t>
-[...6 lines deleted...]
-      </c>
+          <t>sroor ali</t>
+        </is>
+      </c>
+      <c r="D124" s="1"/>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>1982-02-03</t>
+          <t>1992-07-21</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
         <is>
-          <t>07705765782</t>
+          <t>07744881462</t>
         </is>
       </c>
       <c r="H124" s="1" t="inlineStr">
         <is>
-          <t>shaymamahod@uomisan.edu.com</t>
+          <t>sroor.ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I124" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J124" s="1" t="inlineStr">
         <is>
-          <t>2021-01-09</t>
+          <t>2021-02-02</t>
         </is>
       </c>
       <c r="K124" s="1" t="inlineStr">
         <is>
-          <t> الاحصاء</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L124" s="1" t="inlineStr">
         <is>
-          <t>احصاء تطبيقي</t>
+          <t>نحو</t>
         </is>
       </c>
       <c r="M124" s="1" t="inlineStr">
         <is>
-          <t>اء  المبناء أنموذج احتمالية لتحليل الازدحامات المرورية في محافظة كربلاء المقدسةل</t>
+          <t>الجواز النحوي في كتاب المقاصد الشافية للشاطبي</t>
         </is>
       </c>
       <c r="N124" s="1"/>
       <c r="O124" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P124" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>393</t>
+          <t>134</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>حوراء فاضل حسين </t>
+          <t>محمد علي حسين </t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>Hawraa Falih Hussein </t>
+          <t>Muhammad Ali Hussein</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6pckge8f_9ljhbq.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xg9vnelay3owf5p.jpg</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>1988-09-04</t>
+          <t>1991-10-06</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
         <is>
-          <t>07705755425</t>
+          <t>07710879185</t>
         </is>
       </c>
       <c r="H125" s="1" t="inlineStr">
         <is>
-          <t>hhh.al.basri@gmail.com</t>
+          <t>mohammedali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I125" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J125" s="1" t="inlineStr">
         <is>
-          <t>2021-01-31</t>
+          <t>2021-02-07</t>
         </is>
       </c>
       <c r="K125" s="1" t="inlineStr">
         <is>
-          <t>Biology</t>
+          <t>إدارة الاعمال</t>
         </is>
       </c>
       <c r="L125" s="1" t="inlineStr">
         <is>
-          <t>Histology and Empryology</t>
+          <t>إدارة استراتيجية </t>
         </is>
       </c>
       <c r="M125" s="1" t="inlineStr">
         <is>
-          <t>The effect of hydrocortisone on cartilage types , distribution and differentiation in Xiphophorus hellerii </t>
+          <t>تأثير القيادة الاستراتيجية في تعزيز الممارسات الاستراتيجية لإدارة الموارد البشرية </t>
         </is>
       </c>
       <c r="N125" s="1"/>
       <c r="O125" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P125" s="1" t="inlineStr">
         <is>
-          <t>طب الاسنان</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>899</t>
+          <t>884</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>سرور علي جبار</t>
+          <t>محمد عبد الحسن بريسم</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>sroor ali</t>
-[...2 lines deleted...]
-      <c r="D126" s="1"/>
+          <t>MOHAMMED ABDULHASAN BRESAM</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/qrbflixws84261z.jpg</t>
+        </is>
+      </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
-          <t>1992-07-21</t>
+          <t>1975-02-01</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
         <is>
-          <t>07744881462</t>
+          <t>07732874260</t>
         </is>
       </c>
       <c r="H126" s="1" t="inlineStr">
         <is>
-          <t>sroor.ali@uomisan.edu.iq</t>
+          <t>m.abdulhasan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I126" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J126" s="1" t="inlineStr">
         <is>
-          <t>2021-02-02</t>
+          <t>2021-02-14</t>
         </is>
       </c>
       <c r="K126" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>وقاية نبات</t>
         </is>
       </c>
       <c r="L126" s="1" t="inlineStr">
         <is>
-          <t>نحو</t>
+          <t>امراض نبات</t>
         </is>
       </c>
       <c r="M126" s="1" t="inlineStr">
         <is>
-          <t>الجواز النحوي في كتاب المقاصد الشافية للشاطبي</t>
-[...2 lines deleted...]
-      <c r="N126" s="1"/>
+          <t>المكافحة البيولوجية لمرض الذبول الطري في الطماطم المتسبب عن فطر رايزوكتونيا سولاني</t>
+        </is>
+      </c>
+      <c r="N126" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="O126" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P126" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>134</t>
+          <t>956</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>محمد علي حسين </t>
+          <t>كرار مهدي عبد الصاحب</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>Muhammad Ali Hussein</t>
+          <t>kararmahdiabdualsaheb</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xg9vnelay3owf5p.jpg</t>
+          <t>uploads/files/x9qkmvfczn3gy4b.jpg</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>1991-10-06</t>
+          <t>1985-10-11</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
-          <t>07710879185</t>
+          <t>07705580401</t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>mohammedali@uomisan.edu.iq</t>
+          <t>kraraldrajy@gmail.com</t>
         </is>
       </c>
       <c r="I127" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J127" s="1" t="inlineStr">
         <is>
-          <t>2021-02-07</t>
+          <t>2021-03-04</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
-          <t>إدارة الاعمال</t>
+          <t>الفكر الإسلامي والعقيدة</t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>إدارة استراتيجية </t>
+          <t>الفكر الإسلامي والعقيدة</t>
         </is>
       </c>
       <c r="M127" s="1" t="inlineStr">
         <is>
-          <t>تأثير القيادة الاستراتيجية في تعزيز الممارسات الاستراتيجية لإدارة الموارد البشرية </t>
+          <t>المنطق عند العلّامة الحلّي( دراسة تحليلية)</t>
         </is>
       </c>
       <c r="N127" s="1"/>
       <c r="O127" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P127" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>884</t>
+          <t>100</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الحسن بريسم</t>
+          <t>ايمان محمد اسماعيل</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>MOHAMMED ABDULHASAN BRESAM</t>
+          <t>Iman Mohammed Ismail</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/qrbflixws84261z.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/huigrj52c8fz6sv.jpg</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>1975-02-01</t>
+          <t>1985-07-22</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
-          <t>07732874260</t>
+          <t>07712469234</t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>m.abdulhasan@uomisan.edu.iq</t>
+          <t>eman.mohamed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I128" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J128" s="1" t="inlineStr">
         <is>
-          <t>2021-02-14</t>
+          <t>2021-03-18</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
-          <t>وقاية نبات</t>
+          <t>ميكانيك عام</t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t>امراض نبات</t>
+          <t>تطبيقي</t>
         </is>
       </c>
       <c r="M128" s="1" t="inlineStr">
         <is>
-          <t>المكافحة البيولوجية لمرض الذبول الطري في الطماطم المتسبب عن فطر رايزوكتونيا سولاني</t>
-[...6 lines deleted...]
-      </c>
+          <t>Design of FUZZY PID contoller Used to Improve the Response of a Quarter Car Syspension System with Uncertain Stiffness</t>
+        </is>
+      </c>
+      <c r="N128" s="1"/>
       <c r="O128" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P128" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>956</t>
+          <t>617</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>كرار مهدي عبد الصاحب</t>
+          <t>محمد فاخر راضي</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>kararmahdiabdualsaheb</t>
+          <t>Muhammad Fakher Radi</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/x9qkmvfczn3gy4b.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4hcy105ujlzdrn6.jpg</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>1985-10-11</t>
+          <t>1974-07-01</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
-          <t>07705580401</t>
+          <t>07728100733</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
-          <t>kraraldrajy@gmail.com</t>
+          <t>moh.f.bas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J129" s="1" t="inlineStr">
         <is>
-          <t>2021-03-04</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
-          <t>الفكر الإسلامي والعقيدة</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>الفكر الإسلامي والعقيدة</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="M129" s="1" t="inlineStr">
         <is>
-          <t>المنطق عند العلّامة الحلّي( دراسة تحليلية)</t>
+          <t>النظام الاداري في لواء العمارة 1921-1058</t>
         </is>
       </c>
       <c r="N129" s="1"/>
       <c r="O129" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>395</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>ايمان محمد اسماعيل</t>
+          <t>محمد فوزي جبار </t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>Iman Mohammed Ismail</t>
+          <t>mohammed Fawzy jabar</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/huigrj52c8fz6sv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jqgkimrewbx5lpu.jpg</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>1985-07-22</t>
+          <t>1986-10-08</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
-          <t>07712469234</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
-          <t>eman.mohamed@uomisan.edu.iq</t>
+          <t>Ahmed.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I130" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J130" s="1" t="inlineStr">
         <is>
-          <t>2021-03-18</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="K130" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك عام</t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="L130" s="1" t="inlineStr">
         <is>
-          <t>تطبيقي</t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="M130" s="1" t="inlineStr">
         <is>
-          <t>Design of FUZZY PID contoller Used to Improve the Response of a Quarter Car Syspension System with Uncertain Stiffness</t>
-[...2 lines deleted...]
-      <c r="N130" s="1"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O130" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P130" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>617</t>
+          <t>998</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>محمد فاخر راضي</t>
+          <t>سجى سالم هاشم </t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>Muhammad Fakher Radi</t>
+          <t>Saja Salem Hashem</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4hcy105ujlzdrn6.jpg</t>
+          <t>uploads/files/tmayr8210x_u5ed.jpg</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
-          <t>1974-07-01</t>
+          <t>1996-07-02</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G131" s="1" t="inlineStr">
         <is>
-          <t>07728100733</t>
+          <t>07766388115</t>
         </is>
       </c>
       <c r="H131" s="1" t="inlineStr">
         <is>
-          <t>moh.f.bas@uomisan.edu.iq</t>
+          <t>Saja.salim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I131" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J131" s="1" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2021-07-21</t>
         </is>
       </c>
       <c r="K131" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>الجغرافية </t>
         </is>
       </c>
       <c r="L131" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>جغرافية المناخ </t>
         </is>
       </c>
       <c r="M131" s="1" t="inlineStr">
         <is>
-          <t>النظام الاداري في لواء العمارة 1921-1058</t>
+          <t>التغير في اتجاهات قرائن التطرف الحراري وتوقعاتها المستقبلية في محطتي الديوانية والحي </t>
         </is>
       </c>
       <c r="N131" s="1"/>
       <c r="O131" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P131" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>395</t>
+          <t>845</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>محمد فوزي جبار </t>
+          <t>محسن هاشم كرم </t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>mohammed Fawzy jabar</t>
+          <t>MOHSEN H. KARM</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jqgkimrewbx5lpu.jpg</t>
+          <t>uploads/photos/tbiy4lc9wau6m_s.jpg</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
-          <t>1986-10-08</t>
+          <t>1977-01-10</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G132" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07712436123</t>
         </is>
       </c>
       <c r="H132" s="1" t="inlineStr">
         <is>
-          <t>Ahmed.m@uomisan.edu.iq</t>
+          <t>mhsnalnwry6@gmail.com</t>
         </is>
       </c>
       <c r="I132" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J132" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="K132" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>ماجستير محاسبة</t>
         </is>
       </c>
       <c r="L132" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="M132" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>ممارسات التدقيق الداخلي لتخفيض مخاطر النظم المحوسبة وتاثيرها في القرارات الاستراتيجية للشركات العامة العراقية</t>
+        </is>
+      </c>
+      <c r="N132" s="1"/>
       <c r="O132" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P132" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>998</t>
+          <t>173</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>سجى سالم هاشم </t>
+          <t>فلاح حسين حنون </t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>Saja Salem Hashem</t>
+          <t>Falah Hussein Hanoon </t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/tmayr8210x_u5ed.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ptu6xl3gqd4jnr2.jpg</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
-          <t>1996-07-02</t>
+          <t>2021-09-12</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G133" s="1" t="inlineStr">
         <is>
-          <t>07766388115</t>
+          <t>07711175004</t>
         </is>
       </c>
       <c r="H133" s="1" t="inlineStr">
         <is>
-          <t>Saja.salim@uomisan.edu.iq</t>
+          <t>falahhhalsarri@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I133" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J133" s="1" t="inlineStr">
         <is>
-          <t>2021-07-21</t>
+          <t>2021-09-01</t>
         </is>
       </c>
       <c r="K133" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية </t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L133" s="1" t="inlineStr">
         <is>
-          <t>جغرافية المناخ </t>
+          <t>ترجمة</t>
         </is>
       </c>
       <c r="M133" s="1" t="inlineStr">
         <is>
-          <t>التغير في اتجاهات قرائن التطرف الحراري وتوقعاتها المستقبلية في محطتي الديوانية والحي </t>
-[...2 lines deleted...]
-      <c r="N133" s="1"/>
+          <t>&amp;#39;A cultural-Linguistic Approach for Studying the Translation of Ahmed Saasawi&amp;#39;s Novel Frankenstein in Bghdad&amp;#39;</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>لايوجد</t>
+        </is>
+      </c>
       <c r="O133" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P133" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>845</t>
+          <t>517</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>محسن هاشم كرم </t>
+          <t>محمد رؤوف محمود</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>MOHSEN H. KARM</t>
+          <t>Mohammed Raoof Mhmood</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/tbiy4lc9wau6m_s.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4b58k9j1eni7s0z.jpg</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
-          <t>1977-01-10</t>
+          <t>1994-07-28</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G134" s="1" t="inlineStr">
         <is>
-          <t>07712436123</t>
+          <t>07709963256</t>
         </is>
       </c>
       <c r="H134" s="1" t="inlineStr">
         <is>
-          <t>mhsnalnwry6@gmail.com</t>
+          <t>mohamed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I134" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J134" s="1" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2021-09-30</t>
         </is>
       </c>
       <c r="K134" s="1" t="inlineStr">
         <is>
-          <t>ماجستير محاسبة</t>
+          <t>ادارة اعمال</t>
         </is>
       </c>
       <c r="L134" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>ادارة معرفة</t>
         </is>
       </c>
       <c r="M134" s="1" t="inlineStr">
         <is>
-          <t>ممارسات التدقيق الداخلي لتخفيض مخاطر النظم المحوسبة وتاثيرها في القرارات الاستراتيجية للشركات العامة العراقية</t>
+          <t>دور هندسة راس المال الفكري في بناء قدرات المنظمات الذكية</t>
         </is>
       </c>
       <c r="N134" s="1"/>
       <c r="O134" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P134" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>334</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>فلاح حسين حنون </t>
+          <t>سلام جمعه هادي </t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>Falah Hussein Hanoon </t>
+          <t>Salam Jumaa Hadi</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ptu6xl3gqd4jnr2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9pon14yfqgeat5d.jpg</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>2021-09-12</t>
+          <t>1977-07-23</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G135" s="1" t="inlineStr">
         <is>
-          <t>07711175004</t>
+          <t>٠٧٧١٦٨٤٥٥٢٥ </t>
         </is>
       </c>
       <c r="H135" s="1" t="inlineStr">
         <is>
-          <t>falahhhalsarri@uomisan.edu.iq</t>
+          <t>salamallami@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I135" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J135" s="1" t="inlineStr">
         <is>
-          <t>2021-09-01</t>
+          <t>2021-10-15</t>
         </is>
       </c>
       <c r="K135" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="L135" s="1" t="inlineStr">
         <is>
-          <t>ترجمة</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M135" s="1" t="inlineStr">
         <is>
-          <t>&amp;#39;A cultural-Linguistic Approach for Studying the Translation of Ahmed Saasawi&amp;#39;s Novel Frankenstein in Bghdad&amp;#39;</t>
-[...6 lines deleted...]
-      </c>
+          <t>النظام القانوني للتعهد بنقل الملكيه</t>
+        </is>
+      </c>
+      <c r="N135" s="1"/>
       <c r="O135" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P135" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>517</t>
+          <t>600</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>محمد رؤوف محمود</t>
+          <t>سارة طعمة عاجل </t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Raoof Mhmood</t>
+          <t>Sarah Tuama Ajel </t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4b58k9j1eni7s0z.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qzdgs0152ohjnk4.jpg</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>1994-07-28</t>
+          <t>1993-01-23</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G136" s="1" t="inlineStr">
         <is>
-          <t>07709963256</t>
+          <t>07823646545 </t>
         </is>
       </c>
       <c r="H136" s="1" t="inlineStr">
         <is>
-          <t>mohamed@uomisan.edu.iq</t>
+          <t>sara.t@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I136" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J136" s="1" t="inlineStr">
         <is>
-          <t>2021-09-30</t>
+          <t>2021-10-28</t>
         </is>
       </c>
       <c r="K136" s="1" t="inlineStr">
         <is>
-          <t>ادارة اعمال</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="L136" s="1" t="inlineStr">
         <is>
-          <t>ادارة معرفة</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="M136" s="1" t="inlineStr">
         <is>
-          <t>دور هندسة راس المال الفكري في بناء قدرات المنظمات الذكية</t>
-[...2 lines deleted...]
-      <c r="N136" s="1"/>
+          <t>تحليل محتوى رسائل الماجستير في المناهج وطرائق التدريس العامة بجامعة ميسان وتقويمها في ضوء معايير مقترحة </t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>لا يوجد</t>
+        </is>
+      </c>
       <c r="O136" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P136" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>334</t>
+          <t>721</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>سلام جمعه هادي </t>
+          <t>مرتضى خاجي حياوي </t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t>Salam Jumaa Hadi</t>
+          <t>Murtaza Khachi Hayyawi</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9pon14yfqgeat5d.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ciw8z5nba0ku_6h.jpg</t>
         </is>
       </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
-          <t>1977-07-23</t>
+          <t>1982-12-18</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G137" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٦٨٤٥٥٢٥ </t>
+          <t>07705756988</t>
         </is>
       </c>
       <c r="H137" s="1" t="inlineStr">
         <is>
-          <t>salamallami@uomisan.edu.iq</t>
+          <t>murtadha.k@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I137" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J137" s="1" t="inlineStr">
         <is>
-          <t>2021-10-15</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="K137" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L137" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>ادارة التسويق</t>
         </is>
       </c>
       <c r="M137" s="1" t="inlineStr">
         <is>
-          <t>النظام القانوني للتعهد بنقل الملكيه</t>
+          <t>دور مركز الشراء في ترويج المنتجات الصناعية دراسة حالة في معمل بلاستك ميسان</t>
         </is>
       </c>
       <c r="N137" s="1"/>
       <c r="O137" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P137" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>600</t>
+          <t>495</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>سارة طعمة عاجل </t>
+          <t>علي جاسم محمد </t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>Sarah Tuama Ajel </t>
+          <t>ALI JASIM MOHAMMED</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qzdgs0152ohjnk4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2iwhl7djb4okztg.jpg</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
-          <t>1993-01-23</t>
+          <t>1983-08-15</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G138" s="1" t="inlineStr">
         <is>
-          <t>07823646545 </t>
+          <t>07712425658</t>
         </is>
       </c>
       <c r="H138" s="1" t="inlineStr">
         <is>
-          <t>sara.t@uomisan.edu.iq</t>
+          <t>ali_jassim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I138" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J138" s="1" t="inlineStr">
         <is>
-          <t>2021-10-28</t>
+          <t>2021-11-04</t>
         </is>
       </c>
       <c r="K138" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>ماجستير ميكانيك</t>
         </is>
       </c>
       <c r="L138" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>ميكانيك تطبيقي</t>
         </is>
       </c>
       <c r="M138" s="1" t="inlineStr">
         <is>
-          <t>تحليل محتوى رسائل الماجستير في المناهج وطرائق التدريس العامة بجامعة ميسان وتقويمها في ضوء معايير مقترحة </t>
-[...6 lines deleted...]
-      </c>
+          <t>Low Speed Impact Response of Beaded Material under Different Thickness of Samples</t>
+        </is>
+      </c>
+      <c r="N138" s="1"/>
       <c r="O138" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P138" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>721</t>
+          <t>692</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>مرتضى خاجي حياوي </t>
+          <t>ساره جمعة فليح</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t>Murtaza Khachi Hayyawi</t>
+          <t>Sara Jumah Flayh</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ciw8z5nba0ku_6h.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/czpafq8sdvurnxt.jpg</t>
         </is>
       </c>
       <c r="E139" s="1" t="inlineStr">
         <is>
-          <t>1982-12-18</t>
+          <t>1986-04-26</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G139" s="1" t="inlineStr">
         <is>
-          <t>07705756988</t>
+          <t>07729241047</t>
         </is>
       </c>
       <c r="H139" s="1" t="inlineStr">
         <is>
-          <t>murtadha.k@uomisan.edu.iq</t>
+          <t>sarajumah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I139" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J139" s="1" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>2021-11-11</t>
         </is>
       </c>
       <c r="K139" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="L139" s="1" t="inlineStr">
         <is>
-          <t>ادارة التسويق</t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="M139" s="1" t="inlineStr">
         <is>
-          <t>دور مركز الشراء في ترويج المنتجات الصناعية دراسة حالة في معمل بلاستك ميسان</t>
+          <t>محاكاة لخصائص ووظائف عدد من الموائع المستخدمة في حفر الابار العمودية</t>
         </is>
       </c>
       <c r="N139" s="1"/>
       <c r="O139" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P139" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>495</t>
+          <t>704</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>علي جاسم محمد </t>
+          <t>رواءحمزة علي</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t>ALI JASIM MOHAMMED</t>
+          <t>Rawaa Hamza Ali</t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2iwhl7djb4okztg.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9oy0e38_d6q1ij5.jpg</t>
         </is>
       </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
-          <t>1983-08-15</t>
+          <t>1980-12-29</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G140" s="1" t="inlineStr">
         <is>
-          <t>07712425658</t>
+          <t>07711380013</t>
         </is>
       </c>
       <c r="H140" s="1" t="inlineStr">
         <is>
-          <t>ali_jassim@uomisan.edu.iq</t>
+          <t>rawaaha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I140" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J140" s="1" t="inlineStr">
         <is>
-          <t>2021-11-04</t>
+          <t>2022-01-17</t>
         </is>
       </c>
       <c r="K140" s="1" t="inlineStr">
         <is>
-          <t>ماجستير ميكانيك</t>
+          <t>ماجستير علوم حاسبات</t>
         </is>
       </c>
       <c r="L140" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك تطبيقي</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="M140" s="1" t="inlineStr">
         <is>
-          <t>Low Speed Impact Response of Beaded Material under Different Thickness of Samples</t>
+          <t>Text Based Steganography Using Unicode Characters</t>
         </is>
       </c>
       <c r="N140" s="1"/>
       <c r="O140" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P140" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>692</t>
+          <t>751</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>ساره جمعة فليح</t>
+          <t>زهراء محسن اغضيب</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t>Sara Jumah Flayh</t>
+          <t>Zahraa Mehssen Agheeb </t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/czpafq8sdvurnxt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/db6m_t5prcex0yo.jpg</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
-          <t>1986-04-26</t>
+          <t>1984-01-01</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G141" s="1" t="inlineStr">
         <is>
-          <t>07729241047</t>
+          <t>١٢٣٤٥٦٧٨</t>
         </is>
       </c>
       <c r="H141" s="1" t="inlineStr">
         <is>
-          <t>sarajumah@uomisan.edu.iq</t>
+          <t>zahraa.mo.eng@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I141" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J141" s="1" t="inlineStr">
         <is>
-          <t>2021-11-11</t>
+          <t>2022-01-18</t>
         </is>
       </c>
       <c r="K141" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>electrical engineering</t>
         </is>
       </c>
       <c r="L141" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>communication systems </t>
         </is>
       </c>
       <c r="M141" s="1" t="inlineStr">
         <is>
-          <t>محاكاة لخصائص ووظائف عدد من الموائع المستخدمة في حفر الابار العمودية</t>
+          <t>M-dimension hybrid algorithm for scientific workflow in cloud computing</t>
         </is>
       </c>
       <c r="N141" s="1"/>
       <c r="O141" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P141" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>704</t>
+          <t>784</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>رواءحمزة علي</t>
+          <t>نجلاء زكي منور</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t>Rawaa Hamza Ali</t>
+          <t>najlaa zaki manwar</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9oy0e38_d6q1ij5.jpg</t>
+          <t>uploads/photos/xifedmsh9oj1lvk.jpg</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
-          <t>1980-12-29</t>
+          <t>1986-05-01</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G142" s="1" t="inlineStr">
         <is>
-          <t>07711380013</t>
+          <t>07731689691</t>
         </is>
       </c>
       <c r="H142" s="1" t="inlineStr">
         <is>
-          <t>rawaaha@uomisan.edu.iq</t>
+          <t>najlaa.zaki@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I142" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J142" s="1" t="inlineStr">
         <is>
-          <t>2022-01-17</t>
+          <t>2022-01-18</t>
         </is>
       </c>
       <c r="K142" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حاسبات</t>
+          <t>محاصيل حقلية</t>
         </is>
       </c>
       <c r="L142" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>محاصيل حقلية</t>
         </is>
       </c>
       <c r="M142" s="1" t="inlineStr">
         <is>
-          <t>Text Based Steganography Using Unicode Characters</t>
-[...2 lines deleted...]
-      <c r="N142" s="1"/>
+          <t>تأثير التسميد بالحديدوالبورونوالتلقيح بالرايزوبيا في نمو وحاصل صنفين من محصول اللوبيا(.Vigna sinensis L)</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>00000</t>
+        </is>
+      </c>
       <c r="O142" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P142" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>751</t>
+          <t>628</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>زهراء محسن اغضيب</t>
+          <t>عباس العيبي حسون ابراهيم </t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Mehssen Agheeb </t>
+          <t>Abbas Elaibi Hassoon ibrahim</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/db6m_t5prcex0yo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/km6nypb_70lx1eq.jpg</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
-          <t>1984-01-01</t>
+          <t>1986-08-29</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G143" s="1" t="inlineStr">
         <is>
-          <t>١٢٣٤٥٦٧٨</t>
+          <t>07705572152</t>
         </is>
       </c>
       <c r="H143" s="1" t="inlineStr">
         <is>
-          <t>zahraa.mo.eng@uomisan.edu.iq</t>
+          <t>Abbas.Ibrahim1203@coadec.uobaghdad.edu.iq</t>
         </is>
       </c>
       <c r="I143" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J143" s="1" t="inlineStr">
         <is>
-          <t>2022-01-18</t>
+          <t>2022-01-20</t>
         </is>
       </c>
       <c r="K143" s="1" t="inlineStr">
         <is>
-          <t>electrical engineering</t>
+          <t>علوم ادارة الاعمال</t>
         </is>
       </c>
       <c r="L143" s="1" t="inlineStr">
         <is>
-          <t>communication systems </t>
+          <t>علوم ادارة الاعمال</t>
         </is>
       </c>
       <c r="M143" s="1" t="inlineStr">
         <is>
-          <t>M-dimension hybrid algorithm for scientific workflow in cloud computing</t>
+          <t>تاثير التسويق  الاخضر في القيمة المدركة للزبون _دراسة مقارنة</t>
         </is>
       </c>
       <c r="N143" s="1"/>
       <c r="O143" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P143" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>784</t>
+          <t>746</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>نجلاء زكي منور</t>
+          <t>علي جاسم محمد </t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t>najlaa zaki manwar</t>
+          <t>Ali Jassim mohamad</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/xifedmsh9oj1lvk.jpg</t>
+          <t>uploads/photos/w3rz94l7pnhay0t.jpg</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
-          <t>1986-05-01</t>
+          <t>1993-01-03</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G144" s="1" t="inlineStr">
         <is>
-          <t>07731689691</t>
+          <t>07719900734</t>
         </is>
       </c>
       <c r="H144" s="1" t="inlineStr">
         <is>
-          <t>najlaa.zaki@uomisan.edu.iq</t>
+          <t>ali.jasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I144" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J144" s="1" t="inlineStr">
         <is>
-          <t>2022-01-18</t>
+          <t>2022-02-02</t>
         </is>
       </c>
       <c r="K144" s="1" t="inlineStr">
         <is>
-          <t>محاصيل حقلية</t>
+          <t>علوم زراعية / انتاج حيواني </t>
         </is>
       </c>
       <c r="L144" s="1" t="inlineStr">
         <is>
-          <t>محاصيل حقلية</t>
+          <t>علوم زراعية / انتاج حيواني</t>
         </is>
       </c>
       <c r="M144" s="1" t="inlineStr">
         <is>
-          <t>تأثير التسميد بالحديدوالبورونوالتلقيح بالرايزوبيا في نمو وحاصل صنفين من محصول اللوبيا(.Vigna sinensis L)</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير الاحياء المجهرية المشخصة بتقنية metagenomic ونشاط انزيماتها في بعض صفات النمو للحملان العرابية المغذاة نسب مختلفة من العلف الخشن </t>
+        </is>
+      </c>
+      <c r="N144" s="1"/>
       <c r="O144" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="P144" s="1" t="inlineStr">
         <is>
           <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>628</t>
+          <t>828</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>عباس العيبي حسون ابراهيم </t>
+          <t>مؤيد كريم حسان</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>Abbas Elaibi Hassoon ibrahim</t>
+          <t>muayad kareem Hassan</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/km6nypb_70lx1eq.jpg</t>
+          <t>uploads/photos/0nf42d6wcjxr5gp.jpg</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>1986-08-29</t>
+          <t>1984-01-01</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G145" s="1" t="inlineStr">
         <is>
-          <t>07705572152</t>
+          <t>07706970850</t>
         </is>
       </c>
       <c r="H145" s="1" t="inlineStr">
         <is>
-          <t>Abbas.Ibrahim1203@coadec.uobaghdad.edu.iq</t>
+          <t>muayad.k.hassan@uomisan.edu.i</t>
         </is>
       </c>
       <c r="I145" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J145" s="1" t="inlineStr">
         <is>
-          <t>2022-01-20</t>
+          <t>2022-02-16</t>
         </is>
       </c>
       <c r="K145" s="1" t="inlineStr">
         <is>
-          <t>علوم ادارة الاعمال</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L145" s="1" t="inlineStr">
         <is>
-          <t>علوم ادارة الاعمال</t>
+          <t>القانون الجنائي</t>
         </is>
       </c>
       <c r="M145" s="1" t="inlineStr">
         <is>
-          <t>تاثير التسويق  الاخضر في القيمة المدركة للزبون _دراسة مقارنة</t>
+          <t>المسؤولية الجزائيه عن الشذوذ الجنسي (دراسه مقارنه بين الشريعه والقانون)</t>
         </is>
       </c>
       <c r="N145" s="1"/>
       <c r="O145" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P145" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>746</t>
+          <t>547</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>علي جاسم محمد </t>
+          <t> حيدر كاظم عبد الزهرة</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>Ali Jassim mohamad</t>
+          <t>Haider kadhim abd ulzahra </t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/w3rz94l7pnhay0t.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/oibzw7y_tps0udc.jpg</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>1993-01-03</t>
+          <t>2022-02-19</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G146" s="1" t="inlineStr">
         <is>
-          <t>07719900734</t>
+          <t>07707350415</t>
         </is>
       </c>
       <c r="H146" s="1" t="inlineStr">
         <is>
-          <t>ali.jasim@uomisan.edu.iq</t>
+          <t>Drhaiderkadhim15@gmail.com</t>
         </is>
       </c>
       <c r="I146" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J146" s="1" t="inlineStr">
         <is>
-          <t>2022-02-02</t>
+          <t>2022-02-19</t>
         </is>
       </c>
       <c r="K146" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية / انتاج حيواني </t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية / انتاج حيواني</t>
+          <t>علم النفس الرياضي</t>
         </is>
       </c>
       <c r="M146" s="1" t="inlineStr">
         <is>
-          <t>تأثير الاحياء المجهرية المشخصة بتقنية metagenomic ونشاط انزيماتها في بعض صفات النمو للحملان العرابية المغذاة نسب مختلفة من العلف الخشن </t>
-[...2 lines deleted...]
-      <c r="N146" s="1"/>
+          <t>تحديد النموذج الشكل الجانبي والتنبيه بمستوى اللياقة الحركية والأداء الفني للاعبي رفع الاثقال لوزن ٦٩ و٧٧ كغم</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>التحليل العاملي لدافعية الانجاز وأثره على نتائج لأبي رفع الاثقال بالعراق</t>
+        </is>
+      </c>
       <c r="O146" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P146" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>828</t>
+          <t>585</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>مؤيد كريم حسان</t>
+          <t>هند قاسم مهلهل </t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>muayad kareem Hassan</t>
+          <t>Hind Qassem Mohalhal</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/0nf42d6wcjxr5gp.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qg5ch26ap4rxi8o.jpg</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
-          <t>1984-01-01</t>
+          <t>1987-08-15</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G147" s="1" t="inlineStr">
         <is>
-          <t>07706970850</t>
+          <t>07728006207</t>
         </is>
       </c>
       <c r="H147" s="1" t="inlineStr">
         <is>
-          <t>muayad.k.hassan@uomisan.edu.i</t>
+          <t>hnd@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I147" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J147" s="1" t="inlineStr">
         <is>
-          <t>2022-02-16</t>
+          <t>2022-02-20</t>
         </is>
       </c>
       <c r="K147" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>طرائق تدريس</t>
         </is>
       </c>
       <c r="L147" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
+          <t>جمناستك </t>
         </is>
       </c>
       <c r="M147" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الجزائيه عن الشذوذ الجنسي (دراسه مقارنه بين الشريعه والقانون)</t>
+          <t>تأثير الموديلات التعليمية باستخدام أساليب متنوعة في تعلم بعض مهارات بساط الحركات الأرضية ومنصة القفز في الجمناستك الفني للطلاب</t>
         </is>
       </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P147" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>547</t>
+          <t>962</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t> حيدر كاظم عبد الزهرة</t>
+          <t>م.م زهراء عبد الزهرة سالم</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>Haider kadhim abd ulzahra </t>
-[...6 lines deleted...]
-      </c>
+          <t>Zahraa Abdulzahra Salim</t>
+        </is>
+      </c>
+      <c r="D148" s="1"/>
       <c r="E148" s="1" t="inlineStr">
         <is>
-          <t>2022-02-19</t>
+          <t>1993-05-01</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G148" s="1" t="inlineStr">
         <is>
-          <t>07707350415</t>
+          <t>07716264591</t>
         </is>
       </c>
       <c r="H148" s="1" t="inlineStr">
         <is>
-          <t>Drhaiderkadhim15@gmail.com</t>
+          <t>zahraaalkanani100@gmail.com</t>
         </is>
       </c>
       <c r="I148" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J148" s="1" t="inlineStr">
         <is>
-          <t>2022-02-19</t>
+          <t>2022-02-20</t>
         </is>
       </c>
       <c r="K148" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>علوم تربوية</t>
         </is>
       </c>
       <c r="L148" s="1" t="inlineStr">
         <is>
-          <t>علم النفس الرياضي</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M148" s="1" t="inlineStr">
         <is>
-          <t>تحديد النموذج الشكل الجانبي والتنبيه بمستوى اللياقة الحركية والأداء الفني للاعبي رفع الاثقال لوزن ٦٩ و٧٧ كغم</t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر استراتيجية العروض العملية في تحصيل طالبات الصف الاول المتوسط في الرياضيات والاتجاه نحوها </t>
+        </is>
+      </c>
+      <c r="N148" s="1"/>
       <c r="O148" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P148" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>585</t>
+          <t>580</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>هند قاسم مهلهل </t>
+          <t>نبأ حميد جلوب</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t>Hind Qassem Mohalhal</t>
+          <t>Nabaa hameed chaloob </t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qg5ch26ap4rxi8o.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hyekio30x1sugqv.jpg</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
-          <t>1987-08-15</t>
+          <t>2022-02-01</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G149" s="1" t="inlineStr">
         <is>
-          <t>07728006207</t>
+          <t> 07710817718</t>
         </is>
       </c>
       <c r="H149" s="1" t="inlineStr">
         <is>
-          <t>hnd@uomisan.edu.iq</t>
+          <t>Nabaa.hameed@yahoo.com</t>
         </is>
       </c>
       <c r="I149" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J149" s="1" t="inlineStr">
         <is>
           <t>2022-02-20</t>
         </is>
       </c>
       <c r="K149" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس</t>
+          <t>فسلجه تدريب</t>
         </is>
       </c>
       <c r="L149" s="1" t="inlineStr">
         <is>
-          <t>جمناستك </t>
+          <t>فسلجه تدريب جمناستك ايقاعي </t>
         </is>
       </c>
       <c r="M149" s="1" t="inlineStr">
         <is>
-          <t>تأثير الموديلات التعليمية باستخدام أساليب متنوعة في تعلم بعض مهارات بساط الحركات الأرضية ومنصة القفز في الجمناستك الفني للطلاب</t>
+          <t>أثر تمرينات خاصه في بعض القدرات الحركية والمهاريه وتركيز انزيمي التربويين وال cpkباداه الكرة في بالجمناستك الايقاعي</t>
         </is>
       </c>
       <c r="N149" s="1"/>
       <c r="O149" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P149" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>962</t>
+          <t>606</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>م.م زهراء عبد الزهرة سالم</t>
+          <t>ايمان سعدون ضمد </t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Abdulzahra Salim</t>
-[...2 lines deleted...]
-      <c r="D150" s="1"/>
+          <t>Iman Saadoon Dhumad </t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/urixpowq254_6bn.jpg</t>
+        </is>
+      </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
-          <t>1993-05-01</t>
+          <t>1975-08-24</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G150" s="1" t="inlineStr">
         <is>
-          <t>07716264591</t>
+          <t>07703169111</t>
         </is>
       </c>
       <c r="H150" s="1" t="inlineStr">
         <is>
-          <t>zahraaalkanani100@gmail.com</t>
+          <t>imanalsaedi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I150" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J150" s="1" t="inlineStr">
         <is>
-          <t>2022-02-20</t>
+          <t>2022-03-06</t>
         </is>
       </c>
       <c r="K150" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية</t>
+          <t>المناهج وطرائق التدريس العامة</t>
         </is>
       </c>
       <c r="L150" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>ماجستير في المناهج وطرائق التدريس العامة</t>
         </is>
       </c>
       <c r="M150" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية العروض العملية في تحصيل طالبات الصف الاول المتوسط في الرياضيات والاتجاه نحوها </t>
-[...2 lines deleted...]
-      <c r="N150" s="1"/>
+          <t>واقع وصعوبات استخدام التعليم الالكتروني من وجهة نظر اعضاء الهيأة التدريسية في جامعة ميسان</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O150" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P150" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>580</t>
+          <t>681</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>نبأ حميد جلوب</t>
+          <t>انسام علي صادق عبد الكريم</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t>Nabaa hameed chaloob </t>
+          <t>Ansam Ali Sadiq </t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hyekio30x1sugqv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f8d16ijgqveaw03.jpg</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
-          <t>2022-02-01</t>
+          <t>1975-08-01</t>
         </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G151" s="1" t="inlineStr">
         <is>
-          <t> 07710817718</t>
+          <t>+964 770 577 3194</t>
         </is>
       </c>
       <c r="H151" s="1" t="inlineStr">
         <is>
-          <t>Nabaa.hameed@yahoo.com</t>
+          <t>ansamali8282@gmail.com</t>
         </is>
       </c>
       <c r="I151" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J151" s="1" t="inlineStr">
         <is>
-          <t>2022-02-20</t>
+          <t>2022-03-10</t>
         </is>
       </c>
       <c r="K151" s="1" t="inlineStr">
         <is>
-          <t>فسلجه تدريب</t>
+          <t>طرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L151" s="1" t="inlineStr">
         <is>
-          <t>فسلجه تدريب جمناستك ايقاعي </t>
+          <t>طرائق تدريس</t>
         </is>
       </c>
       <c r="M151" s="1" t="inlineStr">
         <is>
-          <t>أثر تمرينات خاصه في بعض القدرات الحركية والمهاريه وتركيز انزيمي التربويين وال cpkباداه الكرة في بالجمناستك الايقاعي</t>
+          <t>مدى تطبيق معلمي اللغة الانكليزية للطريقة التواصلية في تــــــــدريس المـــــنهج المطـــــور (English for Iraq) في المدارس الابتدائية في ميسان</t>
         </is>
       </c>
       <c r="N151" s="1"/>
       <c r="O151" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P151" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>606</t>
+          <t>680</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>ايمان سعدون ضمد </t>
+          <t>ابرار جبار عمار اسحق</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t>Iman Saadoon Dhumad </t>
+          <t>abrar jabber ammer</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/urixpowq254_6bn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wuiz5sl_jhq2cpb.jpg</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
-          <t>1975-08-24</t>
+          <t>1989-10-23</t>
         </is>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G152" s="1" t="inlineStr">
         <is>
-          <t>07703169111</t>
+          <t>07722820333</t>
         </is>
       </c>
       <c r="H152" s="1" t="inlineStr">
         <is>
-          <t>imanalsaedi@uomisan.edu.iq</t>
+          <t>masaftgamilcom@gmail.com</t>
         </is>
       </c>
       <c r="I152" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J152" s="1" t="inlineStr">
         <is>
-          <t>2022-03-06</t>
+          <t>2022-03-10</t>
         </is>
       </c>
       <c r="K152" s="1" t="inlineStr">
         <is>
-          <t>المناهج وطرائق التدريس العامة</t>
+          <t>تربية بدنية</t>
         </is>
       </c>
       <c r="L152" s="1" t="inlineStr">
         <is>
-          <t>ماجستير في المناهج وطرائق التدريس العامة</t>
+          <t>تعلم حركي /مبارزة</t>
         </is>
       </c>
       <c r="M152" s="1" t="inlineStr">
         <is>
-          <t>واقع وصعوبات استخدام التعليم الالكتروني من وجهة نظر اعضاء الهيأة التدريسية في جامعة ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير منهج تعليمي مدمج وفق خريطة المفاهيم والتعلم الهرمي في تنمية التصور البصري المكاني وتعلم بعض المهارات الاساسية للاعبي سلاح الشيش للمبارزة المبتدئين(11_14) سنة</t>
+        </is>
+      </c>
+      <c r="N152" s="1"/>
       <c r="O152" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P152" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>681</t>
+          <t>748</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>انسام علي صادق عبد الكريم</t>
+          <t>زينب زيدان خلف </t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t>Ansam Ali Sadiq </t>
+          <t>zainab zedan khalaf </t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f8d16ijgqveaw03.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mjty_x92feac5sr.jpg</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
-          <t>1975-08-01</t>
+          <t>1990-12-10</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G153" s="1" t="inlineStr">
         <is>
-          <t>+964 770 577 3194</t>
+          <t>07713392949</t>
         </is>
       </c>
       <c r="H153" s="1" t="inlineStr">
         <is>
-          <t>ansamali8282@gmail.com</t>
+          <t>zainab.zd91@gmail.com</t>
         </is>
       </c>
       <c r="I153" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J153" s="1" t="inlineStr">
         <is>
           <t>2022-03-10</t>
         </is>
       </c>
       <c r="K153" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس عامة</t>
+          <t>ماجستير انتاج حيواني</t>
         </is>
       </c>
       <c r="L153" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس</t>
+          <t>انتاج حيواني</t>
         </is>
       </c>
       <c r="M153" s="1" t="inlineStr">
         <is>
-          <t>مدى تطبيق معلمي اللغة الانكليزية للطريقة التواصلية في تــــــــدريس المـــــنهج المطـــــور (English for Iraq) في المدارس الابتدائية في ميسان</t>
+          <t>دراسة العلاقة التنبؤية للنمو وجودة لحوم الاوز الصيني في محافظة البصرة</t>
         </is>
       </c>
       <c r="N153" s="1"/>
       <c r="O153" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P153" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>680</t>
+          <t>621</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>ابرار جبار عمار اسحق</t>
+          <t>قاسم عبد الزهرة حسب محمد </t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t>abrar jabber ammer</t>
+          <t>Qasim Abdul Zahra hasab</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wuiz5sl_jhq2cpb.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_r2u7yaidwtjf0q.jpg</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
-          <t>1989-10-23</t>
+          <t>1965-04-07</t>
         </is>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G154" s="1" t="inlineStr">
         <is>
-          <t>07722820333</t>
+          <t>07733538642</t>
         </is>
       </c>
       <c r="H154" s="1" t="inlineStr">
         <is>
-          <t>masaftgamilcom@gmail.com</t>
+          <t>qasimabd92@yahoo.com</t>
         </is>
       </c>
       <c r="I154" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J154" s="1" t="inlineStr">
         <is>
-          <t>2022-03-10</t>
+          <t>2022-04-25</t>
         </is>
       </c>
       <c r="K154" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية</t>
+          <t>علوم القرآن والتربيةالإسلامية</t>
         </is>
       </c>
       <c r="L154" s="1" t="inlineStr">
         <is>
-          <t>تعلم حركي /مبارزة</t>
+          <t>علوم القرآن </t>
         </is>
       </c>
       <c r="M154" s="1" t="inlineStr">
         <is>
-          <t>تأثير منهج تعليمي مدمج وفق خريطة المفاهيم والتعلم الهرمي في تنمية التصور البصري المكاني وتعلم بعض المهارات الاساسية للاعبي سلاح الشيش للمبارزة المبتدئين(11_14) سنة</t>
+          <t>مباني التيارات التكفيرية في القرآن والسنة على ضوء مرجعية الصحامم</t>
         </is>
       </c>
       <c r="N154" s="1"/>
       <c r="O154" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P154" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>748</t>
+          <t>966</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>زينب زيدان خلف </t>
+          <t>زينب زامل كاطع</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t>zainab zedan khalaf </t>
-[...6 lines deleted...]
-      </c>
+          <t>Zainab Zamil Gataa Allami</t>
+        </is>
+      </c>
+      <c r="D155" s="1"/>
       <c r="E155" s="1" t="inlineStr">
         <is>
-          <t>1990-12-10</t>
+          <t>1990-11-21</t>
         </is>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G155" s="1" t="inlineStr">
         <is>
-          <t>07713392949</t>
+          <t>07707352220</t>
         </is>
       </c>
       <c r="H155" s="1" t="inlineStr">
         <is>
-          <t>zainab.zd91@gmail.com</t>
+          <t>zainabzamil@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I155" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J155" s="1" t="inlineStr">
         <is>
-          <t>2022-03-10</t>
+          <t>2022-05-19</t>
         </is>
       </c>
       <c r="K155" s="1" t="inlineStr">
         <is>
-          <t>ماجستير انتاج حيواني</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L155" s="1" t="inlineStr">
         <is>
-          <t>انتاج حيواني</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="M155" s="1" t="inlineStr">
         <is>
-          <t>دراسة العلاقة التنبؤية للنمو وجودة لحوم الاوز الصيني في محافظة البصرة</t>
+          <t>دراسة التشكل الوراثي للجينات ذات العلاقة بالتنبؤ بسرطان الثدي</t>
         </is>
       </c>
       <c r="N155" s="1"/>
       <c r="O155" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P155" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>621</t>
+          <t>857</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبد الزهرة حسب محمد </t>
+          <t>فيصل غازي محمد عبد الله</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t>Qasim Abdul Zahra hasab</t>
+          <t>Faisal Ghazi Mohammed Abdullah</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_r2u7yaidwtjf0q.jpg</t>
+          <t>uploads/photos/zs5432fbejv6yi8.jpg</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
-          <t>1965-04-07</t>
+          <t>1978-09-11</t>
         </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G156" s="1" t="inlineStr">
         <is>
-          <t>07733538642</t>
+          <t>07730307069</t>
         </is>
       </c>
       <c r="H156" s="1" t="inlineStr">
         <is>
-          <t>qasimabd92@yahoo.com</t>
+          <t>fyslghazyt@gmail.com</t>
         </is>
       </c>
       <c r="I156" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J156" s="1" t="inlineStr">
         <is>
-          <t>2022-04-25</t>
+          <t>2022-05-22</t>
         </is>
       </c>
       <c r="K156" s="1" t="inlineStr">
         <is>
-          <t>علوم القرآن والتربيةالإسلامية</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L156" s="1" t="inlineStr">
         <is>
-          <t>علوم القرآن </t>
+          <t>القانون الجنائي</t>
         </is>
       </c>
       <c r="M156" s="1" t="inlineStr">
         <is>
-          <t>مباني التيارات التكفيرية في القرآن والسنة على ضوء مرجعية الصحامم</t>
+          <t>المواجهه الجنائية للابتزاز الالكتروني للاطفال في مواقع التواصل الاجتماعي دراسة مقارنة</t>
         </is>
       </c>
       <c r="N156" s="1"/>
       <c r="O156" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P156" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>966</t>
+          <t>797</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>زينب زامل كاطع</t>
+          <t>هدى راضي جبار حسين </t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t>Zainab Zamil Gataa Allami</t>
-[...2 lines deleted...]
-      <c r="D157" s="1"/>
+          <t>huda radhi jabbar al-kinany</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/dlgraz_j7w649qp.jpg</t>
+        </is>
+      </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
-          <t>1990-11-21</t>
+          <t>1988-06-14</t>
         </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G157" s="1" t="inlineStr">
         <is>
-          <t>07707352220</t>
+          <t>07717096126</t>
         </is>
       </c>
       <c r="H157" s="1" t="inlineStr">
         <is>
-          <t>zainabzamil@uomisan.edu.iq</t>
+          <t>huda198806@gmail.com</t>
         </is>
       </c>
       <c r="I157" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J157" s="1" t="inlineStr">
         <is>
-          <t>2022-05-19</t>
+          <t>2022-05-24</t>
         </is>
       </c>
       <c r="K157" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>هندسة كيمياوية</t>
         </is>
       </c>
       <c r="L157" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>هندسة كيمياوي</t>
         </is>
       </c>
       <c r="M157" s="1" t="inlineStr">
         <is>
-          <t>دراسة التشكل الوراثي للجينات ذات العلاقة بالتنبؤ بسرطان الثدي</t>
-[...2 lines deleted...]
-      <c r="N157" s="1"/>
+          <t>ازالة التتراسايكلين من مياه الصرف الصحي بطريقة الاكسدة المتقدمة</t>
+        </is>
+      </c>
+      <c r="N157" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O157" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P157" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>857</t>
+          <t>798</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>فيصل غازي محمد عبد الله</t>
+          <t>احمد هاتف عبيد</t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t>Faisal Ghazi Mohammed Abdullah</t>
+          <t>Ahmed Hatif Obaid</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/zs5432fbejv6yi8.jpg</t>
+          <t>uploads/photos/_27tpcuzgyla1hj.JPG</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>1978-09-11</t>
+          <t>1993-10-17</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G158" s="1" t="inlineStr">
         <is>
-          <t>07730307069</t>
+          <t>07702434961</t>
         </is>
       </c>
       <c r="H158" s="1" t="inlineStr">
         <is>
-          <t>fyslghazyt@gmail.com</t>
+          <t>aobaid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I158" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J158" s="1" t="inlineStr">
         <is>
-          <t>2022-05-22</t>
+          <t>2022-07-03</t>
         </is>
       </c>
       <c r="K158" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L158" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
+          <t>انشاءات</t>
         </is>
       </c>
       <c r="M158" s="1" t="inlineStr">
         <is>
-          <t>المواجهه الجنائية للابتزاز الالكتروني للاطفال في مواقع التواصل الاجتماعي دراسة مقارنة</t>
+          <t>التصرف الانشائي للسقف المركب من الفیروسمنت والطابوق</t>
         </is>
       </c>
       <c r="N158" s="1"/>
       <c r="O158" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P158" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>797</t>
+          <t>873</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>هدى راضي جبار حسين </t>
+          <t>محمد كريم رشيد </t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>huda radhi jabbar al-kinany</t>
+          <t>mohammed</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/dlgraz_j7w649qp.jpg</t>
+          <t>uploads/photos/y_cjba73dhowvzm.PNG</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
-          <t>1988-06-14</t>
+          <t>1988-01-02</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G159" s="1" t="inlineStr">
         <is>
-          <t>07717096126</t>
+          <t>07703251194</t>
         </is>
       </c>
       <c r="H159" s="1" t="inlineStr">
         <is>
-          <t>huda198806@gmail.com</t>
+          <t>mohammed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I159" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J159" s="1" t="inlineStr">
         <is>
-          <t>2022-05-24</t>
+          <t>2022-07-17</t>
         </is>
       </c>
       <c r="K159" s="1" t="inlineStr">
         <is>
-          <t>هندسة كيمياوية</t>
+          <t>هندسة حاسبات</t>
         </is>
       </c>
       <c r="L159" s="1" t="inlineStr">
         <is>
-          <t>هندسة كيمياوي</t>
-[...11 lines deleted...]
-      </c>
+          <t>ذكاء اصطناعي </t>
+        </is>
+      </c>
+      <c r="M159" s="1"/>
+      <c r="N159" s="1"/>
       <c r="O159" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P159" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>798</t>
+          <t>744</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>احمد هاتف عبيد</t>
+          <t>دعاء علي حسين</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hatif Obaid</t>
+          <t>Duaa ali hussain</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/_27tpcuzgyla1hj.JPG</t>
+          <t>uploads/photos/64nlr8awiqzjhko.jpeg</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
-          <t>1993-10-17</t>
+          <t>1986-09-01</t>
         </is>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G160" s="1" t="inlineStr">
         <is>
-          <t>07702434961</t>
+          <t>0771</t>
         </is>
       </c>
       <c r="H160" s="1" t="inlineStr">
         <is>
-          <t>aobaid@uomisan.edu.iq</t>
+          <t>alzbydyda349@gmail.com</t>
         </is>
       </c>
       <c r="I160" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J160" s="1" t="inlineStr">
         <is>
-          <t>2022-07-03</t>
+          <t>2022-07-19</t>
         </is>
       </c>
       <c r="K160" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L160" s="1" t="inlineStr">
         <is>
-          <t>انشاءات</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="M160" s="1" t="inlineStr">
         <is>
-          <t>التصرف الانشائي للسقف المركب من الفیروسمنت والطابوق</t>
+          <t>Study the Bacterial Contamination of Frozen Food in Local Markets of Misan Governorate /South of Iraq</t>
         </is>
       </c>
       <c r="N160" s="1"/>
       <c r="O160" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P160" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>873</t>
+          <t>860</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>محمد كريم رشيد </t>
+          <t>باسم مدلول حافظ </t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t>mohammed</t>
+          <t>Basim Madlool Hafedh Hafedh</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/y_cjba73dhowvzm.PNG</t>
+          <t>uploads/photos/t0rpq194dvc_z7o.jpeg</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
-          <t>1988-01-02</t>
+          <t>1984-06-10</t>
         </is>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G161" s="1" t="inlineStr">
         <is>
-          <t>07703251194</t>
+          <t>07705613651</t>
         </is>
       </c>
       <c r="H161" s="1" t="inlineStr">
         <is>
-          <t>mohammed@uomisan.edu.iq</t>
+          <t>basm20156823@gmail.com</t>
         </is>
       </c>
       <c r="I161" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J161" s="1" t="inlineStr">
         <is>
-          <t>2022-07-17</t>
+          <t>2022-08-24</t>
         </is>
       </c>
       <c r="K161" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>هندسة كهرباء </t>
         </is>
       </c>
       <c r="L161" s="1" t="inlineStr">
         <is>
-          <t>ذكاء اصطناعي </t>
-[...2 lines deleted...]
-      <c r="M161" s="1"/>
+          <t>Electrical power </t>
+        </is>
+      </c>
+      <c r="M161" s="1" t="inlineStr">
+        <is>
+          <t> A New High Step-up and High Step-down Bidirectional Converter for Photovoltaic Applications</t>
+        </is>
+      </c>
       <c r="N161" s="1"/>
       <c r="O161" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P161" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>744</t>
+          <t>894</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>دعاء علي حسين</t>
+          <t>حسن علي عبدالزهره</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t>Duaa ali hussain</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hassan ali </t>
+        </is>
+      </c>
+      <c r="D162" s="1"/>
       <c r="E162" s="1" t="inlineStr">
         <is>
-          <t>1986-09-01</t>
+          <t>1991-10-26</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G162" s="1" t="inlineStr">
         <is>
-          <t>0771</t>
+          <t>07709097067</t>
         </is>
       </c>
       <c r="H162" s="1" t="inlineStr">
         <is>
-          <t>alzbydyda349@gmail.com</t>
+          <t>hassanali81389@gmail.com</t>
         </is>
       </c>
       <c r="I162" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J162" s="1" t="inlineStr">
         <is>
-          <t>2022-07-19</t>
+          <t>2022-08-29</t>
         </is>
       </c>
       <c r="K162" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>جغرافية طبيعية</t>
         </is>
       </c>
       <c r="L162" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>جغرافية المناخ</t>
         </is>
       </c>
       <c r="M162" s="1" t="inlineStr">
         <is>
-          <t>Study the Bacterial Contamination of Frozen Food in Local Markets of Misan Governorate /South of Iraq</t>
+          <t>التحليل الشمولي للمنظومات الضغطية المؤثرة على تباين قيمة السطوع الفعلي في العراق</t>
         </is>
       </c>
       <c r="N162" s="1"/>
       <c r="O162" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P162" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>860</t>
+          <t>993</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>باسم مدلول حافظ </t>
+          <t>وسام ادريس فتين</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t>Basim Madlool Hafedh Hafedh</t>
+          <t>Wissam Idris Fatin</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/t0rpq194dvc_z7o.jpeg</t>
+          <t>uploads/files/3v6o70z4p1l9ime.png</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
-          <t>1984-06-10</t>
+          <t>1988-09-06</t>
         </is>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G163" s="1" t="inlineStr">
         <is>
-          <t>07705613651</t>
+          <t>00000000000</t>
         </is>
       </c>
       <c r="H163" s="1" t="inlineStr">
         <is>
-          <t>basm20156823@gmail.com</t>
+          <t>wisam@gmail.com</t>
         </is>
       </c>
       <c r="I163" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J163" s="1" t="inlineStr">
         <is>
-          <t>2022-08-24</t>
+          <t>2022-09-07</t>
         </is>
       </c>
       <c r="K163" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء </t>
+          <t> قانون عام</t>
         </is>
       </c>
       <c r="L163" s="1" t="inlineStr">
         <is>
-          <t>Electrical power </t>
+          <t> قانون عام</t>
         </is>
       </c>
       <c r="M163" s="1" t="inlineStr">
         <is>
-          <t> A New High Step-up and High Step-down Bidirectional Converter for Photovoltaic Applications</t>
+          <t>باللغة العربية : الاطار القانوني للتهرب الضريبي وطرق معالجته  دراسة مقارنة بين العراق وفرنسا والامارات  .</t>
         </is>
       </c>
       <c r="N163" s="1"/>
       <c r="O163" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P163" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>894</t>
+          <t>781</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>حسن علي عبدالزهره</t>
+          <t>عباس لعيبي عبيد</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t>Hassan ali </t>
-[...2 lines deleted...]
-      <c r="D164" s="1"/>
+          <t>ABBAS LUAIBI OBAID</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/09xvqpmscf3niou.jpg</t>
+        </is>
+      </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
-          <t>1991-10-26</t>
+          <t>1979-09-10</t>
         </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G164" s="1" t="inlineStr">
         <is>
-          <t>07709097067</t>
+          <t>07705598308</t>
         </is>
       </c>
       <c r="H164" s="1" t="inlineStr">
         <is>
-          <t>hassanali81389@gmail.com</t>
+          <t>abbas.alrajhe@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I164" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J164" s="1" t="inlineStr">
         <is>
-          <t>2022-08-29</t>
+          <t>2022-11-25</t>
         </is>
       </c>
       <c r="K164" s="1" t="inlineStr">
         <is>
-          <t>جغرافية طبيعية</t>
+          <t>ماجستير هندسة حاسبات </t>
         </is>
       </c>
       <c r="L164" s="1" t="inlineStr">
         <is>
-          <t>جغرافية المناخ</t>
+          <t> تكنولوجيا المعلومات</t>
         </is>
       </c>
       <c r="M164" s="1" t="inlineStr">
         <is>
-          <t>التحليل الشمولي للمنظومات الضغطية المؤثرة على تباين قيمة السطوع الفعلي في العراق</t>
+          <t> AN EFFECTIVE IMAGE STEGANOGRAPHY SCHEME BASED ON LEAST SIGNIFICANT BITS AND COVER IMAGE TRANSPORTATION</t>
         </is>
       </c>
       <c r="N164" s="1"/>
       <c r="O164" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P164" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>993</t>
+          <t>629</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>وسام ادريس فتين</t>
+          <t>ميادة صباح حسن </t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>Wissam Idris Fatin</t>
+          <t>Mayada Sabah Hasan</t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/3v6o70z4p1l9ime.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vfd4p8ij7rq_hm0.jpg</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
-          <t>1988-09-06</t>
+          <t>2022-05-01</t>
         </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G165" s="1" t="inlineStr">
         <is>
-          <t>00000000000</t>
+          <t>07707361794</t>
         </is>
       </c>
       <c r="H165" s="1" t="inlineStr">
         <is>
-          <t>wisam@gmail.com</t>
+          <t>mayadasabah.1993hm@gmail.com</t>
         </is>
       </c>
       <c r="I165" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J165" s="1" t="inlineStr">
         <is>
-          <t>2022-09-07</t>
+          <t>2022-12-03</t>
         </is>
       </c>
       <c r="K165" s="1" t="inlineStr">
         <is>
-          <t> قانون عام</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="L165" s="1" t="inlineStr">
         <is>
-          <t> قانون عام</t>
+          <t>مالية</t>
         </is>
       </c>
       <c r="M165" s="1" t="inlineStr">
         <is>
-          <t>باللغة العربية : الاطار القانوني للتهرب الضريبي وطرق معالجته  دراسة مقارنة بين العراق وفرنسا والامارات  .</t>
+          <t>القانون الواجب التطبيق على عقود الاستثمار النفطي</t>
         </is>
       </c>
       <c r="N165" s="1"/>
       <c r="O165" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P165" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>781</t>
+          <t>841</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>عباس لعيبي عبيد</t>
+          <t>همام حسين مغتاظ </t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t>ABBAS LUAIBI OBAID</t>
+          <t>Humam Hussein Mightadh</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/09xvqpmscf3niou.jpg</t>
+          <t>uploads/photos/cv4thy1gq365_zp.jpg</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>1979-09-10</t>
+          <t>1978-12-03</t>
         </is>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G166" s="1" t="inlineStr">
         <is>
-          <t>07705598308</t>
+          <t>07705506266</t>
         </is>
       </c>
       <c r="H166" s="1" t="inlineStr">
         <is>
-          <t>abbas.alrajhe@uomisan.edu.iq</t>
+          <t>humam.h.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I166" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J166" s="1" t="inlineStr">
         <is>
-          <t>2022-11-25</t>
+          <t>2022-12-11</t>
         </is>
       </c>
       <c r="K166" s="1" t="inlineStr">
         <is>
-          <t>ماجستير هندسة حاسبات </t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="L166" s="1" t="inlineStr">
         <is>
-          <t> تكنولوجيا المعلومات</t>
+          <t>انضمة قدرة كهربائية</t>
         </is>
       </c>
       <c r="M166" s="1" t="inlineStr">
         <is>
-          <t> AN EFFECTIVE IMAGE STEGANOGRAPHY SCHEME BASED ON LEAST SIGNIFICANT BITS AND COVER IMAGE TRANSPORTATION</t>
+          <t>ارائه یک مبدل دو طرفه فلای بک با اسنابر بدون تلفات برای کاربردهای انرژی تجدیدپذیر</t>
         </is>
       </c>
       <c r="N166" s="1"/>
       <c r="O166" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P166" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>629</t>
+          <t>1012</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>ميادة صباح حسن </t>
+          <t>زينب عبد الحسين حداد </t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t>Mayada Sabah Hasan</t>
+          <t>zainab abduluussein hadad</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vfd4p8ij7rq_hm0.jpg</t>
+          <t>uploads/files/y2rz9a3kdth5glj.PNG</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
-          <t>2022-05-01</t>
+          <t>1993-01-20</t>
         </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G167" s="1" t="inlineStr">
         <is>
-          <t>07707361794</t>
+          <t>⁦+964 776 444 1406⁩</t>
         </is>
       </c>
       <c r="H167" s="1" t="inlineStr">
         <is>
-          <t>mayadasabah.1993hm@gmail.com</t>
+          <t>zainab.abdulhussein@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I167" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J167" s="1" t="inlineStr">
         <is>
-          <t>2022-12-03</t>
+          <t>2022-12-13</t>
         </is>
       </c>
       <c r="K167" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
+          <t>ادب</t>
         </is>
       </c>
       <c r="L167" s="1" t="inlineStr">
         <is>
-          <t>مالية</t>
+          <t>ادب جاهلي</t>
         </is>
       </c>
       <c r="M167" s="1" t="inlineStr">
         <is>
-          <t>القانون الواجب التطبيق على عقود الاستثمار النفطي</t>
+          <t>جدلية الحياة والموت في شعر عدي بن زيد العبادي</t>
         </is>
       </c>
       <c r="N167" s="1"/>
       <c r="O167" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P167" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>841</t>
+          <t>945</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>همام حسين مغتاظ </t>
+          <t>محمد فاضل محمد </t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t>Humam Hussein Mightadh</t>
+          <t>Mohammed Fadil </t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/cv4thy1gq365_zp.jpg</t>
+          <t>uploads/files/vh31eypjzusn8ro.jpeg</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
-          <t>1978-12-03</t>
+          <t>1977-11-21</t>
         </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G168" s="1" t="inlineStr">
         <is>
-          <t>07705506266</t>
+          <t>07705511109</t>
         </is>
       </c>
       <c r="H168" s="1" t="inlineStr">
         <is>
-          <t>humam.h.m@uomisan.edu.iq</t>
+          <t>mohammed.fadhel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I168" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J168" s="1" t="inlineStr">
         <is>
-          <t>2022-12-11</t>
+          <t>2022-12-21</t>
         </is>
       </c>
       <c r="K168" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>القانون </t>
         </is>
       </c>
       <c r="L168" s="1" t="inlineStr">
         <is>
-          <t>انضمة قدرة كهربائية</t>
+          <t>قانون اداري </t>
         </is>
       </c>
       <c r="M168" s="1" t="inlineStr">
         <is>
-          <t>ارائه یک مبدل دو طرفه فلای بک با اسنابر بدون تلفات برای کاربردهای انرژی تجدیدپذیر</t>
+          <t>سلطات الضبط الاداري في حالة الحصار واثره على الحقوق والحريات العامة في القانون العراقي </t>
         </is>
       </c>
       <c r="N168" s="1"/>
       <c r="O168" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P168" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>945</t>
+          <t>851</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>محمد فاضل محمد </t>
+          <t>منى جبار شلش</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Fadil </t>
-[...6 lines deleted...]
-      </c>
+          <t>Mona jabber shalsh</t>
+        </is>
+      </c>
+      <c r="D169" s="1"/>
       <c r="E169" s="1" t="inlineStr">
         <is>
-          <t>1977-11-21</t>
+          <t>1969-12-24</t>
         </is>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G169" s="1" t="inlineStr">
         <is>
-          <t>07705511109</t>
+          <t>07719623818</t>
         </is>
       </c>
       <c r="H169" s="1" t="inlineStr">
         <is>
-          <t>mohammed.fadhel@uomisan.edu.iq</t>
+          <t>monamosawi00@gmail.com</t>
         </is>
       </c>
       <c r="I169" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J169" s="1" t="inlineStr">
         <is>
-          <t>2022-12-21</t>
+          <t>2022-12-24</t>
         </is>
       </c>
       <c r="K169" s="1" t="inlineStr">
         <is>
-          <t>القانون </t>
+          <t>اللغه الانكليزيه </t>
         </is>
       </c>
       <c r="L169" s="1" t="inlineStr">
         <is>
-          <t>قانون اداري </t>
+          <t>طرائق تدريس اللغة الانكليزية </t>
         </is>
       </c>
       <c r="M169" s="1" t="inlineStr">
         <is>
-          <t>سلطات الضبط الاداري في حالة الحصار واثره على الحقوق والحريات العامة في القانون العراقي </t>
+          <t>THE COMPARATIVE EFFECT OFTHESPEAKING STRATEGIES  OF STRATEGIES  DIS</t>
         </is>
       </c>
       <c r="N169" s="1"/>
       <c r="O169" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P169" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>851</t>
+          <t>961</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>منى جبار شلش</t>
+          <t>ارشد عبود خليفة</t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t>Mona jabber shalsh</t>
+          <t>arshed abood</t>
         </is>
       </c>
       <c r="D170" s="1"/>
       <c r="E170" s="1" t="inlineStr">
         <is>
-          <t>1969-12-24</t>
+          <t>1973-07-01</t>
         </is>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G170" s="1" t="inlineStr">
         <is>
-          <t>07719623818</t>
+          <t>07706252417</t>
         </is>
       </c>
       <c r="H170" s="1" t="inlineStr">
         <is>
-          <t>monamosawi00@gmail.com</t>
+          <t>aaarshed.abood@gmail.com</t>
         </is>
       </c>
       <c r="I170" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J170" s="1" t="inlineStr">
         <is>
-          <t>2022-12-24</t>
+          <t>2022-12-26</t>
         </is>
       </c>
       <c r="K170" s="1" t="inlineStr">
         <is>
-          <t>اللغه الانكليزيه </t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L170" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الانكليزية </t>
+          <t>التاريخ الاسلامي</t>
         </is>
       </c>
       <c r="M170" s="1" t="inlineStr">
         <is>
-          <t>THE COMPARATIVE EFFECT OFTHESPEAKING STRATEGIES  OF STRATEGIES  DIS</t>
+          <t>موقف الدولة الفاطمية من الاديان في مصر 358 ـ567هـ</t>
         </is>
       </c>
       <c r="N170" s="1"/>
       <c r="O170" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P170" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>961</t>
+          <t>973</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>ارشد عبود خليفة</t>
+          <t>علاء عبدالشهيد موسى </t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t>arshed abood</t>
-[...2 lines deleted...]
-      <c r="D171" s="1"/>
+          <t>Alaa Abdulshaheed Mousa </t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/fugcxms03l97p_o.jpg</t>
+        </is>
+      </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
-          <t>1973-07-01</t>
+          <t>1980-04-19</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G171" s="1" t="inlineStr">
         <is>
-          <t>07706252417</t>
+          <t>07700036168 </t>
         </is>
       </c>
       <c r="H171" s="1" t="inlineStr">
         <is>
-          <t>aaarshed.abood@gmail.com</t>
+          <t>alaasha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I171" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J171" s="1" t="inlineStr">
         <is>
           <t>2022-12-26</t>
         </is>
       </c>
       <c r="K171" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>هندسة حاسبات</t>
         </is>
       </c>
       <c r="L171" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي</t>
-[...6 lines deleted...]
-      </c>
+          <t>هندسة برمجيات </t>
+        </is>
+      </c>
+      <c r="M171" s="1"/>
       <c r="N171" s="1"/>
       <c r="O171" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P171" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>973</t>
+          <t>858</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>علاء عبدالشهيد موسى </t>
+          <t>محمد جاسم علي</t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t>Alaa Abdulshaheed Mousa </t>
+          <t>Mohammed Jassim Ali</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/fugcxms03l97p_o.jpg</t>
+          <t>uploads/photos/k207el14o6gr5dj.jpg</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
-          <t>1980-04-19</t>
+          <t>1974-08-10</t>
         </is>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G172" s="1" t="inlineStr">
         <is>
-          <t>07700036168 </t>
+          <t>07712653575</t>
         </is>
       </c>
       <c r="H172" s="1" t="inlineStr">
         <is>
-          <t>alaasha@uomisan.edu.iq</t>
+          <t>mohamadjasm1974@gmail.com</t>
         </is>
       </c>
       <c r="I172" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J172" s="1" t="inlineStr">
         <is>
-          <t>2022-12-26</t>
+          <t>2022-12-27</t>
         </is>
       </c>
       <c r="K172" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L172" s="1" t="inlineStr">
         <is>
-          <t>هندسة برمجيات </t>
-[...2 lines deleted...]
-      <c r="M172" s="1"/>
+          <t>التاريخ الاسلامي</t>
+        </is>
+      </c>
+      <c r="M172" s="1" t="inlineStr">
+        <is>
+          <t>الشيخ النقدي ودورة السياسي والديني والاجتماعي في العراق</t>
+        </is>
+      </c>
       <c r="N172" s="1"/>
       <c r="O172" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P172" s="1" t="inlineStr">
         <is>
-          <t>طب الاسنان</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>858</t>
+          <t>929</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم علي</t>
+          <t>علي هاشم عبد الحسن </t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Jassim Ali</t>
+          <t>Ali h.abdalhusen</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/k207el14o6gr5dj.jpg</t>
+          <t>uploads/photos/cyupk5f8ah9nwi_.jpg</t>
         </is>
       </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
-          <t>1974-08-10</t>
+          <t>1965-07-01</t>
         </is>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G173" s="1" t="inlineStr">
         <is>
-          <t>07712653575</t>
+          <t>07815303399</t>
         </is>
       </c>
       <c r="H173" s="1" t="inlineStr">
         <is>
-          <t>mohamadjasm1974@gmail.com</t>
+          <t>kokkoooko88@gmail.com</t>
         </is>
       </c>
       <c r="I173" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J173" s="1" t="inlineStr">
         <is>
-          <t>2022-12-27</t>
+          <t>2022-12-28</t>
         </is>
       </c>
       <c r="K173" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L173" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي</t>
+          <t>قانون عام </t>
         </is>
       </c>
       <c r="M173" s="1" t="inlineStr">
         <is>
-          <t>الشيخ النقدي ودورة السياسي والديني والاجتماعي في العراق</t>
+          <t>حماية الجنائية الامن الاسري في مواجهة التطور التكنلوجي - دراسة مقارنة</t>
         </is>
       </c>
       <c r="N173" s="1"/>
       <c r="O173" s="1" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="P173" s="1" t="inlineStr">
         <is>
           <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>929</t>
+          <t>720</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>علي هاشم عبد الحسن </t>
+          <t>محمد حمادي جابر </t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t>Ali h.abdalhusen</t>
+          <t>Mohammed Hammadi Jaber </t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/cyupk5f8ah9nwi_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ch8p4dg6wyu2l_5.jpg</t>
         </is>
       </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
-          <t>1965-07-01</t>
+          <t>1980-05-30</t>
         </is>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G174" s="1" t="inlineStr">
         <is>
-          <t>07815303399</t>
+          <t>07705515333</t>
         </is>
       </c>
       <c r="H174" s="1" t="inlineStr">
         <is>
-          <t>kokkoooko88@gmail.com</t>
+          <t>mohammed.hamadi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I174" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J174" s="1" t="inlineStr">
         <is>
           <t>2022-12-28</t>
         </is>
       </c>
       <c r="K174" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>إدارة الاعمال</t>
         </is>
       </c>
       <c r="L174" s="1" t="inlineStr">
         <is>
-          <t>قانون عام </t>
+          <t>إدارة الاعمال</t>
         </is>
       </c>
       <c r="M174" s="1" t="inlineStr">
         <is>
-          <t>حماية الجنائية الامن الاسري في مواجهة التطور التكنلوجي - دراسة مقارنة</t>
+          <t>ممارسات إدارة الجودة الشاملة ودورها في تحقيق الرشاقة التنظيمية</t>
         </is>
       </c>
       <c r="N174" s="1"/>
       <c r="O174" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P174" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>720</t>
+          <t>699</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>محمد حمادي جابر </t>
+          <t>ميادة عبد الامير اسماعيل</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hammadi Jaber </t>
+          <t>mayada abdulameer ismail</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ch8p4dg6wyu2l_5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8gn3jkqm7lzhxeo.jpg</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
-          <t>1980-05-30</t>
+          <t>1990-01-07</t>
         </is>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G175" s="1" t="inlineStr">
         <is>
-          <t>07705515333</t>
+          <t>07704763548</t>
         </is>
       </c>
       <c r="H175" s="1" t="inlineStr">
         <is>
-          <t>mohammed.hamadi@uomisan.edu.iq</t>
+          <t>mayada@gmail.com</t>
         </is>
       </c>
       <c r="I175" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J175" s="1" t="inlineStr">
         <is>
-          <t>2022-12-28</t>
+          <t>2023-01-05</t>
         </is>
       </c>
       <c r="K175" s="1" t="inlineStr">
         <is>
-          <t>إدارة الاعمال</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L175" s="1" t="inlineStr">
         <is>
-          <t>إدارة الاعمال</t>
+          <t>نقد حديث</t>
         </is>
       </c>
       <c r="M175" s="1" t="inlineStr">
         <is>
-          <t>ممارسات إدارة الجودة الشاملة ودورها في تحقيق الرشاقة التنظيمية</t>
+          <t>جماليات الخطاب في الصحيفة الرضوية الجامعة </t>
         </is>
       </c>
       <c r="N175" s="1"/>
       <c r="O175" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P175" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>699</t>
+          <t>710</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>ميادة عبد الامير اسماعيل</t>
+          <t>إبراهيم أحمد عبد</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t>mayada abdulameer ismail</t>
+          <t>IBEAHIM AHMED ABED</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8gn3jkqm7lzhxeo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8mfgu_zldbnv2q7.jpg</t>
         </is>
       </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
-          <t>1990-01-07</t>
+          <t>1987-01-01</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G176" s="1" t="inlineStr">
         <is>
-          <t>07704763548</t>
+          <t>07705501055</t>
         </is>
       </c>
       <c r="H176" s="1" t="inlineStr">
         <is>
-          <t>mayada@gmail.com</t>
+          <t>ibrahim.ahmed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I176" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J176" s="1" t="inlineStr">
         <is>
-          <t>2023-01-05</t>
+          <t>2023-01-08</t>
         </is>
       </c>
       <c r="K176" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>العلوم المالية والمصرفية</t>
         </is>
       </c>
       <c r="L176" s="1" t="inlineStr">
         <is>
-          <t>نقد حديث</t>
+          <t>العلوم المالية والمصرفية</t>
         </is>
       </c>
       <c r="M176" s="1" t="inlineStr">
         <is>
-          <t>جماليات الخطاب في الصحيفة الرضوية الجامعة </t>
+          <t>استجابة الدورة المصرفية للتقلبات الاقتصادية القطاع المصرفي العراقي ومصر انموذجآ للمدة (2004-2020)</t>
         </is>
       </c>
       <c r="N176" s="1"/>
       <c r="O176" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P176" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>710</t>
+          <t>712</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>إبراهيم أحمد عبد</t>
+          <t>حسين كاظم حميد </t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t>IBEAHIM AHMED ABED</t>
+          <t>Hussien Kadhim Hameed </t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8mfgu_zldbnv2q7.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gvfh2zirt0s6l9u.jpg</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
-          <t>1987-01-01</t>
+          <t>1979-07-01</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G177" s="1" t="inlineStr">
         <is>
-          <t>07705501055</t>
+          <t>07703200529</t>
         </is>
       </c>
       <c r="H177" s="1" t="inlineStr">
         <is>
-          <t>ibrahim.ahmed@uomisan.edu.iq</t>
+          <t>mohammadalkapi123@gmail.com</t>
         </is>
       </c>
       <c r="I177" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J177" s="1" t="inlineStr">
         <is>
-          <t>2023-01-08</t>
+          <t>2023-02-11</t>
         </is>
       </c>
       <c r="K177" s="1" t="inlineStr">
         <is>
-          <t>العلوم المالية والمصرفية</t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="L177" s="1" t="inlineStr">
         <is>
-          <t>العلوم المالية والمصرفية</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="M177" s="1" t="inlineStr">
         <is>
-          <t>استجابة الدورة المصرفية للتقلبات الاقتصادية القطاع المصرفي العراقي ومصر انموذجآ للمدة (2004-2020)</t>
+          <t>اثر جائحة كورونا على عقد التامين الصحي دراسة مقارنة </t>
         </is>
       </c>
       <c r="N177" s="1"/>
       <c r="O177" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P177" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>712</t>
+          <t>188</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>حسين كاظم حميد </t>
+          <t>حسام رحيم محمد مهدي </t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t>Hussien Kadhim Hameed </t>
+          <t>Hussam Raheem Muhammad Mahdi</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gvfh2zirt0s6l9u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hiaxfzsp_25b317.jpeg</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
-          <t>1979-07-01</t>
+          <t>1975-08-14</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G178" s="1" t="inlineStr">
         <is>
-          <t>07703200529</t>
+          <t>07722932170</t>
         </is>
       </c>
       <c r="H178" s="1" t="inlineStr">
         <is>
-          <t>mohammadalkapi123@gmail.com</t>
+          <t>hra10@scarletmail.rutgers.edu</t>
         </is>
       </c>
       <c r="I178" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J178" s="1" t="inlineStr">
         <is>
-          <t>2023-02-11</t>
+          <t>2023-02-20</t>
         </is>
       </c>
       <c r="K178" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>Physiology </t>
         </is>
       </c>
       <c r="L178" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
+          <t>الفسلجة والبيولوجي المتقدم </t>
         </is>
       </c>
       <c r="M178" s="1" t="inlineStr">
         <is>
-          <t>اثر جائحة كورونا على عقد التامين الصحي دراسة مقارنة </t>
-[...2 lines deleted...]
-      <c r="N178" s="1"/>
+          <t>ARSENIC MAY BE TARGETED THERAPY FOR CANCERS HARBORING TRIM-DOMAIN CONTAINING FUSION PROTEINS</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>ARSENIC MAY BE TARGETED THERAPY FOR CANCERS HARBORING TRIM-DOMAIN CONTAINING FUSION PROTEINS</t>
+        </is>
+      </c>
       <c r="O178" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P178" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>188</t>
+          <t>807</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>حسام رحيم محمد مهدي </t>
+          <t>وميض عيسى بريدي</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t>Hussam Raheem Muhammad Mahdi</t>
+          <t>wameedh issa braidi</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hiaxfzsp_25b317.jpeg</t>
+          <t>uploads/photos/h7rqepd6nl4c0x_.jpg</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
-          <t>1975-08-14</t>
+          <t>1977-08-01</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G179" s="1" t="inlineStr">
         <is>
-          <t>07722932170</t>
+          <t>07711153069</t>
         </is>
       </c>
       <c r="H179" s="1" t="inlineStr">
         <is>
-          <t>hra10@scarletmail.rutgers.edu</t>
+          <t>wameedhissa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I179" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J179" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K179" s="1" t="inlineStr">
         <is>
-          <t>Physiology </t>
+          <t>مدني</t>
         </is>
       </c>
       <c r="L179" s="1" t="inlineStr">
         <is>
-          <t>الفسلجة والبيولوجي المتقدم </t>
+          <t>انشاءات</t>
         </is>
       </c>
       <c r="M179" s="1" t="inlineStr">
         <is>
-          <t>ARSENIC MAY BE TARGETED THERAPY FOR CANCERS HARBORING TRIM-DOMAIN CONTAINING FUSION PROTEINS</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحليل لا خطي لاعمدة خرسانية نحيفة ذات مقاطع مصمتة و مجوفة معززة بالياف الحديد معرضة لاحمال مركزية او لا مركزية </t>
+        </is>
+      </c>
+      <c r="N179" s="1"/>
       <c r="O179" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P179" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>807</t>
+          <t>722</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>وميض عيسى بريدي</t>
+          <t>عذراء علي حسين </t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t>wameedh issa braidi</t>
+          <t>Athraa Ali Hussein</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/h7rqepd6nl4c0x_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n3qsut9w2ipro14.jpg</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
-          <t>1977-08-01</t>
+          <t>1989-06-23</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G180" s="1" t="inlineStr">
         <is>
-          <t>07711153069</t>
+          <t>07700113647</t>
         </is>
       </c>
       <c r="H180" s="1" t="inlineStr">
         <is>
-          <t>wameedhissa@uomisan.edu.iq</t>
+          <t>athraa.a.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I180" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J180" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K180" s="1" t="inlineStr">
         <is>
-          <t>مدني</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L180" s="1" t="inlineStr">
         <is>
-          <t>انشاءات</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M180" s="1" t="inlineStr">
         <is>
-          <t>تحليل لا خطي لاعمدة خرسانية نحيفة ذات مقاطع مصمتة و مجوفة معززة بالياف الحديد معرضة لاحمال مركزية او لا مركزية </t>
-[...2 lines deleted...]
-      <c r="N180" s="1"/>
+          <t>Recognition of English assimitory,assimilated and resultant sounds by advanced Iraqi learners :A perceptual study</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O180" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P180" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>722</t>
+          <t>831</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>عذراء علي حسين </t>
+          <t>مرتضى سعيد محمد </t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t>Athraa Ali Hussein</t>
+          <t>Murtadha Seead Mohammed </t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n3qsut9w2ipro14.jpg</t>
+          <t>uploads/photos/rdpu17hoz4b6x5m.jpeg</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
-          <t>1989-06-23</t>
+          <t>1989-10-18</t>
         </is>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G181" s="1" t="inlineStr">
         <is>
-          <t>07700113647</t>
+          <t>07705586474</t>
         </is>
       </c>
       <c r="H181" s="1" t="inlineStr">
         <is>
-          <t>athraa.a.h@uomisan.edu.iq</t>
+          <t>murtadha.saeed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I181" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J181" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K181" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>هندسة ميكانيك </t>
         </is>
       </c>
       <c r="L181" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>حراريات </t>
         </is>
       </c>
       <c r="M181" s="1" t="inlineStr">
         <is>
-          <t>Recognition of English assimitory,assimilated and resultant sounds by advanced Iraqi learners :A perceptual study</t>
-[...6 lines deleted...]
-      </c>
+          <t>دراسة نظريه وتجريبيه لتأثير الشكل الهندسي للعوائق والمائع النانوي على أداء المبادل الحراري ذي القشرة والانبوب على شكل حرف U</t>
+        </is>
+      </c>
+      <c r="N181" s="1"/>
       <c r="O181" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P181" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>831</t>
+          <t>822</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>مرتضى سعيد محمد </t>
+          <t>زهراء داود حسين</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t>Murtadha Seead Mohammed </t>
+          <t>Zahraa Dawood Hussein</t>
         </is>
       </c>
       <c r="D182" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/rdpu17hoz4b6x5m.jpeg</t>
+          <t>uploads/photos/mzd3nfq8w9rj7s0.jpeg</t>
         </is>
       </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
-          <t>1989-10-18</t>
+          <t>1990-11-13</t>
         </is>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G182" s="1" t="inlineStr">
         <is>
-          <t>07705586474</t>
+          <t>   </t>
         </is>
       </c>
       <c r="H182" s="1" t="inlineStr">
         <is>
-          <t>murtadha.saeed@uomisan.edu.iq</t>
+          <t>zahraadawood12@gmail.com</t>
         </is>
       </c>
       <c r="I182" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J182" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K182" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك </t>
+          <t>الهندسة الكهروميكانيكية</t>
         </is>
       </c>
       <c r="L182" s="1" t="inlineStr">
         <is>
-          <t>حراريات </t>
+          <t>نظم الكهروميكانيك</t>
         </is>
       </c>
       <c r="M182" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظريه وتجريبيه لتأثير الشكل الهندسي للعوائق والمائع النانوي على أداء المبادل الحراري ذي القشرة والانبوب على شكل حرف U</t>
-[...2 lines deleted...]
-      <c r="N182" s="1"/>
+          <t>Path Optimization for Medical Surgery Robotic Using Genetic Algorithm</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>   </t>
+        </is>
+      </c>
       <c r="O182" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P182" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>822</t>
+          <t>374</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>زهراء داود حسين</t>
+          <t>أحمد صيهود هاشم </t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Dawood Hussein</t>
+          <t>Ahmed Sayhoud Hashem</t>
         </is>
       </c>
       <c r="D183" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/mzd3nfq8w9rj7s0.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_rjm7e4hd6l3qco.jpeg</t>
         </is>
       </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
-          <t>1990-11-13</t>
+          <t>1991-11-01</t>
         </is>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G183" s="1" t="inlineStr">
         <is>
-          <t>   </t>
+          <t>07712653021</t>
         </is>
       </c>
       <c r="H183" s="1" t="inlineStr">
         <is>
-          <t>zahraadawood12@gmail.com</t>
+          <t>ahmdsyhwdhashm@gmail.com</t>
         </is>
       </c>
       <c r="I183" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J183" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K183" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكهروميكانيكية</t>
+          <t>الجغرافية البشرية </t>
         </is>
       </c>
       <c r="L183" s="1" t="inlineStr">
         <is>
-          <t>نظم الكهروميكانيك</t>
+          <t>الجغرافية المدن </t>
         </is>
       </c>
       <c r="M183" s="1" t="inlineStr">
         <is>
-          <t>Path Optimization for Medical Surgery Robotic Using Genetic Algorithm</t>
+          <t>السكن العشوائي في مدنية العمارة _ دراسة في جغرافية المدن </t>
         </is>
       </c>
       <c r="N183" s="1" t="inlineStr">
         <is>
-          <t>   </t>
+          <t>لا يوجد</t>
         </is>
       </c>
       <c r="O183" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P183" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>374</t>
+          <t>799</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>أحمد صيهود هاشم </t>
+          <t>حيدر عبدالكريم رحيم</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Sayhoud Hashem</t>
+          <t>Haider Abdalkarem Raheem</t>
         </is>
       </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_rjm7e4hd6l3qco.jpeg</t>
+          <t>uploads/photos/eojkp729d861zuw.jpg</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
-          <t>1991-11-01</t>
+          <t>1992-01-11</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G184" s="1" t="inlineStr">
         <is>
-          <t>07712653021</t>
+          <t>07712638685</t>
         </is>
       </c>
       <c r="H184" s="1" t="inlineStr">
         <is>
-          <t>ahmdsyhwdhashm@gmail.com</t>
+          <t>eng.haider992@gmail.com</t>
         </is>
       </c>
       <c r="I184" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J184" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K184" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية البشرية </t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L184" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية المدن </t>
+          <t>انشاءات</t>
         </is>
       </c>
       <c r="M184" s="1" t="inlineStr">
         <is>
-          <t>السكن العشوائي في مدنية العمارة _ دراسة في جغرافية المدن </t>
-[...6 lines deleted...]
-      </c>
+          <t>التحليل الزلزالي الحركي اللاخطي لبناية خرسانية مسلحة متعددة الطوابق</t>
+        </is>
+      </c>
+      <c r="N184" s="1"/>
       <c r="O184" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P184" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>799</t>
+          <t>711</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبدالكريم رحيم</t>
+          <t>رواء يحيى خلف</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t>Haider Abdalkarem Raheem</t>
+          <t>RAWAA YAHYA KHALAF</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/eojkp729d861zuw.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/61wivpckhrfoe59.jpg</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
-          <t>1992-01-11</t>
+          <t>1992-03-15</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G185" s="1" t="inlineStr">
         <is>
-          <t>07712638685</t>
+          <t>07713783791</t>
         </is>
       </c>
       <c r="H185" s="1" t="inlineStr">
         <is>
-          <t>eng.haider992@gmail.com</t>
+          <t>rawaa.yaha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I185" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J185" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K185" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>اقتصاد</t>
         </is>
       </c>
       <c r="L185" s="1" t="inlineStr">
         <is>
-          <t>انشاءات</t>
+          <t>مالية عامة</t>
         </is>
       </c>
       <c r="M185" s="1" t="inlineStr">
         <is>
-          <t>التحليل الزلزالي الحركي اللاخطي لبناية خرسانية مسلحة متعددة الطوابق</t>
-[...2 lines deleted...]
-      <c r="N185" s="1"/>
+          <t>دور أدوات السياسة المالية في تحفيز القطاع الحقيقي في العراق للمدة (٢٠٠٤-٢٠١٦)</t>
+        </is>
+      </c>
+      <c r="N185" s="1" t="inlineStr">
+        <is>
+          <t>/</t>
+        </is>
+      </c>
       <c r="O185" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P185" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>711</t>
+          <t>869</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>رواء يحيى خلف</t>
+          <t>مروه سامي جبار</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t>RAWAA YAHYA KHALAF</t>
+          <t>Marwa sami jabbar</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/61wivpckhrfoe59.jpg</t>
+          <t>uploads/photos/emck8p953zsiq0u.jpeg</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
-          <t>1992-03-15</t>
+          <t>1992-07-05</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G186" s="1" t="inlineStr">
         <is>
-          <t>07713783791</t>
+          <t>07728340386</t>
         </is>
       </c>
       <c r="H186" s="1" t="inlineStr">
         <is>
-          <t>rawaa.yaha@uomisan.edu.iq</t>
+          <t>marwasami9284@gmail.com</t>
         </is>
       </c>
       <c r="I186" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J186" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K186" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L186" s="1" t="inlineStr">
         <is>
-          <t>مالية عامة</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M186" s="1" t="inlineStr">
         <is>
-          <t>دور أدوات السياسة المالية في تحفيز القطاع الحقيقي في العراق للمدة (٢٠٠٤-٢٠١٦)</t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر التقلبات الاقتصادية على الحق المالي للمتعاقد في عقد الأشغال العامة في الهراق</t>
+        </is>
+      </c>
+      <c r="N186" s="1"/>
       <c r="O186" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P186" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>869</t>
+          <t>801</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>مروه سامي جبار</t>
+          <t>احمد ماجد عبد العباس الذهبي</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t>Marwa sami jabbar</t>
+          <t>Ahmed Majed AbdulAbbas Althahabi</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/emck8p953zsiq0u.jpeg</t>
+          <t>uploads/photos/8qeys7vwp0hk5n4.PNG</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
-          <t>1992-07-05</t>
+          <t>1993-01-01</t>
         </is>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G187" s="1" t="inlineStr">
         <is>
-          <t>07728340386</t>
+          <t>07707374139</t>
         </is>
       </c>
       <c r="H187" s="1" t="inlineStr">
         <is>
-          <t>marwasami9284@gmail.com</t>
+          <t>ahmedmajed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I187" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J187" s="1" t="inlineStr">
         <is>
           <t>2023-02-20</t>
         </is>
       </c>
       <c r="K187" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>Computer Engineering </t>
         </is>
       </c>
       <c r="L187" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>Computer and Biomedical Eng</t>
         </is>
       </c>
       <c r="M187" s="1" t="inlineStr">
         <is>
-          <t>أثر التقلبات الاقتصادية على الحق المالي للمتعاقد في عقد الأشغال العامة في الهراق</t>
+          <t>نظام مساعدة البتر الثنائي بالاعتماد على اتصالات اشارة عصب اليد اللاسلكية </t>
         </is>
       </c>
       <c r="N187" s="1"/>
       <c r="O187" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P187" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>801</t>
+          <t>794</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>احمد ماجد عبد العباس الذهبي</t>
+          <t>مريم جبر جعفر</t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Majed AbdulAbbas Althahabi</t>
+          <t>maryam jebur jaafer</t>
         </is>
       </c>
       <c r="D188" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/8qeys7vwp0hk5n4.PNG</t>
+          <t>uploads/photos/2a5kw_gotzji073.jpg</t>
         </is>
       </c>
       <c r="E188" s="1" t="inlineStr">
         <is>
-          <t>1993-01-01</t>
+          <t>1994-03-01</t>
         </is>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G188" s="1" t="inlineStr">
         <is>
-          <t>07707374139</t>
+          <t>07716739744</t>
         </is>
       </c>
       <c r="H188" s="1" t="inlineStr">
         <is>
-          <t>ahmedmajed@uomisan.edu.iq</t>
+          <t>maryam.j.j@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I188" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J188" s="1" t="inlineStr">
         <is>
-          <t>2023-02-20</t>
+          <t>2023-02-21</t>
         </is>
       </c>
       <c r="K188" s="1" t="inlineStr">
         <is>
-          <t>Computer Engineering </t>
+          <t> الهندسة الكيمياوية </t>
         </is>
       </c>
       <c r="L188" s="1" t="inlineStr">
         <is>
-          <t>Computer and Biomedical Eng</t>
+          <t> هندسة العمليات الكيماوية</t>
         </is>
       </c>
       <c r="M188" s="1" t="inlineStr">
         <is>
-          <t>نظام مساعدة البتر الثنائي بالاعتماد على اتصالات اشارة عصب اليد اللاسلكية </t>
+          <t>تصنيع و اختبار اداء غشاء البولي فينول سلفون في عملية التناضح الامامي لتحلية المياه المالحة</t>
         </is>
       </c>
       <c r="N188" s="1"/>
       <c r="O188" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P188" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>794</t>
+          <t>770</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>مريم جبر جعفر</t>
+          <t>شيماء فنجان حسناوي حسوني</t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t>maryam jebur jaafer</t>
+          <t>Shaimaa fenjan Hasnawi</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/2a5kw_gotzji073.jpg</t>
+          <t>uploads/photos/w30ruc21avm4pt_.png</t>
         </is>
       </c>
       <c r="E189" s="1" t="inlineStr">
         <is>
-          <t>1994-03-01</t>
+          <t>1993-08-10</t>
         </is>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G189" s="1" t="inlineStr">
         <is>
-          <t>07716739744</t>
+          <t>٠٧٧٠٥٧٩٤٩١٢</t>
         </is>
       </c>
       <c r="H189" s="1" t="inlineStr">
         <is>
-          <t>maryam.j.j@uomisan.edu.iq</t>
+          <t>Shaimaa.fenjan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I189" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J189" s="1" t="inlineStr">
         <is>
-          <t>2023-02-21</t>
+          <t>2023-03-05</t>
         </is>
       </c>
       <c r="K189" s="1" t="inlineStr">
         <is>
-          <t> الهندسة الكيمياوية </t>
+          <t>التأريخ</t>
         </is>
       </c>
       <c r="L189" s="1" t="inlineStr">
         <is>
-          <t> هندسة العمليات الكيماوية</t>
+          <t>التاريخ الحديث</t>
         </is>
       </c>
       <c r="M189" s="1" t="inlineStr">
         <is>
-          <t>تصنيع و اختبار اداء غشاء البولي فينول سلفون في عملية التناضح الامامي لتحلية المياه المالحة</t>
-[...2 lines deleted...]
-      <c r="N189" s="1"/>
+          <t>موقف الاتحاد السوفيتي  من حرب الخليج الثانية 1990-1991</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O189" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P189" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>770</t>
+          <t>740</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>شيماء فنجان حسناوي حسوني</t>
+          <t>كرار رياض سيد خفي</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t>Shaimaa fenjan Hasnawi</t>
+          <t>karrar riyadh sayyid</t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/w30ruc21avm4pt_.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/znydh7um21b45r6.jpg</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
-          <t>1993-08-10</t>
+          <t>1987-10-17</t>
         </is>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G190" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٥٧٩٤٩١٢</t>
+          <t>07711990058</t>
         </is>
       </c>
       <c r="H190" s="1" t="inlineStr">
         <is>
-          <t>Shaimaa.fenjan@uomisan.edu.iq</t>
+          <t>karar.alkhefe@gmail.com</t>
         </is>
       </c>
       <c r="I190" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J190" s="1" t="inlineStr">
         <is>
-          <t>2023-03-05</t>
+          <t>2023-03-07</t>
         </is>
       </c>
       <c r="K190" s="1" t="inlineStr">
         <is>
-          <t>التأريخ</t>
+          <t>قانون عام </t>
         </is>
       </c>
       <c r="L190" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث</t>
+          <t>القانون الدولي العام</t>
         </is>
       </c>
       <c r="M190" s="1" t="inlineStr">
         <is>
-          <t>موقف الاتحاد السوفيتي  من حرب الخليج الثانية 1990-1991</t>
-[...6 lines deleted...]
-      </c>
+          <t>المسؤولية الدولية عن الاعمال الارهابيه</t>
+        </is>
+      </c>
+      <c r="N190" s="1"/>
       <c r="O190" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P190" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>740</t>
+          <t>741</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>كرار رياض سيد خفي</t>
+          <t>محمد عبد الكريم سالم</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t>karrar riyadh sayyid</t>
+          <t>Mohamed AbdulKareem Salim</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/znydh7um21b45r6.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/brc4zldva0jkwnu.jpg</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
-          <t>1987-10-17</t>
+          <t>1990-01-23</t>
         </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G191" s="1" t="inlineStr">
         <is>
-          <t>07711990058</t>
+          <t>07728344017</t>
         </is>
       </c>
       <c r="H191" s="1" t="inlineStr">
         <is>
-          <t>karar.alkhefe@gmail.com</t>
+          <t>alknani445@gmail.com</t>
         </is>
       </c>
       <c r="I191" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J191" s="1" t="inlineStr">
         <is>
-          <t>2023-03-07</t>
+          <t>2023-03-10</t>
         </is>
       </c>
       <c r="K191" s="1" t="inlineStr">
         <is>
-          <t>قانون عام </t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L191" s="1" t="inlineStr">
         <is>
           <t>القانون الدولي العام</t>
         </is>
       </c>
       <c r="M191" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الدولية عن الاعمال الارهابيه</t>
+          <t>اثر النزاع المسلح غير الدولي على العمل الإنساني </t>
         </is>
       </c>
       <c r="N191" s="1"/>
       <c r="O191" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="P191" s="1" t="inlineStr">
         <is>
           <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>741</t>
+          <t>735</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الكريم سالم</t>
+          <t> بتول منشد جاسم</t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t>Mohamed AbdulKareem Salim</t>
+          <t>Batool Munshed Jasim</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/brc4zldva0jkwnu.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/uhklenorwfy3pd0.jpg</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
-          <t>1990-01-23</t>
+          <t>1991-06-01</t>
         </is>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G192" s="1" t="inlineStr">
         <is>
-          <t>07728344017</t>
+          <t>07739938163</t>
         </is>
       </c>
       <c r="H192" s="1" t="inlineStr">
         <is>
-          <t>alknani445@gmail.com</t>
+          <t>nargsalaa213@gmail.com</t>
         </is>
       </c>
       <c r="I192" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J192" s="1" t="inlineStr">
         <is>
-          <t>2023-03-10</t>
+          <t>2023-03-15</t>
         </is>
       </c>
       <c r="K192" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t> دارة الاعمال</t>
         </is>
       </c>
       <c r="L192" s="1" t="inlineStr">
         <is>
-          <t>القانون الدولي العام</t>
+          <t>إدارة الاعمال</t>
         </is>
       </c>
       <c r="M192" s="1" t="inlineStr">
         <is>
-          <t>اثر النزاع المسلح غير الدولي على العمل الإنساني </t>
+          <t>تاثير وظيفة نشر وظيفة الجودة الخضراء والقيادة التحويلية الخضراء في تطوير المنتجات الخضراء</t>
         </is>
       </c>
       <c r="N192" s="1"/>
       <c r="O192" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P192" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>735</t>
+          <t>755</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t> بتول منشد جاسم</t>
+          <t>محمد علي محمد حسن</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t>Batool Munshed Jasim</t>
+          <t> Mohammed Ali Mohammed Hasan</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/uhklenorwfy3pd0.jpg</t>
+          <t>uploads/photos/xrfwg_mobh5aesz.jpeg</t>
         </is>
       </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
-          <t>1991-06-01</t>
+          <t>1996-08-03</t>
         </is>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G193" s="1" t="inlineStr">
         <is>
-          <t>07739938163</t>
+          <t>07710907774</t>
         </is>
       </c>
       <c r="H193" s="1" t="inlineStr">
         <is>
-          <t>nargsalaa213@gmail.com</t>
+          <t>malnasir691@gmail.com</t>
         </is>
       </c>
       <c r="I193" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J193" s="1" t="inlineStr">
         <is>
-          <t>2023-03-15</t>
+          <t>2023-03-16</t>
         </is>
       </c>
       <c r="K193" s="1" t="inlineStr">
         <is>
-          <t> دارة الاعمال</t>
+          <t>علوم سياسية </t>
         </is>
       </c>
       <c r="L193" s="1" t="inlineStr">
         <is>
-          <t>إدارة الاعمال</t>
+          <t>علاقات دولية </t>
         </is>
       </c>
       <c r="M193" s="1" t="inlineStr">
         <is>
-          <t>تاثير وظيفة نشر وظيفة الجودة الخضراء والقيادة التحويلية الخضراء في تطوير المنتجات الخضراء</t>
+          <t>.انعكاسات المتغير الامني والاقليمي على منظومة امن الخليج بعد عام 2003</t>
         </is>
       </c>
       <c r="N193" s="1"/>
       <c r="O193" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P193" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>755</t>
+          <t>983</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>محمد علي محمد حسن</t>
+          <t>اسراء عبدالامير نعيم </t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t> Mohammed Ali Mohammed Hasan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Israa Abdulameer naeem </t>
+        </is>
+      </c>
+      <c r="D194" s="1"/>
       <c r="E194" s="1" t="inlineStr">
         <is>
-          <t>1996-08-03</t>
+          <t>1989-09-22</t>
         </is>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G194" s="1" t="inlineStr">
         <is>
-          <t>07710907774</t>
+          <t>07710901353</t>
         </is>
       </c>
       <c r="H194" s="1" t="inlineStr">
         <is>
-          <t>malnasir691@gmail.com</t>
+          <t>israaa.naeem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I194" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J194" s="1" t="inlineStr">
         <is>
-          <t>2023-03-16</t>
+          <t>2023-03-18</t>
         </is>
       </c>
       <c r="K194" s="1" t="inlineStr">
         <is>
-          <t>علوم سياسية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L194" s="1" t="inlineStr">
         <is>
-          <t>علاقات دولية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="M194" s="1" t="inlineStr">
         <is>
-          <t>.انعكاسات المتغير الامني والاقليمي على منظومة امن الخليج بعد عام 2003</t>
+          <t>مقارنة نسيجية، كيمايئية نسيجية وفسيولوجية لتأثير (  امتربتلين، اسيتالوبرام) على بعض الأعضاء في الجهاز التكاثري لذكور الفئران البالغة (Mus musculus) </t>
         </is>
       </c>
       <c r="N194" s="1"/>
       <c r="O194" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P194" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>983</t>
+          <t>896</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>اسراء عبدالامير نعيم </t>
+          <t>زلال هلال عبد</t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t>Israa Abdulameer naeem </t>
+          <t>zulal hilal</t>
         </is>
       </c>
       <c r="D195" s="1"/>
       <c r="E195" s="1" t="inlineStr">
         <is>
-          <t>1989-09-22</t>
+          <t>1991-10-30</t>
         </is>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G195" s="1" t="inlineStr">
         <is>
-          <t>07710901353</t>
+          <t>07732803477</t>
         </is>
       </c>
       <c r="H195" s="1" t="inlineStr">
         <is>
-          <t>israaa.naeem@uomisan.edu.iq</t>
+          <t>alkaramel3@gmail.com</t>
         </is>
       </c>
       <c r="I195" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J195" s="1" t="inlineStr">
         <is>
-          <t>2023-03-18</t>
+          <t>2023-03-20</t>
         </is>
       </c>
       <c r="K195" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L195" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M195" s="1" t="inlineStr">
         <is>
-          <t>مقارنة نسيجية، كيمايئية نسيجية وفسيولوجية لتأثير (  امتربتلين، اسيتالوبرام) على بعض الأعضاء في الجهاز التكاثري لذكور الفئران البالغة (Mus musculus) </t>
+          <t>اثر استراتيجية s.n.i.p.s في التحصيل والتفكير التأملي لدى طالبات الصف الخامس الادبي بمادة التاريخ</t>
         </is>
       </c>
       <c r="N195" s="1"/>
       <c r="O195" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P195" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>896</t>
+          <t>982</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>زلال هلال عبد</t>
+          <t>بهاء عبد الحسين عبد علي </t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t>zulal hilal</t>
-[...2 lines deleted...]
-      <c r="D196" s="1"/>
+          <t>Baha Abdulhussein Abd Ali</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/_wl8nac6xh1f235.jpeg</t>
+        </is>
+      </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
-          <t>1991-10-30</t>
+          <t>1988-04-21</t>
         </is>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G196" s="1" t="inlineStr">
         <is>
-          <t>07732803477</t>
+          <t>009647705512425</t>
         </is>
       </c>
       <c r="H196" s="1" t="inlineStr">
         <is>
-          <t>alkaramel3@gmail.com</t>
+          <t>bahaa.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I196" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J196" s="1" t="inlineStr">
         <is>
-          <t>2023-03-20</t>
+          <t>2023-03-21</t>
         </is>
       </c>
       <c r="K196" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>تربية رياضية </t>
         </is>
       </c>
       <c r="L196" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>العلوم الصحية/كرة يد </t>
         </is>
       </c>
       <c r="M196" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية s.n.i.p.s في التحصيل والتفكير التأملي لدى طالبات الصف الخامس الادبي بمادة التاريخ</t>
+          <t>بناء مقياس الضغوط النفسية لحكام كرة القدم </t>
         </is>
       </c>
       <c r="N196" s="1"/>
       <c r="O196" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P196" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>982</t>
+          <t>719</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>بهاء عبد الحسين عبد علي </t>
+          <t>مالك سابط طعيمه رسن</t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t>Baha Abdulhussein Abd Ali</t>
+          <t>malik sabet toaema</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/_wl8nac6xh1f235.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e7h3jo1qagxzd0c.png</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
-          <t>1988-04-21</t>
+          <t>1985-06-10</t>
         </is>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G197" s="1" t="inlineStr">
         <is>
-          <t>009647705512425</t>
+          <t>07707366999</t>
         </is>
       </c>
       <c r="H197" s="1" t="inlineStr">
         <is>
-          <t>bahaa.mcm@uomisan.edu.iq</t>
+          <t>alqadm585@gmail.com</t>
         </is>
       </c>
       <c r="I197" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J197" s="1" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>2023-04-04</t>
         </is>
       </c>
       <c r="K197" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية </t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L197" s="1" t="inlineStr">
         <is>
-          <t>العلوم الصحية/كرة يد </t>
+          <t>تدريب كرة سلة</t>
         </is>
       </c>
       <c r="M197" s="1" t="inlineStr">
         <is>
-          <t>بناء مقياس الضغوط النفسية لحكام كرة القدم </t>
-[...2 lines deleted...]
-      <c r="N197" s="1"/>
+          <t>تأثير تمرينات خاصة وفق استعمال بعض الوسائل والاجهزة التدريبية في تطوير بعض انواع القوة الخاصة ومستوى الأداء المهاري المركب الهجومي بكرة السلة تحت سن ١٨</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O197" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P197" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>719</t>
+          <t>747</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>مالك سابط طعيمه رسن</t>
+          <t>حميد مجيد راضي</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t>malik sabet toaema</t>
+          <t>Hameed Majeed Radhi</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e7h3jo1qagxzd0c.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/khy1gtlndj72ae5.jpg</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
-          <t>1985-06-10</t>
+          <t>1992-05-16</t>
         </is>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G198" s="1" t="inlineStr">
         <is>
-          <t>07707366999</t>
+          <t>07711363868</t>
         </is>
       </c>
       <c r="H198" s="1" t="inlineStr">
         <is>
-          <t>alqadm585@gmail.com</t>
+          <t>hameed.majeed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I198" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J198" s="1" t="inlineStr">
         <is>
           <t>2023-04-04</t>
         </is>
       </c>
       <c r="K198" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L198" s="1" t="inlineStr">
         <is>
-          <t>تدريب كرة سلة</t>
+          <t>احياء مجهرية</t>
         </is>
       </c>
       <c r="M198" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة وفق استعمال بعض الوسائل والاجهزة التدريبية في تطوير بعض انواع القوة الخاصة ومستوى الأداء المهاري المركب الهجومي بكرة السلة تحت سن ١٨</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cytokines storm syndrome in covid-19 patients associated with copy number of coronavirus by real times PCR technique </t>
+        </is>
+      </c>
+      <c r="N198" s="1"/>
       <c r="O198" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P198" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>747</t>
+          <t>972</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>حميد مجيد راضي</t>
+          <t>عبدالكريم علي حسين</t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t>Hameed Majeed Radhi</t>
+          <t>Abdulkareem Ali Hussein</t>
         </is>
       </c>
       <c r="D199" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/khy1gtlndj72ae5.jpg</t>
+          <t>uploads/files/xri2qes9k06_puo.jpg</t>
         </is>
       </c>
       <c r="E199" s="1" t="inlineStr">
         <is>
-          <t>1992-05-16</t>
+          <t>1993-11-02</t>
         </is>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G199" s="1" t="inlineStr">
         <is>
-          <t>07711363868</t>
+          <t>07717091644</t>
         </is>
       </c>
       <c r="H199" s="1" t="inlineStr">
         <is>
-          <t>hameed.majeed@uomisan.edu.iq</t>
+          <t>abdulkareem.ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I199" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J199" s="1" t="inlineStr">
         <is>
           <t>2023-04-04</t>
         </is>
       </c>
       <c r="K199" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>علوم في الرياضيات</t>
         </is>
       </c>
       <c r="L199" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية</t>
+          <t>رياضيات الصرفة</t>
         </is>
       </c>
       <c r="M199" s="1" t="inlineStr">
         <is>
-          <t>Cytokines storm syndrome in covid-19 patients associated with copy number of coronavirus by real times PCR technique </t>
+          <t>المقاسات⨁ المكملة من النمط - جاكوبسون</t>
         </is>
       </c>
       <c r="N199" s="1"/>
       <c r="O199" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P199" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>972</t>
+          <t>765</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>عبدالكريم علي حسين</t>
+          <t>زهراء ناصر علي حيدر الموسوي </t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t>Abdulkareem Ali Hussein</t>
+          <t>zahraa naser ali</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xri2qes9k06_puo.jpg</t>
+          <t>uploads/photos/rdp6jlyiwxqtf_9.jpeg</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
-          <t>1993-11-02</t>
+          <t>2023-08-27</t>
         </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G200" s="1" t="inlineStr">
         <is>
-          <t>07717091644</t>
+          <t>07735067377</t>
         </is>
       </c>
       <c r="H200" s="1" t="inlineStr">
         <is>
-          <t>abdulkareem.ali@uomisan.edu.iq</t>
+          <t>zahraa.nassr@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I200" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J200" s="1" t="inlineStr">
         <is>
-          <t>2023-04-04</t>
+          <t>2023-04-13</t>
         </is>
       </c>
       <c r="K200" s="1" t="inlineStr">
         <is>
-          <t>علوم في الرياضيات</t>
+          <t>علوم محاسبة</t>
         </is>
       </c>
       <c r="L200" s="1" t="inlineStr">
         <is>
-          <t>رياضيات الصرفة</t>
+          <t>مالية</t>
         </is>
       </c>
       <c r="M200" s="1" t="inlineStr">
         <is>
-          <t>المقاسات⨁ المكملة من النمط - جاكوبسون</t>
+          <t>{تأثير تبني معايير الإبلاغ المالي الدولي في جودة أرباح المصارف العراقية باستعمال أنموذج Beneish M-score دراسة تطبيقية في عينة من المصارف المدرجة في سوق العراق للأوراق المالية</t>
         </is>
       </c>
       <c r="N200" s="1"/>
       <c r="O200" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P200" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>765</t>
+          <t>886</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>زهراء ناصر علي حيدر الموسوي </t>
+          <t>سالم رحيم معله </t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t>zahraa naser ali</t>
+          <t>Salim </t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/rdp6jlyiwxqtf_9.jpeg</t>
+          <t>uploads/photos/g2oz0emr_49uhnc.jpg</t>
         </is>
       </c>
       <c r="E201" s="1" t="inlineStr">
         <is>
-          <t>2023-08-27</t>
+          <t>1994-05-23</t>
         </is>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G201" s="1" t="inlineStr">
         <is>
-          <t>07735067377</t>
+          <t>07735728857</t>
         </is>
       </c>
       <c r="H201" s="1" t="inlineStr">
         <is>
-          <t>zahraa.nassr@uomisan.edu.iq</t>
+          <t>salim.reheem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I201" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J201" s="1" t="inlineStr">
         <is>
-          <t>2023-04-13</t>
+          <t>2023-04-16</t>
         </is>
       </c>
       <c r="K201" s="1" t="inlineStr">
         <is>
-          <t>علوم محاسبة</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L201" s="1" t="inlineStr">
         <is>
-          <t>مالية</t>
+          <t>الدلالة</t>
         </is>
       </c>
       <c r="M201" s="1" t="inlineStr">
         <is>
-          <t>{تأثير تبني معايير الإبلاغ المالي الدولي في جودة أرباح المصارف العراقية باستعمال أنموذج Beneish M-score دراسة تطبيقية في عينة من المصارف المدرجة في سوق العراق للأوراق المالية</t>
+          <t>دلالة المنطوق غير الصريح في كتاب ما وراء الفقه للسيد الشهيد محمد الصدر </t>
         </is>
       </c>
       <c r="N201" s="1"/>
       <c r="O201" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P201" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>