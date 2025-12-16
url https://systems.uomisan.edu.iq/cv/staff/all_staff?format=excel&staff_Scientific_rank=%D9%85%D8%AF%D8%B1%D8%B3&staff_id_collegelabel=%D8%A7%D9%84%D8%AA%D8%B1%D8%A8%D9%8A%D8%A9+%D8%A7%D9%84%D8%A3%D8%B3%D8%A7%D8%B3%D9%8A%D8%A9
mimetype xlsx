--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -7935,8368 +7935,8368 @@
       </c>
       <c r="M97" s="1" t="inlineStr">
         <is>
           <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
         </is>
       </c>
       <c r="N97" s="1" t="inlineStr">
         <is>
           <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
         </is>
       </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>922</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>احمد حسن موسى </t>
+          <t>أحمد سعدون حسين</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hassan Musa</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ahmed sadoon Hussein</t>
+        </is>
+      </c>
+      <c r="D98" s="1"/>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>1989-01-28</t>
+          <t>1982-09-25</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>07700114496</t>
+          <t>07705615276</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>ahmed.hassan@uomisan.edu.iq</t>
+          <t>ahmed.saadoun@uo.misan.edu.iq</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2019-12-26</t>
+          <t>2019-12-29</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>علوم أغذية وتقنيات أحيائية</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>النقد الأدبي</t>
+          <t>هندسة وراثية وتقنيات أحيائية</t>
         </is>
       </c>
       <c r="M98" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
-[...6 lines deleted...]
-      </c>
+          <t>التحري عن بكتريا  B. cereusالسامة المعزولة من نماذج أغذية مختلفة بالطرق التقليدية والجزيئية</t>
+        </is>
+      </c>
+      <c r="N98" s="1"/>
       <c r="O98" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>922</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>أحمد سعدون حسين</t>
+          <t>فرقان عبد الرضا كريم حسين </t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>Ahmed sadoon Hussein</t>
-[...2 lines deleted...]
-      <c r="D99" s="1"/>
+          <t>Furqan Abdul Reda Karim Hussein</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pmakqhovsx8r42c.jpg</t>
+        </is>
+      </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>1982-09-25</t>
+          <t>1991-01-01</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>07705615276</t>
+          <t>07707805620</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>ahmed.saadoun@uo.misan.edu.iq</t>
+          <t>furqan-altaie@uomisan.ed.iq</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
           <t>2019-12-29</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>علوم أغذية وتقنيات أحيائية</t>
+          <t>اللغة الانجليزية/علم اللغة</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>هندسة وراثية وتقنيات أحيائية</t>
+          <t>علم الاصوات اللغوية</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>التحري عن بكتريا  B. cereusالسامة المعزولة من نماذج أغذية مختلفة بالطرق التقليدية والجزيئية</t>
-[...2 lines deleted...]
-      <c r="N99" s="1"/>
+          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P99" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>333</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>فرقان عبد الرضا كريم حسين </t>
+          <t>ضفاف مهدي حسون</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>Furqan Abdul Reda Karim Hussein</t>
+          <t>dhifaf mahdi hasuwn</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pmakqhovsx8r42c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxertsjkmwpcq2d.jpg</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>1991-01-01</t>
+          <t>1989-07-04</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>07707805620</t>
+          <t>07728570194</t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>furqan-altaie@uomisan.ed.iq</t>
+          <t>dhifaf_mahdi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>2019-12-29</t>
+          <t>2020-01-05</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانجليزية/علم اللغة</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
-          <t>علم الاصوات اللغوية</t>
+          <t>تاريخ الخليج العربي</t>
         </is>
       </c>
       <c r="M100" s="1" t="inlineStr">
         <is>
-          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N100" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>الدور الكويتي في منظمة الاقطار المصدرة للنفط اوبلم 1961_1991</t>
         </is>
       </c>
       <c r="O100" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P100" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>333</t>
+          <t>434</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>ضفاف مهدي حسون</t>
+          <t>زينب سعد كرم محسن </t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>dhifaf mahdi hasuwn</t>
+          <t>Zainab saad karam</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxertsjkmwpcq2d.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ijpq7u18xsnb6cl.jpg</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>1989-07-04</t>
+          <t>1987-06-15</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>07728570194</t>
+          <t>٠</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>dhifaf_mahdi@uomisan.edu.iq</t>
+          <t>zainab-almosawi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
-          <t>2020-01-05</t>
+          <t>2020-01-19</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>علوم الحاسبات</t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الخليج العربي</t>
+          <t>شبكات</t>
         </is>
       </c>
       <c r="M101" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...6 lines deleted...]
-      </c>
+          <t>Dynamic load balancing in adhoc wireless networks using fuzzy neural networks</t>
+        </is>
+      </c>
+      <c r="N101" s="1"/>
       <c r="O101" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P101" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>434</t>
+          <t>219</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>زينب سعد كرم محسن </t>
+          <t>رعد هوير سويلم</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>Zainab saad karam</t>
+          <t>raad huyar suaylm</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ijpq7u18xsnb6cl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b1l4v3_x6aht9dy.jpg</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
-          <t>1987-06-15</t>
+          <t>1980-06-05</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G102" s="1" t="inlineStr">
         <is>
-          <t>٠</t>
+          <t>07705501135</t>
         </is>
       </c>
       <c r="H102" s="1" t="inlineStr">
         <is>
-          <t>zainab-almosawi@uomisan.edu.iq</t>
+          <t>raadalkaba1980@gmail.com</t>
         </is>
       </c>
       <c r="I102" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J102" s="1" t="inlineStr">
         <is>
-          <t>2020-01-19</t>
+          <t>2020-01-21</t>
         </is>
       </c>
       <c r="K102" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسبات</t>
+          <t>النقد الحديث</t>
         </is>
       </c>
       <c r="L102" s="1" t="inlineStr">
         <is>
-          <t>شبكات</t>
+          <t>السرد والنقد الثقافي</t>
         </is>
       </c>
       <c r="M102" s="1" t="inlineStr">
         <is>
-          <t>Dynamic load balancing in adhoc wireless networks using fuzzy neural networks</t>
-[...2 lines deleted...]
-      <c r="N102" s="1"/>
+          <t>صورة البطل في شعر العصر العباسي الثالث</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>تمثيلات الخوف في الرواية العراقية(2003-2015) </t>
+        </is>
+      </c>
       <c r="O102" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P102" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>631</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>رعد هوير سويلم</t>
+          <t>محمد حسين جاسم </t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>raad huyar suaylm</t>
+          <t>Mohammed Hussain Jasem</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b1l4v3_x6aht9dy.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k5cvlphj8wft23a.jpg</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>1980-06-05</t>
+          <t>1971-09-26</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
-          <t>07705501135</t>
+          <t>07729241926</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>raadalkaba1980@gmail.com</t>
+          <t>jassim_mohammed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I103" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J103" s="1" t="inlineStr">
         <is>
-          <t>2020-01-21</t>
+          <t>2020-01-22</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
-          <t>النقد الحديث</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
-          <t>السرد والنقد الثقافي</t>
+          <t>القانون الدستوري</t>
         </is>
       </c>
       <c r="M103" s="1" t="inlineStr">
         <is>
-          <t>صورة البطل في شعر العصر العباسي الثالث</t>
+          <t>الحق في الخصوصية في دستور جمهورية العراق لسنة 2005</t>
         </is>
       </c>
       <c r="N103" s="1" t="inlineStr">
         <is>
-          <t>تمثيلات الخوف في الرواية العراقية(2003-2015) </t>
+          <t> سلطة القضاء الدستوري بالترجيح بين المصالح دراسة مقارنة</t>
         </is>
       </c>
       <c r="O103" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P103" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>631</t>
+          <t>81</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>محمد حسين جاسم </t>
+          <t>أزهارعبدالوهاب محمد جبر </t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hussain Jasem</t>
+          <t>Azhar Abdul Wahab Mohammad Jabr</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k5cvlphj8wft23a.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8bueyp_oj0fc5ld.png</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>1971-09-26</t>
+          <t>1969-07-01</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>07729241926</t>
+          <t>077030402226</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
-          <t>jassim_mohammed@uomisan.edu.iq</t>
+          <t>azhar.abdulwahab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I104" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J104" s="1" t="inlineStr">
         <is>
-          <t>2020-01-22</t>
+          <t>2020-02-09</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>التربية البدنية وعلوم الرياضية </t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>القانون الدستوري</t>
+          <t>الادارة والتنظيم الرياضي</t>
         </is>
       </c>
       <c r="M104" s="1" t="inlineStr">
         <is>
-          <t>الحق في الخصوصية في دستور جمهورية العراق لسنة 2005</t>
+          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
         </is>
       </c>
       <c r="N104" s="1" t="inlineStr">
         <is>
-          <t> سلطة القضاء الدستوري بالترجيح بين المصالح دراسة مقارنة</t>
+          <t>الثقافة التنظيمية وعلاقتها بالانغماس الوظيفي وسلوك المواطنة التنظيمية لمدربي بعض الالعاب الفرقية ومساعديهم لاندية النخبة في العراق </t>
         </is>
       </c>
       <c r="O104" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P104" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>486</t>
+          <t>370</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>علي حسين حسن غافل </t>
+          <t>مصطفى سالم عبدالرضا</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t> Ali Hussein Hasan</t>
+          <t>Mustafa Salem Abdel Redha</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/75ofg_0482usqje.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ar8vtufxk2z4je.jpg</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>1975-05-09</t>
+          <t>2021-10-21</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
-          <t>+9647702690816</t>
+          <t>07712413273</t>
         </is>
       </c>
       <c r="H105" s="1" t="inlineStr">
         <is>
-          <t>al_azzawwi@uomisan.edu.iq</t>
+          <t>mustafa.amara83@gmail.com</t>
         </is>
       </c>
       <c r="I105" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J105" s="1" t="inlineStr">
         <is>
-          <t>2020-02-06</t>
+          <t>2020-02-17</t>
         </is>
       </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>علوم في التمريض</t>
         </is>
       </c>
       <c r="L105" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد</t>
+          <t>علوم تمريض الاطفال</t>
         </is>
       </c>
       <c r="M105" s="1" t="inlineStr">
         <is>
-          <t>IMPROVING THE HARDNESS AND WEAR RESISTANCE OF CAST IRON SURFACE BY LASER MELT BEAM INJECTION METHOD (LMI) WITH MECHANICAL ALLOYED POWDER</t>
-[...6 lines deleted...]
-      </c>
+          <t>Impact of enuresis upon psycho-social status at primary school children in Misan city</t>
+        </is>
+      </c>
+      <c r="N105" s="1"/>
       <c r="O105" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P105" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>81</t>
+          <t>184</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>أزهارعبدالوهاب محمد جبر </t>
+          <t>كرار اكرم كامل</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>Azhar Abdul Wahab Mohammad Jabr</t>
+          <t>Karrar Akram kamil</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8bueyp_oj0fc5ld.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nj1mo5ghcip7s3u.jpeg</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
-          <t>1969-07-01</t>
+          <t>1987-01-20</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G106" s="1" t="inlineStr">
         <is>
-          <t>077030402226</t>
+          <t>07827212718</t>
         </is>
       </c>
       <c r="H106" s="1" t="inlineStr">
         <is>
-          <t>azhar.abdulwahab@uomisan.edu.iq</t>
+          <t>karar.akram@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I106" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J106" s="1" t="inlineStr">
         <is>
-          <t>2020-02-09</t>
+          <t>2020-02-25</t>
         </is>
       </c>
       <c r="K106" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L106" s="1" t="inlineStr">
         <is>
-          <t>الادارة والتنظيم الرياضي</t>
+          <t>علم النبات</t>
         </is>
       </c>
       <c r="M106" s="1" t="inlineStr">
         <is>
-          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
-[...6 lines deleted...]
-      </c>
+          <t>Comparative Study of the Effects of Different Industrial Effluents on Fenugreek Plants Growth</t>
+        </is>
+      </c>
+      <c r="N106" s="1"/>
       <c r="O106" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P106" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>300</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>مصطفى سالم عبدالرضا</t>
+          <t>هديل صالح مهدي</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Salem Abdel Redha</t>
+          <t>Hadeel Salih Mahdi</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ar8vtufxk2z4je.jpg</t>
+          <t>uploads/photos/6xvo4tq0wp3y8fr.jpeg</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
-          <t>2021-10-21</t>
+          <t>1989-01-30</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G107" s="1" t="inlineStr">
         <is>
-          <t>07712413273</t>
+          <t>0000</t>
         </is>
       </c>
       <c r="H107" s="1" t="inlineStr">
         <is>
-          <t>mustafa.amara83@gmail.com</t>
+          <t>hadeel.salih@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I107" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J107" s="1" t="inlineStr">
         <is>
-          <t>2020-02-17</t>
+          <t>2020-03-01</t>
         </is>
       </c>
       <c r="K107" s="1" t="inlineStr">
         <is>
-          <t>علوم في التمريض</t>
+          <t>الفيزياء التطبيقية</t>
         </is>
       </c>
       <c r="L107" s="1" t="inlineStr">
         <is>
-          <t>علوم تمريض الاطفال</t>
+          <t>نانوتكنولوجي</t>
         </is>
       </c>
       <c r="M107" s="1" t="inlineStr">
         <is>
-          <t>Impact of enuresis upon psycho-social status at primary school children in Misan city</t>
-[...2 lines deleted...]
-      <c r="N107" s="1"/>
+          <t>APPLICATION OF RADIOLOGICAL DATA OF LIGNOCERIC ACID C24H48O2  IN MEDICAL FIELD</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>synthesis, characterization and biomedical applications of gold nanoparticles </t>
+        </is>
+      </c>
       <c r="O107" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P107" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>708</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>كرار اكرم كامل</t>
+          <t>علي طالب محمد</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>Karrar Akram kamil</t>
+          <t>ali talib mohammed</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nj1mo5ghcip7s3u.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da6e27f_8nuvl4w.jpg</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
-          <t>1987-01-20</t>
+          <t>2023-03-02</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
-          <t>07827212718</t>
+          <t>88866</t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
-          <t>karar.akram@uomisan.edu.iq</t>
+          <t>mayada@gmail.com</t>
         </is>
       </c>
       <c r="I108" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J108" s="1" t="inlineStr">
         <is>
-          <t>2020-02-25</t>
+          <t>2020-03-06</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>الصفوف الاولى</t>
         </is>
       </c>
       <c r="L108" s="1" t="inlineStr">
         <is>
-          <t>علم النبات</t>
+          <t>الصفوف الاولى</t>
         </is>
       </c>
       <c r="M108" s="1" t="inlineStr">
         <is>
-          <t>Comparative Study of the Effects of Different Industrial Effluents on Fenugreek Plants Growth</t>
+          <t>الصفوف الاولى</t>
         </is>
       </c>
       <c r="N108" s="1"/>
       <c r="O108" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P108" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>870</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>هديل صالح مهدي</t>
+          <t>عباس علي جمعة حمودي </t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>Hadeel Salih Mahdi</t>
+          <t>Abbas Ali Juma Hamoudi</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/6xvo4tq0wp3y8fr.jpeg</t>
+          <t>uploads/photos/0kayil_fn98jbhs.jpg</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
-          <t>1989-01-30</t>
+          <t>1987-11-12</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G109" s="1" t="inlineStr">
         <is>
-          <t>0000</t>
+          <t>07724820867</t>
         </is>
       </c>
       <c r="H109" s="1" t="inlineStr">
         <is>
-          <t>hadeel.salih@uomisan.edu.iq</t>
+          <t>cxzdsa190@gmail.com</t>
         </is>
       </c>
       <c r="I109" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J109" s="1" t="inlineStr">
         <is>
-          <t>2020-03-01</t>
+          <t>2020-03-09</t>
         </is>
       </c>
       <c r="K109" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء التطبيقية</t>
+          <t>التاريخ </t>
         </is>
       </c>
       <c r="L109" s="1" t="inlineStr">
         <is>
-          <t>نانوتكنولوجي</t>
+          <t>التاريخ الحديث </t>
         </is>
       </c>
       <c r="M109" s="1" t="inlineStr">
         <is>
-          <t>APPLICATION OF RADIOLOGICAL DATA OF LIGNOCERIC ACID C24H48O2  IN MEDICAL FIELD</t>
+          <t>عبد الله الدملوجي ودوره السياسي والثقافي والاجتماعي في العراق حتى عام 1958</t>
         </is>
       </c>
       <c r="N109" s="1" t="inlineStr">
         <is>
-          <t>synthesis, characterization and biomedical applications of gold nanoparticles </t>
+          <t>البازار ودوره السياسي في ايران من عام 1979 الى 1989</t>
         </is>
       </c>
       <c r="O109" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P109" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>708</t>
+          <t>198</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>علي طالب محمد</t>
+          <t>رشا خليل عبد الجليل عاتي</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>ali talib mohammed</t>
+          <t>Rasha Khalil Abdel Jalil Ati</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da6e27f_8nuvl4w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8s1j6zm9u0f25rt.jpg</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
-          <t>2023-03-02</t>
+          <t>1981-10-09</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G110" s="1" t="inlineStr">
         <is>
-          <t>88866</t>
+          <t>+9647707232132</t>
         </is>
       </c>
       <c r="H110" s="1" t="inlineStr">
         <is>
-          <t>mayada@gmail.com</t>
+          <t>rashak.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I110" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J110" s="1" t="inlineStr">
         <is>
-          <t>2020-03-06</t>
+          <t>2020-03-16</t>
         </is>
       </c>
       <c r="K110" s="1" t="inlineStr">
         <is>
-          <t>الصفوف الاولى</t>
+          <t>الطفيليات</t>
         </is>
       </c>
       <c r="L110" s="1" t="inlineStr">
         <is>
-          <t>الصفوف الاولى</t>
+          <t>الطفيليات</t>
         </is>
       </c>
       <c r="M110" s="1" t="inlineStr">
         <is>
-          <t>الصفوف الاولى</t>
-[...2 lines deleted...]
-      <c r="N110" s="1"/>
+          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>Traditional and Molecular Study of Cutaneous Leishmaniasis among Human beings, Dogs and Sandflies in Misan Province</t>
+        </is>
+      </c>
       <c r="O110" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P110" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>870</t>
+          <t>226</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>عباس علي جمعة حمودي </t>
+          <t>علي خلف رحيم </t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>Abbas Ali Juma Hamoudi</t>
+          <t>Ali khalaf Raheem </t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/0kayil_fn98jbhs.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du319c6eh74gqkp.jpg</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>1987-11-12</t>
+          <t>1987-10-14</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
         <is>
-          <t>07724820867</t>
+          <t>+9647706752188</t>
         </is>
       </c>
       <c r="H111" s="1" t="inlineStr">
         <is>
-          <t>cxzdsa190@gmail.com</t>
+          <t>ali.ali.khalaf1987@gmail.com</t>
         </is>
       </c>
       <c r="I111" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J111" s="1" t="inlineStr">
         <is>
-          <t>2020-03-09</t>
+          <t>2020-03-16</t>
         </is>
       </c>
       <c r="K111" s="1" t="inlineStr">
         <is>
-          <t>التاريخ </t>
+          <t>طب عام</t>
         </is>
       </c>
       <c r="L111" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث </t>
+          <t>طب وجراحة العيون </t>
         </is>
       </c>
       <c r="M111" s="1" t="inlineStr">
         <is>
-          <t>عبد الله الدملوجي ودوره السياسي والثقافي والاجتماعي في العراق حتى عام 1958</t>
-[...6 lines deleted...]
-      </c>
+          <t>effect of pars plana vitrectomy on tear film parameters</t>
+        </is>
+      </c>
+      <c r="N111" s="1"/>
       <c r="O111" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P111" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>198</t>
+          <t>584</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>رشا خليل عبد الجليل عاتي</t>
+          <t>حسين عبد الكريم جعفر</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>Rasha Khalil Abdel Jalil Ati</t>
+          <t>Huseain abdalkreem jafaar</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8s1j6zm9u0f25rt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2vpysw0f7jgma1c.jpg</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>1981-10-09</t>
+          <t>1977-05-11</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G112" s="1" t="inlineStr">
         <is>
-          <t>+9647707232132</t>
+          <t>٠٧٧٧٠٥٥٧٥١٦٥</t>
         </is>
       </c>
       <c r="H112" s="1" t="inlineStr">
         <is>
-          <t>rashak.mcm@uomisan.edu.iq</t>
+          <t>hhuussjjaaff@gmail.com</t>
         </is>
       </c>
       <c r="I112" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J112" s="1" t="inlineStr">
         <is>
-          <t>2020-03-16</t>
+          <t>2020-04-05</t>
         </is>
       </c>
       <c r="K112" s="1" t="inlineStr">
         <is>
-          <t>الطفيليات</t>
+          <t>دكتور اه تدريب كره اليد</t>
         </is>
       </c>
       <c r="L112" s="1" t="inlineStr">
         <is>
-          <t>الطفيليات</t>
+          <t>دكتوراه تدريب كره اليد</t>
         </is>
       </c>
       <c r="M112" s="1" t="inlineStr">
         <is>
-          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
+          <t>ا</t>
         </is>
       </c>
       <c r="N112" s="1" t="inlineStr">
         <is>
-          <t>Traditional and Molecular Study of Cutaneous Leishmaniasis among Human beings, Dogs and Sandflies in Misan Province</t>
+          <t>تاثير التدريبات التنافسية على الارتقاء بالأداء المهاري الهجومي لمراكز اللعب بكره اليد</t>
         </is>
       </c>
       <c r="O112" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P112" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>468</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>علي خلف رحيم </t>
+          <t>حسين طعمه حازم </t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>Ali khalaf Raheem </t>
+          <t>Hussein Tuama Hazim</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du319c6eh74gqkp.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hliwn2ka_bcgdp1.jpg</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>1987-10-14</t>
+          <t>1989-06-03</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G113" s="1" t="inlineStr">
         <is>
-          <t>+9647706752188</t>
+          <t>006947735717775</t>
         </is>
       </c>
       <c r="H113" s="1" t="inlineStr">
         <is>
-          <t>ali.ali.khalaf1987@gmail.com</t>
+          <t>hussein.tuama@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I113" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J113" s="1" t="inlineStr">
         <is>
-          <t>2020-03-16</t>
+          <t>2020-04-26</t>
         </is>
       </c>
       <c r="K113" s="1" t="inlineStr">
         <is>
-          <t>طب عام</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="L113" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة العيون </t>
+          <t>هندسة الالكترونيك والاتصالات</t>
         </is>
       </c>
       <c r="M113" s="1" t="inlineStr">
         <is>
-          <t>effect of pars plana vitrectomy on tear film parameters</t>
-[...2 lines deleted...]
-      <c r="N113" s="1"/>
+          <t> energy efficient bandwidth allocation for LTE mobile Networks</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>not yet</t>
+        </is>
+      </c>
       <c r="O113" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P113" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>978</t>
+          <t>442</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>عفاف عبدالله</t>
+          <t>اسراء ابراهيم لازم</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>afaf abdullah</t>
-[...2 lines deleted...]
-      <c r="D114" s="1"/>
+          <t>Israa Ibrahim Lazim</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gylcjoka0qbsmvh.jpg</t>
+        </is>
+      </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>1976-02-20</t>
+          <t>1979-12-31</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G114" s="1" t="inlineStr">
         <is>
-          <t>07831750594</t>
+          <t>07816214093</t>
         </is>
       </c>
       <c r="H114" s="1" t="inlineStr">
         <is>
-          <t>dr-afaf@uomisan.edu.iq</t>
+          <t>biology-lazim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I114" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J114" s="1" t="inlineStr">
         <is>
-          <t>2020-03-22</t>
+          <t>2020-04-28</t>
         </is>
       </c>
       <c r="K114" s="1" t="inlineStr">
         <is>
-          <t>ادوية وسموم</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L114" s="1" t="inlineStr">
         <is>
-          <t>ادوية</t>
+          <t>تلوث بيئي</t>
         </is>
       </c>
       <c r="M114" s="1" t="inlineStr">
         <is>
-          <t>الجرعة العلاجية المؤثرة لعالق اللوز الحلو مقارنة مع بعض الادوية المنخفضة لدهنية الدم في الفئران المستحدث بها تجريبيا فرط الدهنية في الدم </t>
-[...2 lines deleted...]
-      <c r="N114" s="1"/>
+          <t>تركيز بعض العناصر النزرة في ماء ورواسب وإناث نوعين من الاسماك  في نهر الفرات قرب مركز مدينة الناصرية - جنوبي العراق</t>
+        </is>
+      </c>
+      <c r="N114" s="1" t="inlineStr">
+        <is>
+          <t>تقييم التلوث بالمركبات الهيدروكربونية والعناصر الثقيلة في مياه ورواسب ونوعين من النباتات المائية في هور الحويزه في محافظة ميسان-جنوبي العراق</t>
+        </is>
+      </c>
       <c r="O114" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P114" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>584</t>
+          <t>519</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>حسين عبد الكريم جعفر</t>
+          <t>ختام ثجيل شمخي</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>Huseain abdalkreem jafaar</t>
+          <t>Khitam Thajeel Shamkhi</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2vpysw0f7jgma1c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l2ewimody5ftgka.jpg</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
-          <t>1977-05-11</t>
+          <t>1987-03-04</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G115" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٧٠٥٥٧٥١٦٥</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H115" s="1" t="inlineStr">
         <is>
-          <t>hhuussjjaaff@gmail.com</t>
+          <t>khitaam-thjeel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I115" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J115" s="1" t="inlineStr">
         <is>
-          <t>2020-04-05</t>
+          <t>2020-06-09</t>
         </is>
       </c>
       <c r="K115" s="1" t="inlineStr">
         <is>
-          <t>دكتور اه تدريب كره اليد</t>
+          <t>جغرافية</t>
         </is>
       </c>
       <c r="L115" s="1" t="inlineStr">
         <is>
-          <t>دكتوراه تدريب كره اليد</t>
+          <t>جغرافية الصناعة</t>
         </is>
       </c>
       <c r="M115" s="1" t="inlineStr">
         <is>
-          <t>ا</t>
-[...6 lines deleted...]
-      </c>
+          <t>الصناعات الخشبية في مدينة العمارة</t>
+        </is>
+      </c>
+      <c r="N115" s="1"/>
       <c r="O115" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P115" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>468</t>
+          <t>846</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>حسين طعمه حازم </t>
+          <t>محمد تالي قاسم المالجي</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>Hussein Tuama Hazim</t>
+          <t>Mohammed Tali Qasim Almalchy</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hliwn2ka_bcgdp1.jpg</t>
+          <t>uploads/photos/hgake6nx5piw43f.jpeg</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>1989-06-03</t>
+          <t>1987-06-24</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G116" s="1" t="inlineStr">
         <is>
-          <t>006947735717775</t>
+          <t>07727997873</t>
         </is>
       </c>
       <c r="H116" s="1" t="inlineStr">
         <is>
-          <t>hussein.tuama@uomisan.edu.iq</t>
+          <t>mohammed.almalchy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I116" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J116" s="1" t="inlineStr">
         <is>
-          <t>2020-04-26</t>
+          <t>2020-06-12</t>
         </is>
       </c>
       <c r="K116" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>علوم الحاسوب</t>
         </is>
       </c>
       <c r="L116" s="1" t="inlineStr">
         <is>
-          <t>هندسة الالكترونيك والاتصالات</t>
+          <t>تكنلوجيا المعلومات</t>
         </is>
       </c>
       <c r="M116" s="1" t="inlineStr">
         <is>
-          <t> energy efficient bandwidth allocation for LTE mobile Networks</t>
+          <t>نظام ادارة جامعي لجامعة ميسان</t>
         </is>
       </c>
       <c r="N116" s="1" t="inlineStr">
         <is>
-          <t>not yet</t>
+          <t>مساهمات في تصميم وتنفيذ أنظمة الرعاية الصحية استنادًا إلى شبكات الاستشعار اللاسلكية القابلة للارتداء</t>
         </is>
       </c>
       <c r="O116" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P116" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>442</t>
+          <t>153</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>اسراء ابراهيم لازم</t>
+          <t>احمد كريم احمد</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>Israa Ibrahim Lazim</t>
+          <t>Ahmed Kareem  Ahmed</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gylcjoka0qbsmvh.jpg</t>
+          <t>uploads/photos/g3nzfmha7qypk2x.jpg</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
-          <t>1979-12-31</t>
+          <t>1977-01-23</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G117" s="1" t="inlineStr">
         <is>
-          <t>07816214093</t>
+          <t>0771496990</t>
         </is>
       </c>
       <c r="H117" s="1" t="inlineStr">
         <is>
-          <t>biology-lazim@uomisan.edu.iq</t>
+          <t>abahadli88@gmail.com</t>
         </is>
       </c>
       <c r="I117" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J117" s="1" t="inlineStr">
         <is>
-          <t>2020-04-28</t>
+          <t>2020-06-13</t>
         </is>
       </c>
       <c r="K117" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>الاعلام</t>
         </is>
       </c>
       <c r="L117" s="1" t="inlineStr">
         <is>
-          <t>تلوث بيئي</t>
+          <t>الصحافة الاذاعية والتلفزيونية</t>
         </is>
       </c>
       <c r="M117" s="1" t="inlineStr">
         <is>
-          <t>تركيز بعض العناصر النزرة في ماء ورواسب وإناث نوعين من الاسماك  في نهر الفرات قرب مركز مدينة الناصرية - جنوبي العراق</t>
+          <t>البناء الفني لبرامج المناظرات السياسية في القنوات الفضائية العراقية </t>
         </is>
       </c>
       <c r="N117" s="1" t="inlineStr">
         <is>
-          <t>تقييم التلوث بالمركبات الهيدروكربونية والعناصر الثقيلة في مياه ورواسب ونوعين من النباتات المائية في هور الحويزه في محافظة ميسان-جنوبي العراق</t>
+          <t>التحريض في البرامج الحوارية التلفزيونية اثناء الازمات وانعكاسه على السلم المجتمعي </t>
         </is>
       </c>
       <c r="O117" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P117" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>519</t>
+          <t>291</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>ختام ثجيل شمخي</t>
+          <t>شيماء كريم حسون</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>Khitam Thajeel Shamkhi</t>
+          <t>shaemaa Kareem Hassoun</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l2ewimody5ftgka.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utczy7_6hj5vg9n.jpeg</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>1987-03-04</t>
+          <t>1985-03-07</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G118" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07706058548</t>
         </is>
       </c>
       <c r="H118" s="1" t="inlineStr">
         <is>
-          <t>khitaam-thjeel@uomisan.edu.iq</t>
+          <t>shayamaa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I118" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J118" s="1" t="inlineStr">
         <is>
-          <t>2020-06-09</t>
+          <t>2020-06-21</t>
         </is>
       </c>
       <c r="K118" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>رياضيات</t>
         </is>
       </c>
       <c r="L118" s="1" t="inlineStr">
         <is>
-          <t>جغرافية الصناعة</t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M118" s="1" t="inlineStr">
         <is>
-          <t>الصناعات الخشبية في مدينة العمارة</t>
-[...2 lines deleted...]
-      <c r="N118" s="1"/>
+          <t>التدريس باستراتيجية الاحداث المتناقضةواثره في التفكير الرياضي لدى طالبات الصف الثاني المتوسط</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O118" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P118" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>846</t>
+          <t>466</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>محمد تالي قاسم المالجي</t>
+          <t>مصعب صباح عبد</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Tali Qasim Almalchy</t>
+          <t>Musab sabah abed</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/hgake6nx5piw43f.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/450tk8ndp2iyarl.jpg</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>1987-06-24</t>
+          <t>1984-02-15</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G119" s="1" t="inlineStr">
         <is>
-          <t>07727997873</t>
+          <t>+9647712461111</t>
         </is>
       </c>
       <c r="H119" s="1" t="inlineStr">
         <is>
-          <t>mohammed.almalchy@uomisan.edu.iq</t>
+          <t>musciveng@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I119" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J119" s="1" t="inlineStr">
         <is>
-          <t>2020-06-12</t>
+          <t>2020-06-24</t>
         </is>
       </c>
       <c r="K119" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسوب</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="L119" s="1" t="inlineStr">
         <is>
-          <t>تكنلوجيا المعلومات</t>
+          <t>جيوتكنيك</t>
         </is>
       </c>
       <c r="M119" s="1" t="inlineStr">
         <is>
-          <t>نظام ادارة جامعي لجامعة ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>calculation of foundation beds according to the second group of limit state</t>
+        </is>
+      </c>
+      <c r="N119" s="1"/>
       <c r="O119" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P119" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>444</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم احمد</t>
+          <t>اسماء بدر سبتي</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Kareem  Ahmed</t>
+          <t>Asmaa Badr Sabti</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/g3nzfmha7qypk2x.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z1ptcyfk5j6_8u3.jpg</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>1977-01-23</t>
+          <t>2022-07-05</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
-          <t>0771496990</t>
+          <t>07806502835</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
-          <t>abahadli88@gmail.com</t>
+          <t>asmaabadr@uomisan.com</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>2020-06-13</t>
+          <t>2020-07-01</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
-          <t>الاعلام</t>
+          <t>Chemistry</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>الصحافة الاذاعية والتلفزيونية</t>
+          <t>Inorganic chemistry</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني لبرامج المناظرات السياسية في القنوات الفضائية العراقية </t>
+          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers</t>
         </is>
       </c>
       <c r="N120" s="1" t="inlineStr">
         <is>
-          <t>التحريض في البرامج الحوارية التلفزيونية اثناء الازمات وانعكاسه على السلم المجتمعي </t>
+          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers [٢٥/‏١٠ ١٢:٠٥ م] ????????‍???? Dr.Asmaa: Synthesis, Characterization and Biological Study of Some New Organotellurium Compounds </t>
         </is>
       </c>
       <c r="O120" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P120" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>827</t>
+          <t>154</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>ثائر عبدالرحيم كريم </t>
+          <t>احمد فالح شامخ</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>Thaar Abdalraheem kareem </t>
+          <t>Ahmed Falih Shamukh</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/yvikdjhunqezr7_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/px72cf8usj4e_kt.jpg</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
-          <t>1984-11-15</t>
+          <t>1985-01-17</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G121" s="1" t="inlineStr">
         <is>
-          <t>07703200457</t>
+          <t>009647705794727</t>
         </is>
       </c>
       <c r="H121" s="1" t="inlineStr">
         <is>
-          <t>thaar_kareem@uomisan.edu.iq</t>
+          <t>ahmed.faleh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I121" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J121" s="1" t="inlineStr">
         <is>
-          <t>2020-06-20</t>
+          <t>2020-07-05</t>
         </is>
       </c>
       <c r="K121" s="1" t="inlineStr">
         <is>
-          <t>هندسة الالكترونيك والاتصالات </t>
+          <t>Agriculture </t>
         </is>
       </c>
       <c r="L121" s="1" t="inlineStr">
         <is>
-          <t>هندسة الاتصالات</t>
+          <t>Horticulture </t>
         </is>
       </c>
       <c r="M121" s="1" t="inlineStr">
         <is>
-          <t>A Study on The Determinant Spectrum and Performance of STTC on Slow Fading Channels</t>
-[...6 lines deleted...]
-      </c>
+          <t>تطوير بارك روسكي ليست في مدينة بيلغورد / روسيا</t>
+        </is>
+      </c>
+      <c r="N121" s="1"/>
       <c r="O121" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P121" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>391</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>شيماء كريم حسون</t>
+          <t>صلاح رحيم جبار غضيب </t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>shaemaa Kareem Hassoun</t>
+          <t>salah raheem jabaar ghadhib</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utczy7_6hj5vg9n.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ht2ag467elqdn3s.jpg</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
-          <t>1985-03-07</t>
+          <t>1977-10-04</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G122" s="1" t="inlineStr">
         <is>
-          <t>07706058548</t>
+          <t>07700036040</t>
         </is>
       </c>
       <c r="H122" s="1" t="inlineStr">
         <is>
-          <t>shayamaa@uomisan.edu.iq</t>
+          <t>salah.rahim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I122" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J122" s="1" t="inlineStr">
         <is>
-          <t>2020-06-21</t>
+          <t>2020-07-19</t>
         </is>
       </c>
       <c r="K122" s="1" t="inlineStr">
         <is>
-          <t>رياضيات</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L122" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>علم اللغة </t>
         </is>
       </c>
       <c r="M122" s="1" t="inlineStr">
         <is>
-          <t>التدريس باستراتيجية الاحداث المتناقضةواثره في التفكير الرياضي لدى طالبات الصف الثاني المتوسط</t>
-[...6 lines deleted...]
-      </c>
+          <t>Comparative Analysis of the Word-Formation Categories of the Arabic and Russian Languages for the Purposes of Translation </t>
+        </is>
+      </c>
+      <c r="N122" s="1"/>
       <c r="O122" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P122" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>466</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>مصعب صباح عبد</t>
+          <t>احمد كريم مطشر عزيز </t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>Musab sabah abed</t>
+          <t>Ahmed kareem mutashar</t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/450tk8ndp2iyarl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_yj6ieqtp40b2mc.jpeg</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
-          <t>1984-02-15</t>
+          <t>1986-04-01</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G123" s="1" t="inlineStr">
         <is>
-          <t>+9647712461111</t>
+          <t>07705501399</t>
         </is>
       </c>
       <c r="H123" s="1" t="inlineStr">
         <is>
-          <t>musciveng@uomisan.edu.iq</t>
+          <t>ahmed86km@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I123" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J123" s="1" t="inlineStr">
         <is>
-          <t>2020-06-24</t>
+          <t>2020-07-19</t>
         </is>
       </c>
       <c r="K123" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L123" s="1" t="inlineStr">
         <is>
-          <t>جيوتكنيك</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M123" s="1" t="inlineStr">
         <is>
-          <t>calculation of foundation beds according to the second group of limit state</t>
-[...2 lines deleted...]
-      <c r="N123" s="1"/>
+          <t>متعددات الحدود لمعادلات بيلفيه المستمره والمتقطعة </t>
+        </is>
+      </c>
+      <c r="N123" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O123" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P123" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>444</t>
+          <t>431</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>اسماء بدر سبتي</t>
+          <t>مسلم عيدان هامل جاسم </t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t>Asmaa Badr Sabti</t>
+          <t>Muslim Idan Hamil</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z1ptcyfk5j6_8u3.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5cl7au6gzwesn90.jpg</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>2022-07-05</t>
+          <t>1986-06-28</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
         <is>
-          <t>07806502835</t>
+          <t>009647716170555</t>
         </is>
       </c>
       <c r="H124" s="1" t="inlineStr">
         <is>
-          <t>asmaabadr@uomisan.com</t>
+          <t>muslim.iddan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I124" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J124" s="1" t="inlineStr">
         <is>
-          <t>2020-07-01</t>
+          <t>2020-07-21</t>
         </is>
       </c>
       <c r="K124" s="1" t="inlineStr">
         <is>
-          <t>Chemistry</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L124" s="1" t="inlineStr">
         <is>
-          <t>Inorganic chemistry</t>
+          <t>نانوتكنولوجي</t>
         </is>
       </c>
       <c r="M124" s="1" t="inlineStr">
         <is>
-          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers</t>
-[...6 lines deleted...]
-      </c>
+          <t>synthesis of metal oxide thin films with introducing Zn element atoms by means of physical vapor deposition method</t>
+        </is>
+      </c>
+      <c r="N124" s="1"/>
       <c r="O124" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P124" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>154</t>
+          <t>142</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>احمد فالح شامخ</t>
+          <t>عدي جاسم محمد</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Falih Shamukh</t>
+          <t>Uday Jassim Mohammed</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/px72cf8usj4e_kt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otp6481a52vxucd.jpg</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>1985-01-17</t>
+          <t>1982-05-15</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
         <is>
-          <t>009647705794727</t>
+          <t>07729243312</t>
         </is>
       </c>
       <c r="H125" s="1" t="inlineStr">
         <is>
-          <t>ahmed.faleh@uomisan.edu.iq</t>
+          <t>odayalmaliki@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I125" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J125" s="1" t="inlineStr">
         <is>
-          <t>2020-07-05</t>
+          <t>2020-07-27</t>
         </is>
       </c>
       <c r="K125" s="1" t="inlineStr">
         <is>
-          <t>Agriculture </t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L125" s="1" t="inlineStr">
         <is>
-          <t>Horticulture </t>
+          <t>تدقيق</t>
         </is>
       </c>
       <c r="M125" s="1" t="inlineStr">
         <is>
-          <t>تطوير بارك روسكي ليست في مدينة بيلغورد / روسيا</t>
-[...2 lines deleted...]
-      <c r="N125" s="1"/>
+          <t>Financial control and its role in the public sector</t>
+        </is>
+      </c>
+      <c r="N125" s="1" t="inlineStr">
+        <is>
+          <t>THE EFFECT OF ACCOUNTING INFORMATION SYSTEM CHARACTERISTICS ON THE INTERNAL AUDIT EFFECTIVENESS   AMONG COMPANIES TRADED   IN IRAQI STOCK EXCHANGE:   TESTING THE MODERATING   ROLE OF EXPERIENCE</t>
+        </is>
+      </c>
       <c r="O125" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P125" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>391</t>
+          <t>422</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>صلاح رحيم جبار غضيب </t>
+          <t> علاء حسين كامل</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>salah raheem jabaar ghadhib</t>
+          <t>Alaa Hussein Kamil</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ht2ag467elqdn3s.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sz0o28lh5nyati3.jpg</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
-          <t>1977-10-04</t>
+          <t>1976-07-04</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
         <is>
-          <t>07700036040</t>
+          <t>07706907896</t>
         </is>
       </c>
       <c r="H126" s="1" t="inlineStr">
         <is>
-          <t>salah.rahim@uomisan.edu.iq</t>
+          <t>alaahusein5@gmail.com</t>
         </is>
       </c>
       <c r="I126" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J126" s="1" t="inlineStr">
         <is>
-          <t>2020-07-19</t>
+          <t>2020-08-02</t>
         </is>
       </c>
       <c r="K126" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L126" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة </t>
+          <t>طبقات الجو العليا والفضاء الخارجي</t>
         </is>
       </c>
       <c r="M126" s="1" t="inlineStr">
         <is>
-          <t>Comparative Analysis of the Word-Formation Categories of the Arabic and Russian Languages for the Purposes of Translation </t>
+          <t>THREE-DIMENSIONAL VORTEX STRUCTURE OF THE WIND AS MAIN CONDITION OF THE ATMOSPHERE</t>
         </is>
       </c>
       <c r="N126" s="1"/>
       <c r="O126" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P126" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>203</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم مطشر عزيز </t>
+          <t>رشا كريم خضر</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>Ahmed kareem mutashar</t>
+          <t>Rasha Kareem Khudhur</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_yj6ieqtp40b2mc.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/djzq1bn6o_2lt3f.jpg</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>1986-04-01</t>
+          <t>1987-11-05</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
-          <t>07705501399</t>
+          <t>07710792262</t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>ahmed86km@uomisan.edu.iq</t>
+          <t>rashapharma@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I127" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J127" s="1" t="inlineStr">
         <is>
-          <t>2020-07-19</t>
+          <t>2020-09-01</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>Pharmacist</t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>Pharmacology</t>
         </is>
       </c>
       <c r="M127" s="1" t="inlineStr">
         <is>
-          <t>متعددات الحدود لمعادلات بيلفيه المستمره والمتقطعة </t>
+          <t>A study of the effect of Nigella sativa (Black seeds) on pyrazinamide and anti-tuberculosis drugs induced hepatotoxicity in rabbits.</t>
         </is>
       </c>
       <c r="N127" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Yy</t>
         </is>
       </c>
       <c r="O127" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P127" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>431</t>
+          <t>17</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>مسلم عيدان هامل جاسم </t>
+          <t>علي سامي رشيد</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>Muslim Idan Hamil</t>
+          <t>Ali Sami Rashid</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5cl7au6gzwesn90.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4a67xh9_rkpdsm0.jpeg</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>1986-06-28</t>
+          <t>1987-01-25</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
-          <t>009647716170555</t>
+          <t>+9647705613545</t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>muslim.iddan@uomisan.edu.iq</t>
+          <t>alisamirashid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I128" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J128" s="1" t="inlineStr">
         <is>
-          <t>2020-07-21</t>
+          <t>2020-09-03</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t>نانوتكنولوجي</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M128" s="1" t="inlineStr">
         <is>
-          <t>synthesis of metal oxide thin films with introducing Zn element atoms by means of physical vapor deposition method</t>
-[...2 lines deleted...]
-      <c r="N128" s="1"/>
+          <t>Comparison of some kernels to Estimate AR spectrum </t>
+        </is>
+      </c>
+      <c r="N128" s="1" t="inlineStr">
+        <is>
+          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
+        </is>
+      </c>
       <c r="O128" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P128" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>385</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>عدي جاسم محمد</t>
+          <t>حسام احمد علي</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>Uday Jassim Mohammed</t>
+          <t>Hussam Ahmed Ali</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otp6481a52vxucd.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ij6yt9qv_a0u5hf.jpeg</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>1982-05-15</t>
+          <t>2021-03-03</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
-          <t>07729243312</t>
+          <t>07705613702</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
-          <t>odayalmaliki@uomisan.edu.iq</t>
+          <t>hasmalm91@gmail.com</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J129" s="1" t="inlineStr">
         <is>
-          <t>2020-07-27</t>
+          <t>2020-09-13</t>
         </is>
       </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>فلسفة</t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>تدقيق</t>
+          <t>اسلامي</t>
         </is>
       </c>
       <c r="M129" s="1" t="inlineStr">
         <is>
-          <t>Financial control and its role in the public sector</t>
+          <t>لاصلح الديني عند محمد فتح الله جولن</t>
         </is>
       </c>
       <c r="N129" s="1" t="inlineStr">
         <is>
-          <t>THE EFFECT OF ACCOUNTING INFORMATION SYSTEM CHARACTERISTICS ON THE INTERNAL AUDIT EFFECTIVENESS   AMONG COMPANIES TRADED   IN IRAQI STOCK EXCHANGE:   TESTING THE MODERATING   ROLE OF EXPERIENCE</t>
+          <t> نظرية وحدة الوجود بين السيوطي والبقاعي دراسة تحليلية نقدية مقارنة</t>
         </is>
       </c>
       <c r="O129" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>422</t>
+          <t>954</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t> علاء حسين كامل</t>
+          <t>حيدر احمد حسن</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>Alaa Hussein Kamil</t>
+          <t>Hayder Ahmed Hasan</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sz0o28lh5nyati3.jpg</t>
+          <t>uploads/files/xd5zfg3molkqv1y.png</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>1976-07-04</t>
+          <t>1968-09-26</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
-          <t>07706907896</t>
+          <t>07705507257</t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
-          <t>alaahusein5@gmail.com</t>
+          <t>hayder.ha1968@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I130" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J130" s="1" t="inlineStr">
         <is>
-          <t>2020-08-02</t>
+          <t>2020-09-23</t>
         </is>
       </c>
       <c r="K130" s="1" t="inlineStr">
         <is>
           <t>الفيزياء</t>
         </is>
       </c>
       <c r="L130" s="1" t="inlineStr">
         <is>
-          <t>طبقات الجو العليا والفضاء الخارجي</t>
+          <t>فيزياء البوليمرات</t>
         </is>
       </c>
       <c r="M130" s="1" t="inlineStr">
         <is>
-          <t>THREE-DIMENSIONAL VORTEX STRUCTURE OF THE WIND AS MAIN CONDITION OF THE ATMOSPHERE</t>
-[...2 lines deleted...]
-      <c r="N130" s="1"/>
+          <t>دراسة التوصيل الحراري الشبيكي لبعض البوليمرات بدرجات تبلور مختلفة.</t>
+        </is>
+      </c>
+      <c r="N130" s="1" t="inlineStr">
+        <is>
+          <t>تحضير البوليمرات الموصلة بولي اورثو تولدين وبولي اورثو انسيدين بطريقة البلمرة الكيمائية ودراسة خواصها الكهربائية والبصرية وتطبيقاتها الالكترونية</t>
+        </is>
+      </c>
       <c r="O130" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P130" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>551</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>رشا كريم خضر</t>
+          <t>قحطان محمد جبار </t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>Rasha Kareem Khudhur</t>
+          <t>Qahtan Mohammed Jabbar </t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/djzq1bn6o_2lt3f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5d_1rxv3s8qb27y.jpg</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
-          <t>1987-11-05</t>
+          <t>1977-01-12</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G131" s="1" t="inlineStr">
         <is>
-          <t>07710792262</t>
+          <t>07705575251</t>
         </is>
       </c>
       <c r="H131" s="1" t="inlineStr">
         <is>
-          <t>rashapharma@uomisan.edu.iq</t>
+          <t>qahtan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I131" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J131" s="1" t="inlineStr">
         <is>
-          <t>2020-09-01</t>
+          <t>2020-10-06</t>
         </is>
       </c>
       <c r="K131" s="1" t="inlineStr">
         <is>
-          <t>Pharmacist</t>
+          <t>التربية البدنية وعلوم الرياضة </t>
         </is>
       </c>
       <c r="L131" s="1" t="inlineStr">
         <is>
-          <t>Pharmacology</t>
+          <t>علم الاجتماع الرياضي /الكرة الطائرة  </t>
         </is>
       </c>
       <c r="M131" s="1" t="inlineStr">
         <is>
-          <t>A study of the effect of Nigella sativa (Black seeds) on pyrazinamide and anti-tuberculosis drugs induced hepatotoxicity in rabbits.</t>
-[...6 lines deleted...]
-      </c>
+          <t>نموذج تدريبي تكنولوجي مركب لتطوير صفة القوة المميزة بالسرعه للاعبي الكرة الطائرة في مرحلة الاعداد الخاص للوصول لمستوى الكمال الرياضي   </t>
+        </is>
+      </c>
+      <c r="N131" s="1"/>
       <c r="O131" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P131" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>384</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>علي سامي رشيد</t>
+          <t>خالد مزهر طاهر</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>Ali Sami Rashid</t>
+          <t>Khaled Mazhar Taher</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4a67xh9_rkpdsm0.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z7ngx0cye_2ktm.jpg</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
-          <t>1987-01-25</t>
+          <t>2021-11-22</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G132" s="1" t="inlineStr">
         <is>
-          <t>+9647705613545</t>
+          <t>+79995230280</t>
         </is>
       </c>
       <c r="H132" s="1" t="inlineStr">
         <is>
-          <t>alisamirashid@uomisan.edu.iq</t>
+          <t>khalidtahir90.kt@gmail.com</t>
         </is>
       </c>
       <c r="I132" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J132" s="1" t="inlineStr">
         <is>
-          <t>2020-09-03</t>
+          <t>2020-11-08</t>
         </is>
       </c>
       <c r="K132" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>علوم رياضيات</t>
         </is>
       </c>
       <c r="L132" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>معادلات تفاضلية</t>
         </is>
       </c>
       <c r="M132" s="1" t="inlineStr">
         <is>
-          <t>Comparison of some kernels to Estimate AR spectrum </t>
+          <t>غير متوفرالان</t>
         </is>
       </c>
       <c r="N132" s="1" t="inlineStr">
         <is>
-          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
+          <t>Comparison theorems for boundary value problems for functional differential equations and their application to the study of questions of existence and estimates of solutions</t>
         </is>
       </c>
       <c r="O132" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P132" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>46</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>حسام احمد علي</t>
+          <t>حارث جبار عبد</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>Hussam Ahmed Ali</t>
+          <t>Harith Jabbar Abed</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ij6yt9qv_a0u5hf.jpeg</t>
+          <t>uploads/files/k7rlvj9ziyfh_a6.jpg</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
-          <t>2021-03-03</t>
+          <t>1971-02-08</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G133" s="1" t="inlineStr">
         <is>
-          <t>07705613702</t>
+          <t>07709096851</t>
         </is>
       </c>
       <c r="H133" s="1" t="inlineStr">
         <is>
-          <t>hasmalm91@gmail.com</t>
+          <t>alyassriy_harth@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I133" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J133" s="1" t="inlineStr">
         <is>
-          <t>2020-09-13</t>
+          <t>2020-11-22</t>
         </is>
       </c>
       <c r="K133" s="1" t="inlineStr">
         <is>
-          <t>فلسفة</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L133" s="1" t="inlineStr">
         <is>
-          <t>اسلامي</t>
+          <t>التاريخ الاسلامي</t>
         </is>
       </c>
       <c r="M133" s="1" t="inlineStr">
         <is>
-          <t>لاصلح الديني عند محمد فتح الله جولن</t>
+          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
         </is>
       </c>
       <c r="N133" s="1" t="inlineStr">
         <is>
-          <t> نظرية وحدة الوجود بين السيوطي والبقاعي دراسة تحليلية نقدية مقارنة</t>
+          <t>الصراع الاسري الاموي على السلطة اسبابه ونتائجه</t>
         </is>
       </c>
       <c r="O133" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P133" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>954</t>
+          <t>234</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>حيدر احمد حسن</t>
+          <t>سناء بشير كاظم </t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>Hayder Ahmed Hasan</t>
+          <t>Sanaa Basheer Kadhim</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xd5zfg3molkqv1y.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8uez2jwpl9bxs_0.PNG</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
-          <t>1968-09-26</t>
+          <t>1984-02-09</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G134" s="1" t="inlineStr">
         <is>
-          <t>07705507257</t>
+          <t>07730309737</t>
         </is>
       </c>
       <c r="H134" s="1" t="inlineStr">
         <is>
-          <t>hayder.ha1968@uomisan.edu.iq</t>
+          <t>sanaabk3@gmail.com</t>
         </is>
       </c>
       <c r="I134" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J134" s="1" t="inlineStr">
         <is>
-          <t>2020-09-23</t>
+          <t>2020-11-22</t>
         </is>
       </c>
       <c r="K134" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L134" s="1" t="inlineStr">
         <is>
-          <t>فيزياء البوليمرات</t>
+          <t>احياء مجهرية</t>
         </is>
       </c>
       <c r="M134" s="1" t="inlineStr">
         <is>
-          <t>دراسة التوصيل الحراري الشبيكي لبعض البوليمرات بدرجات تبلور مختلفة.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Levan Production by Bacteria Isolated from Rhizosphere Soil and Evaluation of Factors Affecting its Production.</t>
+        </is>
+      </c>
+      <c r="N134" s="1"/>
       <c r="O134" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P134" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>551</t>
+          <t>54</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>قحطان محمد جبار </t>
+          <t>وفاء موحان عجيل </t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>Qahtan Mohammed Jabbar </t>
+          <t>Wafa Mohan Ajeel</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5d_1rxv3s8qb27y.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/13ndmywxpah0je5.png</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>1977-01-12</t>
+          <t>1980-08-03</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G135" s="1" t="inlineStr">
         <is>
-          <t>07705575251</t>
+          <t>07718926185</t>
         </is>
       </c>
       <c r="H135" s="1" t="inlineStr">
         <is>
-          <t>qahtan@uomisan.edu.iq</t>
+          <t>wafa_mohan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I135" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J135" s="1" t="inlineStr">
         <is>
-          <t>2020-10-06</t>
+          <t>2020-11-24</t>
         </is>
       </c>
       <c r="K135" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة </t>
+          <t>مناخ</t>
         </is>
       </c>
       <c r="L135" s="1" t="inlineStr">
         <is>
-          <t>علم الاجتماع الرياضي /الكرة الطائرة  </t>
+          <t>مناخ زراعي</t>
         </is>
       </c>
       <c r="M135" s="1" t="inlineStr">
         <is>
-          <t>نموذج تدريبي تكنولوجي مركب لتطوير صفة القوة المميزة بالسرعه للاعبي الكرة الطائرة في مرحلة الاعداد الخاص للوصول لمستوى الكمال الرياضي   </t>
-[...2 lines deleted...]
-      <c r="N135" s="1"/>
+          <t>اثر المناخ في انتاج محاصيل الخضر الصيفيه في محافظه القادسيه</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>-------</t>
+        </is>
+      </c>
       <c r="O135" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P135" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>384</t>
+          <t>630</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>خالد مزهر طاهر</t>
+          <t> مرتضى سرحان عوض</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>Khaled Mazhar Taher</t>
+          <t>Murtadha Sarhan Awadh</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z7ngx0cye_2ktm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pk2geo6h3z4f5ny.png</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>2021-11-22</t>
+          <t>1982-04-06</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G136" s="1" t="inlineStr">
         <is>
-          <t>+79995230280</t>
+          <t>07707369889</t>
         </is>
       </c>
       <c r="H136" s="1" t="inlineStr">
         <is>
-          <t>khalidtahir90.kt@gmail.com</t>
+          <t>murtadha-sarhan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I136" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J136" s="1" t="inlineStr">
         <is>
-          <t>2020-11-08</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K136" s="1" t="inlineStr">
         <is>
-          <t>علوم رياضيات</t>
+          <t>جغرافية</t>
         </is>
       </c>
       <c r="L136" s="1" t="inlineStr">
         <is>
-          <t>معادلات تفاضلية</t>
+          <t>جغرافية الخدمات ونظم المعلومات الجغرافية </t>
         </is>
       </c>
       <c r="M136" s="1" t="inlineStr">
         <is>
-          <t>غير متوفرالان</t>
-[...6 lines deleted...]
-      </c>
+          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
+        </is>
+      </c>
+      <c r="N136" s="1"/>
       <c r="O136" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P136" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>64</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>حارث جبار عبد</t>
+          <t>زينة عبد الجبار جاسم </t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t>Harith Jabbar Abed</t>
+          <t>Zeina Abdul Jabbar Jasim</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/k7rlvj9ziyfh_a6.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e5vzi7fwtbpxj_c.png</t>
         </is>
       </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
-          <t>1971-02-08</t>
+          <t>1986-05-11</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G137" s="1" t="inlineStr">
         <is>
-          <t>07709096851</t>
+          <t>07709811784</t>
         </is>
       </c>
       <c r="H137" s="1" t="inlineStr">
         <is>
-          <t>alyassriy_harth@uomisan.edu.iq</t>
+          <t>zinah.alshammari@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I137" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J137" s="1" t="inlineStr">
         <is>
-          <t>2020-11-22</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K137" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L137" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي</t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M137" s="1" t="inlineStr">
         <is>
-          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
-[...2 lines deleted...]
-      <c r="N137" s="1"/>
+          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
+        </is>
+      </c>
+      <c r="N137" s="1" t="inlineStr">
+        <is>
+          <t>تصميم تعليمي - تعلمي على وفق الكفاءة الرياضية واثره في عادات العقل والكفاءة الرياضية لدى طالبات الصف الرابع العلمي</t>
+        </is>
+      </c>
       <c r="O137" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P137" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>234</t>
+          <t>63</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>سناء بشير كاظم </t>
+          <t>حيدر عبد الحسن كريم</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>Sanaa Basheer Kadhim</t>
+          <t>Hayder Abdel Hassan Kareem</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8uez2jwpl9bxs_0.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f49ucz0ilsk2etm.png</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
-          <t>1984-02-09</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G138" s="1" t="inlineStr">
         <is>
-          <t>07730309737</t>
+          <t>07719622105</t>
         </is>
       </c>
       <c r="H138" s="1" t="inlineStr">
         <is>
-          <t>sanaabk3@gmail.com</t>
+          <t>haeedarallame55@gmail.com</t>
         </is>
       </c>
       <c r="I138" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J138" s="1" t="inlineStr">
         <is>
-          <t>2020-11-22</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K138" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>تربية بدنية</t>
         </is>
       </c>
       <c r="L138" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية</t>
+          <t>طرائق التدريس</t>
         </is>
       </c>
       <c r="M138" s="1" t="inlineStr">
         <is>
-          <t>Levan Production by Bacteria Isolated from Rhizosphere Soil and Evaluation of Factors Affecting its Production.</t>
-[...2 lines deleted...]
-      <c r="N138" s="1"/>
+          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>-------</t>
+        </is>
+      </c>
       <c r="O138" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P138" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>73</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>وفاء موحان عجيل </t>
+          <t>علي محمود خلف </t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t>Wafa Mohan Ajeel</t>
+          <t>Ali Mahmoud Khallaf</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/13ndmywxpah0je5.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzyth2s4mqp_0nf.png</t>
         </is>
       </c>
       <c r="E139" s="1" t="inlineStr">
         <is>
-          <t>1980-08-03</t>
+          <t>1982-01-13</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G139" s="1" t="inlineStr">
         <is>
-          <t>07718926185</t>
+          <t>07714166100</t>
         </is>
       </c>
       <c r="H139" s="1" t="inlineStr">
         <is>
-          <t>wafa_mohan@uomisan.edu.iq</t>
+          <t>ali_mahmoud@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I139" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J139" s="1" t="inlineStr">
         <is>
-          <t>2020-11-24</t>
+          <t>2020-11-30</t>
         </is>
       </c>
       <c r="K139" s="1" t="inlineStr">
         <is>
-          <t>مناخ</t>
+          <t>علوم تربوية  ونفسية </t>
         </is>
       </c>
       <c r="L139" s="1" t="inlineStr">
         <is>
-          <t>مناخ زراعي</t>
+          <t>التوجيه والارشاد التربوي </t>
         </is>
       </c>
       <c r="M139" s="1" t="inlineStr">
         <is>
-          <t>اثر المناخ في انتاج محاصيل الخضر الصيفيه في محافظه القادسيه</t>
+          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
         </is>
       </c>
       <c r="N139" s="1" t="inlineStr">
         <is>
           <t>-------</t>
         </is>
       </c>
       <c r="O139" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P139" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>653</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t> مرتضى سرحان عوض</t>
+          <t>صادق عبيس كاظم</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t>Murtadha Sarhan Awadh</t>
+          <t>Sadeq Obayes Kadhim </t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pk2geo6h3z4f5ny.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ckmlis3_5rd8yuo.jpg</t>
         </is>
       </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
-          <t>1982-04-06</t>
+          <t>1982-03-06</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G140" s="1" t="inlineStr">
         <is>
-          <t>07707369889</t>
+          <t>07707793976</t>
         </is>
       </c>
       <c r="H140" s="1" t="inlineStr">
         <is>
-          <t>murtadha-sarhan@uomisan.edu.iq</t>
+          <t>sadsakumkum@gmail.com</t>
         </is>
       </c>
       <c r="I140" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J140" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-12-06</t>
         </is>
       </c>
       <c r="K140" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>الطب البيطري</t>
         </is>
       </c>
       <c r="L140" s="1" t="inlineStr">
         <is>
-          <t>جغرافية الخدمات ونظم المعلومات الجغرافية </t>
+          <t>علم الامراض</t>
         </is>
       </c>
       <c r="M140" s="1" t="inlineStr">
         <is>
-          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
-[...2 lines deleted...]
-      <c r="N140" s="1"/>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N140" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="O140" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P140" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>734</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>زينة عبد الجبار جاسم </t>
+          <t>احمد قاسم علي شرهان </t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t>Zeina Abdul Jabbar Jasim</t>
+          <t>Ahmed Qasim Ali Sharhan </t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e5vzi7fwtbpxj_c.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/78rce9j5hfmy2gu.jpeg</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
-          <t>1986-05-11</t>
+          <t>1993-04-28</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G141" s="1" t="inlineStr">
         <is>
-          <t>07709811784</t>
+          <t>07705515661</t>
         </is>
       </c>
       <c r="H141" s="1" t="inlineStr">
         <is>
-          <t>zinah.alshammari@uomisan.edu.iq</t>
+          <t>ahmedq8255@gmail.com</t>
         </is>
       </c>
       <c r="I141" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J141" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-12-07</t>
         </is>
       </c>
       <c r="K141" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>قانون عام </t>
         </is>
       </c>
       <c r="L141" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>قانون اداري </t>
         </is>
       </c>
       <c r="M141" s="1" t="inlineStr">
         <is>
-          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
+          <t>التزام الموظف بالحياد السياسي </t>
         </is>
       </c>
       <c r="N141" s="1" t="inlineStr">
         <is>
-          <t>تصميم تعليمي - تعلمي على وفق الكفاءة الرياضية واثره في عادات العقل والكفاءة الرياضية لدى طالبات الصف الرابع العلمي</t>
+          <t>قضاء العجلة لدى مجلس الدولة دراسة مقارنة</t>
         </is>
       </c>
       <c r="O141" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P141" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>63</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الحسن كريم</t>
+          <t>صادق حسين نبهان علي </t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t>Hayder Abdel Hassan Kareem</t>
+          <t>Sadiq Hussein Nabhan Ali</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f49ucz0ilsk2etm.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7jhbvxwg1slin6u.jpg</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>1984-05-09</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G142" s="1" t="inlineStr">
         <is>
-          <t>07719622105</t>
+          <t>07739940442</t>
         </is>
       </c>
       <c r="H142" s="1" t="inlineStr">
         <is>
-          <t>haeedarallame55@gmail.com</t>
+          <t>sadiq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I142" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J142" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-12-20</t>
         </is>
       </c>
       <c r="K142" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية</t>
+          <t> المحاسبة </t>
         </is>
       </c>
       <c r="L142" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس</t>
+          <t>التدقيق</t>
         </is>
       </c>
       <c r="M142" s="1" t="inlineStr">
         <is>
-          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
-[...6 lines deleted...]
-      </c>
+          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
+        </is>
+      </c>
+      <c r="N142" s="1"/>
       <c r="O142" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P142" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>400</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>علي محمود خلف </t>
+          <t>سمر جاسم محمد </t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t>Ali Mahmoud Khallaf</t>
+          <t>Samar Jassim Mohammed</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzyth2s4mqp_0nf.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vqefmgap9by_3nu.jpg</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
-          <t>1982-01-13</t>
+          <t>2021-10-08</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G143" s="1" t="inlineStr">
         <is>
-          <t>07714166100</t>
+          <t>07739933616</t>
         </is>
       </c>
       <c r="H143" s="1" t="inlineStr">
         <is>
-          <t>ali_mahmoud@uomisan.edu.iq</t>
+          <t>samarjasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I143" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J143" s="1" t="inlineStr">
         <is>
-          <t>2020-11-30</t>
+          <t>2020-12-24</t>
         </is>
       </c>
       <c r="K143" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية  ونفسية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L143" s="1" t="inlineStr">
         <is>
-          <t>التوجيه والارشاد التربوي </t>
+          <t>فسلجة نبات</t>
         </is>
       </c>
       <c r="M143" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
-[...6 lines deleted...]
-      </c>
+          <t>GERMINATION, SEEDLING GROWTH, ANATOMICAL RESPONSES OF Cucumis sativus cv. MTI2 IN DIFFERENT SALTS AND DEVELOPMENT GERMINATION ENHANCER </t>
+        </is>
+      </c>
+      <c r="N143" s="1"/>
       <c r="O143" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P143" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>653</t>
+          <t>331</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>صادق عبيس كاظم</t>
+          <t>ميثم عبد الحسين يندر</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t>Sadeq Obayes Kadhim </t>
+          <t>Maytham Abdulhussein Bandar</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ckmlis3_5rd8yuo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6d4pg5f9emc7unr.JPG</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
-          <t>1982-03-06</t>
+          <t>1973-06-15</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G144" s="1" t="inlineStr">
         <is>
-          <t>07707793976</t>
+          <t>07712466655</t>
         </is>
       </c>
       <c r="H144" s="1" t="inlineStr">
         <is>
-          <t>sadsakumkum@gmail.com</t>
+          <t>maytham@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I144" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J144" s="1" t="inlineStr">
         <is>
-          <t>2020-12-06</t>
+          <t>2020-12-28</t>
         </is>
       </c>
       <c r="K144" s="1" t="inlineStr">
         <is>
-          <t>الطب البيطري</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L144" s="1" t="inlineStr">
         <is>
-          <t>علم الامراض</t>
+          <t>تدقيق محاسبي </t>
         </is>
       </c>
       <c r="M144" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...6 lines deleted...]
-      </c>
+          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
+        </is>
+      </c>
+      <c r="N144" s="1"/>
       <c r="O144" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P144" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>734</t>
+          <t>862</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>احمد قاسم علي شرهان </t>
+          <t>عادل كمون جابر</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Qasim Ali Sharhan </t>
+          <t>Adil Kamoon Jaber</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/78rce9j5hfmy2gu.jpeg</t>
+          <t>uploads/photos/7hdob5f9ecjiw48.jpeg</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>1993-04-28</t>
+          <t>1980-08-16</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G145" s="1" t="inlineStr">
         <is>
-          <t>07705515661</t>
+          <t>07732001882</t>
         </is>
       </c>
       <c r="H145" s="1" t="inlineStr">
         <is>
-          <t>ahmedq8255@gmail.com</t>
+          <t>adilkam.j@gmail.com</t>
         </is>
       </c>
       <c r="I145" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J145" s="1" t="inlineStr">
         <is>
-          <t>2020-12-07</t>
+          <t>2020-12-29</t>
         </is>
       </c>
       <c r="K145" s="1" t="inlineStr">
         <is>
-          <t>قانون عام </t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L145" s="1" t="inlineStr">
         <is>
-          <t>قانون اداري </t>
+          <t>الادب</t>
         </is>
       </c>
       <c r="M145" s="1" t="inlineStr">
         <is>
-          <t>التزام الموظف بالحياد السياسي </t>
+          <t>الرابطة القلمية وأثرها في الأدب العربي الحديث</t>
         </is>
       </c>
       <c r="N145" s="1" t="inlineStr">
         <is>
-          <t>قضاء العجلة لدى مجلس الدولة دراسة مقارنة</t>
+          <t>نثر الحسن البصري دراسة في ضوء النقد الثقافي</t>
         </is>
       </c>
       <c r="O145" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P145" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>230</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>صادق حسين نبهان علي </t>
+          <t>زينب محمد عادل </t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Hussein Nabhan Ali</t>
+          <t>Zainab Mohammad adil</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7jhbvxwg1slin6u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ajzd2l0iy4bmv7t.PNG</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>1984-05-09</t>
+          <t>2021-02-01</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G146" s="1" t="inlineStr">
         <is>
-          <t>07739940442</t>
+          <t>07713900302</t>
         </is>
       </c>
       <c r="H146" s="1" t="inlineStr">
         <is>
-          <t>sadiq@uomisan.edu.iq</t>
+          <t>Zainabm.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I146" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J146" s="1" t="inlineStr">
         <is>
-          <t>2020-12-20</t>
+          <t>2020-12-29</t>
         </is>
       </c>
       <c r="K146" s="1" t="inlineStr">
         <is>
-          <t> المحاسبة </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>التدقيق</t>
+          <t>احياء مجهرية /Microbiology</t>
         </is>
       </c>
       <c r="M146" s="1" t="inlineStr">
         <is>
-          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
+          <t>Detection of ESBLs Genes in Klebsiella spp. Isolated from Clinical   and Environment samples at Thi-Qar Province</t>
         </is>
       </c>
       <c r="N146" s="1"/>
       <c r="O146" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P146" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>567</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>سمر جاسم محمد </t>
+          <t>رجاء كريم جبوري </t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>Samar Jassim Mohammed</t>
+          <t>Rajaa Kareem Jabory</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vqefmgap9by_3nu.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r3j_tsue8oh264w.jpg</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
-          <t>2021-10-08</t>
+          <t>1970-07-20</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G147" s="1" t="inlineStr">
         <is>
-          <t>07739933616</t>
+          <t>07705508053</t>
         </is>
       </c>
       <c r="H147" s="1" t="inlineStr">
         <is>
-          <t>samarjasim@uomisan.edu.iq</t>
+          <t>raja.k.j@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I147" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J147" s="1" t="inlineStr">
         <is>
-          <t>2020-12-24</t>
+          <t>2021-01-19</t>
         </is>
       </c>
       <c r="K147" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>فنون تشكيلية</t>
         </is>
       </c>
       <c r="L147" s="1" t="inlineStr">
         <is>
-          <t>فسلجة نبات</t>
+          <t>رسم</t>
         </is>
       </c>
       <c r="M147" s="1" t="inlineStr">
         <is>
-          <t>GERMINATION, SEEDLING GROWTH, ANATOMICAL RESPONSES OF Cucumis sativus cv. MTI2 IN DIFFERENT SALTS AND DEVELOPMENT GERMINATION ENHANCER </t>
+          <t>توظيف البيئة المحلية في اعمال رسامي ميسان</t>
         </is>
       </c>
       <c r="N147" s="1"/>
       <c r="O147" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P147" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>616</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الحسين يندر</t>
+          <t>زهراء ماهود محمد</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>Maytham Abdulhussein Bandar</t>
+          <t>Zahraa Mahoud Muhammad</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6d4pg5f9emc7unr.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/cv97yoiz_xjlg1d.png</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
-          <t>1973-06-15</t>
+          <t>1976-04-06</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G148" s="1" t="inlineStr">
         <is>
-          <t>07712466655</t>
+          <t>07705558707</t>
         </is>
       </c>
       <c r="H148" s="1" t="inlineStr">
         <is>
-          <t>maytham@uomisan.edu.iq</t>
+          <t>zahra@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I148" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J148" s="1" t="inlineStr">
         <is>
-          <t>2020-12-28</t>
+          <t>2021-02-04</t>
         </is>
       </c>
       <c r="K148" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>فنون جميلة</t>
         </is>
       </c>
       <c r="L148" s="1" t="inlineStr">
         <is>
-          <t>تدقيق محاسبي </t>
+          <t>فنون تشكيلية رسم</t>
         </is>
       </c>
       <c r="M148" s="1" t="inlineStr">
         <is>
-          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
-[...2 lines deleted...]
-      <c r="N148" s="1"/>
+          <t>اشكالية التعبير الرسم العراقي المعاصر</t>
+        </is>
+      </c>
+      <c r="N148" s="1" t="inlineStr">
+        <is>
+          <t>التحول الزمكاني في تشكيل مابعد الحداثة دراسة سبرنطيقية</t>
+        </is>
+      </c>
       <c r="O148" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P148" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>862</t>
+          <t>187</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>عادل كمون جابر</t>
+          <t> يوسف عبدالستار سعدون </t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t>Adil Kamoon Jaber</t>
+          <t>Yousif Abdulsattar Saadoon</t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/7hdob5f9ecjiw48.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ydevu2alqhm6jcp.jpeg</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
-          <t>1980-08-16</t>
+          <t>1987-01-24</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G149" s="1" t="inlineStr">
         <is>
-          <t>07732001882</t>
+          <t>+9647715746600</t>
         </is>
       </c>
       <c r="H149" s="1" t="inlineStr">
         <is>
-          <t>adilkam.j@gmail.com</t>
+          <t>yousif@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I149" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J149" s="1" t="inlineStr">
         <is>
-          <t>2020-12-29</t>
+          <t>2021-02-14</t>
         </is>
       </c>
       <c r="K149" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>هندسة الحاسبات والمعلوماتية</t>
         </is>
       </c>
       <c r="L149" s="1" t="inlineStr">
         <is>
-          <t>الادب</t>
+          <t>الذكاء الاصطناعي</t>
         </is>
       </c>
       <c r="M149" s="1" t="inlineStr">
         <is>
-          <t>الرابطة القلمية وأثرها في الأدب العربي الحديث</t>
-[...6 lines deleted...]
-      </c>
+          <t>Simplified Transport Layer Security implementation</t>
+        </is>
+      </c>
+      <c r="N149" s="1"/>
       <c r="O149" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P149" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>132</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>زينب محمد عادل </t>
+          <t>رسول ماجد صحيب </t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t>Zainab Mohammad adil</t>
+          <t>Rassol majid suhaeb</t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ajzd2l0iy4bmv7t.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/37m1jhrdfnyiz4p.jpg</t>
         </is>
       </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
-          <t>2021-02-01</t>
+          <t>1985-08-15</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G150" s="1" t="inlineStr">
         <is>
-          <t>07713900302</t>
+          <t>٠٧٧٣٢١٧٩٨٧٩</t>
         </is>
       </c>
       <c r="H150" s="1" t="inlineStr">
         <is>
-          <t>Zainabm.mcm@uomisan.edu.iq</t>
+          <t>rasoolmajidd@gmail.com</t>
         </is>
       </c>
       <c r="I150" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J150" s="1" t="inlineStr">
         <is>
-          <t>2020-12-29</t>
+          <t>2021-02-17</t>
         </is>
       </c>
       <c r="K150" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>ماجستير محاسبة </t>
         </is>
       </c>
       <c r="L150" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية /Microbiology</t>
+          <t>رقابة وتدقيق</t>
         </is>
       </c>
       <c r="M150" s="1" t="inlineStr">
         <is>
-          <t>Detection of ESBLs Genes in Klebsiella spp. Isolated from Clinical   and Environment samples at Thi-Qar Province</t>
+          <t>دور المدقق في تدقيق الشركات المتعاملة بالتجارة الالكترونية ال </t>
         </is>
       </c>
       <c r="N150" s="1"/>
       <c r="O150" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P150" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>567</t>
+          <t>160</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>رجاء كريم جبوري </t>
+          <t>محمد طعمه جوده</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t>Rajaa Kareem Jabory</t>
+          <t>MAHAMMED TAMA JODAJ</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r3j_tsue8oh264w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ctz9pi2gv0d4l_y.jpeg</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
-          <t>1970-07-20</t>
+          <t>1976-07-01</t>
         </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G151" s="1" t="inlineStr">
         <is>
-          <t>07705508053</t>
+          <t>009647716135135</t>
         </is>
       </c>
       <c r="H151" s="1" t="inlineStr">
         <is>
-          <t>raja.k.j@uomisan.edu.iq</t>
+          <t>m.jodah.iq@gmail.com</t>
         </is>
       </c>
       <c r="I151" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J151" s="1" t="inlineStr">
         <is>
-          <t>2021-01-19</t>
+          <t>2021-03-05</t>
         </is>
       </c>
       <c r="K151" s="1" t="inlineStr">
         <is>
-          <t>فنون تشكيلية</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L151" s="1" t="inlineStr">
         <is>
-          <t>رسم</t>
+          <t>القانون الدولي العام</t>
         </is>
       </c>
       <c r="M151" s="1" t="inlineStr">
         <is>
-          <t>توظيف البيئة المحلية في اعمال رسامي ميسان</t>
-[...2 lines deleted...]
-      <c r="N151" s="1"/>
+          <t>الطبيعة القانونية للمقاومة المسلحة ضد الاحتلال</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>الاستيطان الإسرائيلي في الأراضي الفلسطينية المحتلة في ضوء القانون الدولي العام</t>
+        </is>
+      </c>
       <c r="O151" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P151" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>183</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>محمد أحمد وهم</t>
+          <t> حسنين نجم عبود </t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Ahmed Waham</t>
+          <t>Hasanain Najm</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jykx26d8_pefutl.jpeg</t>
+          <t>uploads/photos/j4g_b93tu6wlhdn.jpg</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
-          <t>2021-07-25</t>
+          <t>1975-02-12</t>
         </is>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G152" s="1" t="inlineStr">
         <is>
-          <t>07719939145</t>
+          <t>07730455348</t>
         </is>
       </c>
       <c r="H152" s="1" t="inlineStr">
         <is>
-          <t>mohammedwaham1@gmail.com</t>
+          <t>hasanayn.najam@uamisan.edu.iq</t>
         </is>
       </c>
       <c r="I152" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J152" s="1" t="inlineStr">
         <is>
-          <t>2021-02-01</t>
+          <t>2021-03-10</t>
         </is>
       </c>
       <c r="K152" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L152" s="1" t="inlineStr">
         <is>
-          <t>نظرية المنظمة والسلوك التنظيمي</t>
+          <t>صناعة اغذية</t>
         </is>
       </c>
       <c r="M152" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
+          <t>الرسالة بعنوان  استعمال قشور بيض المائدة في ازالة بعض الصبغات والايونات المعدنيةمن محاليلها المائية وامكانية تطبيقها في بعض الانظمة الغذائية والصناعية</t>
         </is>
       </c>
       <c r="N152" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
+          <t>.sss</t>
         </is>
       </c>
       <c r="O152" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P152" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>616</t>
+          <t>386</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>زهراء ماهود محمد</t>
+          <t>عيسى صفاء عيسى حسن </t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Mahoud Muhammad</t>
+          <t>isaa safa&amp;#39; isaa hasan</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/cv97yoiz_xjlg1d.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l4dj7gi5urehwc2.jpg</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
-          <t>1976-04-06</t>
+          <t>1982-04-11</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G153" s="1" t="inlineStr">
         <is>
-          <t>07705558707</t>
+          <t>07729200905</t>
         </is>
       </c>
       <c r="H153" s="1" t="inlineStr">
         <is>
-          <t>zahra@uomisan.edu.iq</t>
+          <t>issasafaa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I153" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J153" s="1" t="inlineStr">
         <is>
-          <t>2021-02-04</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="K153" s="1" t="inlineStr">
         <is>
-          <t>فنون جميلة</t>
+          <t>اللغة الانجليزية </t>
         </is>
       </c>
       <c r="L153" s="1" t="inlineStr">
         <is>
-          <t>فنون تشكيلية رسم</t>
+          <t>علم اللغة </t>
         </is>
       </c>
       <c r="M153" s="1" t="inlineStr">
         <is>
-          <t>اشكالية التعبير الرسم العراقي المعاصر</t>
-[...6 lines deleted...]
-      </c>
+          <t>The impact of society on the individual language identity </t>
+        </is>
+      </c>
+      <c r="N153" s="1"/>
       <c r="O153" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P153" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>308</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t> يوسف عبدالستار سعدون </t>
+          <t>ماجد باني ماذي </t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t>Yousif Abdulsattar Saadoon</t>
+          <t>Majid Bani Madhi </t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ydevu2alqhm6jcp.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ua_h8d357zc2nwx.jpg</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
-          <t>1987-01-24</t>
+          <t>1977-07-01</t>
         </is>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G154" s="1" t="inlineStr">
         <is>
-          <t>+9647715746600</t>
+          <t>07712642846</t>
         </is>
       </c>
       <c r="H154" s="1" t="inlineStr">
         <is>
-          <t>yousif@uomisan.edu.iq</t>
+          <t>majid_bani@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I154" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J154" s="1" t="inlineStr">
         <is>
-          <t>2021-02-14</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="K154" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسبات والمعلوماتية</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L154" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي</t>
+          <t>طرائق تدريس اللغة الأنكليزية </t>
         </is>
       </c>
       <c r="M154" s="1" t="inlineStr">
         <is>
-          <t>Simplified Transport Layer Security implementation</t>
+          <t>SELF-AND-PEER ASSESSMENT: A TECHNIQUE FOR TEACHING COMPOSITION WRITING</t>
         </is>
       </c>
       <c r="N154" s="1"/>
       <c r="O154" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P154" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>179</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>رسول ماجد صحيب </t>
+          <t>عبد الرضا عاتي جعفر </t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t>Rassol majid suhaeb</t>
+          <t>Abdulridha Ati Jaafar</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/37m1jhrdfnyiz4p.jpg</t>
+          <t>uploads/photos/j50kzg1p62se7ab.jpg</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
-          <t>1985-08-15</t>
+          <t>1984-12-29</t>
         </is>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G155" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٣٢١٧٩٨٧٩</t>
+          <t>07705584804</t>
         </is>
       </c>
       <c r="H155" s="1" t="inlineStr">
         <is>
-          <t>rasoolmajidd@gmail.com</t>
+          <t>ridha1984iraq@gmail.com</t>
         </is>
       </c>
       <c r="I155" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J155" s="1" t="inlineStr">
         <is>
-          <t>2021-02-17</t>
+          <t>2021-04-07</t>
         </is>
       </c>
       <c r="K155" s="1" t="inlineStr">
         <is>
-          <t>ماجستير محاسبة </t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L155" s="1" t="inlineStr">
         <is>
-          <t>رقابة وتدقيق</t>
+          <t>تقانات احيائية</t>
         </is>
       </c>
       <c r="M155" s="1" t="inlineStr">
         <is>
-          <t>دور المدقق في تدقيق الشركات المتعاملة بالتجارة الالكترونية ال </t>
-[...2 lines deleted...]
-      <c r="N155" s="1"/>
+          <t>Design and manufacturing of a vacuum solar dryer and study it&amp;#39;s efficiency in fish drying  microbiological, chemical and sensory</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t>Production, Purification and Characterization of Transglutaminase from local isolate Streptomyces smyrnaeus Ati-92 and it&amp;#39;s Applications in some food products</t>
+        </is>
+      </c>
       <c r="O155" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P155" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>808</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>محمد طعمه جوده</t>
+          <t>مشتاق عبد الكريم حسين</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t>MAHAMMED TAMA JODAJ</t>
+          <t>Mushtaq Abdul Kareem Hussein</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ctz9pi2gv0d4l_y.jpeg</t>
+          <t>uploads/photos/ajiobnh15qc0_w3.PNG</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
-          <t>1976-07-01</t>
+          <t>1969-07-03</t>
         </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G156" s="1" t="inlineStr">
         <is>
-          <t>009647716135135</t>
+          <t>07801513861</t>
         </is>
       </c>
       <c r="H156" s="1" t="inlineStr">
         <is>
-          <t>m.jodah.iq@gmail.com</t>
+          <t>mushtaqkareem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I156" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J156" s="1" t="inlineStr">
         <is>
-          <t>2021-03-05</t>
+          <t>2021-04-08</t>
         </is>
       </c>
       <c r="K156" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>هندسة ميكانيكية</t>
         </is>
       </c>
       <c r="L156" s="1" t="inlineStr">
         <is>
-          <t>القانون الدولي العام</t>
+          <t>ميكانيك تطبيقي</t>
         </is>
       </c>
       <c r="M156" s="1" t="inlineStr">
         <is>
-          <t>الطبيعة القانونية للمقاومة المسلحة ضد الاحتلال</t>
+          <t>دراسة عملية ونظرية لتأثير دوران اسطوانة داخلية على عملية انتقال الحرارة بالحمل المختلط داخل فجوات متغيرة الشكل</t>
         </is>
       </c>
       <c r="N156" s="1" t="inlineStr">
         <is>
-          <t>الاستيطان الإسرائيلي في الأراضي الفلسطينية المحتلة في ضوء القانون الدولي العام</t>
+          <t>تحسين مقاومة الخدش لمادة البولي مثيل ميثا اكريليت بالتقوية بجسيمات ثاني اوكسيد السيليكا النانوية</t>
         </is>
       </c>
       <c r="O156" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P156" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>389</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t> حسنين نجم عبود </t>
+          <t>علي سلمان طعمه</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t>Hasanain Najm</t>
+          <t>Ali Salman Toma</t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/j4g_b93tu6wlhdn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ujn3bewghrxs_c5.jpeg</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
-          <t>1975-02-12</t>
+          <t>1981-02-20</t>
         </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G157" s="1" t="inlineStr">
         <is>
-          <t>07730455348</t>
+          <t>7711999933</t>
         </is>
       </c>
       <c r="H157" s="1" t="inlineStr">
         <is>
-          <t>hasanayn.najam@uamisan.edu.iq</t>
+          <t>ali.salman@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I157" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J157" s="1" t="inlineStr">
         <is>
-          <t>2021-03-10</t>
+          <t>2021-04-11</t>
         </is>
       </c>
       <c r="K157" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>اقتصاد</t>
         </is>
       </c>
       <c r="L157" s="1" t="inlineStr">
         <is>
-          <t>صناعة اغذية</t>
+          <t>اقتصاد</t>
         </is>
       </c>
       <c r="M157" s="1" t="inlineStr">
         <is>
-          <t>الرسالة بعنوان  استعمال قشور بيض المائدة في ازالة بعض الصبغات والايونات المعدنيةمن محاليلها المائية وامكانية تطبيقها في بعض الانظمة الغذائية والصناعية</t>
-[...6 lines deleted...]
-      </c>
+          <t>A Study of The Effects of Inflation and Unemployment on Economic Growth in Iraq- Based on VAR Approach. </t>
+        </is>
+      </c>
+      <c r="N157" s="1"/>
       <c r="O157" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P157" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>386</t>
+          <t>490</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>عيسى صفاء عيسى حسن </t>
+          <t>عقيل عزيز عرار ناصر </t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t>isaa safa&amp;#39; isaa hasan</t>
+          <t>AQEEL AZEEZ ARRAR </t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l4dj7gi5urehwc2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o7mvp9a4fkl6hgi.jpg</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>1982-04-11</t>
+          <t>2022-10-10</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G158" s="1" t="inlineStr">
         <is>
-          <t>07729200905</t>
+          <t>07816186645</t>
         </is>
       </c>
       <c r="H158" s="1" t="inlineStr">
         <is>
-          <t>issasafaa@uomisan.edu.iq</t>
+          <t>akeelazeez@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I158" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J158" s="1" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2021-04-28</t>
         </is>
       </c>
       <c r="K158" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانجليزية </t>
+          <t>التمريض</t>
         </is>
       </c>
       <c r="L158" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة </t>
+          <t>تمريض البالغين</t>
         </is>
       </c>
       <c r="M158" s="1" t="inlineStr">
         <is>
-          <t>The impact of society on the individual language identity </t>
-[...2 lines deleted...]
-      <c r="N158" s="1"/>
+          <t>The Effectiveness of an Educational Program on the Knowledge and Practices of the Nursing Staff Concerning the Electrocardiographic Procedural Errors in Misan Governorate</t>
+        </is>
+      </c>
+      <c r="N158" s="1" t="inlineStr">
+        <is>
+          <t>Effectiveness of an Educational Program on Nurses&amp;#39; Knowledge and Practices Concerning Nursing Care For Critically – ill Patients at Critical Care Units in . Misan Governorate Hospitals</t>
+        </is>
+      </c>
       <c r="O158" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P158" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>308</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>ماجد باني ماذي </t>
+          <t>شبيب منشد جاسم</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>Majid Bani Madhi </t>
+          <t>shabeeb munshid jasim</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ua_h8d357zc2nwx.jpg</t>
+          <t>uploads/photos/yhmnifvbw42seo5.jpg</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
-          <t>1977-07-01</t>
+          <t>1982-05-01</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G159" s="1" t="inlineStr">
         <is>
-          <t>07712642846</t>
+          <t>07730455348</t>
         </is>
       </c>
       <c r="H159" s="1" t="inlineStr">
         <is>
-          <t>majid_bani@uomisan.edu.iq</t>
+          <t>shabib.mandesh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I159" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J159" s="1" t="inlineStr">
         <is>
-          <t>2021-04-01</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="K159" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>علوم اغذية</t>
         </is>
       </c>
       <c r="L159" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الأنكليزية </t>
+          <t>بايوتكنلوجي</t>
         </is>
       </c>
       <c r="M159" s="1" t="inlineStr">
         <is>
-          <t>SELF-AND-PEER ASSESSMENT: A TECHNIQUE FOR TEACHING COMPOSITION WRITING</t>
-[...2 lines deleted...]
-      <c r="N159" s="1"/>
+          <t>Morphological and biochemical Identification of culturable LABs cause vacuum packed meat products spoilage</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>.the</t>
+        </is>
+      </c>
       <c r="O159" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P159" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>179</t>
+          <t>278</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>عبد الرضا عاتي جعفر </t>
+          <t>علي دوحي عذافة كافي</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t>Abdulridha Ati Jaafar</t>
+          <t>Ali Dohi Adhafa Kafi</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/j50kzg1p62se7ab.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6kyi0o_cdj185xe.jpg</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
-          <t>1984-12-29</t>
+          <t>1980-10-01</t>
         </is>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G160" s="1" t="inlineStr">
         <is>
-          <t>07705584804</t>
+          <t>07721198808</t>
         </is>
       </c>
       <c r="H160" s="1" t="inlineStr">
         <is>
-          <t>ridha1984iraq@gmail.com</t>
+          <t>aalliiddoohhee@gmail.com</t>
         </is>
       </c>
       <c r="I160" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J160" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-05-06</t>
         </is>
       </c>
       <c r="K160" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L160" s="1" t="inlineStr">
         <is>
-          <t>تقانات احيائية</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M160" s="1" t="inlineStr">
         <is>
-          <t>Design and manufacturing of a vacuum solar dryer and study it&amp;#39;s efficiency in fish drying  microbiological, chemical and sensory</t>
-[...6 lines deleted...]
-      </c>
+          <t>اللامركزية الادارية واثرها في تمويل الوحدات الادارية (دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="N160" s="1"/>
       <c r="O160" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P160" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>808</t>
+          <t>459</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>مشتاق عبد الكريم حسين</t>
+          <t>مثنى توفيق</t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t>Mushtaq Abdul Kareem Hussein</t>
+          <t>Muthana taofiq</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ajiobnh15qc0_w3.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a5e1cumw9lxbk3s.jpeg</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
-          <t>1969-07-03</t>
+          <t>1984-06-24</t>
         </is>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G161" s="1" t="inlineStr">
         <is>
-          <t>07801513861</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H161" s="1" t="inlineStr">
         <is>
-          <t>mushtaqkareem@uomisan.edu.iq</t>
+          <t>muthana.t.alsadoun@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I161" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J161" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-05-30</t>
         </is>
       </c>
       <c r="K161" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيكية</t>
+          <t>Chemistry </t>
         </is>
       </c>
       <c r="L161" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك تطبيقي</t>
+          <t>Polymer </t>
         </is>
       </c>
       <c r="M161" s="1" t="inlineStr">
         <is>
-          <t>دراسة عملية ونظرية لتأثير دوران اسطوانة داخلية على عملية انتقال الحرارة بالحمل المختلط داخل فجوات متغيرة الشكل</t>
-[...6 lines deleted...]
-      </c>
+          <t>Industrial </t>
+        </is>
+      </c>
+      <c r="N161" s="1"/>
       <c r="O161" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P161" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>389</t>
+          <t>467</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>علي سلمان طعمه</t>
+          <t>جاسم حسن علك صحين </t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t>Ali Salman Toma</t>
+          <t>Jasim Hasan Ilik </t>
         </is>
       </c>
       <c r="D162" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ujn3bewghrxs_c5.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4sqjygki85_ucoz.JPG</t>
         </is>
       </c>
       <c r="E162" s="1" t="inlineStr">
         <is>
-          <t>1981-02-20</t>
+          <t>1971-09-26</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G162" s="1" t="inlineStr">
         <is>
-          <t>7711999933</t>
+          <t>+964(0)7700073907</t>
         </is>
       </c>
       <c r="H162" s="1" t="inlineStr">
         <is>
-          <t>ali.salman@uomisan.edu.iq</t>
+          <t>j.h.al-bedhany@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I162" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J162" s="1" t="inlineStr">
         <is>
-          <t>2021-04-11</t>
+          <t>2021-06-21</t>
         </is>
       </c>
       <c r="K162" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد</t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="L162" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد</t>
+          <t>ميكانيك تطبيقي (تصاميم)</t>
         </is>
       </c>
       <c r="M162" s="1" t="inlineStr">
         <is>
-          <t>A Study of The Effects of Inflation and Unemployment on Economic Growth in Iraq- Based on VAR Approach. </t>
-[...2 lines deleted...]
-      <c r="N162" s="1"/>
+          <t>AN ANALYSIS OF CRACKS IN SIMPLY SUPPORTED CURVED PLATES UNDER COMBINED BUCKLING AND IMPACT LOADING</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>Effect of Compression, Impact and Slipping on Rolling Contact Fatigue and Subsurface Microstructural Damage.</t>
+        </is>
+      </c>
       <c r="O162" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P162" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>471</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>عقيل عزيز عرار ناصر </t>
+          <t>خالد وليد ناصر </t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t>AQEEL AZEEZ ARRAR </t>
+          <t>khalid Waleed </t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o7mvp9a4fkl6hgi.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_zkwercnd3g8q9.jpg</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
-          <t>2022-10-10</t>
+          <t>1984-06-21</t>
         </is>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G163" s="1" t="inlineStr">
         <is>
-          <t>07816186645</t>
+          <t>+9647702787670</t>
         </is>
       </c>
       <c r="H163" s="1" t="inlineStr">
         <is>
-          <t>akeelazeez@uomisan.edu.iq</t>
+          <t>khalid.waleed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I163" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J163" s="1" t="inlineStr">
         <is>
-          <t>2021-04-28</t>
+          <t>2021-06-29</t>
         </is>
       </c>
       <c r="K163" s="1" t="inlineStr">
         <is>
-          <t>التمريض</t>
+          <t>electrical engineering</t>
         </is>
       </c>
       <c r="L163" s="1" t="inlineStr">
         <is>
-          <t>تمريض البالغين</t>
+          <t>electrical power and energy engineering</t>
         </is>
       </c>
       <c r="M163" s="1" t="inlineStr">
         <is>
-          <t>The Effectiveness of an Educational Program on the Knowledge and Practices of the Nursing Staff Concerning the Electrocardiographic Procedural Errors in Misan Governorate</t>
-[...6 lines deleted...]
-      </c>
+          <t>Designing electrical part of 840 MW condensing power plant in the city of Zakho, in Republic of Iraq</t>
+        </is>
+      </c>
+      <c r="N163" s="1"/>
       <c r="O163" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P163" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>487</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>شبيب منشد جاسم</t>
+          <t>معن عبدالدايم حسن</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t>shabeeb munshid jasim</t>
+          <t>Maan Abdul Dayem Hassan</t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/yhmnifvbw42seo5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_jvenq2th34k06f.jpg</t>
         </is>
       </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
-          <t>1982-05-01</t>
+          <t>1977-12-26</t>
         </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G164" s="1" t="inlineStr">
         <is>
-          <t>07730455348</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H164" s="1" t="inlineStr">
         <is>
-          <t>shabib.mandesh@uomisan.edu.iq</t>
+          <t>maanalali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I164" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J164" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-07-13</t>
         </is>
       </c>
       <c r="K164" s="1" t="inlineStr">
         <is>
-          <t>علوم اغذية</t>
+          <t>Physical organic chemistry</t>
         </is>
       </c>
       <c r="L164" s="1" t="inlineStr">
         <is>
-          <t>بايوتكنلوجي</t>
+          <t>RAFT Polymers grafting nanoparticles</t>
         </is>
       </c>
       <c r="M164" s="1" t="inlineStr">
         <is>
-          <t>Morphological and biochemical Identification of culturable LABs cause vacuum packed meat products spoilage</t>
-[...6 lines deleted...]
-      </c>
+          <t>Applicational</t>
+        </is>
+      </c>
+      <c r="N164" s="1"/>
       <c r="O164" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P164" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>278</t>
+          <t>974</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>علي دوحي عذافة كافي</t>
+          <t>عدنان محيسن علي</t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>Ali Dohi Adhafa Kafi</t>
+          <t>Adnan Mohaisen Ali</t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6kyi0o_cdj185xe.jpg</t>
+          <t>uploads/files/52h6tcq0v4akinz.jpg</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
-          <t>1980-10-01</t>
+          <t>1972-09-20</t>
         </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G165" s="1" t="inlineStr">
         <is>
-          <t>07721198808</t>
+          <t>07714978944</t>
         </is>
       </c>
       <c r="H165" s="1" t="inlineStr">
         <is>
-          <t>aalliiddoohhee@gmail.com</t>
+          <t>adnan.am7094@gmail.com</t>
         </is>
       </c>
       <c r="I165" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J165" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-08-01</t>
         </is>
       </c>
       <c r="K165" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>علم اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L165" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>فقه اللغة الانكليزية</t>
         </is>
       </c>
       <c r="M165" s="1" t="inlineStr">
         <is>
-          <t>اللامركزية الادارية واثرها في تمويل الوحدات الادارية (دراسة مقارنة)</t>
-[...2 lines deleted...]
-      <c r="N165" s="1"/>
+          <t>المصطلحات التقيمية في اللغة العربية والانكليزية</t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>مناضرة متعددة التخصصات في الاختلافات اللغوية</t>
+        </is>
+      </c>
       <c r="O165" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P165" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>459</t>
+          <t>534</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>مثنى توفيق</t>
+          <t>مـازن عبد الأئمة كاظم </t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t>Muthana taofiq</t>
+          <t>MAZIN ABDULAAIMA KADHIM</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a5e1cumw9lxbk3s.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5i2qvh1slwmru6o.jpeg</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>1984-06-24</t>
+          <t>1976-04-10</t>
         </is>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G166" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>+9647702822226</t>
         </is>
       </c>
       <c r="H166" s="1" t="inlineStr">
         <is>
-          <t>muthana.t.alsadoun@uomisan.edu.iq</t>
+          <t>mazinalsaidi24@gmail.com</t>
         </is>
       </c>
       <c r="I166" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J166" s="1" t="inlineStr">
         <is>
-          <t>2021-05-30</t>
+          <t>2021-08-01</t>
         </is>
       </c>
       <c r="K166" s="1" t="inlineStr">
         <is>
-          <t>Chemistry </t>
+          <t>أدارة وتنظيم </t>
         </is>
       </c>
       <c r="L166" s="1" t="inlineStr">
         <is>
-          <t>Polymer </t>
+          <t>طرائق تدريس </t>
         </is>
       </c>
       <c r="M166" s="1" t="inlineStr">
         <is>
-          <t>Industrial </t>
+          <t>«ПЕДАГОГИЧЕСКИЕ ОСОБЕННОСТИ ЭКОНОМИЧЕСКОГО ОБРАЗОВАНИЯ » المميزات التربوية للتعليم الأقتصادي</t>
         </is>
       </c>
       <c r="N166" s="1"/>
       <c r="O166" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P166" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>467</t>
+          <t>413</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>جاسم حسن علك صحين </t>
+          <t> أحمد سعيد محمد</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t>Jasim Hasan Ilik </t>
+          <t>Ahmed Saeed Mohammed</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4sqjygki85_ucoz.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qlf0513wjv2a_dm.jpg</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
-          <t>1971-09-26</t>
+          <t>1978-10-21</t>
         </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G167" s="1" t="inlineStr">
         <is>
-          <t>+964(0)7700073907</t>
+          <t>07713392788</t>
         </is>
       </c>
       <c r="H167" s="1" t="inlineStr">
         <is>
-          <t>j.h.al-bedhany@uomisan.edu.iq</t>
+          <t>ahmedalbudeiri@gmail.com</t>
         </is>
       </c>
       <c r="I167" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J167" s="1" t="inlineStr">
         <is>
-          <t>2021-06-21</t>
+          <t>2021-08-11</t>
         </is>
       </c>
       <c r="K167" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>Biology</t>
         </is>
       </c>
       <c r="L167" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك تطبيقي (تصاميم)</t>
+          <t>Invertebrates</t>
         </is>
       </c>
       <c r="M167" s="1" t="inlineStr">
         <is>
-          <t>AN ANALYSIS OF CRACKS IN SIMPLY SUPPORTED CURVED PLATES UNDER COMBINED BUCKLING AND IMPACT LOADING</t>
+          <t>تأثير التغيرات الشهرية لبعض العوامل البيئية في كثافة الهائمات الحيوانية في مياه نهر الغراف / ذي قار / العراق</t>
         </is>
       </c>
       <c r="N167" s="1" t="inlineStr">
         <is>
-          <t>Effect of Compression, Impact and Slipping on Rolling Contact Fatigue and Subsurface Microstructural Damage.</t>
+          <t>THE ROLE OF ZOOPLANKTON IN THE PELAGIC FOOD WEBS OF TROPICAL LAKES</t>
         </is>
       </c>
       <c r="O167" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P167" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>471</t>
+          <t>158</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>خالد وليد ناصر </t>
+          <t>سجى ماجد داود </t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t>khalid Waleed </t>
+          <t>Saja Majid Daoud</t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_zkwercnd3g8q9.jpg</t>
+          <t>uploads/photos/tksxzqb2darv5wc.jpg</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
-          <t>1984-06-21</t>
+          <t>1992-04-04</t>
         </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G168" s="1" t="inlineStr">
         <is>
-          <t>+9647702787670</t>
+          <t>07706200566</t>
         </is>
       </c>
       <c r="H168" s="1" t="inlineStr">
         <is>
-          <t>khalid.waleed@uomisan.edu.iq</t>
+          <t>saja-Alazawy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I168" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J168" s="1" t="inlineStr">
         <is>
-          <t>2021-06-29</t>
+          <t>2021-09-06</t>
         </is>
       </c>
       <c r="K168" s="1" t="inlineStr">
         <is>
-          <t>electrical engineering</t>
+          <t>قانون </t>
         </is>
       </c>
       <c r="L168" s="1" t="inlineStr">
         <is>
-          <t>electrical power and energy engineering</t>
+          <t>قانون تجاري</t>
         </is>
       </c>
       <c r="M168" s="1" t="inlineStr">
         <is>
-          <t>Designing electrical part of 840 MW condensing power plant in the city of Zakho, in Republic of Iraq</t>
-[...2 lines deleted...]
-      <c r="N168" s="1"/>
+          <t>غش المستفيد واثره على الوفاء بقيمة الاعتماد المستندي(دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>المسؤوليه عن الخطأ المصرفي </t>
+        </is>
+      </c>
       <c r="O168" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P168" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>487</t>
+          <t>515</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>معن عبدالدايم حسن</t>
+          <t>فائز رمضان لعيبي</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t>Maan Abdul Dayem Hassan</t>
+          <t>faiz ramadan luaebi</t>
         </is>
       </c>
       <c r="D169" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_jvenq2th34k06f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ytapwb180uhq4v5.jpg</t>
         </is>
       </c>
       <c r="E169" s="1" t="inlineStr">
         <is>
-          <t>1977-12-26</t>
+          <t>1982-02-23</t>
         </is>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G169" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07705555516</t>
         </is>
       </c>
       <c r="H169" s="1" t="inlineStr">
         <is>
-          <t>maanalali@uomisan.edu.iq</t>
+          <t>faiz82.rl@gmail.com</t>
         </is>
       </c>
       <c r="I169" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J169" s="1" t="inlineStr">
         <is>
-          <t>2021-07-13</t>
+          <t>2021-09-14</t>
         </is>
       </c>
       <c r="K169" s="1" t="inlineStr">
         <is>
-          <t>Physical organic chemistry</t>
+          <t>ادب عربي</t>
         </is>
       </c>
       <c r="L169" s="1" t="inlineStr">
         <is>
-          <t>RAFT Polymers grafting nanoparticles</t>
+          <t>ادب عربي</t>
         </is>
       </c>
       <c r="M169" s="1" t="inlineStr">
         <is>
-          <t>Applicational</t>
+          <t>النقد اللغوي في ضوء التحليل النقدي</t>
         </is>
       </c>
       <c r="N169" s="1"/>
       <c r="O169" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P169" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>974</t>
+          <t>218</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>عدنان محيسن علي</t>
+          <t>نائل </t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t>Adnan Mohaisen Ali</t>
+          <t>naeel</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/52h6tcq0v4akinz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pdbzailnqu9chvo.jpg</t>
         </is>
       </c>
       <c r="E170" s="1" t="inlineStr">
         <is>
-          <t>1972-09-20</t>
+          <t>2021-09-26</t>
         </is>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G170" s="1" t="inlineStr">
         <is>
-          <t>07714978944</t>
+          <t>07719026961</t>
         </is>
       </c>
       <c r="H170" s="1" t="inlineStr">
         <is>
-          <t>adnan.am7094@gmail.com</t>
+          <t>nnaaeell314@gmail.com</t>
         </is>
       </c>
       <c r="I170" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J170" s="1" t="inlineStr">
         <is>
-          <t>2021-08-01</t>
+          <t>2021-09-14</t>
         </is>
       </c>
       <c r="K170" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة الانكليزية</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L170" s="1" t="inlineStr">
         <is>
-          <t>فقه اللغة الانكليزية</t>
+          <t>الادب العربي</t>
         </is>
       </c>
       <c r="M170" s="1" t="inlineStr">
         <is>
-          <t>المصطلحات التقيمية في اللغة العربية والانكليزية</t>
+          <t>القراءة الممكنة في النص النقدي الابداعي )الغائب انموذجا)</t>
         </is>
       </c>
       <c r="N170" s="1" t="inlineStr">
         <is>
-          <t>مناضرة متعددة التخصصات في الاختلافات اللغوية</t>
+          <t>صورة المثقف في الرواية العراقية المعاصرة</t>
         </is>
       </c>
       <c r="O170" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P170" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>534</t>
+          <t>507</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>مـازن عبد الأئمة كاظم </t>
+          <t>قاسم عبدالامير حسان</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t>MAZIN ABDULAAIMA KADHIM</t>
+          <t>Qasem abdalameer hassan</t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5i2qvh1slwmru6o.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mkghvxanb3frz4e.JPG</t>
         </is>
       </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
-          <t>1976-04-10</t>
+          <t>1980-08-01</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G171" s="1" t="inlineStr">
         <is>
-          <t>+9647702822226</t>
+          <t>009647832329949</t>
         </is>
       </c>
       <c r="H171" s="1" t="inlineStr">
         <is>
-          <t>mazinalsaidi24@gmail.com</t>
+          <t>qasemabdalameer@yahoo.com</t>
         </is>
       </c>
       <c r="I171" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J171" s="1" t="inlineStr">
         <is>
-          <t>2021-08-01</t>
+          <t>2021-10-01</t>
         </is>
       </c>
       <c r="K171" s="1" t="inlineStr">
         <is>
-          <t>أدارة وتنظيم </t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="L171" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس </t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="M171" s="1" t="inlineStr">
         <is>
-          <t>«ПЕДАГОГИЧЕСКИЕ ОСОБЕННОСТИ ЭКОНОМИЧЕСКОГО ОБРАЗОВАНИЯ » المميزات التربوية للتعليم الأقتصادي</t>
-[...2 lines deleted...]
-      <c r="N171" s="1"/>
+          <t>نظرية الباعث الدافع للتعاقد(النظرية الذاتية للسبب)</t>
+        </is>
+      </c>
+      <c r="N171" s="1" t="inlineStr">
+        <is>
+          <t>تاثير سياست هاي اقتصادي دولت بر اصل حاكميت ارادة در اعمال حقوقي</t>
+        </is>
+      </c>
       <c r="O171" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P171" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>413</t>
+          <t>314</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t> أحمد سعيد محمد</t>
+          <t>ريام صبيح جاسم كاطع </t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Saeed Mohammed</t>
+          <t>ream sabeh jasim katie</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qlf0513wjv2a_dm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w59pju68x_h7soe.jpg</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
-          <t>1978-10-21</t>
+          <t>1986-04-27</t>
         </is>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G172" s="1" t="inlineStr">
         <is>
-          <t>07713392788</t>
+          <t>07729215509</t>
         </is>
       </c>
       <c r="H172" s="1" t="inlineStr">
         <is>
-          <t>ahmedalbudeiri@gmail.com</t>
+          <t>riamahmed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I172" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J172" s="1" t="inlineStr">
         <is>
-          <t>2021-08-11</t>
+          <t>2021-10-03</t>
         </is>
       </c>
       <c r="K172" s="1" t="inlineStr">
         <is>
-          <t>Biology</t>
+          <t>علم النبات </t>
         </is>
       </c>
       <c r="L172" s="1" t="inlineStr">
         <is>
-          <t>Invertebrates</t>
+          <t>بيئه نباتيه </t>
         </is>
       </c>
       <c r="M172" s="1" t="inlineStr">
         <is>
-          <t>تأثير التغيرات الشهرية لبعض العوامل البيئية في كثافة الهائمات الحيوانية في مياه نهر الغراف / ذي قار / العراق</t>
-[...6 lines deleted...]
-      </c>
+          <t>daptation of Chenopodium murale to different habitats in Nile Delta, Egypt</t>
+        </is>
+      </c>
+      <c r="N172" s="1"/>
       <c r="O172" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P172" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>158</t>
+          <t>421</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>سجى ماجد داود </t>
+          <t>زينب جاسم محمد</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t>Saja Majid Daoud</t>
+          <t>Zainab Jassim Mohammed </t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/tksxzqb2darv5wc.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k4ousvxpihmcebt.jpg</t>
         </is>
       </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
-          <t>1992-04-04</t>
+          <t>1987-08-03</t>
         </is>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G173" s="1" t="inlineStr">
         <is>
-          <t>07706200566</t>
+          <t>07719932902</t>
         </is>
       </c>
       <c r="H173" s="1" t="inlineStr">
         <is>
-          <t>saja-Alazawy@uomisan.edu.iq</t>
+          <t>zainbjasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I173" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J173" s="1" t="inlineStr">
         <is>
-          <t>2021-09-06</t>
+          <t>2021-10-03</t>
         </is>
       </c>
       <c r="K173" s="1" t="inlineStr">
         <is>
-          <t>قانون </t>
+          <t>حشرات</t>
         </is>
       </c>
       <c r="L173" s="1" t="inlineStr">
         <is>
-          <t>قانون تجاري</t>
+          <t>بيئة حشرات</t>
         </is>
       </c>
       <c r="M173" s="1" t="inlineStr">
         <is>
-          <t>غش المستفيد واثره على الوفاء بقيمة الاعتماد المستندي(دراسة مقارنة)</t>
-[...6 lines deleted...]
-      </c>
+          <t>دراسة بيئية لبعض انواع المن على محصول الحنطة ومقامتها حيويا في محافظتي البصرة وميسان</t>
+        </is>
+      </c>
+      <c r="N173" s="1"/>
       <c r="O173" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P173" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>515</t>
+          <t>318</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>فائز رمضان لعيبي</t>
+          <t>رياض غني محمود</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t>faiz ramadan luaebi</t>
+          <t>Riyadh Ghani Mahmoud</t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ytapwb180uhq4v5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hqo7wv1dubmcg63.jpg</t>
         </is>
       </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
-          <t>1982-02-23</t>
+          <t>2012-02-25</t>
         </is>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G174" s="1" t="inlineStr">
         <is>
-          <t>07705555516</t>
+          <t>٠٧٨٠٠٣٧٢٩٢١</t>
         </is>
       </c>
       <c r="H174" s="1" t="inlineStr">
         <is>
-          <t>faiz82.rl@gmail.com</t>
+          <t>rydhgany@gmail.com</t>
         </is>
       </c>
       <c r="I174" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J174" s="1" t="inlineStr">
         <is>
-          <t>2021-09-14</t>
+          <t>2021-10-04</t>
         </is>
       </c>
       <c r="K174" s="1" t="inlineStr">
         <is>
-          <t>ادب عربي</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L174" s="1" t="inlineStr">
         <is>
-          <t>ادب عربي</t>
+          <t>الحديث والمعاصر</t>
         </is>
       </c>
       <c r="M174" s="1" t="inlineStr">
         <is>
-          <t>النقد اللغوي في ضوء التحليل النقدي</t>
+          <t>يوسف رجيب جهوده الصحفية وآراؤه السياسية ١٩٠٠١٩٤٧</t>
         </is>
       </c>
       <c r="N174" s="1"/>
       <c r="O174" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P174" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>218</t>
+          <t>474</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>نائل </t>
+          <t>ساجد كامل زمام</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t>naeel</t>
+          <t>sajid kamil zemam</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pdbzailnqu9chvo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/htjosq7bea_ycxm.jpg</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
-          <t>2021-09-26</t>
+          <t>2021-09-27</t>
         </is>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G175" s="1" t="inlineStr">
         <is>
-          <t>07719026961</t>
+          <t>07700171661</t>
         </is>
       </c>
       <c r="H175" s="1" t="inlineStr">
         <is>
-          <t>nnaaeell314@gmail.com</t>
+          <t>sajid.kamil@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I175" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J175" s="1" t="inlineStr">
         <is>
-          <t>2021-09-14</t>
+          <t>2021-10-11</t>
         </is>
       </c>
       <c r="K175" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="L175" s="1" t="inlineStr">
         <is>
-          <t>الادب العربي</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="M175" s="1" t="inlineStr">
         <is>
-          <t>القراءة الممكنة في النص النقدي الابداعي )الغائب انموذجا)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Experimental study of bending behavior of a clay under different suctions - Analysis by digital image processing</t>
+        </is>
+      </c>
+      <c r="N175" s="1"/>
       <c r="O175" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P175" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>507</t>
+          <t>290</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبدالامير حسان</t>
+          <t>سجى فالح حسين</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t>Qasem abdalameer hassan</t>
+          <t>Saja Falih hussein</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mkghvxanb3frz4e.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ucx924b5ye7k80o.jpg</t>
         </is>
       </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
-          <t>1980-08-01</t>
+          <t>1988-07-22</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G176" s="1" t="inlineStr">
         <is>
-          <t>009647832329949</t>
+          <t>٠٧٧٢٩٢٤٦٧٨٣</t>
         </is>
       </c>
       <c r="H176" s="1" t="inlineStr">
         <is>
-          <t>qasemabdalameer@yahoo.com</t>
+          <t>sagafh88@gmail.com</t>
         </is>
       </c>
       <c r="I176" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J176" s="1" t="inlineStr">
         <is>
-          <t>2021-10-01</t>
+          <t>2021-10-25</t>
         </is>
       </c>
       <c r="K176" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L176" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
+          <t>قانون دستوري</t>
         </is>
       </c>
       <c r="M176" s="1" t="inlineStr">
         <is>
-          <t>نظرية الباعث الدافع للتعاقد(النظرية الذاتية للسبب)</t>
-[...6 lines deleted...]
-      </c>
+          <t>النظام الدستوري للسلطة القضائية الاتحادية في دستور جمهورية العراق لسنة ٢٠٠٥</t>
+        </is>
+      </c>
+      <c r="N176" s="1"/>
       <c r="O176" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="P176" s="1" t="inlineStr">
         <is>
           <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>314</t>
+          <t>496</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>ريام صبيح جاسم كاطع </t>
+          <t>فاطمة عادل داخل</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t>ream sabeh jasim katie</t>
+          <t>fatimat adil dakhil</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w59pju68x_h7soe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j0zx4s1mlkv8rh2.JPG</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
-          <t>1986-04-27</t>
+          <t>1979-12-01</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G177" s="1" t="inlineStr">
         <is>
-          <t>07729215509</t>
+          <t>07722139838</t>
         </is>
       </c>
       <c r="H177" s="1" t="inlineStr">
         <is>
-          <t>riamahmed@uomisan.edu.iq</t>
+          <t>hhjjkk@gmail.com</t>
         </is>
       </c>
       <c r="I177" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J177" s="1" t="inlineStr">
         <is>
-          <t>2021-10-03</t>
+          <t>2021-11-10</t>
         </is>
       </c>
       <c r="K177" s="1" t="inlineStr">
         <is>
-          <t>علم النبات </t>
+          <t>علم النفس</t>
         </is>
       </c>
       <c r="L177" s="1" t="inlineStr">
         <is>
-          <t>بيئه نباتيه </t>
+          <t>ارشاد نفسي</t>
         </is>
       </c>
       <c r="M177" s="1" t="inlineStr">
         <is>
-          <t>daptation of Chenopodium murale to different habitats in Nile Delta, Egypt</t>
-[...2 lines deleted...]
-      <c r="N177" s="1"/>
+          <t>اثر برنامج ارشادي في خفض العدائية لدا طلبة الجامعة </t>
+        </is>
+      </c>
+      <c r="N177" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O177" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P177" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>421</t>
+          <t>935</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>زينب جاسم محمد</t>
+          <t>جمال جاسم الموسوي</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t>Zainab Jassim Mohammed </t>
+          <t>Jamal</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k4ousvxpihmcebt.jpg</t>
+          <t>uploads/photos/n7kzs_d46uaiq3c.jpg</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
-          <t>1987-08-03</t>
+          <t>1981-05-15</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G178" s="1" t="inlineStr">
         <is>
-          <t>07719932902</t>
+          <t>07705571463</t>
         </is>
       </c>
       <c r="H178" s="1" t="inlineStr">
         <is>
-          <t>zainbjasim@uomisan.edu.iq</t>
+          <t>jmalmsrt@gmail.com</t>
         </is>
       </c>
       <c r="I178" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J178" s="1" t="inlineStr">
         <is>
-          <t>2021-10-03</t>
+          <t>2021-11-10</t>
         </is>
       </c>
       <c r="K178" s="1" t="inlineStr">
         <is>
-          <t>حشرات</t>
+          <t>اللغة العربية/الأدب </t>
         </is>
       </c>
       <c r="L178" s="1" t="inlineStr">
         <is>
-          <t>بيئة حشرات</t>
+          <t>الادب الأندلسي </t>
         </is>
       </c>
       <c r="M178" s="1" t="inlineStr">
         <is>
-          <t>دراسة بيئية لبعض انواع المن على محصول الحنطة ومقامتها حيويا في محافظتي البصرة وميسان</t>
-[...2 lines deleted...]
-      <c r="N178" s="1"/>
+          <t>الانتماء والاانتماء في الشعر الاندلسي </t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>تمثلات المرأة في المتخيل العربي _دراسة في كتاب العقد الفريد لأحمد بن عبد ربه الاندلسي 328هــ</t>
+        </is>
+      </c>
       <c r="O178" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P178" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>759</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>رياض غني محمود</t>
+          <t>محمد حنون داود</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t>Riyadh Ghani Mahmoud</t>
+          <t>mohammed hanwon dawood</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hqo7wv1dubmcg63.jpg</t>
+          <t>uploads/photos/0jih73g6b8zcunl.jpg</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
-          <t>2012-02-25</t>
+          <t>1966-05-25</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G179" s="1" t="inlineStr">
         <is>
-          <t>٠٧٨٠٠٣٧٢٩٢١</t>
+          <t>07762629930</t>
         </is>
       </c>
       <c r="H179" s="1" t="inlineStr">
         <is>
-          <t>rydhgany@gmail.com</t>
+          <t>mohammed.h.dawood@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I179" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J179" s="1" t="inlineStr">
         <is>
-          <t>2021-10-04</t>
+          <t>2021-12-30</t>
         </is>
       </c>
       <c r="K179" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>علوم الكيمياء </t>
         </is>
       </c>
       <c r="L179" s="1" t="inlineStr">
         <is>
-          <t>الحديث والمعاصر</t>
+          <t>كيمياء حياتية سريرية</t>
         </is>
       </c>
       <c r="M179" s="1" t="inlineStr">
         <is>
-          <t>يوسف رجيب جهوده الصحفية وآراؤه السياسية ١٩٠٠١٩٤٧</t>
-[...2 lines deleted...]
-      <c r="N179" s="1"/>
+          <t>تأثير عالج inhibitors 20 CD مقارنة بعالج   TNF α inhibitors على -17 IL فى مرضى التهاب المفاصل الروماتويدى الفعال</t>
+        </is>
+      </c>
+      <c r="N179" s="1" t="inlineStr">
+        <is>
+          <t>دور انمؤشراث انبايوكيميائيو Glycodeline-A , sFlt-1 , PlGF كمؤشراث تنبؤيو عه خسارة انحمم  في انثهث األول</t>
+        </is>
+      </c>
       <c r="O179" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P179" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>474</t>
+          <t>650</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>ساجد كامل زمام</t>
+          <t>صبيح علاوي زاير</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t>sajid kamil zemam</t>
+          <t>Sabeeh Allwi Zayer</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/htjosq7bea_ycxm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k_ecnh3b9mq1aig.jpg</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
-          <t>2021-09-27</t>
+          <t>1969-07-01</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G180" s="1" t="inlineStr">
         <is>
-          <t>07700171661</t>
+          <t>07705523957</t>
         </is>
       </c>
       <c r="H180" s="1" t="inlineStr">
         <is>
-          <t>sajid.kamil@uomisan.edu.iq</t>
+          <t>sabeeh_alwe@yahoo.com</t>
         </is>
       </c>
       <c r="I180" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J180" s="1" t="inlineStr">
         <is>
-          <t>2021-10-11</t>
+          <t>2022-01-05</t>
         </is>
       </c>
       <c r="K180" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>جراحة</t>
         </is>
       </c>
       <c r="L180" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>E.N.T.</t>
         </is>
       </c>
       <c r="M180" s="1" t="inlineStr">
         <is>
-          <t>Experimental study of bending behavior of a clay under different suctions - Analysis by digital image processing</t>
-[...2 lines deleted...]
-      <c r="N180" s="1"/>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>Mucormycosis of the Sinuses and Brain </t>
+        </is>
+      </c>
       <c r="O180" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P180" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>623</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>سجى فالح حسين</t>
+          <t>علاء شامخ حسن</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t>Saja Falih hussein</t>
+          <t>Alaa Shamikh Hassan</t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ucx924b5ye7k80o.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_lja6x2pz5i0dw8.jpg</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
-          <t>1988-07-22</t>
+          <t>1979-11-05</t>
         </is>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G181" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٢٩٢٤٦٧٨٣</t>
+          <t>07705536668</t>
         </is>
       </c>
       <c r="H181" s="1" t="inlineStr">
         <is>
-          <t>sagafh88@gmail.com</t>
+          <t>alaashamikh100@gmail.com</t>
         </is>
       </c>
       <c r="I181" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J181" s="1" t="inlineStr">
         <is>
-          <t>2021-10-25</t>
+          <t>2022-01-27</t>
         </is>
       </c>
       <c r="K181" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>علم الأمراض والطب العدلي</t>
         </is>
       </c>
       <c r="L181" s="1" t="inlineStr">
         <is>
-          <t>قانون دستوري</t>
+          <t>علم امراض الدم</t>
         </is>
       </c>
       <c r="M181" s="1" t="inlineStr">
         <is>
-          <t>النظام الدستوري للسلطة القضائية الاتحادية في دستور جمهورية العراق لسنة ٢٠٠٥</t>
+          <t>EVALUATION OF CD9 &amp; CD56 ANTIGENS EXPRESSION IN ADULT ACUTE MYELOID  LEUKAEMIA. </t>
         </is>
       </c>
       <c r="N181" s="1"/>
       <c r="O181" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P181" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>496</t>
+          <t>664</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عادل داخل</t>
+          <t>سعود كاظم عباس </t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t>fatimat adil dakhil</t>
+          <t>Saud Kadhim Abbas</t>
         </is>
       </c>
       <c r="D182" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j0zx4s1mlkv8rh2.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/oafchpxlkeu0smg.JPG</t>
         </is>
       </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
-          <t>1979-12-01</t>
+          <t>1976-10-23</t>
         </is>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G182" s="1" t="inlineStr">
         <is>
-          <t>07722139838</t>
+          <t>+9647710611062</t>
         </is>
       </c>
       <c r="H182" s="1" t="inlineStr">
         <is>
-          <t>hhjjkk@gmail.com</t>
+          <t>dr.saud@yahoo.com</t>
         </is>
       </c>
       <c r="I182" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J182" s="1" t="inlineStr">
         <is>
-          <t>2021-11-10</t>
+          <t>2022-01-31</t>
         </is>
       </c>
       <c r="K182" s="1" t="inlineStr">
         <is>
-          <t>علم النفس</t>
+          <t>Medicine</t>
         </is>
       </c>
       <c r="L182" s="1" t="inlineStr">
         <is>
-          <t>ارشاد نفسي</t>
+          <t>Radiology</t>
         </is>
       </c>
       <c r="M182" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج ارشادي في خفض العدائية لدا طلبة الجامعة </t>
+          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
         </is>
       </c>
       <c r="N182" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
         </is>
       </c>
       <c r="O182" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P182" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>935</t>
+          <t>618</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>جمال جاسم الموسوي</t>
+          <t>احمد علي محمد </t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t>Jamal</t>
+          <t>Ahmed Ali Mohammed </t>
         </is>
       </c>
       <c r="D183" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/n7kzs_d46uaiq3c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sfax0igh6d9now7.jpeg</t>
         </is>
       </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
-          <t>1981-05-15</t>
+          <t>1980-03-28</t>
         </is>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G183" s="1" t="inlineStr">
         <is>
-          <t>07705571463</t>
+          <t>00964 7711166405</t>
         </is>
       </c>
       <c r="H183" s="1" t="inlineStr">
         <is>
-          <t>jmalmsrt@gmail.com</t>
+          <t>ahmedcts.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I183" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J183" s="1" t="inlineStr">
         <is>
-          <t>2021-11-10</t>
+          <t>2022-01-31</t>
         </is>
       </c>
       <c r="K183" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية/الأدب </t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L183" s="1" t="inlineStr">
         <is>
-          <t>الادب الأندلسي </t>
+          <t>جراحة صدر وقلب واوعية دموية</t>
         </is>
       </c>
       <c r="M183" s="1" t="inlineStr">
         <is>
-          <t>الانتماء والاانتماء في الشعر الاندلسي </t>
-[...6 lines deleted...]
-      </c>
+          <t>Disc button Battery ingestion</t>
+        </is>
+      </c>
+      <c r="N183" s="1"/>
       <c r="O183" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P183" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>759</t>
+          <t>553</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>محمد حنون داود</t>
+          <t>علي عباس حسن </t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t>mohammed hanwon dawood</t>
+          <t>ali abass Hassan </t>
         </is>
       </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/0jih73g6b8zcunl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x3f2vakwud8bp9i.jpeg</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
-          <t>1966-05-25</t>
+          <t>2016-08-15</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G184" s="1" t="inlineStr">
         <is>
-          <t>07762629930</t>
+          <t>07716698974</t>
         </is>
       </c>
       <c r="H184" s="1" t="inlineStr">
         <is>
-          <t>mohammed.h.dawood@uomisan.edu.iq</t>
+          <t>alisport19857@gmail.com</t>
         </is>
       </c>
       <c r="I184" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J184" s="1" t="inlineStr">
         <is>
-          <t>2021-12-30</t>
+          <t>2022-02-08</t>
         </is>
       </c>
       <c r="K184" s="1" t="inlineStr">
         <is>
-          <t>علوم الكيمياء </t>
+          <t>التربية الرياضية </t>
         </is>
       </c>
       <c r="L184" s="1" t="inlineStr">
         <is>
-          <t>كيمياء حياتية سريرية</t>
+          <t>الإدارة الرياضية </t>
         </is>
       </c>
       <c r="M184" s="1" t="inlineStr">
         <is>
-          <t>تأثير عالج inhibitors 20 CD مقارنة بعالج   TNF α inhibitors على -17 IL فى مرضى التهاب المفاصل الروماتويدى الفعال</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر الرياضة في الحياة الاجتماعية للعراقيين المقيمين في قم </t>
+        </is>
+      </c>
+      <c r="N184" s="1"/>
       <c r="O184" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P184" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>388</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>صبيح علاوي زاير</t>
+          <t>موحان حسن صبيح</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t>Sabeeh Allwi Zayer</t>
+          <t>muhan hasan sabih</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k_ecnh3b9mq1aig.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m9dbvt2auw4cexh.jpg</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
-          <t>1969-07-01</t>
+          <t>1976-08-13</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G185" s="1" t="inlineStr">
         <is>
-          <t>07705523957</t>
+          <t>07703162876</t>
         </is>
       </c>
       <c r="H185" s="1" t="inlineStr">
         <is>
-          <t>sabeeh_alwe@yahoo.com</t>
+          <t>mohanhasan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I185" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J185" s="1" t="inlineStr">
         <is>
-          <t>2022-01-05</t>
+          <t>2022-02-14</t>
         </is>
       </c>
       <c r="K185" s="1" t="inlineStr">
         <is>
-          <t>جراحة</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L185" s="1" t="inlineStr">
         <is>
-          <t>E.N.T.</t>
+          <t>علم اللغة المقارن</t>
         </is>
       </c>
       <c r="M185" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>مفهومية (المهني-المتخصص) في التواصل الحديث</t>
         </is>
       </c>
       <c r="N185" s="1" t="inlineStr">
         <is>
-          <t>Mucormycosis of the Sinuses and Brain </t>
+          <t>التصورات اللغوية للقران الكريم في دراسات المستشرقين المعاصرين</t>
         </is>
       </c>
       <c r="O185" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P185" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>623</t>
+          <t>787</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>علاء شامخ حسن</t>
+          <t>م.د نور كاظم فهيد</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t>Alaa Shamikh Hassan</t>
+          <t>noor k. faheed</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_lja6x2pz5i0dw8.jpg</t>
+          <t>uploads/photos/0gctqxe9p7oml8_.jpg</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
-          <t>1979-11-05</t>
+          <t>1991-04-20</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G186" s="1" t="inlineStr">
         <is>
-          <t>07705536668</t>
+          <t>07713818747</t>
         </is>
       </c>
       <c r="H186" s="1" t="inlineStr">
         <is>
-          <t>alaashamikh100@gmail.com</t>
+          <t>noor.kf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I186" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J186" s="1" t="inlineStr">
         <is>
-          <t>2022-01-27</t>
+          <t>2022-02-20</t>
         </is>
       </c>
       <c r="K186" s="1" t="inlineStr">
         <is>
-          <t>علم الأمراض والطب العدلي</t>
+          <t>هندسة المواد</t>
         </is>
       </c>
       <c r="L186" s="1" t="inlineStr">
         <is>
-          <t>علم امراض الدم</t>
+          <t>هندسة المواد الاحيائية</t>
         </is>
       </c>
       <c r="M186" s="1" t="inlineStr">
         <is>
-          <t>EVALUATION OF CD9 &amp; CD56 ANTIGENS EXPRESSION IN ADULT ACUTE MYELOID  LEUKAEMIA. </t>
+          <t>تأثير درجات الحراره علئ انبعاج اعمدة المواد المتراكبه</t>
         </is>
       </c>
       <c r="N186" s="1"/>
       <c r="O186" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P186" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>664</t>
+          <t>622</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>سعود كاظم عباس </t>
+          <t>جبار جاسم عطية</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t>Saud Kadhim Abbas</t>
+          <t>jabbar jasim atiyah</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/oafchpxlkeu0smg.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/p57efa_61sk0vmy.jpg</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
-          <t>1976-10-23</t>
+          <t>1966-02-02</t>
         </is>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G187" s="1" t="inlineStr">
         <is>
-          <t>+9647710611062</t>
+          <t>07719922636</t>
         </is>
       </c>
       <c r="H187" s="1" t="inlineStr">
         <is>
-          <t>dr.saud@yahoo.com</t>
+          <t>jabbar.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I187" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J187" s="1" t="inlineStr">
         <is>
-          <t>2022-01-31</t>
+          <t>2022-03-06</t>
         </is>
       </c>
       <c r="K187" s="1" t="inlineStr">
         <is>
-          <t>Medicine</t>
+          <t>الطب الباطني</t>
         </is>
       </c>
       <c r="L187" s="1" t="inlineStr">
         <is>
-          <t>Radiology</t>
+          <t>الطب الباطني</t>
         </is>
       </c>
       <c r="M187" s="1" t="inlineStr">
         <is>
-          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
+          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
         </is>
       </c>
       <c r="N187" s="1" t="inlineStr">
         <is>
-          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
+          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
         </is>
       </c>
       <c r="O187" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P187" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>618</t>
+          <t>927</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>احمد علي محمد </t>
+          <t>حيدر علي كريم</t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ali Mohammed </t>
-[...6 lines deleted...]
-      </c>
+          <t>Haider Al Khazraji</t>
+        </is>
+      </c>
+      <c r="D188" s="1"/>
       <c r="E188" s="1" t="inlineStr">
         <is>
-          <t>1980-03-28</t>
+          <t>1991-09-20</t>
         </is>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G188" s="1" t="inlineStr">
         <is>
-          <t>00964 7711166405</t>
+          <t>07707371766</t>
         </is>
       </c>
       <c r="H188" s="1" t="inlineStr">
         <is>
-          <t>ahmedcts.mcm@uomisan.edu.iq</t>
+          <t>hayder-ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I188" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J188" s="1" t="inlineStr">
         <is>
-          <t>2022-01-31</t>
+          <t>2022-03-16</t>
         </is>
       </c>
       <c r="K188" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L188" s="1" t="inlineStr">
         <is>
-          <t>جراحة صدر وقلب واوعية دموية</t>
-[...6 lines deleted...]
-      </c>
+          <t>تقانات خضر</t>
+        </is>
+      </c>
+      <c r="M188" s="1"/>
       <c r="N188" s="1"/>
       <c r="O188" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P188" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>553</t>
+          <t>328</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>علي عباس حسن </t>
+          <t>ماجد مجباس حسن </t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t>ali abass Hassan </t>
+          <t>majed michbas hasan</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x3f2vakwud8bp9i.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gv7mqyrf4tj80_w.jpg</t>
         </is>
       </c>
       <c r="E189" s="1" t="inlineStr">
         <is>
-          <t>2016-08-15</t>
+          <t>2021-03-10</t>
         </is>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G189" s="1" t="inlineStr">
         <is>
-          <t>07716698974</t>
+          <t>07715908783</t>
         </is>
       </c>
       <c r="H189" s="1" t="inlineStr">
         <is>
-          <t>alisport19857@gmail.com</t>
+          <t>majid_hassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I189" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J189" s="1" t="inlineStr">
         <is>
-          <t>2022-02-08</t>
+          <t>2022-04-04</t>
         </is>
       </c>
       <c r="K189" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية </t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L189" s="1" t="inlineStr">
         <is>
-          <t>الإدارة الرياضية </t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M189" s="1" t="inlineStr">
         <is>
-          <t>اثر الرياضة في الحياة الاجتماعية للعراقيين المقيمين في قم </t>
-[...2 lines deleted...]
-      <c r="N189" s="1"/>
+          <t>المركز القانوني للمحكم دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="N189" s="1" t="inlineStr">
+        <is>
+          <t>تنفيذ الالتزام العقدي على حساب المدين دراسة مقارنة</t>
+        </is>
+      </c>
       <c r="O189" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P189" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>388</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>موحان حسن صبيح</t>
+          <t>فرزدق عبد القادر حمدان</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t>muhan hasan sabih</t>
+          <t>Farazdaq Abdelkader Hmdan</t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m9dbvt2auw4cexh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1m7yb9eoih0ars4.jpg</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
-          <t>1976-08-13</t>
+          <t>1982-06-10</t>
         </is>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G190" s="1" t="inlineStr">
         <is>
-          <t>07703162876</t>
+          <t>+964775534181</t>
         </is>
       </c>
       <c r="H190" s="1" t="inlineStr">
         <is>
-          <t>mohanhasan@uomisan.edu.iq</t>
+          <t>farazdaq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I190" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J190" s="1" t="inlineStr">
         <is>
-          <t>2022-02-14</t>
+          <t>2022-05-08</t>
         </is>
       </c>
       <c r="K190" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>تربيةبدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L190" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة المقارن</t>
+          <t>الاختبارات و القياس - المصارعة</t>
         </is>
       </c>
       <c r="M190" s="1" t="inlineStr">
         <is>
-          <t>مفهومية (المهني-المتخصص) في التواصل الحديث</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحديد أنموذج لأهم المسكات والمتطلبات البدنية والوظيفية لدى لاعبي المصارعة الشباب  </t>
+        </is>
+      </c>
+      <c r="N190" s="1"/>
       <c r="O190" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P190" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>787</t>
+          <t>818</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>م.د نور كاظم فهيد</t>
+          <t>سنان عماد صبري</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t>noor k. faheed</t>
+          <t>Sinan Imad Sabri</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/0gctqxe9p7oml8_.jpg</t>
+          <t>uploads/photos/bv8lqu57min1ck9.jpg</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
-          <t>1991-04-20</t>
+          <t>1979-07-07</t>
         </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G191" s="1" t="inlineStr">
         <is>
-          <t>07713818747</t>
+          <t>07851954898</t>
         </is>
       </c>
       <c r="H191" s="1" t="inlineStr">
         <is>
-          <t>noor.kf@uomisan.edu.iq</t>
+          <t>sisabri@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I191" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J191" s="1" t="inlineStr">
         <is>
-          <t>2022-02-20</t>
+          <t>2022-05-14</t>
         </is>
       </c>
       <c r="K191" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد</t>
+          <t>هندسة حاسبات</t>
         </is>
       </c>
       <c r="L191" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد الاحيائية</t>
+          <t>Computer Vision</t>
         </is>
       </c>
       <c r="M191" s="1" t="inlineStr">
         <is>
-          <t>تأثير درجات الحراره علئ انبعاج اعمدة المواد المتراكبه</t>
-[...2 lines deleted...]
-      <c r="N191" s="1"/>
+          <t>Image Restoration Using Neural Networks</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>Learning Representations for Human Identification</t>
+        </is>
+      </c>
       <c r="O191" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P191" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>622</t>
+          <t>601</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>جبار جاسم عطية</t>
+          <t>فهمي محمد رامز فهمي مالي </t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t>jabbar jasim atiyah</t>
+          <t>FAHMI MUHAMAD RAMIZ FAHMI </t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/p57efa_61sk0vmy.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hqdpxojzkcvl7y9.jpg</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
-          <t>1966-02-02</t>
+          <t>2022-03-19</t>
         </is>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G192" s="1" t="inlineStr">
         <is>
-          <t>07719922636</t>
+          <t>07705504708</t>
         </is>
       </c>
       <c r="H192" s="1" t="inlineStr">
         <is>
-          <t>jabbar.mcm@uomisan.edu.iq</t>
+          <t>fagmey1974@gmail.com</t>
         </is>
       </c>
       <c r="I192" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J192" s="1" t="inlineStr">
         <is>
-          <t>2022-03-06</t>
+          <t>2022-05-23</t>
         </is>
       </c>
       <c r="K192" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني</t>
+          <t>&amp;#39;طرائق تدريس التربية الفنية </t>
         </is>
       </c>
       <c r="L192" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني</t>
+          <t>التربية الفنية </t>
         </is>
       </c>
       <c r="M192" s="1" t="inlineStr">
         <is>
-          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
-[...6 lines deleted...]
-      </c>
+          <t>الانفعالات النفسية في رسوم تلامذة المرحلة الابتدائية في ضوء مراحل التعبير </t>
+        </is>
+      </c>
+      <c r="N192" s="1"/>
       <c r="O192" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P192" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>927</t>
+          <t>655</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>حيدر علي كريم</t>
+          <t>حمود ماضي حسن</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t>Haider Al Khazraji</t>
-[...2 lines deleted...]
-      <c r="D193" s="1"/>
+          <t>Hmood Madhi Hasan</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6j8bianqr2y3wx1.jpg</t>
+        </is>
+      </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
-          <t>1991-09-20</t>
+          <t>1974-07-01</t>
         </is>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G193" s="1" t="inlineStr">
         <is>
-          <t>07707371766</t>
+          <t>07708675076</t>
         </is>
       </c>
       <c r="H193" s="1" t="inlineStr">
         <is>
-          <t>hayder-ali@uomisan.edu.iq</t>
+          <t>hmoudmh74@gmail.com</t>
         </is>
       </c>
       <c r="I193" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J193" s="1" t="inlineStr">
         <is>
-          <t>2022-03-16</t>
+          <t>2022-05-25</t>
         </is>
       </c>
       <c r="K193" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L193" s="1" t="inlineStr">
         <is>
-          <t>تقانات خضر</t>
-[...3 lines deleted...]
-      <c r="N193" s="1"/>
+          <t>طب مجتمع</t>
+        </is>
+      </c>
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>the obesity and stress among doctors in missan city 2012</t>
+        </is>
+      </c>
       <c r="O193" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P193" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>328</t>
+          <t>840</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>ماجد مجباس حسن </t>
+          <t>محمد حسن لازم</t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t>majed michbas hasan</t>
+          <t>Mohammed Hasan Lazim </t>
         </is>
       </c>
       <c r="D194" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gv7mqyrf4tj80_w.jpg</t>
+          <t>uploads/photos/65nifavo7pkbgm4.jpg</t>
         </is>
       </c>
       <c r="E194" s="1" t="inlineStr">
         <is>
-          <t>2021-03-10</t>
+          <t>1988-03-21</t>
         </is>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G194" s="1" t="inlineStr">
         <is>
-          <t>07715908783</t>
+          <t>0773766xxxxx</t>
         </is>
       </c>
       <c r="H194" s="1" t="inlineStr">
         <is>
-          <t>majid_hassan@uomisan.edu.iq</t>
+          <t>mohammed.hasan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I194" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J194" s="1" t="inlineStr">
         <is>
-          <t>2022-04-04</t>
+          <t>2022-06-09</t>
         </is>
       </c>
       <c r="K194" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>الهندسة الكهربائية</t>
         </is>
       </c>
       <c r="L194" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>قدرة و مكائن</t>
         </is>
       </c>
       <c r="M194" s="1" t="inlineStr">
         <is>
-          <t>المركز القانوني للمحكم دراسة مقارنة</t>
-[...6 lines deleted...]
-      </c>
+          <t>المحرك الحثي المتعدد الدوائر مع تحسين أداء قدرته</t>
+        </is>
+      </c>
+      <c r="N194" s="1"/>
       <c r="O194" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P194" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>387</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>فرزدق عبد القادر حمدان</t>
+          <t>عباس عبدالحسين حداد</t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t>Farazdaq Abdelkader Hmdan</t>
+          <t>Abbas Abdulhussein Haddad</t>
         </is>
       </c>
       <c r="D195" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1m7yb9eoih0ars4.jpg</t>
+          <t>uploads/photos/3zxrv9s842e_k16.jpeg</t>
         </is>
       </c>
       <c r="E195" s="1" t="inlineStr">
         <is>
-          <t>1982-06-10</t>
+          <t>1986-10-01</t>
         </is>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G195" s="1" t="inlineStr">
         <is>
-          <t>+964775534181</t>
+          <t>07717846906</t>
         </is>
       </c>
       <c r="H195" s="1" t="inlineStr">
         <is>
-          <t>farazdaq@uomisan.edu.iq</t>
+          <t>abbas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I195" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J195" s="1" t="inlineStr">
         <is>
-          <t>2022-05-08</t>
+          <t>2022-06-30</t>
         </is>
       </c>
       <c r="K195" s="1" t="inlineStr">
         <is>
-          <t>تربيةبدنية وعلوم الرياضة</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L195" s="1" t="inlineStr">
         <is>
-          <t>الاختبارات و القياس - المصارعة</t>
+          <t>تقنيات المعلومات</t>
         </is>
       </c>
       <c r="M195" s="1" t="inlineStr">
         <is>
-          <t>تحديد أنموذج لأهم المسكات والمتطلبات البدنية والوظيفية لدى لاعبي المصارعة الشباب  </t>
+          <t>Research features of City management by using GIS and developing software for local government</t>
         </is>
       </c>
       <c r="N195" s="1"/>
       <c r="O195" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P195" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>818</t>
+          <t>685</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>سنان عماد صبري</t>
+          <t>مالك هادي محمود</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t>Sinan Imad Sabri</t>
+          <t>Malik Hadi Mahmood</t>
         </is>
       </c>
       <c r="D196" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/bv8lqu57min1ck9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sl7cnjxvbk10982.jpg</t>
         </is>
       </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
-          <t>1979-07-07</t>
+          <t>1985-08-25</t>
         </is>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G196" s="1" t="inlineStr">
         <is>
-          <t>07851954898</t>
+          <t>+964 7705768815</t>
         </is>
       </c>
       <c r="H196" s="1" t="inlineStr">
         <is>
-          <t>sisabri@uomisan.edu.iq</t>
+          <t>malik.hadi@wigner.hu</t>
         </is>
       </c>
       <c r="I196" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J196" s="1" t="inlineStr">
         <is>
-          <t>2022-05-14</t>
+          <t>2022-07-05</t>
         </is>
       </c>
       <c r="K196" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>علوم فيزياء</t>
         </is>
       </c>
       <c r="L196" s="1" t="inlineStr">
         <is>
-          <t>Computer Vision</t>
+          <t>Laser applications and optical materials</t>
         </is>
       </c>
       <c r="M196" s="1" t="inlineStr">
         <is>
-          <t>Image Restoration Using Neural Networks</t>
+          <t>دراسة الخواص الكهروضوئية لمواد عضوية-لاعضوية ذات تراكيب جديدة</t>
         </is>
       </c>
       <c r="N196" s="1" t="inlineStr">
         <is>
-          <t>Learning Representations for Human Identification</t>
+          <t>Preparation and characterization of biopolymeric microparticles for surface-enhanced Raman spectroscopy and fluorescent microscopy imaging </t>
         </is>
       </c>
       <c r="O196" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P196" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>601</t>
+          <t>820</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>فهمي محمد رامز فهمي مالي </t>
+          <t>محمد مهدي صالح </t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t>FAHMI MUHAMAD RAMIZ FAHMI </t>
+          <t>Mohammad Mahdie Saleh</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hqdpxojzkcvl7y9.jpg</t>
+          <t>uploads/photos/rkytwuv7z63hsl_.jpg</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
-          <t>2022-03-19</t>
+          <t>1981-04-25</t>
         </is>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G197" s="1" t="inlineStr">
         <is>
-          <t>07705504708</t>
+          <t>07722551053</t>
         </is>
       </c>
       <c r="H197" s="1" t="inlineStr">
         <is>
-          <t>fagmey1974@gmail.com</t>
+          <t>mohammed.alazawii@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I197" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J197" s="1" t="inlineStr">
         <is>
-          <t>2022-05-23</t>
+          <t>2022-07-21</t>
         </is>
       </c>
       <c r="K197" s="1" t="inlineStr">
         <is>
-          <t>&amp;#39;طرائق تدريس التربية الفنية </t>
+          <t>الهندسة الميكانيكية</t>
         </is>
       </c>
       <c r="L197" s="1" t="inlineStr">
         <is>
-          <t>التربية الفنية </t>
+          <t>موائع وحراريات</t>
         </is>
       </c>
       <c r="M197" s="1" t="inlineStr">
         <is>
-          <t>الانفعالات النفسية في رسوم تلامذة المرحلة الابتدائية في ضوء مراحل التعبير </t>
-[...2 lines deleted...]
-      <c r="N197" s="1"/>
+          <t>أنتقال الحرارة بالحمل الطبيعي خلال وسط مسامي محدد اسطواني ثلاثي الابعاد مع ظروف حدية لدرجة حرارة جدار ثابتة ودورية</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>تخزين الطاقة الحرارية بالحرارة المحسوسة في خزان معبأ بالهواء والألومينا باستخدام التدفق المحوري والتدفق المحوري مع الطبقات والتدفق القطري</t>
+        </is>
+      </c>
       <c r="O197" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P197" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>655</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>حمود ماضي حسن</t>
+          <t>نورفلاح مهدي </t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t>Hmood Madhi Hasan</t>
+          <t>Noor Falah Mahdi</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6j8bianqr2y3wx1.jpg</t>
+          <t>uploads/photos/iyj273mfeg61wda.jpg</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
-          <t>1974-07-01</t>
+          <t>1987-11-17</t>
         </is>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G198" s="1" t="inlineStr">
         <is>
-          <t>07708675076</t>
+          <t>07740720335</t>
         </is>
       </c>
       <c r="H198" s="1" t="inlineStr">
         <is>
-          <t>hmoudmh74@gmail.com</t>
+          <t>noor_falah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I198" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J198" s="1" t="inlineStr">
         <is>
-          <t>2022-05-25</t>
+          <t>2022-09-22</t>
         </is>
       </c>
       <c r="K198" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>انتاج حيواني </t>
         </is>
       </c>
       <c r="L198" s="1" t="inlineStr">
         <is>
-          <t>طب مجتمع</t>
+          <t>علم اللحوم</t>
         </is>
       </c>
       <c r="M198" s="1" t="inlineStr">
         <is>
+          <t>اطالة فترة حفظ اللحم البقري بالتبريد باستخدام النايسين و اكليل الجبل</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
           <t>0</t>
         </is>
       </c>
-      <c r="N198" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="O198" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P198" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>840</t>
+          <t>619</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن لازم</t>
+          <t>حامد هادي بدن </t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hasan Lazim </t>
-[...6 lines deleted...]
-      </c>
+          <t>hamed hadi bedn</t>
+        </is>
+      </c>
+      <c r="D199" s="1"/>
       <c r="E199" s="1" t="inlineStr">
         <is>
-          <t>1988-03-21</t>
+          <t>1984-03-21</t>
         </is>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G199" s="1" t="inlineStr">
         <is>
-          <t>0773766xxxxx</t>
+          <t> </t>
         </is>
       </c>
       <c r="H199" s="1" t="inlineStr">
         <is>
-          <t>mohammed.hasan@uomisan.edu.iq</t>
+          <t>hamdhady39@gmaiI.com</t>
         </is>
       </c>
       <c r="I199" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J199" s="1" t="inlineStr">
         <is>
-          <t>2022-06-09</t>
+          <t>2022-10-10</t>
         </is>
       </c>
       <c r="K199" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكهربائية</t>
+          <t>العلوم الإسلامية</t>
         </is>
       </c>
       <c r="L199" s="1" t="inlineStr">
         <is>
-          <t>قدرة و مكائن</t>
+          <t>العقيدة والفكر الإسلامي</t>
         </is>
       </c>
       <c r="M199" s="1" t="inlineStr">
         <is>
-          <t>المحرك الحثي المتعدد الدوائر مع تحسين أداء قدرته</t>
-[...2 lines deleted...]
-      <c r="N199" s="1"/>
+          <t>تقريب الأفكار المذهبية ودوره في تأسيس الوحدة الإسلامية</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>آليات الارتقاء بالجيل المعاصر في الفكر الإسلامي</t>
+        </is>
+      </c>
       <c r="O199" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P199" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>791</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>عباس عبدالحسين حداد</t>
+          <t>حيدر ناصر مناتي اللامي</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t>Abbas Abdulhussein Haddad</t>
+          <t>Hayder Naser Mnati Al-Lami</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/3zxrv9s842e_k16.jpeg</t>
+          <t>uploads/photos/n6vjf1uk24halis.jpg</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
-          <t>1986-10-01</t>
+          <t>1987-03-19</t>
         </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G200" s="1" t="inlineStr">
         <is>
-          <t>07717846906</t>
+          <t>07732027899</t>
         </is>
       </c>
       <c r="H200" s="1" t="inlineStr">
         <is>
-          <t>abbas@uomisan.edu.iq</t>
+          <t>hayderallami@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I200" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J200" s="1" t="inlineStr">
         <is>
-          <t>2022-06-30</t>
+          <t>2022-11-16</t>
         </is>
       </c>
       <c r="K200" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="L200" s="1" t="inlineStr">
         <is>
-          <t>تقنيات المعلومات</t>
+          <t>موائع</t>
         </is>
       </c>
       <c r="M200" s="1" t="inlineStr">
         <is>
-          <t>Research features of City management by using GIS and developing software for local government</t>
+          <t>-Detailed simulations of sub-surface boundary  layer in wind-generated waves </t>
         </is>
       </c>
       <c r="N200" s="1"/>
       <c r="O200" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P200" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>685</t>
+          <t>5</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>مالك هادي محمود</t>
+          <t>هبه ربيع بعنون</t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t>Malik Hadi Mahmood</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hiba Rabeea Baanoon</t>
+        </is>
+      </c>
+      <c r="D201" s="1"/>
       <c r="E201" s="1" t="inlineStr">
         <is>
-          <t>1985-08-25</t>
+          <t>1990-10-18</t>
         </is>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G201" s="1" t="inlineStr">
         <is>
-          <t>+964 7705768815</t>
+          <t>0000</t>
         </is>
       </c>
       <c r="H201" s="1" t="inlineStr">
         <is>
-          <t>malik.hadi@wigner.hu</t>
+          <t>hibabaanoon@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I201" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J201" s="1" t="inlineStr">
         <is>
-          <t>2022-07-05</t>
+          <t>2022-12-04</t>
         </is>
       </c>
       <c r="K201" s="1" t="inlineStr">
         <is>
-          <t>علوم فيزياء</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L201" s="1" t="inlineStr">
         <is>
-          <t>Laser applications and optical materials</t>
+          <t>رياضيات صرفة</t>
         </is>
       </c>
       <c r="M201" s="1" t="inlineStr">
         <is>
-          <t>دراسة الخواص الكهروضوئية لمواد عضوية-لاعضوية ذات تراكيب جديدة</t>
+          <t>On fully stable acts</t>
         </is>
       </c>
       <c r="N201" s="1" t="inlineStr">
         <is>
-          <t>Preparation and characterization of biopolymeric microparticles for surface-enhanced Raman spectroscopy and fluorescent microscopy imaging </t>
+          <t>I_(F^* )- Lifting Modules with Respect to Image of Fully Invariant Submodules</t>
         </is>
       </c>
       <c r="O201" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P201" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>