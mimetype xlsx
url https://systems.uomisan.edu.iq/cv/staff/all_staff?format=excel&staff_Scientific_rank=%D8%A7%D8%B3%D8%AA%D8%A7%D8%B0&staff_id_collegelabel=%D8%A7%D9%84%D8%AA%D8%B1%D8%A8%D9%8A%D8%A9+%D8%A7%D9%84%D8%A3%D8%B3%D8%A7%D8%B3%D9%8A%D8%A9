--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:P106"/>
+  <dimension ref="A1:P107"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Name_in_English</t>
         </is>
       </c>
@@ -3339,51 +3339,51 @@
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>رشا عبد الحسين صاحب عبد الحسن</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t> Rasha Abdel Hussein Sahib Abdel Hassan</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>uploads/files/p15khyl3iq2bx69.jpg</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>1982-03-29</t>
+          <t>1986-03-29</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
           <t>07703237921</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
           <t>rasha.a.sahib@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
           <t>2018-03-06</t>
@@ -5954,51 +5954,51 @@
       </c>
       <c r="P71" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>نعمة ساهي حسن </t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>nehme hasn sahey</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fa53dbew6v4m07c.png</t>
+          <t>uploads/files/juolt7dv3qmy0g4.jpeg</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t>2020-11-21</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
           <t>07711147310</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
           <t>dnmhalmwswy@gmeil.com</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
@@ -7333,1506 +7333,1588 @@
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
           <t>علاقة بعض العلاقه الكينماتيكيه لرجل المرجحة بانجاز القفز العالي لابطال القطر العراقي</t>
         </is>
       </c>
       <c r="N88" s="1" t="inlineStr">
         <is>
           <t>تقويم حالة الرياضي التدريبيه على وفق المؤشرات البنيه والوظيفيه والنفسيه خلال فترة الالانتقاليه</t>
         </is>
       </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P88" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>1011</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>محمد عامر محمد </t>
+          <t>ساجدة منادي ثامر </t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>Mohammed amer mohammed</t>
+          <t>sajida munadi thamer</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/w6v4e7jmy8n3g0o.jpg</t>
+          <t>uploads/files/zqya41inu3ogsrf.png</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>1976-07-01</t>
+          <t>1977-04-18</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>07712517088</t>
+          <t>000000000</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>mohammed-amer@uomisan.edu.iq</t>
+          <t>sajida_munadi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>2021-11-07</t>
+          <t>2021-09-19</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>علوم كيمياء </t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>كيمياء عضوية</t>
         </is>
       </c>
       <c r="M89" s="1" t="inlineStr">
         <is>
-          <t>الفعل في العربية بين القدماء والمحدثين دراسة وتخليل</t>
+          <t>تخليق وتوصيف مشتقات من 2،5- ثنائي ميثوكسي بنزوفينون</t>
         </is>
       </c>
       <c r="N89" s="1" t="inlineStr">
         <is>
-          <t>اثر المناسبة في توجيه المعنى في النص القراني</t>
+          <t>تخليق مشتقات جديدة لحمض الديهيدروأسيتيك تحتوي على مجموعات حلقية غير متجانسة مختلفة</t>
         </is>
       </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>488</t>
+          <t>620</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>ماجد شندي والي </t>
+          <t>محمد عامر محمد </t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>Majed Shendi Wali</t>
+          <t>Mohammed amer mohammed</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vcwz_2n6bah8iqr.jpg</t>
+          <t>uploads/photos/w6v4e7jmy8n3g0o.jpg</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>1976-07-01</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>07705604870</t>
+          <t>07712517088</t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
-          <t>Majid@uomisan.edu.iq</t>
+          <t>mohammed-amer@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
-          <t>2021-11-13</t>
+          <t>2021-11-07</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية </t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
-          <t>الفسلجة</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>تاثير التدريب الدائري المرتفع الشدة في بعض مؤشرات الدم والكلى</t>
+          <t>الفعل في العربية بين القدماء والمحدثين دراسة وتخليل</t>
         </is>
       </c>
       <c r="N90" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض المتغيرات البايوكيميائية والفسلجية المصاحبة لظاهرة الافراط في التدريب</t>
+          <t>اثر المناسبة في توجيه المعنى في النص القراني</t>
         </is>
       </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P90" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>634</t>
+          <t>488</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>مؤيد فيصل ربيع</t>
+          <t>ماجد شندي والي </t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>Moaed faisal rabea</t>
+          <t>Majed Shendi Wali</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/87r0u4gixambvtc.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vcwz_2n6bah8iqr.jpg</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>2022-07-28</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>07705507576</t>
+          <t>07705604870</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>dr.moaed2015@uomisan.edu.iq</t>
+          <t>Majid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>2022-01-16</t>
+          <t>2021-11-13</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>علوم اسلامية </t>
+          <t>التربية البدنية </t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
-          <t>علوم كلام</t>
+          <t>الفسلجة</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>الوجود عند متكلمي المسلمين</t>
+          <t>تاثير التدريب الدائري المرتفع الشدة في بعض مؤشرات الدم والكلى</t>
         </is>
       </c>
       <c r="N91" s="1" t="inlineStr">
         <is>
-          <t>الوجود عند متكلمي المسلمين</t>
+          <t>دراسة بعض المتغيرات البايوكيميائية والفسلجية المصاحبة لظاهرة الافراط في التدريب</t>
         </is>
       </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P91" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>518</t>
+          <t>634</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>عبد الله كاظم عبد </t>
+          <t>مؤيد فيصل ربيع</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Kadhim Abed</t>
+          <t>Moaed faisal rabea</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ak6x0pblit5j21d.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/87r0u4gixambvtc.JPG</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>2022-02-06</t>
+          <t>2022-07-28</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>07705577418 </t>
+          <t>07705507576</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>abdullah@uivstiymaisan.edu.iq</t>
+          <t>dr.moaed2015@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>2022-02-06</t>
+          <t>2022-01-16</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الخديث</t>
+          <t>علوم اسلامية </t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الحديث</t>
+          <t>علوم كلام</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
+          <t>الوجود عند متكلمي المسلمين</t>
         </is>
       </c>
       <c r="N92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
+          <t>الوجود عند متكلمي المسلمين</t>
         </is>
       </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P92" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>842</t>
+          <t>518</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>رائد ساعي جاسم </t>
+          <t>عبد الله كاظم عبد </t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>Riaed Al siaede</t>
+          <t>Abdullah Kadhim Abed</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/6u0pb3wixy8o2ar.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ak6x0pblit5j21d.jpg</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>2024-06-23</t>
+          <t>2022-02-06</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>07705500033</t>
+          <t>07705577418 </t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>dr.ra.iraq@uomisan.edu.iq</t>
+          <t>abdullah@uivstiymaisan.edu.iq</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>2022-07-06</t>
+          <t>2022-02-06</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>جيولوجي</t>
+          <t>تاريخ العراق الخديث</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
-          <t>جيوتكنيك </t>
+          <t>تاريخ العراق الحديث</t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>الاراضي الجيولوجية الدخيلة في الحزام الاوروجني الالبي في شمال العراق</t>
+          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
         </is>
       </c>
       <c r="N93" s="1" t="inlineStr">
         <is>
-          <t>الموديل التحليلي للمشاكل الجيوتكنيكية حول الانفاق. مشروع مترو بغداد</t>
+          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
         </is>
       </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P93" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>662</t>
+          <t>842</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>رحيم عطيه جناني</t>
+          <t>رائد ساعي جاسم </t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>Rahim Atiya Janani</t>
+          <t>Riaed Al siaede</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da9ch1_r7ut465y.jpeg</t>
+          <t>uploads/photos/6u0pb3wixy8o2ar.jpg</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>2022-07-01</t>
+          <t>2024-06-23</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>07712537737</t>
+          <t>07705500033</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>Dr.raheem@uomisan.edu.iq</t>
+          <t>dr.ra.iraq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
-          <t>2022-07-13</t>
+          <t>2022-07-06</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>جيولوجي</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
-          <t>اختبارات وقياس كرة القدم</t>
+          <t>جيوتكنيك </t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>تحديد اختبارت بدنيه ومهاريه للاعبي الشباب لكرة القدم</t>
-[...2 lines deleted...]
-      <c r="N94" s="1"/>
+          <t>الاراضي الجيولوجية الدخيلة في الحزام الاوروجني الالبي في شمال العراق</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>الموديل التحليلي للمشاكل الجيوتكنيكية حول الانفاق. مشروع مترو بغداد</t>
+        </is>
+      </c>
       <c r="O94" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P94" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>662</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>علي موسى عكلة </t>
+          <t>رحيم عطيه جناني</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>Ali Mousa Oglah</t>
+          <t>Rahim Atiya Janani</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e5fx4zc2vr_o6p1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da9ch1_r7ut465y.jpeg</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>1955-07-01</t>
+          <t>2022-07-01</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>07712413898</t>
+          <t>07712537737</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>alimussa56@uomisan.edu.iq</t>
+          <t>Dr.raheem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
-          <t>2022-08-01</t>
+          <t>2022-07-13</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>لغة</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
-          <t>لغة ونحو</t>
+          <t>اختبارات وقياس كرة القدم</t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
-          <t>كتاب المواقف للنفري - دراسة في التراكيب ودلالاتها</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحديد اختبارت بدنيه ومهاريه للاعبي الشباب لكرة القدم</t>
+        </is>
+      </c>
+      <c r="N95" s="1"/>
       <c r="O95" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P95" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>246</t>
+          <t>89</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>ايمان خماس سبع</t>
+          <t>علي موسى عكلة </t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t> Eman Khammas Sabi</t>
+          <t>Ali Mousa Oglah</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8_6yl0qd9msg7jb.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e5fx4zc2vr_o6p1.jpg</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>1961-04-18</t>
+          <t>1955-07-01</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>07716167411</t>
+          <t>07712413898</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>eman.mcm@uomisan.edu.iq</t>
+          <t>alimussa56@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2022-08-01</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>لغة</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
-          <t>طب الاطفال</t>
+          <t>لغة ونحو</t>
         </is>
       </c>
       <c r="M96" s="1" t="inlineStr">
         <is>
-          <t>none</t>
+          <t>كتاب المواقف للنفري - دراسة في التراكيب ودلالاتها</t>
         </is>
       </c>
       <c r="N96" s="1" t="inlineStr">
         <is>
-          <t>none/ Arabic Board</t>
+          <t>مُوضِحُ أسرارِ النَّحو للشيخ بهاء الدين محمد بن الحسن الأصفهاني (الفاضل الهندي) 1062 - 1137 هـ‍</t>
         </is>
       </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P96" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>913</t>
+          <t>246</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>عزالدين خزعل نجم </t>
+          <t>ايمان خماس سبع</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>Azalldeen Kazal  AL-Zubaidi</t>
+          <t> Eman Khammas Sabi</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/i5scyb6o72nje4z.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8_6yl0qd9msg7jb.jpg</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>1966-11-09</t>
+          <t>1961-04-18</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>07715733114</t>
+          <t>07716167411</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
-          <t>ez_aldeen@uomisan.edu.iq</t>
+          <t>eman.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
-          <t>2023-02-22</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>علوم الأغذية</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
-          <t>كيمياء الأغذية</t>
-[...3 lines deleted...]
-      <c r="N97" s="1"/>
+          <t>طب الاطفال</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>none</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>none/ Arabic Board</t>
+        </is>
+      </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>563</t>
+          <t>913</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>حيدر صبيح نجم خاجي التميمي </t>
+          <t>عزالدين خزعل نجم </t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>Haider Sabih Najem Khaji </t>
+          <t>Azalldeen Kazal  AL-Zubaidi</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/mfq04unls2or3ib.jpg</t>
+          <t>uploads/photos/i5scyb6o72nje4z.jpeg</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>1970-06-16</t>
+          <t>1966-11-09</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>07705746530</t>
+          <t>07715733114</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>iraqhayder30@uomisan.edu.iq</t>
+          <t>ez_aldeen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2023-03-17</t>
+          <t>2023-02-22</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>علوم الأغذية</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>بايوميكانيك جمناستك</t>
-[...11 lines deleted...]
-      </c>
+          <t>كيمياء الأغذية</t>
+        </is>
+      </c>
+      <c r="M98" s="1"/>
+      <c r="N98" s="1"/>
       <c r="O98" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>652</t>
+          <t>563</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>معن عبود علي</t>
+          <t>حيدر صبيح نجم خاجي التميمي </t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>Maan Abood Ali </t>
+          <t>Haider Sabih Najem Khaji </t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/590qfc1lmb8ht7d.jpg</t>
+          <t>uploads/photos/mfq04unls2or3ib.jpg</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>2022-06-05</t>
+          <t>1970-06-16</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>07707377386</t>
+          <t>07705746530</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>maanabood3@gmail.com</t>
+          <t>iraqhayder30@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>2023-06-02</t>
+          <t>2023-03-17</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>النظرية الجزئية واقتصاديات الطاقة</t>
+          <t>بايوميكانيك جمناستك</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>سوق بغداد للاوارق المالية الوضع الحالي وسبل التطوير</t>
+          <t>تأثير منهج تدريبي مقترح لتطوير القدرات البدنية والحركية الخاصة ببعض الحركات على جهاز المتوازي للناشئين</t>
         </is>
       </c>
       <c r="N99" s="1" t="inlineStr">
         <is>
-          <t>سوق النفط الدولية والانعاكسات المحتملة على السياسة النفطية في العراق باستخدام نظرية الالعاب</t>
+          <t>تأثير تمرينات خاصة مصاحبة لوسائل مساعدة في بعض المتغيرات البدنية والبيوميكانيكية لمهارة القلبة الهوائية الخلفية المستقيمة المتبوعة بلفة كاملة بالحركات الأرضية للجمناستك</t>
         </is>
       </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P99" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>652</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>عبد الزهرة عودة جبر </t>
+          <t>معن عبود علي</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>Abdul Zahra Odeh Jabr</t>
+          <t>Maan Abood Ali </t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/g72o_qiz98hpsr4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/590qfc1lmb8ht7d.jpg</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>1978-03-26</t>
+          <t>2022-06-05</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>07717092155</t>
+          <t>07707377386</t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>abdul-zahra@uomisan.edu.iq</t>
+          <t>maanabood3@gmail.com</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>2024-04-08</t>
+          <t>2023-06-02</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>فلسفة اللغة العربية/ اللغة</t>
+          <t>الاقتصاد</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
-          <t>اللسانيات</t>
+          <t>النظرية الجزئية واقتصاديات الطاقة</t>
         </is>
       </c>
       <c r="M100" s="1" t="inlineStr">
         <is>
-          <t>شعر بشار بن برد  - دراسة لغوية</t>
+          <t>سوق بغداد للاوارق المالية الوضع الحالي وسبل التطوير</t>
         </is>
       </c>
       <c r="N100" s="1" t="inlineStr">
         <is>
-          <t>اللسانيات الوظيفية في الدراسات العربية المعاصرة- دراسة في جهود أحمد المتوكل</t>
+          <t>سوق النفط الدولية والانعاكسات المحتملة على السياسة النفطية في العراق باستخدام نظرية الالعاب</t>
         </is>
       </c>
       <c r="O100" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P100" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
+          <t>عبد الزهرة عودة جبر </t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>Mahmoud Abdel Hussein Abed Ali</t>
+          <t>Abdul Zahra Odeh Jabr</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/zw6d93xuj4_hvry.jpg</t>
+          <t>uploads/files/g72o_qiz98hpsr4.jpg</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>1971-10-23</t>
+          <t>1978-03-26</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>07700758479</t>
+          <t>07717092155</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>mhmwdalthalby@gmail.com</t>
+          <t>abdul-zahra@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
-          <t>2024-06-09</t>
+          <t>2024-04-08</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>العلوم الاسلامية</t>
+          <t>فلسفة اللغة العربية/ اللغة</t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
-          <t>علوم القرآن</t>
+          <t>اللسانيات</t>
         </is>
       </c>
       <c r="M101" s="1" t="inlineStr">
         <is>
-          <t>الحكومه الاسلاميه في فكر السيد محمد باقر الصدر </t>
+          <t>شعر بشار بن برد  - دراسة لغوية</t>
         </is>
       </c>
       <c r="N101" s="1" t="inlineStr">
         <is>
-          <t> الماركسية والراسمالية في منهج المقارن للسيد محمد باقر الصدر</t>
+          <t>اللسانيات الوظيفية في الدراسات العربية المعاصرة- دراسة في جهود أحمد المتوكل</t>
         </is>
       </c>
       <c r="O101" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P101" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>259</t>
+          <t>75</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>أ.د.أحمد هاشم عبد </t>
+          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>Prof.Dr. Ahmed Hashim Abed</t>
+          <t>Mahmoud Abdel Hussein Abed Ali</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/3yvqsfdcj29h78m.jpg</t>
+          <t>uploads/files/zw6d93xuj4_hvry.jpg</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
-          <t>1982-08-06</t>
+          <t>1971-10-23</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G102" s="1" t="inlineStr">
         <is>
-          <t>07705664647</t>
+          <t>07700758479</t>
         </is>
       </c>
       <c r="H102" s="1" t="inlineStr">
         <is>
-          <t>ahmedhashimabed@uomisan.edu.iq</t>
+          <t>mhmwdalthalby@gmail.com</t>
         </is>
       </c>
       <c r="I102" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J102" s="1" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-06-09</t>
         </is>
       </c>
       <c r="K102" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>العلوم الاسلامية</t>
         </is>
       </c>
       <c r="L102" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>علوم القرآن</t>
         </is>
       </c>
       <c r="M102" s="1" t="inlineStr">
         <is>
-          <t>الالتزام بالاعلام في عقد العلاج الطبي(دراسة مقارنة)</t>
+          <t>الحكومه الاسلاميه في فكر السيد محمد باقر الصدر </t>
         </is>
       </c>
       <c r="N102" s="1" t="inlineStr">
         <is>
-          <t>عقد اتاحة المصنفات الالكترونية- دراسة مقارنة</t>
+          <t> الماركسية والراسمالية في منهج المقارن للسيد محمد باقر الصدر</t>
         </is>
       </c>
       <c r="O102" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P102" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>565</t>
+          <t>259</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>مثنى ليث حاتم</t>
+          <t>أ.د.أحمد هاشم عبد </t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>Muthana Layth Hatem</t>
+          <t>Prof.Dr. Ahmed Hashim Abed</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/nykoj3s6qm78t59.jpg</t>
+          <t>uploads/files/3yvqsfdcj29h78m.jpg</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>1969-06-19</t>
+          <t>1982-08-06</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
-          <t>07802780630</t>
+          <t>07705664647</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>muthanalhatem@gmail.com</t>
+          <t>ahmedhashimabed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I103" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J103" s="1" t="inlineStr">
         <is>
-          <t>2025-01-09</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
-          <t>فسلجة التدريب الرياضي /كرة القدم</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M103" s="1" t="inlineStr">
         <is>
-          <t>ثر الجهد البدني الهوائي واللاهوائي وبعض المواقف الخططية (دفاعية – هجومية) على  الموجات الكهربائية للدماغ لدى  لاعبي  كرة القدم المتقدمين</t>
+          <t>الالتزام بالاعلام في عقد العلاج الطبي(دراسة مقارنة)</t>
         </is>
       </c>
       <c r="N103" s="1" t="inlineStr">
         <is>
-          <t>مقارنة بعض متغيرات النشاط الكهربائي للدماغ والقلب وعضلات الأطراف السفلى والبيوكيميائية وفقاً للذكاء الخططي والأداء البدني والمهاري للاعبي كرة القدم المحترفين (المحليين والاجانب)</t>
+          <t>عقد اتاحة المصنفات الالكترونية- دراسة مقارنة</t>
         </is>
       </c>
       <c r="O103" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P103" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>299</t>
+          <t>565</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>احمد هادي حافظ</t>
+          <t>مثنى ليث حاتم</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hadi Hafedh</t>
+          <t>Muthana Layth Hatem</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8ea26zkcmolwgit.jpg</t>
+          <t>uploads/photos/nykoj3s6qm78t59.jpg</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>1985-01-05</t>
+          <t>1969-06-19</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>0770981</t>
+          <t>07802780630</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
-          <t>ms.ahmedhadi@uomisan.edu.iq</t>
+          <t>muthanalhatem@gmail.com</t>
         </is>
       </c>
       <c r="I104" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J104" s="1" t="inlineStr">
         <is>
-          <t>2025-01-16</t>
+          <t>2025-01-09</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>فسلجة التدريب الرياضي /كرة القدم</t>
         </is>
       </c>
       <c r="M104" s="1" t="inlineStr">
         <is>
-          <t>الالتزام بضمان السلامة في عقد السياحة واثار الاخلال به</t>
+          <t>ثر الجهد البدني الهوائي واللاهوائي وبعض المواقف الخططية (دفاعية – هجومية) على  الموجات الكهربائية للدماغ لدى  لاعبي  كرة القدم المتقدمين</t>
         </is>
       </c>
       <c r="N104" s="1" t="inlineStr">
         <is>
-          <t>not have</t>
+          <t>مقارنة بعض متغيرات النشاط الكهربائي للدماغ والقلب وعضلات الأطراف السفلى والبيوكيميائية وفقاً للذكاء الخططي والأداء البدني والمهاري للاعبي كرة القدم المحترفين (المحليين والاجانب)</t>
         </is>
       </c>
       <c r="O104" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P104" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>299</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>نجم عبدالله برهان</t>
+          <t>احمد هادي حافظ</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>Najm Abdullah Burah</t>
+          <t>Ahmed Hadi Hafedh</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5aipq23m7xbjwy0.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8ea26zkcmolwgit.jpg</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>1980-03-16</t>
+          <t>1985-01-05</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
-          <t>07711921696</t>
+          <t>0770981</t>
         </is>
       </c>
       <c r="H105" s="1" t="inlineStr">
         <is>
-          <t>najim@uomisan.edu.iq</t>
+          <t>ms.ahmedhadi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I105" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J105" s="1" t="inlineStr">
         <is>
-          <t>2025-05-04</t>
+          <t>2025-01-16</t>
         </is>
       </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L105" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس اللغة الانكليزية</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M105" s="1" t="inlineStr">
         <is>
-          <t>Evaluating the Pre-Service Training Programme of Teaching EFL at the College of Basic Education in the Light of its Behavioral Objectives </t>
+          <t>الالتزام بضمان السلامة في عقد السياحة واثار الاخلال به</t>
         </is>
       </c>
       <c r="N105" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Round Robin and Final Report Strategies in Reading Comprehension   Skills Development and the Achievement of English Department Students in Education Faculties in the Comprehension</t>
+          <t>not have</t>
         </is>
       </c>
       <c r="O105" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P105" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>نجم عبدالله برهان</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>Najm Abdullah Burah</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5aipq23m7xbjwy0.jpg</t>
+        </is>
+      </c>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>1980-03-16</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>07711921696</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>najim@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t>استاذ</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>2025-05-04</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>اللغة الانكليزية</t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>مناهج وطرائق تدريس اللغة الانكليزية</t>
+        </is>
+      </c>
+      <c r="M106" s="1" t="inlineStr">
+        <is>
+          <t>Evaluating the Pre-Service Training Programme of Teaching EFL at the College of Basic Education in the Light of its Behavioral Objectives </t>
+        </is>
+      </c>
+      <c r="N106" s="1" t="inlineStr">
+        <is>
+          <t>The Effect of Round Robin and Final Report Strategies in Reading Comprehension   Skills Development and the Achievement of English Department Students in Education Faculties in the Comprehension</t>
+        </is>
+      </c>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>كلية التربية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
           <t>256</t>
         </is>
       </c>
-      <c r="B106" s="1" t="inlineStr">
+      <c r="B107" s="1" t="inlineStr">
         <is>
           <t>أ.د.علاء نافع كطافة </t>
         </is>
       </c>
-      <c r="C106" s="1" t="inlineStr">
+      <c r="C107" s="1" t="inlineStr">
         <is>
           <t> Prof.Dr Alaa Nafea Kttafah</t>
         </is>
       </c>
-      <c r="D106" s="1" t="inlineStr">
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>https://systems.uomisan.edu.iq/cv/uploads/files/1eluv7fhspa6bg2.jpg</t>
         </is>
       </c>
-      <c r="E106" s="1" t="inlineStr">
+      <c r="E107" s="1" t="inlineStr">
         <is>
           <t>2018-11-24</t>
         </is>
       </c>
-      <c r="F106" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G106" s="1" t="inlineStr">
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
         <is>
           <t>07703107745</t>
         </is>
       </c>
-      <c r="H106" s="1" t="inlineStr">
+      <c r="H107" s="1" t="inlineStr">
         <is>
           <t>a_aledane@uomisan.edu.iq</t>
         </is>
       </c>
-      <c r="I106" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J106" s="1" t="inlineStr">
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t>استاذ</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
         <is>
           <t>2025-05-05</t>
         </is>
       </c>
-      <c r="K106" s="1" t="inlineStr">
+      <c r="K107" s="1" t="inlineStr">
         <is>
           <t>القانون العام</t>
         </is>
       </c>
-      <c r="L106" s="1" t="inlineStr">
+      <c r="L107" s="1" t="inlineStr">
         <is>
           <t>القانون الاداري</t>
         </is>
       </c>
-      <c r="M106" s="1" t="inlineStr">
+      <c r="M107" s="1" t="inlineStr">
         <is>
           <t>حدود اختصاص القضاء الاداري في منازعات عقد البناء والتشغيل ونقل الملكية (دراسة مقارنة)</t>
         </is>
       </c>
-      <c r="N106" s="1" t="inlineStr">
+      <c r="N107" s="1" t="inlineStr">
         <is>
           <t>TRANSPARENCY AND ACCOUNTABILITY IN PUBLIC SECTOR: LEGAL OBSTACLES TO THE IRAQI SUPREME AUDIT INSTITUTION IN COMBATING CORRUPTION</t>
         </is>
       </c>
-      <c r="O106" s="1" t="inlineStr">
+      <c r="O107" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="P106" s="1" t="inlineStr">
+      <c r="P107" s="1" t="inlineStr">
         <is>
           <t>كلية القانون</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">