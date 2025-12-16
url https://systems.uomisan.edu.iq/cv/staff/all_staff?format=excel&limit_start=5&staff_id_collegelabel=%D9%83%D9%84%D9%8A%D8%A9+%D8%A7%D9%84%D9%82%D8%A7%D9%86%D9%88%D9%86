--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:P99"/>
+  <dimension ref="A1:P109"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_Professor</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Professor_name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Name_in_English</t>
         </is>
       </c>
@@ -207,7538 +207,8302 @@
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>id_college</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>colleges_college</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>728</t>
+          <t>996</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>كرار علي حسن </t>
+          <t> ساره خماس جبر</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Karar Ali Hassan</t>
-[...6 lines deleted...]
-      </c>
+          <t>:  Sarah Khammas Jebur </t>
+        </is>
+      </c>
+      <c r="D2" s="1"/>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>1994-10-01</t>
+          <t>1992-12-19</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>07710380365</t>
+          <t>07713101283</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>kararali18817@gmail.com</t>
+          <t>sarahkhamaas@gmil.com</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
-          <t>2023-05-06</t>
+          <t>2023-05-04</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
-          <t>المحاسبة </t>
+          <t>جغرافية بشرية</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
-          <t>المحاسبة </t>
+          <t>جغرافية زراعية</t>
         </is>
       </c>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>تعزيز حوكمة الشركات بتطبيق معيار التدقيق الدولي (٧٠١) في تقرير مدقق الحسابات</t>
+          <t>إمكانات ومعوقات التنمية الزراعية وافاقها المستقبلية في المنطقة الشرقية من محافظة ميسان</t>
         </is>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P2" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>833</t>
+          <t>948</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>ياسر علي خالد</t>
+          <t>محمد حمدان يوسف </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Yasir ALI Khalid</t>
+          <t>Mohammed Hamdan Yousif</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/w6k8bjfm71an5gx.jpg</t>
+          <t>uploads/files/rax5k6dgnvbwz_8.jpg</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>1996-01-24</t>
+          <t>1987-10-13</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>07707487271</t>
+          <t>07715748885</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>yasseralnaimi6@uomisan.edu.iq</t>
+          <t>mohammed.h.y@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
           <t>2023-05-06</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
-          <t>هندسة تقنيات الحاسوب</t>
+          <t>هندسة البرمجيات </t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>ماجستير هندسة تكنلوجيا المعلومات</t>
-[...6 lines deleted...]
-      </c>
+          <t>الذكاء الاصطناعي </t>
+        </is>
+      </c>
+      <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P3" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>745</t>
+          <t>809</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>فيصل غازي لازم</t>
+          <t>انور جبار حسن</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Faisal Ghazi Lazim</t>
+          <t>Anwer Jabbar Hasan</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/9vuagjtkfms8602.JPG</t>
+          <t>uploads/photos/tg7c9lhfxy_rvj8.jpg</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>1987-10-23</t>
+          <t>1988-11-24</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>07711979933</t>
+          <t>07709050208</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>f.bio1987@gmail.com</t>
+          <t>anwer.jabbar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>2023-05-09</t>
+          <t>2023-05-06</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
-          <t>علوم بايولوجي</t>
+          <t>هندسة اتصالات الحاسوب</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>علم الحيوان</t>
+          <t>هندسة شبكات الحاسوب</t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>التأثيرات السمية والوراثية لأوكسيد الزنك النانوي على تركيب ووظائف الغدة الدرقية والمبيض في أناث الجرذان</t>
-[...2 lines deleted...]
-      <c r="N4" s="1"/>
+          <t>نماذج شبكية للأجهزة العصبية المرئية: دراسة الأجهزة والبرمجيات</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>لا شيء</t>
+        </is>
+      </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P4" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>774</t>
+          <t>728</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>م.م.زهراء شاكر عبود</t>
+          <t>كرار علي حسن </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Zahraa shaker Aboub</t>
+          <t>Karar Ali Hassan</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/zqsuxg_kynp4l8v.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6wkbj5ghn9zc7y4.jpeg</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>1990-05-23</t>
+          <t>1994-10-01</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>07710380365</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>aalinh90@gmail.com</t>
+          <t>kararali18817@gmail.com</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>2023-05-09</t>
+          <t>2023-05-06</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية</t>
+          <t>المحاسبة </t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية الطبيعية</t>
+          <t>المحاسبة </t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>كفاءة الموارد المائية السطحية في قضاء الميمونة واستثماراتها</t>
-[...6 lines deleted...]
-      </c>
+          <t>تعزيز حوكمة الشركات بتطبيق معيار التدقيق الدولي (٧٠١) في تقرير مدقق الحسابات</t>
+        </is>
+      </c>
+      <c r="N5" s="1"/>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P5" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>866</t>
+          <t>833</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>نهى فاضل عبد الحسن رسن</t>
+          <t>ياسر علي خالد</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Noha Fadil Abd Al-Hasan</t>
+          <t>Yasir ALI Khalid</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/128rng9q6f_slx5.jpeg</t>
+          <t>uploads/photos/w6k8bjfm71an5gx.jpg</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>1990-07-03</t>
+          <t>1996-01-24</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>07707508577</t>
+          <t>07707487271</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>nuha.fadhil@uomisan.edu.iqq</t>
+          <t>yasseralnaimi6@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>2023-05-09</t>
+          <t>2023-05-06</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>التاريخ </t>
+          <t>هندسة تقنيات الحاسوب</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث </t>
+          <t>ماجستير هندسة تكنلوجيا المعلومات</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>التطورات الداخلية في باكستان 1977-1988</t>
+          <t>تشخيص مرض باركنسون باستخدام الخطوط المكتوبة بخط اليد باستخدام الشبكة العصبية الالتوائية العميقة.</t>
         </is>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P6" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>985</t>
+          <t>745</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>زينب جبار سكر </t>
+          <t>فيصل غازي لازم</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>zainab jabar sekar</t>
+          <t>Faisal Ghazi Lazim</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/6owf8j3yrtc1a7g.png</t>
+          <t>uploads/photos/9vuagjtkfms8602.JPG</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>1990-10-03</t>
+          <t>1987-10-23</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>⁦+964 771 758 1780⁩</t>
+          <t>07711979933</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>zainab.jabbar@uomisan.edu.iq</t>
+          <t>f.bio1987@gmail.com</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>علوم بايولوجي</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية </t>
+          <t>علم الحيوان</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t> الكشف المناعي والجزيئي عن جينات الضراوة CagA و DupA و VacA بين بكتيريا Helicobacter pylori المعزولة من مرضى قرحة المعدة في محافظة ميسان بالعراق.</t>
+          <t>التأثيرات السمية والوراثية لأوكسيد الزنك النانوي على تركيب ووظائف الغدة الدرقية والمبيض في أناث الجرذان</t>
         </is>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P7" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>902</t>
+          <t>774</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الله زويد</t>
+          <t>م.م.زهراء شاكر عبود</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Haydir Eabdallah Zuayd</t>
-[...2 lines deleted...]
-      <c r="D8" s="1"/>
+          <t>Zahraa shaker Aboub</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/zqsuxg_kynp4l8v.png</t>
+        </is>
+      </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>1990-12-01</t>
+          <t>1990-05-23</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>07823771737</t>
+          <t>22</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>hayder8a@gmail.com</t>
+          <t>aalinh90@gmail.com</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>جغرافية طبيعية</t>
+          <t>الجغرافية</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
-          <t>جغرافية المناخ</t>
+          <t>الجغرافية الطبيعية</t>
         </is>
       </c>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>دراسة تاثير تغيير المناخ على شدة وحدة الجفاف في العراق</t>
-[...2 lines deleted...]
-      <c r="N8" s="1"/>
+          <t>كفاءة الموارد المائية السطحية في قضاء الميمونة واستثماراتها</t>
+        </is>
+      </c>
+      <c r="N8" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P8" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>1004</t>
+          <t>866</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>علي غازي محمد</t>
+          <t>نهى فاضل عبد الحسن رسن</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>ِAli ghazi mohammed</t>
+          <t>Noha Fadil Abd Al-Hasan</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/fleh7orap05cndk.jpg</t>
+          <t>uploads/photos/128rng9q6f_slx5.jpeg</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>1991-06-03</t>
+          <t>1990-07-03</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>07705558824</t>
+          <t>07707508577</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>ali.ghazi@uomisan.edu.iq</t>
+          <t>nuha.fadhil@uomisan.edu.iqq</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>التاريخ </t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
-          <t>اللغة والنحو</t>
+          <t>التاريخ الحديث </t>
         </is>
       </c>
       <c r="M9" s="1" t="inlineStr">
         <is>
-          <t>حاشية وافية على شرح الجامي للكافية -للشيخ محمد بن عبد الوهاب الهمداني تـــ1305 هـ - دراسة وتحقيق</t>
+          <t>التطورات الداخلية في باكستان 1977-1988</t>
         </is>
       </c>
       <c r="N9" s="1"/>
       <c r="O9" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P9" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>867</t>
+          <t>985</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>صفا علي عبد الرضا جاسم </t>
+          <t>زينب جبار سكر </t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Safa Ali Abd Al-Ridah</t>
+          <t>zainab jabar sekar</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/3tuyc_xosl15rmv.jpg</t>
+          <t>uploads/files/6owf8j3yrtc1a7g.png</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>1991-06-18</t>
+          <t>1990-10-03</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>07728345118</t>
+          <t>⁦+964 771 758 1780⁩</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>safa.aabdulrdha@uomisan.edu.iq</t>
+          <t>zainab.jabbar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>التاريخ </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث </t>
+          <t>احياء مجهرية </t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>موقف دول الخليج العربي من قيام اتحاد الإمارات العربية المتحدة ١٩٦٨-١٩٧١</t>
+          <t> الكشف المناعي والجزيئي عن جينات الضراوة CagA و DupA و VacA بين بكتيريا Helicobacter pylori المعزولة من مرضى قرحة المعدة في محافظة ميسان بالعراق.</t>
         </is>
       </c>
       <c r="N10" s="1"/>
       <c r="O10" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P10" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>990</t>
+          <t>902</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>علي حاتم الوالي</t>
+          <t>حيدر عبد الله زويد</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Ali Hatem Al-Wali</t>
-[...6 lines deleted...]
-      </c>
+          <t>Haydir Eabdallah Zuayd</t>
+        </is>
+      </c>
+      <c r="D11" s="1"/>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>1993-03-03</t>
+          <t>1990-12-01</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>000000000</t>
+          <t>07823771737</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>ali2020199333@gmail.com</t>
+          <t>hayder8a@gmail.com</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>جغرافية طبيعية</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>لاختبارات الوظيفة للاصابات الرياضية</t>
+          <t>جغرافية المناخ</t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
-          <t> مقارنة نتائج اختبار فحص الحركة الوظيفية بين الرجال النشطين وغير النشطين في منتصف العمر في مدينة مشهد</t>
+          <t>دراسة تاثير تغيير المناخ على شدة وحدة الجفاف في العراق</t>
         </is>
       </c>
       <c r="N11" s="1"/>
       <c r="O11" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P11" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>715</t>
+          <t>1004</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>تقى سعد جاسم كاظم </t>
+          <t>علي غازي محمد</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Tuqa Saad Jasim</t>
+          <t>ِAli ghazi mohammed</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2lawe7t4qgv_r1n.png</t>
+          <t>uploads/files/fleh7orap05cndk.jpg</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>1993-04-01</t>
+          <t>1991-06-03</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>07734970059</t>
+          <t>07705558824</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>tynttynt60@gmail.com</t>
+          <t>ali.ghazi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
-          <t>ادب</t>
+          <t>اللغة والنحو</t>
         </is>
       </c>
       <c r="M12" s="1" t="inlineStr">
         <is>
-          <t>قصيدة الومضة في الشعر العراقي الحديث  جيل التسعينات </t>
-[...6 lines deleted...]
-      </c>
+          <t>حاشية وافية على شرح الجامي للكافية -للشيخ محمد بن عبد الوهاب الهمداني تـــ1305 هـ - دراسة وتحقيق</t>
+        </is>
+      </c>
+      <c r="N12" s="1"/>
       <c r="O12" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P12" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>989</t>
+          <t>867</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>زينب محسن جاسب</t>
+          <t>صفا علي عبد الرضا جاسم </t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Zainab Mohsen Jasib</t>
+          <t>Safa Ali Abd Al-Ridah</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/k7f8vztqg3i6new.png</t>
+          <t>uploads/photos/3tuyc_xosl15rmv.jpg</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>1994-08-18</t>
+          <t>1991-06-18</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>00000</t>
+          <t>07728345118</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>zainab.mohsin@uomisan.edu.iq</t>
+          <t>safa.aabdulrdha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>التاريخ </t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>التاريخ الحديث </t>
         </is>
       </c>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>دراسة التغيرات النسيجية والدموية المرتبطة بتناول زيت الأوكالبتوس عن طريق الفم والاستنشاق لدى فئران التجارب (Mus musculus)</t>
+          <t>موقف دول الخليج العربي من قيام اتحاد الإمارات العربية المتحدة ١٩٦٨-١٩٧١</t>
         </is>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P13" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>1003</t>
+          <t>990</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>آلاء جبار داغر</t>
+          <t>علي حاتم الوالي</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Alaa Jabbar Dagher</t>
-[...2 lines deleted...]
-      <c r="D14" s="1"/>
+          <t>Ali Hatem Al-Wali</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/kc71rn0gmx9bj5v.jpg</t>
+        </is>
+      </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>1995-01-28</t>
+          <t>1993-03-03</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>07737670943</t>
+          <t>000000000</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>alaa.jabar@uomisan.edu.iq</t>
+          <t>ali2020199333@gmail.com</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>اللغة</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t>لسانيات النصّ</t>
+          <t>لاختبارات الوظيفة للاصابات الرياضية</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>رسالة الغفران لأبي العلاء المعري دراسة في ضوء لسانيات النصّ</t>
+          <t> مقارنة نتائج اختبار فحص الحركة الوظيفية بين الرجال النشطين وغير النشطين في منتصف العمر في مدينة مشهد</t>
         </is>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P14" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>716</t>
+          <t>715</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>براء عبد الحسين مكلف علي </t>
+          <t>تقى سعد جاسم كاظم </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Bara AbdulHussean Mkalaf</t>
+          <t>Tuqa Saad Jasim</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ze95ouqfimrl812.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2lawe7t4qgv_r1n.png</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>1996-01-30</t>
+          <t>1993-04-01</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>07752002298</t>
+          <t>07734970059</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>baraabdlhsynmklf@gmail.com</t>
+          <t>tynttynt60@gmail.com</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
           <t>2023-05-09</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
           <t>ادب</t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>تمظهرات النسق الايدلوجي في الخطاب السردي مجموعة(دنيا الله) لنجيب محفوظ اختياراً</t>
+          <t>قصيدة الومضة في الشعر العراقي الحديث  جيل التسعينات </t>
         </is>
       </c>
       <c r="N15" s="1" t="inlineStr">
         <is>
-          <t>----</t>
+          <t>-----</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P15" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>891</t>
+          <t>989</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>هند صدام زهراو</t>
+          <t>زينب محسن جاسب</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t> hind sadam zhraw </t>
-[...2 lines deleted...]
-      <c r="D16" s="1"/>
+          <t>Zainab Mohsen Jasib</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/k7f8vztqg3i6new.png</t>
+        </is>
+      </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>1986-07-11</t>
+          <t>1994-08-18</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>07709048808</t>
+          <t>00000</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>hndsdamzhraw@gmail.com</t>
+          <t>zainab.mohsin@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>2023-05-10</t>
+          <t>2023-05-09</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>علوم الرياضة</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>تاثير منهج ارشادي سلوكي معرفي وفق نمط التفكير الشمولي في الكفاءة الذاتية وبعض انواع الهجوم للاعبي سيف المبارزة</t>
+          <t>دراسة التغيرات النسيجية والدموية المرتبطة بتناول زيت الأوكالبتوس عن طريق الفم والاستنشاق لدى فئران التجارب (Mus musculus)</t>
         </is>
       </c>
       <c r="N16" s="1"/>
       <c r="O16" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P16" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>931</t>
+          <t>1003</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>حيدر جواد كاظم </t>
+          <t>آلاء جبار داغر</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Haider Jawad Kazim</t>
+          <t>Alaa Jabbar Dagher</t>
         </is>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>1989-07-08</t>
+          <t>1995-01-28</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>07705518715</t>
+          <t>07737670943</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>hayder.jk@uomisan.edu.iq</t>
+          <t>alaa.jabar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>2023-05-10</t>
+          <t>2023-05-09</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية وآدابها </t>
+          <t>اللغة</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
-          <t>أدب عباسي </t>
+          <t>لسانيات النصّ</t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t>يحيى بن سلامة الحصكفي (دراسة موضوعية فنية)</t>
+          <t>رسالة الغفران لأبي العلاء المعري دراسة في ضوء لسانيات النصّ</t>
         </is>
       </c>
       <c r="N17" s="1"/>
       <c r="O17" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P17" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>904</t>
+          <t>716</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>زهراء عباس رديف</t>
+          <t>براء عبد الحسين مكلف علي </t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>zahraa abbas</t>
-[...2 lines deleted...]
-      <c r="D18" s="1"/>
+          <t>Bara AbdulHussean Mkalaf</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ze95ouqfimrl812.png</t>
+        </is>
+      </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>1992-10-12</t>
+          <t>1996-01-30</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>07706547942</t>
+          <t>07752002298</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>zhhhraaa1992@gmail.com</t>
+          <t>baraabdlhsynmklf@gmail.com</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>2023-05-10</t>
+          <t>2023-05-09</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>ادب</t>
         </is>
       </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>موقف الحوزة العلمية في العراق من التطورات الداخلية في ايران (1921-1963)</t>
-[...2 lines deleted...]
-      <c r="N18" s="1"/>
+          <t>تمظهرات النسق الايدلوجي في الخطاب السردي مجموعة(دنيا الله) لنجيب محفوظ اختياراً</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P18" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>898</t>
+          <t>891</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>رانيا علي منعم</t>
+          <t>هند صدام زهراو</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>rania ali munim</t>
+          <t> hind sadam zhraw </t>
         </is>
       </c>
       <c r="D19" s="1"/>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>1993-01-14</t>
+          <t>1986-07-11</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>07700195681</t>
+          <t>07709048808</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>rania.ali@uomisan.edu.iq</t>
+          <t>hndsdamzhraw@gmail.com</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
           <t>2023-05-10</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>لغة عربية</t>
+          <t>علوم الرياضة</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>لغة</t>
+          <t>طرائق تدريس</t>
         </is>
       </c>
       <c r="M19" s="1" t="inlineStr">
         <is>
-          <t>ديوان شهاب الدين الموسوي دراسة لغوية</t>
+          <t>تاثير منهج ارشادي سلوكي معرفي وفق نمط التفكير الشمولي في الكفاءة الذاتية وبعض انواع الهجوم للاعبي سيف المبارزة</t>
         </is>
       </c>
       <c r="N19" s="1"/>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P19" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>785</t>
+          <t>931</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>جهاد نعيم عليوي</t>
+          <t>حيدر جواد كاظم </t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>jihad naeem oleiwi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Haider Jawad Kazim</t>
+        </is>
+      </c>
+      <c r="D20" s="1"/>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>1993-06-09</t>
+          <t>1989-07-08</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>07748366698</t>
+          <t>07705518715</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>jehaad.naeem@uomisan.edu.iq</t>
+          <t>hayder.jk@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
           <t>2023-05-10</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>الادب العربي</t>
+          <t>اللغة العربية وآدابها </t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
-          <t>الادب العباسي</t>
+          <t>أدب عباسي </t>
         </is>
       </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>الملامح الحياة الاجتماعية في العصر العباسي الثاني من خلال شعر ابي فراس الحمداني</t>
+          <t>يحيى بن سلامة الحصكفي (دراسة موضوعية فنية)</t>
         </is>
       </c>
       <c r="N20" s="1"/>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P20" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>905</t>
+          <t>904</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>زهراء جبر ورور</t>
+          <t>زهراء عباس رديف</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>zahraa jebor</t>
+          <t>zahraa abbas</t>
         </is>
       </c>
       <c r="D21" s="1"/>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>1994-02-19</t>
+          <t>1992-10-12</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>07805282245</t>
+          <t>07706547942</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>zahraa.jabr@uomisan.edu.iq</t>
+          <t>zhhhraaa1992@gmail.com</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
           <t>2023-05-10</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>تاريخ</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
           <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="M21" s="1" t="inlineStr">
         <is>
-          <t>ازمة جنوب السودان 1922-1985 والمواقف الدولية والاقليمية منها</t>
+          <t>موقف الحوزة العلمية في العراق من التطورات الداخلية في ايران (1921-1963)</t>
         </is>
       </c>
       <c r="N21" s="1"/>
       <c r="O21" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P21" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>970</t>
+          <t>898</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>لمياء صبيح عاشور</t>
+          <t>رانيا علي منعم</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>lamyaa sabbeh</t>
+          <t>rania ali munim</t>
         </is>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>1982-10-01</t>
+          <t>1993-01-14</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>07709095562</t>
+          <t>07700195681</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>lamyaa.sa@uomisan.edu.iq</t>
+          <t>rania.ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
-          <t>2023-05-14</t>
+          <t>2023-05-10</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>لغة عربية</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات</t>
-[...2 lines deleted...]
-      <c r="M22" s="1"/>
+          <t>لغة</t>
+        </is>
+      </c>
+      <c r="M22" s="1" t="inlineStr">
+        <is>
+          <t>ديوان شهاب الدين الموسوي دراسة لغوية</t>
+        </is>
+      </c>
       <c r="N22" s="1"/>
       <c r="O22" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P22" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>771</t>
+          <t>785</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة سعيد عبد الرضا</t>
+          <t>جهاد نعيم عليوي</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Sarah saeed</t>
-[...2 lines deleted...]
-      <c r="D23" s="1"/>
+          <t>jihad naeem oleiwi</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/6thifwmqebsz8yp.jpg</t>
+        </is>
+      </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>1991-09-17</t>
+          <t>1993-06-09</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>07758741812</t>
+          <t>07748366698</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>sara.saeed@uomisan.edu.iq</t>
+          <t>jehaad.naeem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
-          <t>2023-05-15</t>
+          <t>2023-05-10</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>الادب العربي</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
-          <t>التاريخ القديم </t>
+          <t>الادب العباسي</t>
         </is>
       </c>
       <c r="M23" s="1" t="inlineStr">
         <is>
-          <t>حصار المدن المتمردة في تاريخ العراق القديم من 2800-539</t>
-[...6 lines deleted...]
-      </c>
+          <t>الملامح الحياة الاجتماعية في العصر العباسي الثاني من خلال شعر ابي فراس الحمداني</t>
+        </is>
+      </c>
+      <c r="N23" s="1"/>
       <c r="O23" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P23" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>772</t>
+          <t>905</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>م.م.سارة احمد مونس شايع</t>
+          <t>زهراء جبر ورور</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Sara Ahmed</t>
-[...6 lines deleted...]
-      </c>
+          <t>zahraa jebor</t>
+        </is>
+      </c>
+      <c r="D24" s="1"/>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>1994-01-01</t>
+          <t>1994-02-19</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>0770</t>
+          <t>07805282245</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>sara.ahmed@uomisan.edu.iq</t>
+          <t>zahraa.jabr@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
-          <t>2023-05-15</t>
+          <t>2023-05-10</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الحديث والمعاصر</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="M24" s="1" t="inlineStr">
         <is>
-          <t>دائرة الاثار العراقية 1921-1958 دراسة تاريخية</t>
-[...6 lines deleted...]
-      </c>
+          <t>ازمة جنوب السودان 1922-1985 والمواقف الدولية والاقليمية منها</t>
+        </is>
+      </c>
+      <c r="N24" s="1"/>
       <c r="O24" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P24" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>717</t>
+          <t>970</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>زهراء موسى سعد</t>
+          <t>لمياء صبيح عاشور</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Mousa Saad</t>
-[...6 lines deleted...]
-      </c>
+          <t>lamyaa sabbeh</t>
+        </is>
+      </c>
+      <c r="D25" s="1"/>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>1987-01-24</t>
+          <t>1982-10-01</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>07727426677</t>
+          <t>07709095562</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
-          <t>zahraa.m.s@uomisan.edu.iq</t>
+          <t>lamyaa.sa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
-          <t>2023-05-17</t>
+          <t>2023-05-14</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>Software engineering</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
-          <t>Software engineering</t>
-[...6 lines deleted...]
-      </c>
+          <t>تكنولوجيا المعلومات</t>
+        </is>
+      </c>
+      <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P25" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>942</t>
+          <t>771</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>كرار علي حسين </t>
+          <t>م.م.سارة سعيد عبد الرضا</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>Karrar Ali Hussain </t>
-[...6 lines deleted...]
-      </c>
+          <t>Sarah saeed</t>
+        </is>
+      </c>
+      <c r="D26" s="1"/>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>1995-06-05</t>
+          <t>1991-09-17</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>07730204445</t>
+          <t>07758741812</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>karar.a.h@uomisan.edu.iq</t>
+          <t>sara.saeed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
-          <t>2023-05-17</t>
+          <t>2023-05-15</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات </t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات </t>
-[...3 lines deleted...]
-      <c r="N26" s="1"/>
+          <t>التاريخ القديم </t>
+        </is>
+      </c>
+      <c r="M26" s="1" t="inlineStr">
+        <is>
+          <t>حصار المدن المتمردة في تاريخ العراق القديم من 2800-539</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P26" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>910</t>
+          <t>772</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>جبار ناصر يوسف</t>
+          <t>م.م.سارة احمد مونس شايع</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>jabar naser</t>
-[...2 lines deleted...]
-      <c r="D27" s="1"/>
+          <t>Sara Ahmed</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/qe17y539thok4rd.png</t>
+        </is>
+      </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>1979-08-16</t>
+          <t>1994-01-01</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>07705558412</t>
+          <t>0770</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>jabar.naser@uomisan.edu.iq</t>
+          <t>sara.ahmed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
-          <t>2023-05-18</t>
+          <t>2023-05-15</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>اسلامية</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
-          <t>فلسفة اسلامية</t>
-[...3 lines deleted...]
-      <c r="N27" s="1"/>
+          <t>تاريخ الحديث والمعاصر</t>
+        </is>
+      </c>
+      <c r="M27" s="1" t="inlineStr">
+        <is>
+          <t>دائرة الاثار العراقية 1921-1958 دراسة تاريخية</t>
+        </is>
+      </c>
+      <c r="N27" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P27" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>938</t>
+          <t>717</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>ضحى كاظم ماضي</t>
+          <t>زهراء موسى سعد</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Dhuha Kadhim Madhi</t>
-[...2 lines deleted...]
-      <c r="D28" s="1"/>
+          <t>Zahraa Mousa Saad</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/w2863f4tuizpbea.jpeg</t>
+        </is>
+      </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>1993-06-02</t>
+          <t>1987-01-24</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>07713173497</t>
+          <t>07727426677</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>dhuhakadhim322@uomisan.edu.iq</t>
+          <t>zahraa.m.s@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
-          <t>2023-05-19</t>
+          <t>2023-05-17</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة </t>
+          <t>Software engineering</t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية طبية </t>
+          <t>Software engineering</t>
         </is>
       </c>
       <c r="M28" s="1" t="inlineStr">
         <is>
-          <t>دراسة وراثية ومصلية لداء البوريليات وعالقته  بمتالزمة االضطرابات النفسية في محافظة البصرة</t>
+          <t>Solve the drone-based vehicles routing problem by using the genetic algorithms</t>
         </is>
       </c>
       <c r="N28" s="1"/>
       <c r="O28" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P28" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>850</t>
+          <t>942</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>م.م علي إبراهيم زبون </t>
+          <t>كرار علي حسين </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>  Ali Ibrahim</t>
+          <t>Karrar Ali Hussain </t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/549bplwxnaogr_j.jpeg</t>
+          <t>uploads/photos/ax0ip57g9wc8h_t.png</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>1993-05-10</t>
+          <t>1995-06-05</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>07703251076</t>
+          <t>07730204445</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>aliebraheemalmoosawi@gmail.com</t>
+          <t>karar.a.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
-          <t>2023-05-21</t>
+          <t>2023-05-17</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t>القانون العام </t>
+          <t>تكنولوجيا المعلومات </t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد السياسي والتشريعات الاقتصادية </t>
-[...6 lines deleted...]
-      </c>
+          <t>تكنولوجيا المعلومات </t>
+        </is>
+      </c>
+      <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P29" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>960</t>
+          <t>910</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>علي نزار موهي</t>
+          <t>جبار ناصر يوسف</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>Ali nazar mohe</t>
+          <t>jabar naser</t>
         </is>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>1995-02-03</t>
+          <t>1979-08-16</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>07713953809</t>
+          <t>07705558412</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>alinazarmohe95@gmail.com</t>
+          <t>jabar.naser@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
-          <t>2023-05-21</t>
+          <t>2023-05-18</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>قانون </t>
+          <t>اسلامية</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
-[...6 lines deleted...]
-      </c>
+          <t>فلسفة اسلامية</t>
+        </is>
+      </c>
+      <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P30" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>986</t>
+          <t>1017</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>كرار براق طالب</t>
+          <t>سارة قحطان حسين</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>  Karar Buraq Talib        </t>
+          <t>Sarah Qahtan Hussein</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dblg6sj2v9qocyh.jpg</t>
+          <t>uploads/files/qjtz2ludoy4pm9f.jpg</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>1994-03-16</t>
+          <t>1991-01-12</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>07700635779</t>
+          <t>07709686335</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>Karrar.burak@uomisan.edu.iq</t>
+          <t>Sarahqahtan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
-          <t>2023-05-22</t>
+          <t>2023-05-19</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="M31" s="1" t="inlineStr">
         <is>
-          <t>الاليات القانونية لمكافحة الفساد على المستوى الاقليمي (على سبيل المثال منطقة رستوف)</t>
+          <t>التحضير الحيوي لاوكسيد الحديد النانوي باستخدام مستخلصات نباتيه مختلفه للتطبيقات الاحيائيه</t>
         </is>
       </c>
       <c r="N31" s="1"/>
       <c r="O31" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P31" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>890</t>
+          <t>938</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>وهاد عبد الرضا عيسى</t>
+          <t>ضحى كاظم ماضي</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Wahad Abdulredha Issa</t>
+          <t>Dhuha Kadhim Madhi</t>
         </is>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>1984-10-17</t>
+          <t>1993-06-02</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>07733595891</t>
+          <t>07713173497</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>wahad.abdulridha@uomisan.edu.iq</t>
+          <t>dhuhakadhim322@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
-          <t>2023-05-24</t>
+          <t>2023-05-19</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>العلوم الاسلامية</t>
+          <t>علوم الحياة </t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
-          <t>علوم القران والحديث</t>
+          <t>احياء مجهرية طبية </t>
         </is>
       </c>
       <c r="M32" s="1" t="inlineStr">
         <is>
-          <t>مقایسه مبانی تفسیری سید قطب و دکتر محمد صادقی تهرانی در تفسیر  فی ظلال القرآن و تفسیر الفرقان</t>
+          <t>دراسة وراثية ومصلية لداء البوريليات وعالقته  بمتالزمة االضطرابات النفسية في محافظة البصرة</t>
         </is>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P32" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>737</t>
+          <t>850</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>زينة سمير هاشم </t>
+          <t>م.م علي إبراهيم زبون </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Zeina Samir Hashim</t>
+          <t>  Ali Ibrahim</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/u_t80wkla9jphf2.JPG</t>
+          <t>uploads/photos/549bplwxnaogr_j.jpeg</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>2023-06-09</t>
+          <t>1993-05-10</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>not found </t>
+          <t>07703251076</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>zeina.samer.h@gmail.com</t>
+          <t>aliebraheemalmoosawi@gmail.com</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
-          <t>2023-06-09</t>
+          <t>2023-05-21</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>القانون العام </t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
-          <t>القانون الإداري </t>
+          <t>الاقتصاد السياسي والتشريعات الاقتصادية </t>
         </is>
       </c>
       <c r="M33" s="1" t="inlineStr">
         <is>
-          <t>إلتزام الإدارة بالوقاية من الأضرار البيئية في العراق - دراسة مقارنة</t>
+          <t>دور الحكومات المحلية في جذب الاستثمار الاجنبي</t>
         </is>
       </c>
       <c r="N33" s="1"/>
       <c r="O33" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P33" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>763</t>
+          <t>960</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>محمد صادق جعفر</t>
+          <t>علي نزار موهي</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>mohammed sadiq jaffar</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ali nazar mohe</t>
+        </is>
+      </c>
+      <c r="D34" s="1"/>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>1987-11-10</t>
+          <t>1995-02-03</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07713953809</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>M@GMAIL.COM</t>
+          <t>alinazarmohe95@gmail.com</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
-          <t>2023-06-13</t>
+          <t>2023-05-21</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>ادارة اعمال</t>
+          <t>قانون </t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
-          <t>ادارة اعمال</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="M34" s="1" t="inlineStr">
         <is>
-          <t>دور سلوكيات فرق العمل في تحقيق الاداء الريادي</t>
+          <t>دور البنك المركزي في حالة تعثر المصارف</t>
         </is>
       </c>
       <c r="N34" s="1"/>
       <c r="O34" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P34" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>730</t>
+          <t>986</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>عباس ظاهر محسن</t>
+          <t>كرار براق طالب</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>ABBAS DHAHIR MOHSIN</t>
+          <t>  Karar Buraq Talib        </t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2hkrcmtvbe5ygsp.jpg</t>
+          <t>uploads/files/dblg6sj2v9qocyh.jpg</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>1984-05-20</t>
+          <t>1994-03-16</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>07735566160</t>
+          <t>07700635779</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>abbas.dh.m@umisan.edu.iq</t>
+          <t>Karrar.burak@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
-          <t>2023-06-17</t>
+          <t>2023-05-22</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
-          <t>الادارة الاستراتيجية </t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="M35" s="1" t="inlineStr">
         <is>
-          <t>The Impact of Information Technology, Strategic Leadership and Knowledge Management on Competitive Advantage (Case Study of Iraqi Petrochemical Industries)</t>
+          <t>الاليات القانونية لمكافحة الفساد على المستوى الاقليمي (على سبيل المثال منطقة رستوف)</t>
         </is>
       </c>
       <c r="N35" s="1"/>
       <c r="O35" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P35" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>724</t>
+          <t>890</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>شيماء حمد سعد عيسى </t>
+          <t>وهاد عبد الرضا عيسى</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>Shaimaa Hamad Saad Issa </t>
-[...6 lines deleted...]
-      </c>
+          <t>Wahad Abdulredha Issa</t>
+        </is>
+      </c>
+      <c r="D36" s="1"/>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>1993-04-16</t>
+          <t>1984-10-17</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>07740782426</t>
+          <t>07733595891</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>Shimaah92@uomisan.edu.iq</t>
+          <t>wahad.abdulridha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20</t>
+          <t>2023-05-24</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>العلوم الاسلامية</t>
         </is>
       </c>
       <c r="L36" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>علوم القران والحديث</t>
         </is>
       </c>
       <c r="M36" s="1" t="inlineStr">
         <is>
-          <t>دراسه براغماتيكيه لبعض الخطابات السياسيه المكتوبه</t>
-[...6 lines deleted...]
-      </c>
+          <t>مقایسه مبانی تفسیری سید قطب و دکتر محمد صادقی تهرانی در تفسیر  فی ظلال القرآن و تفسیر الفرقان</t>
+        </is>
+      </c>
+      <c r="N36" s="1"/>
       <c r="O36" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P36" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>754</t>
+          <t>737</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عيسى كاظم  </t>
+          <t>زينة سمير هاشم </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>Fatima Issa Kadhim  </t>
+          <t>Zeina Samir Hashim</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/z_fary7gk08294p.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/u_t80wkla9jphf2.JPG</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>1993-10-08</t>
+          <t>2023-06-09</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>07712642876 </t>
+          <t>not found </t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
-          <t>Fatimalssak@uomisan.edu.iq</t>
+          <t>zeina.samer.h@gmail.com</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
-          <t>2023-06-21</t>
+          <t>2023-06-09</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>القانون </t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص </t>
+          <t>القانون الإداري </t>
         </is>
       </c>
       <c r="M37" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية المدنية لمورد المعلومات الإلكترونية  </t>
+          <t>إلتزام الإدارة بالوقاية من الأضرار البيئية في العراق - دراسة مقارنة</t>
         </is>
       </c>
       <c r="N37" s="1"/>
       <c r="O37" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P37" s="1" t="inlineStr">
         <is>
-          <t>طب الاسنان</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>958</t>
+          <t>763</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>زهراء عباس سوادي الشمرى</t>
+          <t>محمد صادق جعفر</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Abbas Sawadi Alshammari</t>
+          <t>mohammed sadiq jaffar</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/19r084y63ofnmeb.jpg</t>
+          <t>uploads/photos/mtgpnx04y2vs685.jpg</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>1989-09-01</t>
+          <t>1987-11-10</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>........</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
-          <t>zahraabass@uomisan.edu.iq</t>
+          <t>M@GMAIL.COM</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
-          <t>2023-06-25</t>
+          <t>2023-06-13</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
-          <t>علوم الإسلامية</t>
+          <t>ادارة اعمال</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
-          <t>علوم القران والحديث</t>
+          <t>ادارة اعمال</t>
         </is>
       </c>
       <c r="M38" s="1" t="inlineStr">
         <is>
-          <t>حقوق الزوجة في القران الكريم والإعلان العالمي لحقوق الأنسان دراسة مقارنة</t>
+          <t>دور سلوكيات فرق العمل في تحقيق الاداء الريادي</t>
         </is>
       </c>
       <c r="N38" s="1"/>
       <c r="O38" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P38" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>775</t>
+          <t>730</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>كرار احمد صاحب  </t>
+          <t>عباس ظاهر محسن</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>Karrar Ahmed SahiB</t>
+          <t>ABBAS DHAHIR MOHSIN</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/9ip5do1luy6zek2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2hkrcmtvbe5ygsp.jpg</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>1992-01-01</t>
+          <t>1984-05-20</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>+9647713789107 </t>
+          <t>07735566160</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
-          <t>Ahmedkrar@uomisan.edu.iq</t>
+          <t>abbas.dh.m@umisan.edu.iq</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
-          <t>2023-06-25</t>
+          <t>2023-06-17</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الانكليزية</t>
+          <t>الادارة الاستراتيجية </t>
         </is>
       </c>
       <c r="M39" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34; العلاقة بين تحمل متعلمي اللغة الإنجليزية كلغة أجنبية في العراق للغموض وقلق اللغة الثانية والتحصيل في القراءة </t>
+          <t>The Impact of Information Technology, Strategic Leadership and Knowledge Management on Competitive Advantage (Case Study of Iraqi Petrochemical Industries)</t>
         </is>
       </c>
       <c r="N39" s="1"/>
       <c r="O39" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P39" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>916</t>
+          <t>724</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>ميثم رحيم شغاتي</t>
+          <t>شيماء حمد سعد عيسى </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>Maytham </t>
+          <t>Shaimaa Hamad Saad Issa </t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/y10m6ap8kqzf4il.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sn_wazxt7pj195c.jpg</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>1976-04-01</t>
+          <t>1993-04-16</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>07700000347</t>
+          <t>07740782426</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>mrss.2022@gmail.com</t>
+          <t>Shimaah92@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
-          <t>2023-07-01</t>
+          <t>2023-06-20</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
-          <t>النقد القديم</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M40" s="1" t="inlineStr">
         <is>
-          <t>التلقي في كتاب طبقات فحول الشعراء لابن سلام الجمحي (دراسة في اسسه النقدية)</t>
-[...2 lines deleted...]
-      <c r="N40" s="1"/>
+          <t>دراسه براغماتيكيه لبعض الخطابات السياسيه المكتوبه</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O40" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P40" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>732</t>
+          <t>754</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>هشام مايع فزاع</t>
+          <t>فاطمة عيسى كاظم  </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>Husham Maya Fazza</t>
+          <t>Fatima Issa Kadhim  </t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/a49wrish7vm8tg0.jpg</t>
+          <t>uploads/photos/z_fary7gk08294p.jpg</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>1978-06-18</t>
+          <t>1993-10-08</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>+964 770 576 6209</t>
+          <t>07712642876 </t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
-          <t>hushlkj78867maliki@gmail.com</t>
+          <t>Fatimalssak@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
-          <t>2023-07-11</t>
+          <t>2023-06-21</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
-          <t>ادارة عامة</t>
+          <t>القانون </t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
-          <t>ادارة انتاج</t>
+          <t>القانون الخاص </t>
         </is>
       </c>
       <c r="M41" s="1" t="inlineStr">
         <is>
-          <t>Lnvestigating the impact of control mechanisms on the performance of lraqi clothing manufacturing companies through the amendment of quality risk management</t>
+          <t>المسؤولية المدنية لمورد المعلومات الإلكترونية  </t>
         </is>
       </c>
       <c r="N41" s="1"/>
       <c r="O41" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P41" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>971</t>
+          <t>958</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>علي مطر سادة </t>
+          <t>زهراء عباس سوادي الشمرى</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>Ali Alkinany</t>
-[...2 lines deleted...]
-      <c r="D42" s="1"/>
+          <t>Zahraa Abbas Sawadi Alshammari</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/19r084y63ofnmeb.jpg</t>
+        </is>
+      </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>1980-05-21</t>
+          <t>1989-09-01</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>07712415611</t>
+          <t>........</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
-          <t>alimtrsaada@uomisan.edu.iq</t>
+          <t>zahraabass@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
-          <t>2023-07-20</t>
+          <t>2023-06-25</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>علوم الإسلامية</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
-          <t>محاسبة </t>
+          <t>علوم القران والحديث</t>
         </is>
       </c>
       <c r="M42" s="1" t="inlineStr">
         <is>
-          <t>التحقق في تأثير الحصة السوقية لمنتج والتركيز على اداء المورديين مع الشركات المدرجة في بورصة  طهران </t>
+          <t>حقوق الزوجة في القران الكريم والإعلان العالمي لحقوق الأنسان دراسة مقارنة</t>
         </is>
       </c>
       <c r="N42" s="1"/>
       <c r="O42" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P42" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>786</t>
+          <t>775</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>الحسين محمد جمعة</t>
+          <t>كرار احمد صاحب  </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Alhussein Mohammed Alturfi</t>
+          <t>Karrar Ahmed SahiB</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/qxprgi20h9b4amv.jpg</t>
+          <t>uploads/photos/9ip5do1luy6zek2.jpg</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>1997-02-10</t>
+          <t>1992-01-01</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>00</t>
+          <t>+9647713789107 </t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>al_hussein.m@uomisan.edu.iq</t>
+          <t>Ahmedkrar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
-          <t>2023-07-25</t>
+          <t>2023-06-25</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
-          <t>هندسة اتصالات</t>
+          <t>طرائق تدريس اللغة الانكليزية</t>
         </is>
       </c>
       <c r="M43" s="1" t="inlineStr">
         <is>
-          <t>تقليل مستوى الفص الجانبي لمجموعة الهوائيات الخطية باستخدام خوارزميات التحسين</t>
+          <t>&amp;#34; العلاقة بين تحمل متعلمي اللغة الإنجليزية كلغة أجنبية في العراق للغموض وقلق اللغة الثانية والتحصيل في القراءة </t>
         </is>
       </c>
       <c r="N43" s="1"/>
       <c r="O43" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P43" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>955</t>
+          <t>916</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>منتظر حليم شرهان</t>
+          <t>ميثم رحيم شغاتي</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>Montazer Halim Sharhan</t>
+          <t>Maytham </t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/cw63yqpr9dmsvan.jpg</t>
+          <t>uploads/photos/y10m6ap8kqzf4il.jpeg</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>1990-11-23</t>
+          <t>1976-04-01</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>07705555827</t>
+          <t>07700000347</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
-          <t>mntzrhaleem@uomisan.edu.iq</t>
+          <t>mrss.2022@gmail.com</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
-          <t>2023-08-25</t>
+          <t>2023-07-01</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
-          <t>العلوم الإسلامية</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
-          <t>التفسير وعلوم القرآن</t>
+          <t>النقد القديم</t>
         </is>
       </c>
       <c r="M44" s="1" t="inlineStr">
         <is>
-          <t>الأنظار التفسيرية عند الشهيد مرتضى مطهري</t>
-[...6 lines deleted...]
-      </c>
+          <t>التلقي في كتاب طبقات فحول الشعراء لابن سلام الجمحي (دراسة في اسسه النقدية)</t>
+        </is>
+      </c>
+      <c r="N44" s="1"/>
       <c r="O44" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P44" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>912</t>
+          <t>732</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>مظهر كاظم داود</t>
+          <t>هشام مايع فزاع</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Mudher kadim</t>
-[...2 lines deleted...]
-      <c r="D45" s="1"/>
+          <t>Husham Maya Fazza</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/a49wrish7vm8tg0.jpg</t>
+        </is>
+      </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>2024-03-08</t>
+          <t>1978-06-18</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>07706857357</t>
+          <t>+964 770 576 6209</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>muzhur.kadhim@uomisan.edu.iq</t>
+          <t>hushlkj78867maliki@gmail.com</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>2023-09-05</t>
+          <t>2023-07-11</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>ادارة عامة</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حضارة اسلامية</t>
+          <t>ادارة انتاج</t>
         </is>
       </c>
       <c r="M45" s="1" t="inlineStr">
         <is>
-          <t>الدور السياسي لشعراء الشيعة في العصر العباسي</t>
+          <t>Lnvestigating the impact of control mechanisms on the performance of lraqi clothing manufacturing companies through the amendment of quality risk management</t>
         </is>
       </c>
       <c r="N45" s="1"/>
       <c r="O45" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P45" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>937</t>
+          <t>971</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>حيدر صالح مهدي </t>
+          <t>علي مطر سادة </t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>HAYDER SALIH MAHDI</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ali Alkinany</t>
+        </is>
+      </c>
+      <c r="D46" s="1"/>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>1990-05-16</t>
+          <t>1980-05-21</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>07706201115</t>
+          <t>07712415611</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>hadr.53@gmail.con</t>
+          <t>alimtrsaada@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>2023-10-01</t>
+          <t>2023-07-20</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
           <t>محاسبة</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
-          <t>محاسبة دولية </t>
+          <t>محاسبة </t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
-          <t>مدى كفاءة شركات الطيران العراقية على اعتماد معيار الإبلاغ المالي ( ifrs16  عقود الايجار ) ودوره في تحسين جودة القوائم المالية</t>
+          <t>التحقق في تأثير الحصة السوقية لمنتج والتركيز على اداء المورديين مع الشركات المدرجة في بورصة  طهران </t>
         </is>
       </c>
       <c r="N46" s="1"/>
       <c r="O46" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P46" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>907</t>
+          <t>786</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>هاجر شريف عبد العظيم</t>
+          <t>الحسين محمد جمعة</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>Hajer Shareef</t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>Alhussein Mohammed Alturfi</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/qxprgi20h9b4amv.jpg</t>
+        </is>
+      </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>1990-01-03</t>
+          <t>1997-02-10</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>07729561799</t>
+          <t>00</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>hajershareif@gmail.com</t>
+          <t>al_hussein.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
-          <t>2023-10-16</t>
+          <t>2023-07-25</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>هندسة اتصالات</t>
         </is>
       </c>
       <c r="M47" s="1" t="inlineStr">
         <is>
-          <t>الموقف الرسمي والشعبي السوري من القضايا العربية 1970-1963</t>
+          <t>تقليل مستوى الفص الجانبي لمجموعة الهوائيات الخطية باستخدام خوارزميات التحسين</t>
         </is>
       </c>
       <c r="N47" s="1"/>
       <c r="O47" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P47" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>868</t>
+          <t>955</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>علاء صالح حسين</t>
+          <t>منتظر حليم شرهان</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Alaa Saleh Hussain</t>
-[...2 lines deleted...]
-      <c r="D48" s="1"/>
+          <t>Montazer Halim Sharhan</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/cw63yqpr9dmsvan.jpg</t>
+        </is>
+      </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>1979-03-12</t>
+          <t>1990-11-23</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>07705569689</t>
+          <t>07705555827</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
-          <t>alaaaaa1979@gmail.com</t>
+          <t>mntzrhaleem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
-          <t>2023-10-23</t>
+          <t>2023-08-25</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
-          <t>اداب تاريخ</t>
+          <t>العلوم الإسلامية</t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
-          <t>اداب تاريخ حديث ومعاصر</t>
+          <t>التفسير وعلوم القرآن</t>
         </is>
       </c>
       <c r="M48" s="1" t="inlineStr">
         <is>
-          <t>(( لياقت علي خان ودوره السياسي في باكستان حتى عام 1951</t>
-[...2 lines deleted...]
-      <c r="N48" s="1"/>
+          <t>الأنظار التفسيرية عند الشهيد مرتضى مطهري</t>
+        </is>
+      </c>
+      <c r="N48" s="1" t="inlineStr">
+        <is>
+          <t>التفسير الاجتماعي دراسة مقارنة بين تفسيري الكاشف وفي ظلال القرآن</t>
+        </is>
+      </c>
       <c r="O48" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P48" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>939</t>
+          <t>912</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>أنمار علي كاظم</t>
+          <t>مظهر كاظم داود</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>anmar ali kadham</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mudher kadim</t>
+        </is>
+      </c>
+      <c r="D49" s="1"/>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>1979-10-09</t>
+          <t>2024-03-08</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>07702855814</t>
+          <t>07706857357</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>anmarali@uomisan.edu.iq</t>
+          <t>muzhur.kadhim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
-          <t>2023-10-23</t>
+          <t>2023-09-05</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
-          <t>الادب</t>
-[...2 lines deleted...]
-      <c r="M49" s="1"/>
+          <t>تاريخ حضارة اسلامية</t>
+        </is>
+      </c>
+      <c r="M49" s="1" t="inlineStr">
+        <is>
+          <t>الدور السياسي لشعراء الشيعة في العصر العباسي</t>
+        </is>
+      </c>
       <c r="N49" s="1"/>
       <c r="O49" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P49" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>803</t>
+          <t>937</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>ريام ابراهيم عبدالواحد</t>
+          <t>حيدر صالح مهدي </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>Riyam Ibrahim Abdulwahid</t>
+          <t>HAYDER SALIH MAHDI</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/e23ujtcrqlnka0d.jpg</t>
+          <t>uploads/photos/aifjgnb4tev8q16.jpeg</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>1988-07-07</t>
+          <t>1990-05-16</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>07705565482</t>
+          <t>07706201115</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>riyameng88@uomisan.edu.iq</t>
+          <t>hadr.53@gmail.con</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
-          <t>2023-10-23</t>
+          <t>2023-10-01</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>هندسة برمجيات</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
-          <t>ذكاء أصطناعي</t>
+          <t>محاسبة دولية </t>
         </is>
       </c>
       <c r="M50" s="1" t="inlineStr">
         <is>
-          <t>Anomaly based intrusion detection system using Golden Eagle optimizer and improved random forest model</t>
+          <t>مدى كفاءة شركات الطيران العراقية على اعتماد معيار الإبلاغ المالي ( ifrs16  عقود الايجار ) ودوره في تحسين جودة القوائم المالية</t>
         </is>
       </c>
       <c r="N50" s="1"/>
       <c r="O50" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P50" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>940</t>
+          <t>907</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>مصطفى صالح محسن</t>
+          <t>هاجر شريف عبد العظيم</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Salih Mohsin</t>
+          <t>Hajer Shareef</t>
         </is>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>1986-03-18</t>
+          <t>1990-01-03</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>07708220055</t>
+          <t>07729561799</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>mustafa@uomisan.edu.iq</t>
+          <t>hajershareif@gmail.com</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
-          <t>2023-10-25</t>
+          <t>2023-10-16</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسوب</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
-          <t>Software</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="M51" s="1" t="inlineStr">
         <is>
-          <t> LSTM</t>
+          <t>الموقف الرسمي والشعبي السوري من القضايا العربية 1970-1963</t>
         </is>
       </c>
       <c r="N51" s="1"/>
       <c r="O51" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P51" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>806</t>
+          <t>868</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>بيداء عبد الكريم عبد الزهرة</t>
+          <t>علاء صالح حسين</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>Baydaa Abd ulKareem Abd ul Zahra</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alaa Saleh Hussain</t>
+        </is>
+      </c>
+      <c r="D52" s="1"/>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>1985-01-06</t>
+          <t>1979-03-12</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>07707355595</t>
+          <t>07705569689</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
-          <t>bida.k.z@uomisan.edu.iq</t>
+          <t>alaaaaa1979@gmail.com</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
-          <t>2023-10-31</t>
+          <t>2023-10-23</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>اداب تاريخ</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
-          <t>هندسة المياه والبيئة</t>
+          <t>اداب تاريخ حديث ومعاصر</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
-          <t>تقييم تقنيات تحليل البيانات والتعلم الآلي للتنبؤ بتدفق مجاري المياه عبر سيناريوهات متعددة لنهر دجلة</t>
-[...6 lines deleted...]
-      </c>
+          <t>(( لياقت علي خان ودوره السياسي في باكستان حتى عام 1951</t>
+        </is>
+      </c>
+      <c r="N52" s="1"/>
       <c r="O52" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P52" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>783</t>
+          <t>939</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>وداد مارد حمود</t>
+          <t>أنمار علي كاظم</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>wedid mard hemod</t>
+          <t>anmar ali kadham</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/qb896m_ai2zx0jw.jpg</t>
+          <t>uploads/files/od79zgbwi_sp024.jpg</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>1994-03-06</t>
+          <t>1979-10-09</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>07723655080</t>
+          <t>07702855814</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
-          <t>wedadmarid@uomisan.edu.iq</t>
+          <t>anmarali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
-          <t>2023-12-05</t>
+          <t>2023-10-23</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
-          <t>وقاية النبات</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
-          <t>حشرات</t>
-[...6 lines deleted...]
-      </c>
+          <t>الادب</t>
+        </is>
+      </c>
+      <c r="M53" s="1"/>
       <c r="N53" s="1"/>
       <c r="O53" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P53" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>1005</t>
+          <t>803</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>اياد محسن سبهان</t>
+          <t>ريام ابراهيم عبدالواحد</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>AYAD MOHSIN SABHAN</t>
+          <t>Riyam Ibrahim Abdulwahid</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dwbiox96paelsyt.jpeg</t>
+          <t>uploads/photos/e23ujtcrqlnka0d.jpg</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>1983-12-04</t>
+          <t>1988-07-07</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>07705769171</t>
+          <t>07705565482</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
-          <t>ayad.m@uomisan.edu.iq</t>
+          <t>riyameng88@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
-          <t>2023-12-07</t>
+          <t>2023-10-23</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسوب</t>
+          <t>هندسة برمجيات</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي والروبوتية</t>
+          <t>ذكاء أصطناعي</t>
         </is>
       </c>
       <c r="M54" s="1" t="inlineStr">
         <is>
-          <t>تحسين جودة شبكات الاستثمار اللاسلكية الذكية بمساعدة التعليم العميق والشبكات العصبية</t>
+          <t>Anomaly based intrusion detection system using Golden Eagle optimizer and improved random forest model</t>
         </is>
       </c>
       <c r="N54" s="1"/>
       <c r="O54" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P54" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>313</t>
+          <t>940</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>حسن فاضل قاسم</t>
+          <t>مصطفى صالح محسن</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>Hasan Fadhel Qasim</t>
+          <t>Mustafa Salih Mohsin</t>
         </is>
       </c>
       <c r="D55" s="1"/>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>1988-01-25</t>
+          <t>1986-03-18</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>07718342697</t>
+          <t>07708220055</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>hasanfadhel11@gmail.com</t>
+          <t>mustafa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
-          <t>2023-12-09</t>
+          <t>2023-10-25</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسبات</t>
+          <t>هندسة الحاسوب</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسبات</t>
+          <t>Software</t>
         </is>
       </c>
       <c r="M55" s="1" t="inlineStr">
         <is>
-          <t>Modeling the Function of Lymphocytes in the Human Immune System and its Application in Intrusion Detection Systems &amp;#34;.</t>
+          <t> LSTM</t>
         </is>
       </c>
       <c r="N55" s="1"/>
       <c r="O55" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P55" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>802</t>
+          <t>806</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>زينة نزار عبد الرزاق</t>
+          <t>بيداء عبد الكريم عبد الزهرة</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>zeina nazar abdulrazaq</t>
+          <t>Baydaa Abd ulKareem Abd ul Zahra</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/r7xsa5tgwp98u03.png</t>
+          <t>uploads/photos/1jh92lrs3d_7xcn.jpg</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>1987-01-24</t>
+          <t>1985-01-06</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>07729212891</t>
+          <t>07707355595</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>zeinanazar@uomisan.edu.iq</t>
+          <t>bida.k.z@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
-          <t>2023-12-10</t>
+          <t>2023-10-31</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكهربائية</t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
-          <t>ميكاترونكس</t>
+          <t>هندسة المياه والبيئة</t>
         </is>
       </c>
       <c r="M56" s="1" t="inlineStr">
         <is>
-          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
+          <t>تقييم تقنيات تحليل البيانات والتعلم الآلي للتنبؤ بتدفق مجاري المياه عبر سيناريوهات متعددة لنهر دجلة</t>
         </is>
       </c>
       <c r="N56" s="1" t="inlineStr">
         <is>
-          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
+          <t>لا يوجد</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P56" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>1000</t>
+          <t>783</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>آلاء سمير حاتم الحريشاوي</t>
+          <t>وداد مارد حمود</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>Alaa Sameer Hatem</t>
-[...2 lines deleted...]
-      <c r="D57" s="1"/>
+          <t>wedid mard hemod</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/qb896m_ai2zx0jw.jpg</t>
+        </is>
+      </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>1991-05-24</t>
+          <t>1994-03-06</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>07717400408</t>
+          <t>07723655080</t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
-          <t>xd.loloalmshaksa@gmail.com</t>
+          <t>wedadmarid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
-          <t>2023-12-25</t>
+          <t>2023-12-05</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
-          <t>الفكر الإسلامي</t>
+          <t>وقاية النبات</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
-          <t>الفكر الإسلامي</t>
+          <t>حشرات</t>
         </is>
       </c>
       <c r="M57" s="1" t="inlineStr">
         <is>
-          <t>الوجود والماهية عند الشيخ احمد بن زين الدين الاحسائي دراسة تحليلة</t>
+          <t>دراسة نسبة الإصابة بحشرة مّن الباقلاء الأسود Aphis fabae Scopoli , 1763  (Hemiptera:Aphididae) ومكافحتها احيائيا تحت تأثير كثافات نباتية مختلفةسة نسبة الأصابة بحشرة مَنّ الباقلاء الأسود: Aphididae 1763,Scopoli fabae Aphis Hemipotera ومكافحتها أحيائياً   </t>
         </is>
       </c>
       <c r="N57" s="1"/>
       <c r="O57" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P57" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>811</t>
+          <t>1005</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>عمار خلف جبار</t>
+          <t>اياد محسن سبهان</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>Ammar Khalaf Jabbar</t>
+          <t>AYAD MOHSIN SABHAN</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/bwsnc1jq08ev5pt.jpg</t>
+          <t>uploads/files/dwbiox96paelsyt.jpeg</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>1991-01-01</t>
+          <t>1983-12-04</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>07706250669</t>
+          <t>07705769171</t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
-          <t>ammarcivil.allamy@gmail.com</t>
+          <t>ayad.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
-          <t>2024-01-01</t>
+          <t>2023-12-07</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
-          <t>Civil Engineering</t>
+          <t>هندسة الحاسوب</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
-          <t>Structural</t>
+          <t>الذكاء الاصطناعي والروبوتية</t>
         </is>
       </c>
       <c r="M58" s="1" t="inlineStr">
         <is>
-          <t>Comparative Evaluation of Fatigue Behavior for Modified Asphalt Concrete Pavement</t>
+          <t>تحسين جودة شبكات الاستثمار اللاسلكية الذكية بمساعدة التعليم العميق والشبكات العصبية</t>
         </is>
       </c>
       <c r="N58" s="1"/>
       <c r="O58" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P58" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>965</t>
+          <t>313</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>سحر كريم جابر</t>
+          <t>حسن فاضل قاسم</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>sahar kareem jaber</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hasan Fadhel Qasim</t>
+        </is>
+      </c>
+      <c r="D59" s="1"/>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>1985-08-01</t>
+          <t>1988-01-25</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>07713530100</t>
+          <t>07718342697</t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
-          <t>sahar.kj@uomisan.edu.iq</t>
+          <t>hasanfadhel11@gmail.com</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
-          <t>2024-01-22</t>
+          <t>2023-12-09</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
-          <t>علم الاحياء</t>
+          <t>هندسة الحاسبات</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
-          <t>الوراثة</t>
+          <t>هندسة الحاسبات</t>
         </is>
       </c>
       <c r="M59" s="1" t="inlineStr">
         <is>
-          <t>التحليل الجزيئي بأستخدام تقنية تسلسل الاكزوم الكامل ( WES) لـ 53 جينًا متورطًا في أمراض الدماغ عند عائلة يُشتبه في إصابتها باعتلال بيضاء الدماغ او مرض المادة البيضاء Leukoencephalopathy في طهران</t>
+          <t>Modeling the Function of Lymphocytes in the Human Immune System and its Application in Intrusion Detection Systems &amp;#34;.</t>
         </is>
       </c>
       <c r="N59" s="1"/>
       <c r="O59" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P59" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>864</t>
+          <t>802</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>ابتسام قاسم كاظم</t>
+          <t>زينة نزار عبد الرزاق</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>Ibtisam Qasim Kadhim</t>
+          <t>zeina nazar abdulrazaq</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/n8li1g3wb4sf5yj.jpeg</t>
+          <t>uploads/photos/r7xsa5tgwp98u03.png</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>1985-10-02</t>
+          <t>1987-01-24</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>07711205607</t>
+          <t>07729212891</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
-          <t>abtsamq497@gmail.com</t>
+          <t>zeinanazar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
-          <t>2024-01-29</t>
+          <t>2023-12-10</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
-          <t>اداب تاريخ </t>
+          <t>الهندسة الكهربائية</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر </t>
+          <t>ميكاترونكس</t>
         </is>
       </c>
       <c r="M60" s="1" t="inlineStr">
         <is>
-          <t>هاري هوبكنز ( 1890 - 1946 ) واثره الاجتماعي والاقتصادي والسياسي في الولايات المتحدة الامريكية </t>
-[...2 lines deleted...]
-      <c r="N60" s="1"/>
+          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
+        </is>
+      </c>
+      <c r="N60" s="1" t="inlineStr">
+        <is>
+          <t>التنبؤ بالحمل الكهربائي باستخدام شبكة المان العصبية</t>
+        </is>
+      </c>
       <c r="O60" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P60" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>872</t>
+          <t>1000</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>حسام الدين جمعة اسفيح</t>
+          <t>آلاء سمير حاتم الحريشاوي</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>Hussam El Din Juma Safih</t>
+          <t>Alaa Sameer Hatem</t>
         </is>
       </c>
       <c r="D61" s="1"/>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>1989-11-20</t>
+          <t>1991-05-24</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>07713765476</t>
+          <t>07717400408</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
-          <t>hassamaldeenjemma@gmail.com</t>
+          <t>xd.loloalmshaksa@gmail.com</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>2024-03-14</t>
+          <t>2023-12-25</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>علوم مالية ومصرفية</t>
+          <t>الفكر الإسلامي</t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
-[...2 lines deleted...]
-      <c r="M61" s="1"/>
+          <t>الفكر الإسلامي</t>
+        </is>
+      </c>
+      <c r="M61" s="1" t="inlineStr">
+        <is>
+          <t>الوجود والماهية عند الشيخ احمد بن زين الدين الاحسائي دراسة تحليلة</t>
+        </is>
+      </c>
       <c r="N61" s="1"/>
       <c r="O61" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P61" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>950</t>
+          <t>811</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t> مروه علي مجيد</t>
+          <t>عمار خلف جبار</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>Marwah Ali Majeed</t>
-[...2 lines deleted...]
-      <c r="D62" s="1"/>
+          <t>Ammar Khalaf Jabbar</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/bwsnc1jq08ev5pt.jpg</t>
+        </is>
+      </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>1988-11-29</t>
+          <t>1991-01-01</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>07705574414</t>
+          <t>07706250669</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>marwah882023@gmail.com</t>
+          <t>ammarcivil.allamy@gmail.com</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
-          <t>2024-04-21</t>
+          <t>2024-01-01</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
-          <t> علوم حياة</t>
+          <t>Civil Engineering</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
-          <t>فسلجة حيوان</t>
+          <t>Structural</t>
         </is>
       </c>
       <c r="M62" s="1" t="inlineStr">
         <is>
-          <t>دراسة تأثير التدخين والتقدم بالعمر على بعض المعايير الفسيولوجيه في الاشخاص المصابين بكثرة الكريات الحمر في محافظة ميسان</t>
+          <t>Comparative Evaluation of Fatigue Behavior for Modified Asphalt Concrete Pavement</t>
         </is>
       </c>
       <c r="N62" s="1"/>
       <c r="O62" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P62" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>893</t>
+          <t>965</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>دعاء محمد عباس</t>
+          <t>سحر كريم جابر</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>douaa mohammed</t>
-[...2 lines deleted...]
-      <c r="D63" s="1"/>
+          <t>sahar kareem jaber</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/9ozmkaxel3di_5h.jpg</t>
+        </is>
+      </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>1992-03-13</t>
+          <t>1985-08-01</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>07712581539</t>
+          <t>07713530100</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
-          <t>duaa.mohammed@uomisan.edu.iq</t>
+          <t>sahar.kj@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
-          <t>2024-05-09</t>
+          <t>2024-01-22</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
-          <t>جغرافية طبيعية</t>
+          <t>علم الاحياء</t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
-          <t>جغرافية التربة</t>
+          <t>الوراثة</t>
         </is>
       </c>
       <c r="M63" s="1" t="inlineStr">
         <is>
-          <t>تقييم خصائص ترب هور الحويزة في محافظة ميسان</t>
+          <t>التحليل الجزيئي بأستخدام تقنية تسلسل الاكزوم الكامل ( WES) لـ 53 جينًا متورطًا في أمراض الدماغ عند عائلة يُشتبه في إصابتها باعتلال بيضاء الدماغ او مرض المادة البيضاء Leukoencephalopathy في طهران</t>
         </is>
       </c>
       <c r="N63" s="1"/>
       <c r="O63" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P63" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>853</t>
+          <t>864</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>هبه جاسم محمد</t>
+          <t>ابتسام قاسم كاظم</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>Heba jassim mohammed</t>
+          <t>Ibtisam Qasim Kadhim</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/m5v7bge29_hkc3q.png</t>
+          <t>uploads/photos/n8li1g3wb4sf5yj.jpeg</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>1987-07-01</t>
+          <t>1985-10-02</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>07705522681</t>
+          <t>07711205607</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>hibajassim5578@gmail.com</t>
+          <t>abtsamq497@gmail.com</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>2024-05-16</t>
+          <t>2024-01-29</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>اداب تاريخ </t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
-          <t>قانون دولي</t>
+          <t>تاريخ حديث ومعاصر </t>
         </is>
       </c>
       <c r="M64" s="1" t="inlineStr">
         <is>
-          <t>التزامات الدول عن النفايات الالكترونية في القانون الدولي &amp;#34;العراق انموذجا</t>
+          <t>هاري هوبكنز ( 1890 - 1946 ) واثره الاجتماعي والاقتصادي والسياسي في الولايات المتحدة الامريكية </t>
         </is>
       </c>
       <c r="N64" s="1"/>
       <c r="O64" s="1" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="P64" s="1" t="inlineStr">
         <is>
           <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>941</t>
+          <t>872</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>علي عبدالله عباس الخزعلي </t>
+          <t>حسام الدين جمعة اسفيح</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdulla Abass</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hussam El Din Juma Safih</t>
+        </is>
+      </c>
+      <c r="D65" s="1"/>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>1991-01-01</t>
+          <t>1989-11-20</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>07712659605</t>
+          <t>07713765476</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
-          <t>alialkzali165@gmail.com</t>
+          <t>hassamaldeenjemma@gmail.com</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
-          <t>2024-06-29</t>
+          <t>2024-03-14</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
-          <t>علوم القران </t>
+          <t>علوم مالية ومصرفية</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
-          <t>التفسير وعلوم القرآن </t>
-[...6 lines deleted...]
-      </c>
+          <t>محاسبة</t>
+        </is>
+      </c>
+      <c r="M65" s="1"/>
       <c r="N65" s="1"/>
       <c r="O65" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P65" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>988</t>
+          <t>950</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>بلال علي خليل</t>
+          <t> مروه علي مجيد</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>BILAL ALI KHALEEL</t>
-[...6 lines deleted...]
-      </c>
+          <t>Marwah Ali Majeed</t>
+        </is>
+      </c>
+      <c r="D66" s="1"/>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>1992-09-09</t>
+          <t>1988-11-29</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>0770559321</t>
+          <t>07705574414</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
-          <t>bilal.ali@uomisan.edu.iq</t>
+          <t>marwah882023@gmail.com</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
-          <t>2024-08-14</t>
+          <t>2024-04-21</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t> علوم حياة</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
-          <t>ادارة الجودة الشاملة</t>
-[...2 lines deleted...]
-      <c r="M66" s="1"/>
+          <t>فسلجة حيوان</t>
+        </is>
+      </c>
+      <c r="M66" s="1" t="inlineStr">
+        <is>
+          <t>دراسة تأثير التدخين والتقدم بالعمر على بعض المعايير الفسيولوجيه في الاشخاص المصابين بكثرة الكريات الحمر في محافظة ميسان</t>
+        </is>
+      </c>
       <c r="N66" s="1"/>
       <c r="O66" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P66" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>863</t>
+          <t>1006</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>عبدالله علي جبار عبد الحسن</t>
+          <t>شيماء منعم سعيد</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Ali Jabbar Abdul Hassan</t>
-[...6 lines deleted...]
-      </c>
+          <t>SHAYMAA MUNEAM SAEED </t>
+        </is>
+      </c>
+      <c r="D67" s="1"/>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>1994-10-05</t>
+          <t>1989-01-01</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
-          <t>07712025639</t>
+          <t>07706844461</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
-          <t>abdullaalshmary94@gmail.com</t>
+          <t>shayma.ms@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>2024-09-23</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L67" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>فسلجة نبات</t>
         </is>
       </c>
       <c r="M67" s="1" t="inlineStr">
         <is>
-          <t>مبدأ المواجهة في مجال التأديب الاداري دراسة مقارنة</t>
+          <t> تأثير مستخلص نوستك بكترياء الزرقاء على انبات الرز في العراق</t>
         </is>
       </c>
       <c r="N67" s="1"/>
       <c r="O67" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P67" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>994</t>
+          <t>893</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>علي ناطق رحيمه</t>
+          <t>دعاء محمد عباس</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>Ali Natiq Rahemma</t>
-[...6 lines deleted...]
-      </c>
+          <t>douaa mohammed</t>
+        </is>
+      </c>
+      <c r="D68" s="1"/>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>1999-01-10</t>
+          <t>1992-03-13</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>07731405975</t>
+          <t>07712581539</t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>ali.natiq@uomisan.edu.iq</t>
+          <t>duaa.mohammed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
-          <t>2024-09-23</t>
+          <t>2024-05-09</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>جغرافية طبيعية</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
-          <t>التحليل العددي</t>
-[...2 lines deleted...]
-      <c r="M68" s="1"/>
+          <t>جغرافية التربة</t>
+        </is>
+      </c>
+      <c r="M68" s="1" t="inlineStr">
+        <is>
+          <t>تقييم خصائص ترب هور الحويزة في محافظة ميسان</t>
+        </is>
+      </c>
       <c r="N68" s="1"/>
       <c r="O68" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P68" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>859</t>
+          <t>853</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>غفران جبار صالح</t>
+          <t>هبه جاسم محمد</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>ghufran jabaar salih</t>
+          <t>Heba jassim mohammed</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/l3mybna1i94dect.jpeg</t>
+          <t>uploads/photos/m5v7bge29_hkc3q.png</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>1995-02-03</t>
+          <t>1987-07-01</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>07725213334</t>
+          <t>07705522681</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>ghafranalsady@gmail.com</t>
+          <t>hibajassim5578@gmail.com</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
-          <t>2024-09-30</t>
+          <t>2024-05-16</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
-          <t>القانون خاص</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>قانون دولي</t>
         </is>
       </c>
       <c r="M69" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية المدنية الناشئة عن العنف الاسري </t>
+          <t>التزامات الدول عن النفايات الالكترونية في القانون الدولي &amp;#34;العراق انموذجا</t>
         </is>
       </c>
       <c r="N69" s="1"/>
       <c r="O69" s="1" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="P69" s="1" t="inlineStr">
         <is>
           <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>887</t>
+          <t>941</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>شيماء كاظم محسن</t>
+          <t>علي عبدالله عباس الخزعلي </t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>SHAYMAA KADHIM</t>
+          <t>Ali Abdulla Abass</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/f4wr1ltk25ybx_9.jpeg</t>
+          <t>uploads/photos/xzm8t7d2bs56peh.jpeg</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>1984-02-01</t>
+          <t>1991-01-01</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>07721119570</t>
+          <t>07712659605</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
-          <t>shymykymy@gmail.com</t>
+          <t>alialkzali165@gmail.com</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
-          <t>2024-10-06</t>
+          <t>2024-06-29</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>علوم القران </t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
-[...2 lines deleted...]
-      <c r="M70" s="1"/>
+          <t>التفسير وعلوم القرآن </t>
+        </is>
+      </c>
+      <c r="M70" s="1" t="inlineStr">
+        <is>
+          <t>سنة الاستدراج في القران الكريم دراسة في الاهداف والآثار والمصاديق </t>
+        </is>
+      </c>
       <c r="N70" s="1"/>
       <c r="O70" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P70" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>865</t>
+          <t>988</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>احمد حميد طاهر </t>
+          <t>بلال علي خليل</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>ahmed hamed taher</t>
+          <t>BILAL ALI KHALEEL</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/pmvg8dz5er1yx0s.jpeg</t>
+          <t>uploads/files/evzpmn0fxisaugd.jpg</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>1985-05-11</t>
+          <t>1992-09-09</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>07728123394</t>
+          <t>0770559321</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>ahmadalhashimy19@gmail.com</t>
+          <t>bilal.ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
-          <t>2024-10-06</t>
+          <t>2024-08-14</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
-          <t>التربية البدينية وعلوم الرياضة</t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
-          <t>علم النفس الرياضي</t>
-[...6 lines deleted...]
-      </c>
+          <t>ادارة الجودة الشاملة</t>
+        </is>
+      </c>
+      <c r="M71" s="1"/>
       <c r="N71" s="1"/>
       <c r="O71" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P71" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>987</t>
+          <t>863</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>طارق خنجر حامد </t>
+          <t>عبدالله علي جبار عبد الحسن</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>TAREQ KHANJAR HAMID</t>
+          <t>Abdullah Ali Jabbar Abdul Hassan</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/owydise8c95qfj_.jpg</t>
+          <t>uploads/photos/m6yhns8lqj409u_.jpg</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>1989-12-01</t>
+          <t>1994-10-05</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t>07705523104</t>
+          <t>07712025639</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
-          <t>tarq1989t1989@gmail.com</t>
+          <t>abdullaalshmary94@gmail.com</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
-          <t>2024-10-06</t>
+          <t>2024-09-23</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال </t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
-          <t>ادارة تسويق</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M72" s="1" t="inlineStr">
         <is>
-          <t>دراسة تأثير التسويق عبر وسائل التواصل الاجتماعي على قيمة العلامة التجارية </t>
+          <t>مبدأ المواجهة في مجال التأديب الاداري دراسة مقارنة</t>
         </is>
       </c>
       <c r="N72" s="1"/>
       <c r="O72" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P72" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>903</t>
+          <t>1014</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>علي محمد عبد الله عطيه</t>
+          <t>شهد عباس عريبي</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>Ali mohammed</t>
+          <t>Shahad abbas</t>
         </is>
       </c>
       <c r="D73" s="1"/>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>1986-02-28</t>
+          <t>1996-10-13</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>07722996121</t>
+          <t>07733755553</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
-          <t>cgfdsam@gmail.com</t>
+          <t>shahad.abbas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
-          <t>2024-10-07</t>
+          <t>2024-09-23</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>العلوم التربوية والنفسية</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
-[...2 lines deleted...]
-      <c r="M73" s="1"/>
+          <t>مناهج وطرائق تدريس عامة</t>
+        </is>
+      </c>
+      <c r="M73" s="1" t="inlineStr">
+        <is>
+          <t>درجة توافق معتقدات معلمي الصفوف الاولى حول التقويم من اجل التعلم وممارستهم لاساليبه في تقويم تعلم تلامذتهم</t>
+        </is>
+      </c>
       <c r="N73" s="1"/>
       <c r="O73" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P73" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>999</t>
+          <t>994</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>هاجر جبار عمار</t>
+          <t>علي ناطق رحيمه</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>hajer jabar</t>
-[...2 lines deleted...]
-      <c r="D74" s="1"/>
+          <t>Ali Natiq Rahemma</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/gklew7ab1q3r9vn.jpg</t>
+        </is>
+      </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>1991-03-01</t>
+          <t>1999-01-10</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t>07762629433</t>
+          <t>07731405975</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>jory90jory1992@gmail.com</t>
+          <t>ali.natiq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
-          <t>2024-10-14</t>
+          <t>2024-09-23</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
-          <t>علوم القران </t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
-          <t>علم الحديث</t>
+          <t>التحليل العددي</t>
         </is>
       </c>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
       <c r="O74" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P74" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>901</t>
+          <t>859</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>مزهر فالح راشد البهادلي</t>
+          <t>غفران جبار صالح</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>Mezher Falih Rashid</t>
+          <t>ghufran jabaar salih</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/z7wx5_e9fo01mtu.jpg</t>
+          <t>uploads/photos/l3mybna1i94dect.jpeg</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>1968-07-01</t>
+          <t>1995-02-03</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>07734615347</t>
+          <t>07725213334</t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>mzherf9@gmail.com</t>
+          <t>ghafranalsady@gmail.com</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-09-30</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>جغرافية البشرية</t>
+          <t>القانون خاص</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
-          <t>التخطيط العمراني</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M75" s="1" t="inlineStr">
         <is>
-          <t>التوزيع المكاني للمراكز الصحية العلاجية في مدينة الكحلاء </t>
+          <t>المسؤولية المدنية الناشئة عن العنف الاسري </t>
         </is>
       </c>
       <c r="N75" s="1"/>
       <c r="O75" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P75" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>861</t>
+          <t>887</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>ايناس محمد فاضل عبد الجبار</t>
+          <t>شيماء كاظم محسن</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>Enas Mohamed Fadel Abd Aljabar</t>
+          <t>SHAYMAA KADHIM</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ypoin2e1z7l_9f8.jpg</t>
+          <t>uploads/photos/f4wr1ltk25ybx_9.jpeg</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>1975-07-29</t>
+          <t>1984-02-01</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t>07714801166</t>
+          <t>07721119570</t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
-          <t>aljabryaynas44@gmail.com</t>
+          <t>shymykymy@gmail.com</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-10-06</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
-          <t>لغة انكليزية</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
-          <t>طراىق لغة انكليزية</t>
-[...6 lines deleted...]
-      </c>
+          <t>محاسبة</t>
+        </is>
+      </c>
+      <c r="M76" s="1"/>
       <c r="N76" s="1"/>
       <c r="O76" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P76" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>975</t>
+          <t>865</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>خلود جاسم مهاوي </t>
+          <t>احمد حميد طاهر </t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>Khulood Jasim mhawi</t>
-[...2 lines deleted...]
-      <c r="D77" s="1"/>
+          <t>ahmed hamed taher</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/pmvg8dz5er1yx0s.jpeg</t>
+        </is>
+      </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>1988-03-17</t>
+          <t>1985-05-11</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>0771 834 8038</t>
+          <t>07728123394</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
-          <t>kholoudjasm@uomisan.edu.iq</t>
+          <t>ahmadalhashimy19@gmail.com</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-10-06</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
-          <t>علم الاحياء</t>
+          <t>التربية البدينية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
-          <t>وراثه</t>
+          <t>علم النفس الرياضي</t>
         </is>
       </c>
       <c r="M77" s="1" t="inlineStr">
         <is>
-          <t>الدراسة الجزيئية بواسطة طريقة تسلسل exome بأكملها لـ 310 جينات متورطة في التخلف العقلي في عائلة لمريض واحد في العماره</t>
+          <t>أثر التمكين النفسي ورأس المال النفسي على الاستعداد الفردي للتغيير لدى موظفي كليتي التربية البدنية وعلوم الرياضة في بغداد</t>
         </is>
       </c>
       <c r="N77" s="1"/>
       <c r="O77" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P77" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>934</t>
+          <t>987</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>م.م عامر هاتو حميد الازيرجاوي</t>
+          <t>طارق خنجر حامد </t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>Assist Lect. Amer hatoo Hameed zerjawi</t>
+          <t>TAREQ KHANJAR HAMID</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/6nqr3hvosf9gp_t.jpg</t>
+          <t>uploads/files/owydise8c95qfj_.jpg</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>1989-07-27</t>
+          <t>1989-12-01</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>07722080433</t>
+          <t>07705523104</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
-          <t>amer.mcm@uomisan.edu.iq</t>
+          <t>tarq1989t1989@gmail.com</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-10-06</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
-          <t>آداب لغة عربية</t>
+          <t>ادارة الاعمال </t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
-          <t>آداب لغة عربية</t>
+          <t>ادارة تسويق</t>
         </is>
       </c>
       <c r="M78" s="1" t="inlineStr">
         <is>
-          <t>قصص الأطفال في العراق 2009-2020 &amp;#34; مجلة الحسيني الصغير انموذجاً &amp;#34; دراسة  موضوعية وفنية </t>
+          <t>دراسة تأثير التسويق عبر وسائل التواصل الاجتماعي على قيمة العلامة التجارية </t>
         </is>
       </c>
       <c r="N78" s="1"/>
       <c r="O78" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P78" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>911</t>
+          <t>903</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>وسن كاظم محمد</t>
+          <t>علي محمد عبد الله عطيه</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>wassan kadim</t>
+          <t>Ali mohammed</t>
         </is>
       </c>
       <c r="D79" s="1"/>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>1977-09-05</t>
+          <t>1986-02-28</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>07733990262</t>
+          <t>07722996121</t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
-          <t>wassankadim@uomisan.edu.iq</t>
+          <t>cgfdsam@gmail.com</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>2024-10-16</t>
+          <t>2024-10-07</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامية</t>
-[...6 lines deleted...]
-      </c>
+          <t>محاسبة</t>
+        </is>
+      </c>
+      <c r="M79" s="1"/>
       <c r="N79" s="1"/>
       <c r="O79" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P79" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>959</t>
+          <t>999</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>حسنين فالح حسن</t>
+          <t>هاجر جبار عمار</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>hasanainFalhasan</t>
-[...6 lines deleted...]
-      </c>
+          <t>hajer jabar</t>
+        </is>
+      </c>
+      <c r="D80" s="1"/>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>1977-12-10</t>
+          <t>1991-03-01</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>07705549319</t>
+          <t>07762629433</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
-          <t>hasaninalsady@gmail.com</t>
+          <t>jory90jory1992@gmail.com</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
-          <t>2024-10-16</t>
+          <t>2024-10-14</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>علوم القران </t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
-          <t>هندسة قدرة كهربائية </t>
-[...6 lines deleted...]
-      </c>
+          <t>علم الحديث</t>
+        </is>
+      </c>
+      <c r="M80" s="1"/>
       <c r="N80" s="1"/>
       <c r="O80" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P80" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>906</t>
+          <t>901</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>مصطفى مزهر جبر </t>
+          <t>مزهر فالح راشد البهادلي</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>Mustafa mezher jebur</t>
-[...2 lines deleted...]
-      <c r="D81" s="1"/>
+          <t>Mezher Falih Rashid</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/z7wx5_e9fo01mtu.jpg</t>
+        </is>
+      </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>1990-02-02</t>
+          <t>1968-07-01</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t>07712582171</t>
+          <t>07734615347</t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
-          <t>mustafa19900209@gmail.com</t>
+          <t>mzherf9@gmail.com</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
-          <t>2024-10-16</t>
+          <t>2024-10-15</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
-          <t>ادارة واقتصاد </t>
+          <t>جغرافية البشرية</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
-          <t>إدارة اعمال </t>
+          <t>التخطيط العمراني</t>
         </is>
       </c>
       <c r="M81" s="1" t="inlineStr">
         <is>
-          <t>تاثير أنظمة المعلومات الادرايه على استراتيجية تطرير المنتج في العراق </t>
+          <t>التوزيع المكاني للمراكز الصحية العلاجية في مدينة الكحلاء </t>
         </is>
       </c>
       <c r="N81" s="1"/>
       <c r="O81" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P81" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>908</t>
+          <t>861</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>علي سعدون حميد</t>
+          <t>ايناس محمد فاضل عبد الجبار</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>Ali Sadoon</t>
-[...2 lines deleted...]
-      <c r="D82" s="1"/>
+          <t>Enas Mohamed Fadel Abd Aljabar</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/ypoin2e1z7l_9f8.jpg</t>
+        </is>
+      </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>1990-04-06</t>
+          <t>1975-07-29</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>07706906134</t>
+          <t>07714801166</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>sa4828090@gmail.com</t>
+          <t>aljabryaynas44@gmail.com</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>2024-10-16</t>
+          <t>2024-10-15</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>لغة انكليزية</t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامي</t>
-[...2 lines deleted...]
-      <c r="M82" s="1"/>
+          <t>طراىق لغة انكليزية</t>
+        </is>
+      </c>
+      <c r="M82" s="1" t="inlineStr">
+        <is>
+          <t>تأثير استخدام استراتيجية التنظيم الذاتي لدى متعلمي اللغة الإنجليزية كلغة أجنبية في العراق على تعلمهم للقواعد والتفكير التأملي</t>
+        </is>
+      </c>
       <c r="N82" s="1"/>
       <c r="O82" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P82" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>968</t>
+          <t>1009</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>صابرين قيس مجيد</t>
+          <t>مناف حسن لفته</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>Sabreen qais mageed</t>
+          <t>munaf hasan lafta</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/5hr4inolpxgs6fm.jpg</t>
+          <t>uploads/files/zdx4iko089l71ug.jpeg</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>1987-11-05</t>
+          <t>1985-10-27</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>000</t>
+          <t>07712608438</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>sabreen.altimimy@uomisan.edu.iq</t>
+          <t>munaf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
-          <t>2024-10-20</t>
+          <t>2024-10-15</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
-          <t>هندسة مواد</t>
+          <t>هندسة الحاسبات</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
-          <t>اختيار  والتعرف على المواد الهندسيه</t>
+          <t>الذكاء الاصطناعي والروبوتية</t>
         </is>
       </c>
       <c r="M83" s="1" t="inlineStr">
         <is>
-          <t>انتاج وترسيب كاربونات الكالسيوم من مخلفات الجبس </t>
+          <t>توجيه الامن للبيانات الموفرة للطاقة في انظمة انترنت الاشياء</t>
         </is>
       </c>
       <c r="N83" s="1"/>
       <c r="O83" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P83" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>900</t>
+          <t>975</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>صبري محمد خضر الموسوي</t>
+          <t>خلود جاسم مهاوي </t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>sabry mohammed khudur</t>
-[...6 lines deleted...]
-      </c>
+          <t>Khulood Jasim mhawi</t>
+        </is>
+      </c>
+      <c r="D84" s="1"/>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>1975-01-05</t>
+          <t>1988-03-17</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>07832122767</t>
+          <t>0771 834 8038</t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
-          <t>sm4136042@gmail.com</t>
+          <t>kholoudjasm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
-          <t>2024-10-27</t>
+          <t>2024-10-15</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
-          <t>علوم الاسلامية</t>
+          <t>علم الاحياء</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
-          <t>علوم القران  و الحديث</t>
+          <t>وراثه</t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>البحث التطبيقي لتفسير سورة التين على المذاهب التفسيرية</t>
+          <t>الدراسة الجزيئية بواسطة طريقة تسلسل exome بأكملها لـ 310 جينات متورطة في التخلف العقلي في عائلة لمريض واحد في العماره</t>
         </is>
       </c>
       <c r="N84" s="1"/>
       <c r="O84" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P84" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>888</t>
+          <t>934</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>محمد هاشم كرم</t>
+          <t>م.م عامر هاتو حميد الازيرجاوي</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>mohammed hashem</t>
+          <t>Assist Lect. Amer hatoo Hameed zerjawi</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/l5si93cgh2j4br1.jpeg</t>
+          <t>uploads/photos/6nqr3hvosf9gp_t.jpg</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>1989-06-17</t>
+          <t>1989-07-27</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>07710890720</t>
+          <t>07722080433</t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
-          <t>moham9.karam@jmail.com</t>
+          <t>amer.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>2024-10-27</t>
+          <t>2024-10-15</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>الفقه والقانون الخاص</t>
+          <t>آداب لغة عربية</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
-          <t>الفقه والقانون الخاص</t>
+          <t>آداب لغة عربية</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>فكرة النظام العام في التصرفات القانونية دراسة مقارنة في الفقه الاسلامي </t>
+          <t>قصص الأطفال في العراق 2009-2020 &amp;#34; مجلة الحسيني الصغير انموذجاً &amp;#34; دراسة  موضوعية وفنية </t>
         </is>
       </c>
       <c r="N85" s="1"/>
       <c r="O85" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P85" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>946</t>
+          <t>911</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>كرار عبد الله غالي الموسوي</t>
+          <t>وسن كاظم محمد</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>Karrar.abdulla</t>
-[...6 lines deleted...]
-      </c>
+          <t>wassan kadim</t>
+        </is>
+      </c>
+      <c r="D86" s="1"/>
       <c r="E86" s="1" t="inlineStr">
         <is>
-          <t>1992-05-08</t>
+          <t>1977-09-05</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>+9647705553410</t>
+          <t>07733990262</t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
-          <t>karrar.abdulla@uomisan.edu.iq</t>
+          <t>wassankadim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
-          <t>2024-11-04</t>
+          <t>2024-10-16</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>تاريخ اسلامية</t>
         </is>
       </c>
       <c r="M86" s="1" t="inlineStr">
         <is>
-          <t>دراسة الدور المعتدلدراسة الدور المعتدل لإدارة الأرباح في العلاقة بين جودة التدقيق وأداء الشركة</t>
-[...6 lines deleted...]
-      </c>
+          <t>دور مسجد الكوفة في القرن الاول والثاني</t>
+        </is>
+      </c>
+      <c r="N86" s="1"/>
       <c r="O86" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P86" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>984</t>
+          <t>959</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>نور صباح كاظم</t>
+          <t>حسنين فالح حسن</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>noor sabah kadim</t>
+          <t>hasanainFalhasan</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/mxfnh_br072i185.png</t>
+          <t>uploads/files/rg9xu7c2hb_nqas.jpg</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>1993-09-01</t>
+          <t>1977-12-10</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>07730019637</t>
+          <t>07705549319</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
-          <t>noorsabah@gmal.com</t>
+          <t>hasaninalsady@gmail.com</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
-          <t>2024-11-11</t>
+          <t>2024-10-16</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>هندسة قدرة كهربائية </t>
         </is>
       </c>
       <c r="M87" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص بوليمرات مطعمة بأوكسيد الحديد النانوي ودراسة كفاءتها التحليلية في إزالة بعض ايونات العناصر من المحاليل المائية</t>
+          <t> تقييم جدوى نظام هجين للطاقة الشمسية والديزل والبطاريات لتوفير الطاقة الكهربائية اللازمة لمجمع سكني في جنوب العراق</t>
         </is>
       </c>
       <c r="N87" s="1"/>
       <c r="O87" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P87" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>1001</t>
+          <t>906</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>سارة كاظم عبدالكريم </t>
+          <t>مصطفى مزهر جبر </t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>Sara kazim abdalkaram</t>
+          <t>Mustafa mezher jebur</t>
         </is>
       </c>
       <c r="D88" s="1"/>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>1996-01-01</t>
+          <t>1990-02-02</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>07712582171</t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
-          <t>sarakazimabdalkaram@gmail.com</t>
+          <t>mustafa19900209@gmail.com</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
-          <t>2024-11-11</t>
+          <t>2024-10-16</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
-          <t>العلوم التربويه والنفسيه </t>
+          <t>ادارة واقتصاد </t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس عامه </t>
+          <t>إدارة اعمال </t>
         </is>
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
-          <t>تقويم اداء معلمي العلوم في المرحله الابتدائية على وفق معايير NGSS</t>
-[...6 lines deleted...]
-      </c>
+          <t>تاثير أنظمة المعلومات الادرايه على استراتيجية تطرير المنتج في العراق </t>
+        </is>
+      </c>
+      <c r="N88" s="1"/>
       <c r="O88" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P88" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>947</t>
+          <t>908</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>هيام ناظم خالد</t>
+          <t>علي سعدون حميد</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>Hiyam Nadhim Khalid</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ali Sadoon</t>
+        </is>
+      </c>
+      <c r="D89" s="1"/>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>1994-04-04</t>
+          <t>1990-04-06</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>07730352841</t>
+          <t>07706906134</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>hiyam.nk@uomisan.edu.iq</t>
+          <t>sa4828090@gmail.com</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>2024-11-14</t>
+          <t>2024-10-16</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>ألامن السيبراني </t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
-          <t>اخفاء البيانات</t>
+          <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
       <c r="O89" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>949</t>
+          <t>968</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t> ايمن سمير بدن</t>
+          <t>صابرين قيس مجيد</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>Ayman Samir Baden</t>
+          <t>Sabreen qais mageed</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/m2cyqathgfvbk63.jpeg</t>
+          <t>uploads/files/5hr4inolpxgs6fm.jpg</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>1990-04-28</t>
+          <t>1987-11-05</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>07717986839</t>
+          <t>000</t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
-          <t>ayman.sameer@uomisan.edu.iq</t>
+          <t>sabreen.altimimy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
-          <t>2024-11-18</t>
+          <t>2024-10-20</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات</t>
+          <t>هندسة مواد</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي</t>
-[...2 lines deleted...]
-      <c r="M90" s="1"/>
+          <t>اختيار  والتعرف على المواد الهندسيه</t>
+        </is>
+      </c>
+      <c r="M90" s="1" t="inlineStr">
+        <is>
+          <t>انتاج وترسيب كاربونات الكالسيوم من مخلفات الجبس </t>
+        </is>
+      </c>
       <c r="N90" s="1"/>
       <c r="O90" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P90" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>897</t>
+          <t>900</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>رسول كامل شايع</t>
+          <t>صبري محمد خضر الموسوي</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t> Rasool Kamil SHAYEA</t>
+          <t>sabry mohammed khudur</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/upvz50rayexifnk.jpg</t>
+          <t>uploads/photos/r8ibvsp35cg6kf9.jpg</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>1979-07-29</t>
+          <t>1975-01-05</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>07705572250</t>
+          <t>07832122767</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>alkenaner@gmail.com</t>
+          <t>sm4136042@gmail.com</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-10-27</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>فقه واسس القانون الاسلامي</t>
+          <t>علوم الاسلامية</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
-          <t>فقه واسس القانون الاسلامي</t>
+          <t>علوم القران  و الحديث</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>حماية الحقوق المالية للقاصر في قانون رعاية القاصرين العراقي والفقه الامامي دراسة مقارنة</t>
+          <t>البحث التطبيقي لتفسير سورة التين على المذاهب التفسيرية</t>
         </is>
       </c>
       <c r="N91" s="1"/>
       <c r="O91" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P91" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>914</t>
+          <t>888</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>حيدر راضي محيسن</t>
+          <t>محمد هاشم كرم</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>haedar rathy</t>
+          <t>mohammed hashem</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/zetpsbnfu3aqhor.jpg</t>
+          <t>uploads/photos/l5si93cgh2j4br1.jpeg</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>2024-08-10</t>
+          <t>1989-06-17</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>07713762855</t>
+          <t>07710890720</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>hydrr5558@gmail.com</t>
+          <t>moham9.karam@jmail.com</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>2024-12-02</t>
+          <t>2024-10-27</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>علوم قران</t>
+          <t>الفقه والقانون الخاص</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t>فقه ومعارف اسلامية</t>
+          <t>الفقه والقانون الخاص</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>منهج الاجتهاد في فقه الحديث بين السنة والشيعة</t>
+          <t>فكرة النظام العام في التصرفات القانونية دراسة مقارنة في الفقه الاسلامي </t>
         </is>
       </c>
       <c r="N92" s="1"/>
       <c r="O92" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P92" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>930</t>
+          <t>946</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>طه محمد جاسم محمد </t>
+          <t>كرار عبد الله غالي الموسوي</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>taha mohammed jasim</t>
+          <t>Karrar.abdulla</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/9_84cnpt5j0d7vy.jpeg</t>
+          <t>uploads/files/s0nu1f23v6j7i5k.jpg</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>1997-01-17</t>
+          <t>1992-05-08</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>07712575717</t>
+          <t>+9647705553410</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>taha.m.j@uomisan.edu.iq</t>
+          <t>karrar.abdulla@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>2024-12-05</t>
+          <t>2024-11-04</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>هندسة النفط والغاز</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
-          <t>هندسة انتاج النفط </t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>أستخدام المضخات الغاطسة لإنتاج النفط في حقل بازركان العراق </t>
-[...2 lines deleted...]
-      <c r="N93" s="1"/>
+          <t>دراسة الدور المعتدلدراسة الدور المعتدل لإدارة الأرباح في العلاقة بين جودة التدقيق وأداء الشركة</t>
+        </is>
+      </c>
+      <c r="N93" s="1" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P93" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>917</t>
+          <t>984</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>سيف علي قاسم عبدالزهره</t>
+          <t>نور صباح كاظم</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>saifali Al-musawi</t>
+          <t>noor sabah kadim</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/8yn6qkcx7bsfdog.jpg</t>
+          <t>uploads/files/mxfnh_br072i185.png</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>1994-12-24</t>
+          <t>1993-09-01</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>009647760721920</t>
+          <t>07730019637</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>saif.a.q@uomisan.edu.iq</t>
+          <t>noorsabah@gmal.com</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
-          <t>2024-12-15</t>
+          <t>2024-11-11</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>هندسه النفط</t>
+          <t>ماجستير علوم</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
-          <t>هندسه انتاج النفط- تقنيات انتاج النفط المدعوم</t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>تحسين أداء الآبار باستخدام خطوط الجريان مع مراعاة القيود الإنتاجية والتشغيلية</t>
+          <t>تحضير وتشخيص بوليمرات مطعمة بأوكسيد الحديد النانوي ودراسة كفاءتها التحليلية في إزالة بعض ايونات العناصر من المحاليل المائية</t>
         </is>
       </c>
       <c r="N94" s="1"/>
       <c r="O94" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P94" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>951</t>
+          <t>1001</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>ابو الحسن علي محفوظ</t>
+          <t>سارة كاظم عبدالكريم </t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>Abo Al Hasan Ali Mahfood</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sara kazim abdalkaram</t>
+        </is>
+      </c>
+      <c r="D95" s="1"/>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>1997-04-08</t>
+          <t>1996-01-01</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>07748407774</t>
+          <t>.</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>alimmt6690@gmail.com</t>
+          <t>sarakazimabdalkaram@gmail.com</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
-          <t>2024-12-17</t>
+          <t>2024-11-11</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>تقنيات هندسة النفط والغاز</t>
+          <t>العلوم التربويه والنفسيه </t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
-          <t>تقنيات هندسة الانتاج</t>
+          <t>طرائق تدريس عامه </t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
-          <t>تطبيق تقنيات البخار الحراري لتطوير حقول النفط ذات الزيوت عالية اللزوجة على حقل الكيارة (العراق)</t>
-[...2 lines deleted...]
-      <c r="N95" s="1"/>
+          <t>تقويم اداء معلمي العلوم في المرحله الابتدائية على وفق معايير NGSS</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O95" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P95" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>1002</t>
+          <t>947</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>م.م رسل مهدي محمد</t>
+          <t>هيام ناظم خالد</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>Rusul mahdi muhamad</t>
-[...2 lines deleted...]
-      <c r="D96" s="1"/>
+          <t>Hiyam Nadhim Khalid</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/zph329wcvex4_g5.jpg</t>
+        </is>
+      </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>1997-01-01</t>
+          <t>1994-04-04</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>07740836345</t>
+          <t>07730352841</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>rusulmehdi@uomisan.edu.iq</t>
+          <t>hiyam.nk@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-11-14</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية البدنية وعلوم الرياضة</t>
+          <t>ألامن السيبراني </t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس /كرة قدم الصالات</t>
-[...6 lines deleted...]
-      </c>
+          <t>اخفاء البيانات</t>
+        </is>
+      </c>
+      <c r="M96" s="1"/>
       <c r="N96" s="1"/>
       <c r="O96" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P96" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>928</t>
+          <t>949</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>زهراء صالح مهدي</t>
+          <t> ايمن سمير بدن</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>zahraa salih mahdi</t>
-[...2 lines deleted...]
-      <c r="D97" s="1"/>
+          <t>Ayman Samir Baden</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/m2cyqathgfvbk63.jpeg</t>
+        </is>
+      </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>1987-05-02</t>
+          <t>1990-04-28</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>07705766247</t>
+          <t>07717986839</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
-          <t>zahraa7saleh@gmail.com</t>
+          <t>ayman.sameer@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
-          <t>2025-01-14</t>
+          <t>2024-11-18</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>تكنولوجيا المعلومات</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي والربوتية</t>
-[...6 lines deleted...]
-      </c>
+          <t>الذكاء الاصطناعي</t>
+        </is>
+      </c>
+      <c r="M97" s="1"/>
       <c r="N97" s="1"/>
       <c r="O97" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>919</t>
+          <t>897</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>ندى فاضل عباس </t>
+          <t>رسول كامل شايع</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>N</t>
-[...2 lines deleted...]
-      <c r="D98" s="1"/>
+          <t> Rasool Kamil SHAYEA</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/upvz50rayexifnk.jpg</t>
+        </is>
+      </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>2025-03-05</t>
+          <t>1979-07-29</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>07712411691</t>
+          <t>07705572250</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>nadafadhil@uomisan.edu.iq</t>
+          <t>alkenaner@gmail.com</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2025-02-27</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة </t>
+          <t>فقه واسس القانون الاسلامي</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>immunology </t>
-[...2 lines deleted...]
-      <c r="M98" s="1"/>
+          <t>فقه واسس القانون الاسلامي</t>
+        </is>
+      </c>
+      <c r="M98" s="1" t="inlineStr">
+        <is>
+          <t>حماية الحقوق المالية للقاصر في قانون رعاية القاصرين العراقي والفقه الامامي دراسة مقارنة</t>
+        </is>
+      </c>
       <c r="N98" s="1"/>
       <c r="O98" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>995</t>
+          <t>914</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>منى محمد موسى</t>
+          <t>حيدر راضي محيسن</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>muna mohammed</t>
+          <t>haedar rathy</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/dpquywf4zcmok7x.png</t>
+          <t>uploads/photos/zetpsbnfu3aqhor.jpg</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>1989-12-21</t>
+          <t>2024-08-10</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٤٠١٤٨١</t>
+          <t>07713762855</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>muna.mohammed@uomisan.edu.iq</t>
+          <t>hydrr5558@gmail.com</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>2025-09-22</t>
+          <t>2024-12-02</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>علوم قران</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>جغرافية طبيعية</t>
-[...2 lines deleted...]
-      <c r="M99" s="1"/>
+          <t>فقه ومعارف اسلامية</t>
+        </is>
+      </c>
+      <c r="M99" s="1" t="inlineStr">
+        <is>
+          <t>منهج الاجتهاد في فقه الحديث بين السنة والشيعة</t>
+        </is>
+      </c>
       <c r="N99" s="1"/>
       <c r="O99" s="1" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="P99" s="1" t="inlineStr">
+        <is>
+          <t>التربية الأساسية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>1015</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>نضال رحيم جوحي</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t> Nidhal Raheem Juhi </t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/wknq_3o5xlrysve.jpg</t>
+        </is>
+      </c>
+      <c r="E100" s="1" t="inlineStr">
+        <is>
+          <t>1974-09-10</t>
+        </is>
+      </c>
+      <c r="F100" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G100" s="1" t="inlineStr">
+        <is>
+          <t>07710875204</t>
+        </is>
+      </c>
+      <c r="H100" s="1" t="inlineStr">
+        <is>
+          <t>nedalraheem@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I100" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J100" s="1" t="inlineStr">
+        <is>
+          <t>2024-12-04</t>
+        </is>
+      </c>
+      <c r="K100" s="1" t="inlineStr">
+        <is>
+          <t>علوم الحياة</t>
+        </is>
+      </c>
+      <c r="L100" s="1" t="inlineStr">
+        <is>
+          <t>علم الاحياء الخلوي والجزيئي</t>
+        </is>
+      </c>
+      <c r="M100" s="1" t="inlineStr">
+        <is>
+          <t>دراسة العلاقة بين النمط الثلاثي المحتوي على 22 تعدد أشكال النوكليوتيدات المفردة (TRIM22) كعوامل وراثية مضيفة في السيطرة على عدوى كوفيد-19</t>
+        </is>
+      </c>
+      <c r="N100" s="1"/>
+      <c r="O100" s="1" t="inlineStr">
+        <is>
           <t>11</t>
         </is>
       </c>
-      <c r="P99" s="1" t="inlineStr">
+      <c r="P100" s="1" t="inlineStr">
+        <is>
+          <t>كلية التربية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>930</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>طه محمد جاسم محمد </t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>taha mohammed jasim</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/9_84cnpt5j0d7vy.jpeg</t>
+        </is>
+      </c>
+      <c r="E101" s="1" t="inlineStr">
+        <is>
+          <t>1997-01-17</t>
+        </is>
+      </c>
+      <c r="F101" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G101" s="1" t="inlineStr">
+        <is>
+          <t>07712575717</t>
+        </is>
+      </c>
+      <c r="H101" s="1" t="inlineStr">
+        <is>
+          <t>taha.m.j@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J101" s="1" t="inlineStr">
+        <is>
+          <t>2024-12-05</t>
+        </is>
+      </c>
+      <c r="K101" s="1" t="inlineStr">
+        <is>
+          <t>هندسة النفط والغاز</t>
+        </is>
+      </c>
+      <c r="L101" s="1" t="inlineStr">
+        <is>
+          <t>هندسة انتاج النفط </t>
+        </is>
+      </c>
+      <c r="M101" s="1" t="inlineStr">
+        <is>
+          <t>أستخدام المضخات الغاطسة لإنتاج النفط في حقل بازركان العراق </t>
+        </is>
+      </c>
+      <c r="N101" s="1"/>
+      <c r="O101" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="P101" s="1" t="inlineStr">
+        <is>
+          <t>كلية الهندسة</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>917</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>سيف علي قاسم عبدالزهره</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>saifali Al-musawi</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/8yn6qkcx7bsfdog.jpg</t>
+        </is>
+      </c>
+      <c r="E102" s="1" t="inlineStr">
+        <is>
+          <t>1994-12-24</t>
+        </is>
+      </c>
+      <c r="F102" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G102" s="1" t="inlineStr">
+        <is>
+          <t>009647760721920</t>
+        </is>
+      </c>
+      <c r="H102" s="1" t="inlineStr">
+        <is>
+          <t>saif.a.q@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I102" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J102" s="1" t="inlineStr">
+        <is>
+          <t>2024-12-15</t>
+        </is>
+      </c>
+      <c r="K102" s="1" t="inlineStr">
+        <is>
+          <t>هندسه النفط</t>
+        </is>
+      </c>
+      <c r="L102" s="1" t="inlineStr">
+        <is>
+          <t>هندسه انتاج النفط- تقنيات انتاج النفط المدعوم</t>
+        </is>
+      </c>
+      <c r="M102" s="1" t="inlineStr">
+        <is>
+          <t>تحسين أداء الآبار باستخدام خطوط الجريان مع مراعاة القيود الإنتاجية والتشغيلية</t>
+        </is>
+      </c>
+      <c r="N102" s="1"/>
+      <c r="O102" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="P102" s="1" t="inlineStr">
+        <is>
+          <t>كلية الهندسة</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>951</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>ابو الحسن علي محفوظ</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>Abo Al Hasan Ali Mahfood</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/pmhq_5d1awgx9y8.jpeg</t>
+        </is>
+      </c>
+      <c r="E103" s="1" t="inlineStr">
+        <is>
+          <t>1997-04-08</t>
+        </is>
+      </c>
+      <c r="F103" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G103" s="1" t="inlineStr">
+        <is>
+          <t>07748407774</t>
+        </is>
+      </c>
+      <c r="H103" s="1" t="inlineStr">
+        <is>
+          <t>alimmt6690@gmail.com</t>
+        </is>
+      </c>
+      <c r="I103" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J103" s="1" t="inlineStr">
+        <is>
+          <t>2024-12-17</t>
+        </is>
+      </c>
+      <c r="K103" s="1" t="inlineStr">
+        <is>
+          <t>تقنيات هندسة النفط والغاز</t>
+        </is>
+      </c>
+      <c r="L103" s="1" t="inlineStr">
+        <is>
+          <t>تقنيات هندسة الانتاج</t>
+        </is>
+      </c>
+      <c r="M103" s="1" t="inlineStr">
+        <is>
+          <t>تطبيق تقنيات البخار الحراري لتطوير حقول النفط ذات الزيوت عالية اللزوجة على حقل الكيارة (العراق)</t>
+        </is>
+      </c>
+      <c r="N103" s="1"/>
+      <c r="O103" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="P103" s="1" t="inlineStr">
+        <is>
+          <t>كلية الهندسة</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>1002</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>م.م رسل مهدي محمد</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>Rusul mahdi muhamad</t>
+        </is>
+      </c>
+      <c r="D104" s="1"/>
+      <c r="E104" s="1" t="inlineStr">
+        <is>
+          <t>1997-01-01</t>
+        </is>
+      </c>
+      <c r="F104" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G104" s="1" t="inlineStr">
+        <is>
+          <t>07740836345</t>
+        </is>
+      </c>
+      <c r="H104" s="1" t="inlineStr">
+        <is>
+          <t>rusulmehdi@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J104" s="1" t="inlineStr">
+        <is>
+          <t>2025-01-13</t>
+        </is>
+      </c>
+      <c r="K104" s="1" t="inlineStr">
+        <is>
+          <t>كلية التربية البدنية وعلوم الرياضة</t>
+        </is>
+      </c>
+      <c r="L104" s="1" t="inlineStr">
+        <is>
+          <t>طرائق التدريس /كرة قدم الصالات</t>
+        </is>
+      </c>
+      <c r="M104" s="1" t="inlineStr">
+        <is>
+          <t>تأثير منهج تعليمي وفق انموذج هانفن بك في التفكير المرن وتعليم بعض المهارات المركبة بكرة قدم الصالات للطالبات</t>
+        </is>
+      </c>
+      <c r="N104" s="1"/>
+      <c r="O104" s="1" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="P104" s="1" t="inlineStr">
+        <is>
+          <t>الرئاسة</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>928</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>زهراء صالح مهدي</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>zahraa salih mahdi</t>
+        </is>
+      </c>
+      <c r="D105" s="1"/>
+      <c r="E105" s="1" t="inlineStr">
+        <is>
+          <t>1987-05-02</t>
+        </is>
+      </c>
+      <c r="F105" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G105" s="1" t="inlineStr">
+        <is>
+          <t>07705766247</t>
+        </is>
+      </c>
+      <c r="H105" s="1" t="inlineStr">
+        <is>
+          <t>zahraa7saleh@gmail.com</t>
+        </is>
+      </c>
+      <c r="I105" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J105" s="1" t="inlineStr">
+        <is>
+          <t>2025-01-14</t>
+        </is>
+      </c>
+      <c r="K105" s="1" t="inlineStr">
+        <is>
+          <t>هندسة حاسبات</t>
+        </is>
+      </c>
+      <c r="L105" s="1" t="inlineStr">
+        <is>
+          <t>الذكاء الاصطناعي والربوتية</t>
+        </is>
+      </c>
+      <c r="M105" s="1" t="inlineStr">
+        <is>
+          <t>using data mining classification algorithms to predict students academic performance</t>
+        </is>
+      </c>
+      <c r="N105" s="1"/>
+      <c r="O105" s="1" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="P105" s="1" t="inlineStr">
+        <is>
+          <t>التربية الأساسية</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>919</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>ندى فاضل عباس </t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="D106" s="1"/>
+      <c r="E106" s="1" t="inlineStr">
+        <is>
+          <t>2025-03-05</t>
+        </is>
+      </c>
+      <c r="F106" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G106" s="1" t="inlineStr">
+        <is>
+          <t>07712411691</t>
+        </is>
+      </c>
+      <c r="H106" s="1" t="inlineStr">
+        <is>
+          <t>nadafadhil@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I106" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J106" s="1" t="inlineStr">
+        <is>
+          <t>2025-02-27</t>
+        </is>
+      </c>
+      <c r="K106" s="1" t="inlineStr">
+        <is>
+          <t>علوم الحياة </t>
+        </is>
+      </c>
+      <c r="L106" s="1" t="inlineStr">
+        <is>
+          <t>immunology </t>
+        </is>
+      </c>
+      <c r="M106" s="1"/>
+      <c r="N106" s="1"/>
+      <c r="O106" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="P106" s="1" t="inlineStr">
+        <is>
+          <t>كلية العلوم</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>1008</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>رقيه مجيد كريم </t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>Ruqaya Majeed Kareem</t>
+        </is>
+      </c>
+      <c r="D107" s="1"/>
+      <c r="E107" s="1" t="inlineStr">
+        <is>
+          <t>1998-11-10</t>
+        </is>
+      </c>
+      <c r="F107" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G107" s="1" t="inlineStr">
+        <is>
+          <t>07740790068</t>
+        </is>
+      </c>
+      <c r="H107" s="1" t="inlineStr">
+        <is>
+          <t>enghre.2203@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J107" s="1" t="inlineStr">
+        <is>
+          <t>2025-04-28</t>
+        </is>
+      </c>
+      <c r="K107" s="1" t="inlineStr">
+        <is>
+          <t>الهندسة الكهربائية</t>
+        </is>
+      </c>
+      <c r="L107" s="1" t="inlineStr">
+        <is>
+          <t>الهندسة الكهربائية</t>
+        </is>
+      </c>
+      <c r="M107" s="1" t="inlineStr">
+        <is>
+          <t>تحكم التدلي في الشبكات الصغيرة لتحسين الكفاءة والاستقرا ر</t>
+        </is>
+      </c>
+      <c r="N107" s="1"/>
+      <c r="O107" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="P107" s="1" t="inlineStr">
+        <is>
+          <t>كلية الهندسة</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>1016</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>حيدر رحيم معيبد</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>HAYDER RAHEEM MA&amp;#39;EBID</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/nsv3roa8c5my2ej.jpg</t>
+        </is>
+      </c>
+      <c r="E108" s="1" t="inlineStr">
+        <is>
+          <t>1986-01-02</t>
+        </is>
+      </c>
+      <c r="F108" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G108" s="1" t="inlineStr">
+        <is>
+          <t>07707000325</t>
+        </is>
+      </c>
+      <c r="H108" s="1" t="inlineStr">
+        <is>
+          <t>haydrr500@gmail.com</t>
+        </is>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J108" s="1" t="inlineStr">
+        <is>
+          <t>2025-07-29</t>
+        </is>
+      </c>
+      <c r="K108" s="1" t="inlineStr">
+        <is>
+          <t>الهندسة الميكانيكية</t>
+        </is>
+      </c>
+      <c r="L108" s="1" t="inlineStr">
+        <is>
+          <t>الهنسة الميكانيكية</t>
+        </is>
+      </c>
+      <c r="M108" s="1" t="inlineStr">
+        <is>
+          <t>دراسة  تاثير نوع القدم الاصطناعي على الاهتزازات والاجهادات المسلطة على الطرف الاصطناعي لبتر تحت الركبة </t>
+        </is>
+      </c>
+      <c r="N108" s="1"/>
+      <c r="O108" s="1" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="P108" s="1" t="inlineStr">
+        <is>
+          <t>كلية الهندسة</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>995</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>منى محمد موسى</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>muna mohammed</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/dpquywf4zcmok7x.png</t>
+        </is>
+      </c>
+      <c r="E109" s="1" t="inlineStr">
+        <is>
+          <t>1989-12-21</t>
+        </is>
+      </c>
+      <c r="F109" s="1" t="inlineStr">
+        <is>
+          <t>Female</t>
+        </is>
+      </c>
+      <c r="G109" s="1" t="inlineStr">
+        <is>
+          <t>٠٧٧١٢٤٠١٤٨١</t>
+        </is>
+      </c>
+      <c r="H109" s="1" t="inlineStr">
+        <is>
+          <t>muna.mohammed@uomisan.edu.iq</t>
+        </is>
+      </c>
+      <c r="I109" s="1" t="inlineStr">
+        <is>
+          <t>مدرس مساعد</t>
+        </is>
+      </c>
+      <c r="J109" s="1" t="inlineStr">
+        <is>
+          <t>2025-09-22</t>
+        </is>
+      </c>
+      <c r="K109" s="1" t="inlineStr">
+        <is>
+          <t>جغرافية</t>
+        </is>
+      </c>
+      <c r="L109" s="1" t="inlineStr">
+        <is>
+          <t>جغرافية طبيعية</t>
+        </is>
+      </c>
+      <c r="M109" s="1"/>
+      <c r="N109" s="1"/>
+      <c r="O109" s="1" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="P109" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">