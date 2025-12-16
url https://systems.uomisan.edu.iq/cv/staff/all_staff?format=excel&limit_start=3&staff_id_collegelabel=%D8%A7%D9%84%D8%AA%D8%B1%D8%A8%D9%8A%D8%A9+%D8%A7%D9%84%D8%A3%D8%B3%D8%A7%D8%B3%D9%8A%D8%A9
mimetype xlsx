--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -207,16073 +207,16049 @@
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>id_college</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>colleges_college</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>289</t>
+          <t>969</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>عمار </t>
+          <t>فرح مجبل الجابري </t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t> Ammar</t>
-[...6 lines deleted...]
-      </c>
+          <t>Farah Mejbel Al Jaberi</t>
+        </is>
+      </c>
+      <c r="D2" s="1"/>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>1973-01-01</t>
+          <t>1980-10-10</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>07703114753</t>
+          <t>07705561502</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>ammar@uomisan.edu.iq</t>
+          <t>farah.m.biochem@gmail.com</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
-          <t>2019-03-03</t>
+          <t>2018-12-19</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
-          <t>اللغات - اللغة العبرية </t>
+          <t>علوم كيمياء </t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
-          <t>لغة عبرية</t>
-[...11 lines deleted...]
-      </c>
+          <t>كيمياء صيدلانية </t>
+        </is>
+      </c>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
       <c r="O2" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P2" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>493</t>
+          <t>540</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>أسامة ناصر والي</t>
+          <t>شهاب احمد نعمه </t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Osamah Nassir Wali</t>
+          <t>Shihab Ahmed Nima</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/muh3png4oyrz9fq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8gnxmrawpo9k_q3.jpg</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>1974-07-20</t>
+          <t>1987-01-21</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>07701061852</t>
+          <t>07705720414</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>os74nass@uomisan.edu.iq</t>
+          <t>SHiHuB.S@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
-          <t>2019-03-03</t>
+          <t>2018-12-19</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
-          <t>الطب البيطري</t>
+          <t>تربية بدنية </t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>التشريح والانسجه</t>
+          <t>فسلجة تدريب / كرة السلة </t>
         </is>
       </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنه شكليه نسيجيه ما بين النسل الخفيف والثقيل </t>
-[...2 lines deleted...]
-      <c r="N3" s="1"/>
+          <t>تمرينات بدنية متزايدة الشدة لتطوير بعض القدرات البدنية وتأثيرها في تأخير MLSS  ودقة التصويب المحسوب بالبرنامج الاحصائي بكرة السلة للمتقدمين</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>تمرينات تحمل الاداء بأستخدام جهاز مقترح وفق مناطق التصويب لتطوير بعض القدرات الوظيفية والبدنية ودقة التصويب بالقفز للاعبي الدوري الممتاز بكرة السلة</t>
+        </is>
+      </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P3" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>332</t>
+          <t>492</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>اسماء سلام خليل </t>
+          <t>سعد صبري شامخ علي </t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>aismaa salam khalil</t>
+          <t>Saad Sabri Shamkh Ali </t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zo4fyj3b85iwcv6.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lst2vf14rgpnix_.jpg</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>1981-12-29</t>
+          <t>1981-09-23</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>07712528858</t>
+          <t>07710899898</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>asmaa_aljbirii@uomisan.ud.iq</t>
+          <t>saadsabri@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>2019-03-14</t>
+          <t>2019-01-08</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
-          <t>دكتوراه فلسفة طرائق تدريس اللغة العربية </t>
+          <t>علوم في التمريض </t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية </t>
+          <t>تمريض صحه المجتمع </t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>أثر التدريس لمهارات التفكير الإلكتروني في تحصيل طالبات الصف الخامس الأدبي </t>
-[...6 lines deleted...]
-      </c>
+          <t>Quality of life for patients with tuberculosis who undergo directly observed treatment short-course (DOTS) Strategy in Al-Amara City </t>
+        </is>
+      </c>
+      <c r="N4" s="1"/>
       <c r="O4" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P4" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>633</t>
+          <t>20</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>هند نعيم حوشي</t>
+          <t>وفاء حسين جبر </t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Hind Naeem Hoshi</t>
+          <t>Wafaa Hussein Jabr</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/s2w8avlfhxpnq50.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qz5y2nwhjic0x4a.jpg</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>1989-01-03</t>
+          <t>1986-02-20</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>07806398092</t>
+          <t>7705543350</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>hind@uomisan.edu.iq</t>
+          <t>wafaaaltimimi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>2019-04-17</t>
+          <t>2019-01-17</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>ادارة التسويق</t>
+          <t>طرائق تدريس اللغة الانكليزية كلغة اجنبية </t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>الاظهار المادي للخدمة الصحية وتأثيره في جذب الزبون</t>
-[...2 lines deleted...]
-      <c r="N5" s="1"/>
+          <t>Eradication of Mute English Phenomenon Inside Iraqi EFL College Classrooms</t>
+        </is>
+      </c>
+      <c r="N5" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P5" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>283</t>
+          <t>964</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>شيماء جاسم محمد</t>
+          <t>مصطفى محسن غيثان</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Shaimaa Jasim Mohammed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mostfa Mohsin Albdair</t>
+        </is>
+      </c>
+      <c r="D6" s="1"/>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>1978-02-20</t>
+          <t>1974-01-01</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>07705570386</t>
+          <t>07866431188</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>shaymajasim3@gmail.com</t>
+          <t>mostfa.albdair@gmail.com</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>2019-04-29</t>
+          <t>2019-02-03</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
-[...6 lines deleted...]
-      </c>
+          <t>شبكات</t>
+        </is>
+      </c>
+      <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P6" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>656</t>
+          <t>516</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>ريم صباح محمد </t>
+          <t>علي حميد مؤمن</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Reem Sabah Mohammad</t>
+          <t>ali hamid moamen</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kz_amnjd3l6hof5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u8sjwqafp02y369.jpg</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>1984-08-09</t>
+          <t>1981-02-12</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>009647722996334</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>reem-sabah@uomisan.edu.iq</t>
+          <t>ahm.ac@yahoo.cim</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>2019-05-19</t>
+          <t>2019-02-13</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
-          <t>هندسة </t>
+          <t>هندسة المكائن والمواد</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>ادارة هندسية</t>
+          <t>ali@hm2021</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>A Study on Mechanical, Thermal and Morphological Properties of Natural Fibre/Epoxy Composite</t>
+          <t>تنصيع ودراسة اداء جهاز تكييف منفصل ذي منظومة امتصاصية</t>
         </is>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P7" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>595</t>
+          <t>229</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>علي حسن علي </t>
+          <t>علاء كاظم ربع</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Ali hassan ali</t>
+          <t>Alaa kadhim Rupa</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1gjfdsmbcn47qyx.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/r7clkdz2quavnx4.jpg</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>1972-12-11</t>
+          <t>1983-01-23</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>07735073000</t>
+          <t>07719933991</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>alihasan@uomisan.edu.iq</t>
+          <t>alaa.kadhim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>2019-05-22</t>
+          <t>2019-02-20</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>اللغة العربية / أدب</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
-          <t>علم النفس</t>
+          <t>أدب ونقد حديث</t>
         </is>
       </c>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>علاقة بعض المتغيرات البيوكينماتيكية بدقة الضربة الساحقة بالرئاسة الطائرة</t>
-[...6 lines deleted...]
-      </c>
+          <t> 2017-2011المقموع في روايات الربيع العربي</t>
+        </is>
+      </c>
+      <c r="N8" s="1"/>
       <c r="O8" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P8" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>627</t>
+          <t>289</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار اتويه </t>
+          <t>عمار </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>mohammad jabbar atuwaih </t>
+          <t> Ammar</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tsyni4b8ezvjqor.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e1lb9ycaotxkusv.jpg</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>1976-06-15</t>
+          <t>1973-01-01</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>07716871525</t>
+          <t>07703114753</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>moh2013@umisan.idu.iq</t>
+          <t>ammar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
-          <t>2019-05-26</t>
+          <t>2019-03-03</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>قانون عام </t>
+          <t>اللغات - اللغة العبرية </t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
-          <t>قانون جنائي</t>
+          <t>لغة عبرية</t>
         </is>
       </c>
       <c r="M9" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية الدولية عن التلوث البيئي في العراق</t>
+          <t>البعد الرمزي في شعر حاييم نحمان بياليق </t>
         </is>
       </c>
       <c r="N9" s="1" t="inlineStr">
         <is>
-          <t>فلسفة العدالة في القانون الجنائي العراقي</t>
+          <t>التجليات النفسية في شخصيات &amp;#34;تشحلة وحزقيل&amp;#34;للكاتب الاسرائيلي &amp;#34; الموج بيهار &amp;#34; ((دراسة نقدية )</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P9" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>674</t>
+          <t>493</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>فادية عبود رمضان وفي</t>
+          <t>أسامة ناصر والي</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Fadia Abboud Ramadhan </t>
+          <t>Osamah Nassir Wali</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/rtg06_qv21ifuw9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/muh3png4oyrz9fq.jpg</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>1973-08-05</t>
+          <t>1974-07-20</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>07706928960</t>
+          <t>07701061852</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>fadi.abboud@uomisan.edu.iq</t>
+          <t>os74nass@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
-          <t>2019-06-02</t>
+          <t>2019-03-03</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية ونفسية</t>
+          <t>الطب البيطري</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
-          <t>علم النفس التربوي</t>
+          <t>التشريح والانسجه</t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>اسلوب المعرفي (تصلب المرونة)وعلاقته بتشكل هوية الأنا لدى طلبة الجامعة</t>
+          <t>دراسة مقارنه شكليه نسيجيه ما بين النسل الخفيف والثقيل </t>
         </is>
       </c>
       <c r="N10" s="1"/>
       <c r="O10" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P10" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>562</t>
+          <t>332</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>احمد مهدي شلش</t>
+          <t>اسماء سلام خليل </t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Ahmed mahdi shalash</t>
+          <t>aismaa salam khalil</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/la_615xtjn3zwsh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zo4fyj3b85iwcv6.jpg</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>2022-02-20</t>
+          <t>1981-12-29</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>07710880858</t>
+          <t>07712528858</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>ahmed.m.sh@uomisan.edu.iq</t>
+          <t>asmaa_aljbirii@uomisan.ud.iq</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>2019-06-16</t>
+          <t>2019-03-14</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>دكتوراه فلسفة طرائق تدريس اللغة العربية </t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>علاج وتأهيل</t>
+          <t>طرائق تدريس اللغة العربية </t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
-          <t>تاثير التغذية المراجعة اللفظية والمكتبة في تعلم بعض مهارات المهارات الجمناستك الغني على بساط الحركات الارضية</t>
+          <t>أثر التدريس لمهارات التفكير الإلكتروني في تحصيل طالبات الصف الخامس الأدبي </t>
         </is>
       </c>
       <c r="N11" s="1" t="inlineStr">
         <is>
-          <t>تاثير العلاج بالليزر وبعض الوساىل العلاجية المصاحبة للتمرينات التاهيلية في ابوية العضلات العاملة وتحسسين المدى الحركي</t>
+          <t>فاعلية برنامج قائم على التحليل البلاغي في تنمية مهارمعارات القراءة الناقد والكتابة الإبداعية لدى طلبة قسم اللغة العربية كلية التربية الاساسية</t>
         </is>
       </c>
       <c r="O11" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P11" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>554</t>
+          <t>633</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>إحسان علي ثابت فؤاد </t>
+          <t>هند نعيم حوشي</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Ihsan Ali Thabit </t>
+          <t>Hind Naeem Hoshi</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ia9pb3g_027oe4s.jpg</t>
+          <t>uploads/photos/s2w8avlfhxpnq50.jpg</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>1984-11-25</t>
+          <t>1989-01-03</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>07721651780</t>
+          <t>07806398092</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>dr.ihsan@uomisan.edu.iq</t>
+          <t>hind@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
-          <t>2019-06-20</t>
+          <t>2019-04-17</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>فلسفة التربية البدنية وعلوم الرياضة</t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
-          <t>التعلم الحركي / المصارعة</t>
+          <t>ادارة التسويق</t>
         </is>
       </c>
       <c r="M12" s="1" t="inlineStr">
         <is>
-          <t>برنامج مقترح لتنمية تقدير المسافة والزمن والقوة وتأثيرة على بعض متغيرات الادراك الحس_حركي وبعض المهارات الاساسية بالتنس الارضي</t>
-[...6 lines deleted...]
-      </c>
+          <t>الاظهار المادي للخدمة الصحية وتأثيره في جذب الزبون</t>
+        </is>
+      </c>
+      <c r="N12" s="1"/>
       <c r="O12" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P12" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>482</t>
+          <t>283</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>احمد شهاب احمد</t>
+          <t>شيماء جاسم محمد</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Ahmed shehab ahmed</t>
+          <t>Shaimaa Jasim Mohammed</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6cge379bwn2r05x.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2jyvz8hgmlfcne6.jpg</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>1986-02-01</t>
+          <t>1978-02-20</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>07705548800</t>
+          <t>07705570386</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>ahmedshihab@uomisan.edu.iq</t>
+          <t>shaymajasim3@gmail.com</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>2019-07-01</t>
+          <t>2019-04-29</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>تقانات الليزر </t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
-          <t>laser material interaction</t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>Fabrication and characterization of porous silicon for UV detection</t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر استراتيجية (استمع – اقرأ – ناقش) في التحصيل والاستبقاء والاتجاه نحو الخيال العلمي في مادة الحرارة والثرموداينمك لدى طلبة المرحلة الثانية كلية التربية الاساسية </t>
+        </is>
+      </c>
+      <c r="N13" s="1"/>
       <c r="O13" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P13" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>137</t>
+          <t>656</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>رائد صياد علي </t>
+          <t>ريم صباح محمد </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Raid saiad ali</t>
+          <t>Reem Sabah Mohammad</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n_ph1qe2lx8ojmi.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kz_amnjd3l6hof5.jpg</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>1982-10-31</t>
+          <t>1984-08-09</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٨٥٠٠٣٤٠</t>
+          <t>009647722996334</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>raid_saiadali@uomisan.edu.iq</t>
+          <t>reem-sabah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
-          <t>2019-08-16</t>
+          <t>2019-05-19</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد </t>
+          <t>هندسة </t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t>اقتصاديات النفط والطاقة </t>
+          <t>ادارة هندسية</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>تطوير الطاقة المتجددة</t>
-[...6 lines deleted...]
-      </c>
+          <t>A Study on Mechanical, Thermal and Morphological Properties of Natural Fibre/Epoxy Composite</t>
+        </is>
+      </c>
+      <c r="N14" s="1"/>
       <c r="O14" s="1" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="P14" s="1" t="inlineStr">
         <is>
           <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>143</t>
+          <t>595</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>زينب خليل هاشم</t>
+          <t>علي حسن علي </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Zainab Khalil Hashem</t>
+          <t>Ali hassan ali</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nabj05fdu4mhsoe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1gjfdsmbcn47qyx.jpg</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>1973-08-08</t>
+          <t>1972-12-11</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٣١٣٤٥٨٩٧</t>
+          <t>07735073000</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>Zainbkhalilhashim@gmail.com</t>
+          <t>alihasan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
-          <t>2019-08-29</t>
+          <t>2019-05-22</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>مالية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
-          <t>ادارة تأمين</t>
+          <t>علم النفس</t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>المطالبات التعويضية في محفظة التأمين الالزامي</t>
-[...2 lines deleted...]
-      <c r="N15" s="1"/>
+          <t>علاقة بعض المتغيرات البيوكينماتيكية بدقة الضربة الساحقة بالرئاسة الطائرة</t>
+        </is>
+      </c>
+      <c r="N15" s="1" t="inlineStr">
+        <is>
+          <t>مهاري للاعبي الملاكمة المتقدمينفاعلية البرمجة اللغوية العصبية بالاقتصاد النفسي والأداء البدني وال</t>
+        </is>
+      </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P15" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>217</t>
+          <t>627</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>حسن منصور محمد </t>
+          <t>محمد جبار اتويه </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Hassan Mansour Mohammad</t>
+          <t>mohammad jabbar atuwaih </t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qjoagctl041pn83.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tsyni4b8ezvjqor.jpg</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>1969-07-01</t>
+          <t>1976-06-15</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>07705517124</t>
+          <t>07716871525</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>hassan_mansour@uomisan.edu.iq</t>
+          <t>moh2013@umisan.idu.iq</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>2019-09-04</t>
+          <t>2019-05-26</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>الأدب العربي</t>
+          <t>قانون عام </t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
-          <t>الأدب الأندلسي</t>
+          <t>قانون جنائي</t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>الآخر في الشعر الأندلسي ابن حزم انموذجا</t>
+          <t>المسؤولية الدولية عن التلوث البيئي في العراق</t>
         </is>
       </c>
       <c r="N16" s="1" t="inlineStr">
         <is>
-          <t>الهوية الثقافية في كتاب الذخيرة في محاسن أهل الجزيرة لابن بسام الشنتريني</t>
+          <t>فلسفة العدالة في القانون الجنائي العراقي</t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P16" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>178</t>
+          <t>674</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>احمد سعدون </t>
+          <t>فادية عبود رمضان وفي</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Sadoun  </t>
+          <t>Fadia Abboud Ramadhan </t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nel132fm80giryh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/rtg06_qv21ifuw9.jpg</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>1982-09-02</t>
+          <t>1973-08-05</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07706928960</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>ahmed.saadoun@uomisan.edu.iq</t>
+          <t>fadi.abboud@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>2019-09-05</t>
+          <t>2019-06-02</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>علوم تربوية ونفسية</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
-          <t>هندسة وراثية</t>
+          <t>علم النفس التربوي</t>
         </is>
       </c>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>اسلوب المعرفي (تصلب المرونة)وعلاقته بتشكل هوية الأنا لدى طلبة الجامعة</t>
+        </is>
+      </c>
+      <c r="N17" s="1"/>
       <c r="O17" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P17" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>613</t>
+          <t>562</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>نجم عبدالزهرة حمود خضير </t>
+          <t>احمد مهدي شلش</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Najm Abdulzhra hmmood </t>
+          <t>Ahmed mahdi shalash</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/slrtho4vu81d5xp.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/la_615xtjn3zwsh.jpg</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>1961-10-02</t>
+          <t>2022-02-20</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>07712520126</t>
+          <t>07710880858</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>najm.a.h@uomisan.edu.iq</t>
+          <t>ahmed.m.sh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>2019-09-13</t>
+          <t>2019-06-16</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>الادب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
-          <t>النقد الادبي </t>
+          <t>علاج وتأهيل</t>
         </is>
       </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني في القصص القرآني </t>
+          <t>تاثير التغذية المراجعة اللفظية والمكتبة في تعلم بعض مهارات المهارات الجمناستك الغني على بساط الحركات الارضية</t>
         </is>
       </c>
       <c r="N18" s="1" t="inlineStr">
         <is>
-          <t>الاتجاه الثقافي في النقد الروائي العربي بحث في الاجراء النقدي</t>
+          <t>تاثير العلاج بالليزر وبعض الوساىل العلاجية المصاحبة للتمرينات التاهيلية في ابوية العضلات العاملة وتحسسين المدى الحركي</t>
         </is>
       </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P18" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>255</t>
+          <t>554</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>علي خالد عبد الله</t>
+          <t>إحسان علي ثابت فؤاد </t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>Ali Khaled Abdullah</t>
+          <t>Ihsan Ali Thabit </t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q4blmgs6jcrux5k.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ia9pb3g_027oe4s.jpg</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>1983-10-01</t>
+          <t>1984-11-25</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>+964 770 725 7954</t>
+          <t>07721651780</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>ali.khalid@gmail.com</t>
+          <t>dr.ihsan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>2019-10-01</t>
+          <t>2019-06-20</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>علوم اقتصادية</t>
+          <t>فلسفة التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>السياسة المالية</t>
+          <t>التعلم الحركي / المصارعة</t>
         </is>
       </c>
       <c r="M19" s="1" t="inlineStr">
         <is>
-          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
+          <t>برنامج مقترح لتنمية تقدير المسافة والزمن والقوة وتأثيرة على بعض متغيرات الادراك الحس_حركي وبعض المهارات الاساسية بالتنس الارضي</t>
         </is>
       </c>
       <c r="N19" s="1" t="inlineStr">
         <is>
-          <t>نموذج مقترح لدور المراجع الخارجي في الكشف والتقرير عن ممارسات إدارة الأرباح باستخدام الشبكات العصبية الإصطناعية وانعكاسه على قرارات المستفيدين - دراسة تطبيقية </t>
+          <t>تاثير تمرينات خاصة في بعض المظاهر الحركية وتعلم مسكات الرمي بالمصارعة الحرة للشباب (١٨ - ٢٠) سنة</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P19" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>508</t>
+          <t>482</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>مظهر عبد الجبار حسن</t>
+          <t>احمد شهاب احمد</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Mudher abd uljabbar hasan</t>
+          <t>Ahmed shehab ahmed</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zkfs0vbu8omrtgq.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6cge379bwn2r05x.jpg</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>1968-07-01</t>
+          <t>1986-02-01</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>07733532237</t>
+          <t>07705548800</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>mudher68irri@yahoo.com</t>
+          <t>ahmedshihab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>2019-10-04</t>
+          <t>2019-07-01</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>تقانات الليزر </t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
-          <t>التبلوجيا الجبرية</t>
+          <t>laser material interaction</t>
         </is>
       </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>Enveloping Semigroup in topo;ogical dginmics</t>
+          <t>Fabrication and characterization of porous silicon for UV detection</t>
         </is>
       </c>
       <c r="N20" s="1" t="inlineStr">
         <is>
-          <t>Dymenical system Cocycles and chomology of action grouppoid</t>
+          <t>Non-linear phenomena of q-Gaussian laser beam interaction with plasmas</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P20" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>592</t>
+          <t>137</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>وجدان سعيد جهاد </t>
+          <t>رائد صياد علي </t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Wajdan sawed </t>
+          <t>Raid saiad ali</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/avuj0czix7e9d1n.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n_ph1qe2lx8ojmi.jpeg</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>1976-12-09</t>
+          <t>1982-10-31</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>0771 427 4659‬</t>
+          <t>٠٧٧١٨٥٠٠٣٤٠</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>wajdan@uomisan.edu.iq</t>
+          <t>raid_saiadali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>2019-10-06</t>
+          <t>2019-08-16</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>تربيه رياضيه </t>
+          <t>الاقتصاد </t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
-          <t>تدريب جمناستك  اجهزه </t>
+          <t>اقتصاديات النفط والطاقة </t>
         </is>
       </c>
       <c r="M21" s="1" t="inlineStr">
         <is>
-          <t>تاثير استخدام البرنامج التعليمي الخبير في تعلم مهارتي الارسال والابعاد في الريشه الطائره</t>
+          <t>تطوير الطاقة المتجددة</t>
         </is>
       </c>
       <c r="N21" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات باستعمال الاسطوانات الإسفنجية في مطاطيه العضلات العامله والمدى الحركي الاداء بعض المهارات علي جهاز بساط الحركات الأرضية في الجمنا ستك الفني للنساء)</t>
+          <t>تطوير تكنولوجيا الطاقة المتجددة وتاثيرها في مستقبل سوق الطاقة التقليدية الطاقة التقليدية في ظل امكانية التوازن المستدام</t>
         </is>
       </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P21" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>326</t>
+          <t>143</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>وئام عبد العادل وحيد محمد </t>
+          <t>زينب خليل هاشم</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Weam Abduladil Waheed</t>
+          <t>Zainab Khalil Hashem</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/lmrnx9wf0j18u2s.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nabj05fdu4mhsoe.jpg</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>1977-05-22</t>
+          <t>1973-08-08</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>07722296521</t>
+          <t>٠٧٧٣١٣٤٥٨٩٧</t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>wayamabdel@uomisan.edu.iq</t>
+          <t>Zainbkhalilhashim@gmail.com</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
-          <t>2019-10-10</t>
+          <t>2019-08-29</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية</t>
+          <t>مالية</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية</t>
+          <t>ادارة تأمين</t>
         </is>
       </c>
       <c r="M22" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية (R-E-A-P) في الفهم القرائي لدى طالبات الصف الثاني المتوسط</t>
-[...6 lines deleted...]
-      </c>
+          <t>المطالبات التعويضية في محفظة التأمين الالزامي</t>
+        </is>
+      </c>
+      <c r="N22" s="1"/>
       <c r="O22" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P22" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>343</t>
+          <t>217</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>زينب جمعه حنون</t>
+          <t>حسن منصور محمد </t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>zainab jumaah hanun</t>
+          <t>Hassan Mansour Mohammad</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jwcmrutqs7gn2dy.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qjoagctl041pn83.jpeg</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>1976-10-28</t>
+          <t>1969-07-01</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٢٣٣٦٨٨١٦</t>
+          <t>07705517124</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>zainabjuma@uomisan.edu.iq</t>
+          <t>hassan_mansour@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
-          <t>2019-10-17</t>
+          <t>2019-09-04</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>لغه عربيه</t>
+          <t>الأدب العربي</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
-          <t>ط.ت</t>
+          <t>الأدب الأندلسي</t>
         </is>
       </c>
       <c r="M23" s="1" t="inlineStr">
         <is>
-          <t>اثر فاعلية سلم المفهوم في الأداء التعببري لدى طالبات الصف الخامس الاعدادي</t>
-[...2 lines deleted...]
-      <c r="N23" s="1"/>
+          <t>الآخر في الشعر الأندلسي ابن حزم انموذجا</t>
+        </is>
+      </c>
+      <c r="N23" s="1" t="inlineStr">
+        <is>
+          <t>الهوية الثقافية في كتاب الذخيرة في محاسن أهل الجزيرة لابن بسام الشنتريني</t>
+        </is>
+      </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P23" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>268</t>
+          <t>178</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>عماد جاسم محمد </t>
+          <t>احمد سعدون </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Imad Jasim Mohammed </t>
+          <t>Ahmed Sadoun  </t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qwcv5f2_x68yont.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nel132fm80giryh.jpg</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>2021-05-20</t>
+          <t>1982-09-02</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>07703200591</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>imadalmajdi@gmail.com</t>
+          <t>ahmed.saadoun@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
-          <t>2019-10-18</t>
+          <t>2019-09-05</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>اللغه الانكليزيه </t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
-          <t>الترجمه</t>
+          <t>هندسة وراثية</t>
         </is>
       </c>
       <c r="M24" s="1" t="inlineStr">
         <is>
-          <t>لاتوجد</t>
+          <t>.</t>
         </is>
       </c>
       <c r="N24" s="1" t="inlineStr">
         <is>
-          <t>لاتوجد</t>
+          <t>.</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P24" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>375</t>
+          <t>613</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>احمد محمد فهد</t>
+          <t>نجم عبدالزهرة حمود خضير </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Mohamed Fahd</t>
+          <t>Najm Abdulzhra hmmood </t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9fqntluzgp36ie5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/slrtho4vu81d5xp.jpg</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>1982-10-11</t>
+          <t>1961-10-02</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07712520126</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
-          <t>ahmed.mohamed@uomisan.edu.iq</t>
+          <t>najm.a.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
-          <t>2019-10-28</t>
+          <t>2019-09-13</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>General linguistics </t>
+          <t>الادب</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
-          <t>English linguistics </t>
+          <t>النقد الادبي </t>
         </is>
       </c>
       <c r="M25" s="1" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="N25" s="1"/>
+          <t>البناء الفني في القصص القرآني </t>
+        </is>
+      </c>
+      <c r="N25" s="1" t="inlineStr">
+        <is>
+          <t>الاتجاه الثقافي في النقد الروائي العربي بحث في الاجراء النقدي</t>
+        </is>
+      </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P25" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>446</t>
+          <t>255</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>حسن سلام</t>
+          <t>علي خالد عبد الله</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>Hasan Salam</t>
+          <t>Ali Khaled Abdullah</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uhtxbqzg5w6skp4.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q4blmgs6jcrux5k.jpg</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>1980-02-02</t>
+          <t>1983-10-01</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>0777777777</t>
+          <t>+964 770 725 7954</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>hasan.salam@uom.edu.iq</t>
+          <t>ali.khalid@gmail.com</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
-          <t>2019-11-10</t>
+          <t>2019-10-01</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>Vet. Medicine</t>
+          <t>علوم اقتصادية</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
-          <t>Vet. Medicine</t>
+          <t>السياسة المالية</t>
         </is>
       </c>
       <c r="M26" s="1" t="inlineStr">
         <is>
-          <t>Biological Sciences</t>
-[...2 lines deleted...]
-      <c r="N26" s="1"/>
+          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
+        </is>
+      </c>
+      <c r="N26" s="1" t="inlineStr">
+        <is>
+          <t>نموذج مقترح لدور المراجع الخارجي في الكشف والتقرير عن ممارسات إدارة الأرباح باستخدام الشبكات العصبية الإصطناعية وانعكاسه على قرارات المستفيدين - دراسة تطبيقية </t>
+        </is>
+      </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P26" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>508</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>رغد شاكر دعير </t>
+          <t>مظهر عبد الجبار حسن</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Raghad Shaker Daeir</t>
+          <t>Mudher abd uljabbar hasan</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/jla70xzp1hv4oy_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zkfs0vbu8omrtgq.png</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>1981-01-25</t>
+          <t>1968-07-01</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>07723682311</t>
+          <t>07733532237</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>raghad_shakir2000@yahoo.com</t>
+          <t>mudher68irri@yahoo.com</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
-          <t>2019-11-11</t>
+          <t>2019-10-04</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
-          <t>الادب الانكليزي/شعر</t>
+          <t>التبلوجيا الجبرية</t>
         </is>
       </c>
       <c r="M27" s="1" t="inlineStr">
         <is>
-          <t>Carl Sandburg: the singing voice of the American people </t>
+          <t>Enveloping Semigroup in topo;ogical dginmics</t>
         </is>
       </c>
       <c r="N27" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Dymenical system Cocycles and chomology of action grouppoid</t>
         </is>
       </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P27" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>261</t>
+          <t>592</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>ليث كاظم عبودي</t>
+          <t>وجدان سعيد جهاد </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Laith Kadhim Abody</t>
+          <t>Wajdan sawed </t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1n9hfcwe4raxs_3.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/avuj0czix7e9d1n.jpeg</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>1982-08-19</t>
+          <t>1976-12-09</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>07711999932</t>
+          <t>0771 427 4659‬</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>laith_kadhum@uomisan.edu.iq</t>
+          <t>wajdan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
-          <t>2019-11-15</t>
+          <t>2019-10-06</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>تربيه رياضيه </t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
+          <t>تدريب جمناستك  اجهزه </t>
         </is>
       </c>
       <c r="M28" s="1" t="inlineStr">
         <is>
-          <t>السياسة الجنائية في مكافحة الارهاب بالقانون العراقي والقانون المقارن</t>
-[...2 lines deleted...]
-      <c r="N28" s="1"/>
+          <t>تاثير استخدام البرنامج التعليمي الخبير في تعلم مهارتي الارسال والابعاد في الريشه الطائره</t>
+        </is>
+      </c>
+      <c r="N28" s="1" t="inlineStr">
+        <is>
+          <t>تأثير تمرينات باستعمال الاسطوانات الإسفنجية في مطاطيه العضلات العامله والمدى الحركي الاداء بعض المهارات علي جهاز بساط الحركات الأرضية في الجمنا ستك الفني للنساء)</t>
+        </is>
+      </c>
       <c r="O28" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P28" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>768</t>
+          <t>326</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>نادية مهدي محمد</t>
+          <t>وئام عبد العادل وحيد محمد </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>Nadia mahdi Mohammed </t>
+          <t>Weam Abduladil Waheed</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/6iqdznrv1pg5khm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/lmrnx9wf0j18u2s.jpeg</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>1990-10-17</t>
+          <t>1977-05-22</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>07718781277</t>
+          <t>07722296521</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>nadiam@uomisan.edu.iq</t>
+          <t>wayamabdel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
-          <t>2019-12-03</t>
+          <t>2019-10-10</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t> كلية التربية البدنية وعلوم الرياضة</t>
+          <t>طرائق تدريس اللغة العربية</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
-          <t>التعلم الحركي_ كرة اليد</t>
+          <t>طرائق تدريس اللغة العربية</t>
         </is>
       </c>
       <c r="M29" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات مركبة وفق الأسلوب الموزع في تطوير الاصور الحركي وسرعة الاستجابة الحركية لبعض المهارات الدفاعية الفردية بكرة اليد للناشئينزع</t>
-[...2 lines deleted...]
-      <c r="N29" s="1"/>
+          <t>أثر استراتيجية (R-E-A-P) في الفهم القرائي لدى طالبات الصف الثاني المتوسط</t>
+        </is>
+      </c>
+      <c r="N29" s="1" t="inlineStr">
+        <is>
+          <t>بناء وحدات تعليمية على وفق نظرية التعلم ذو المعنى وفاعليتها في تحصيل مادة القراءة للمبتدئين عند طلبة كليات التربية الاساسية </t>
+        </is>
+      </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P29" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>343</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>مكي قاسم كعيبر بازاغا </t>
+          <t>زينب جمعه حنون</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>Makki ghasim kuibr</t>
+          <t>zainab jumaah hanun</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l854iy_16pexhdq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jwcmrutqs7gn2dy.jpg</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>2015-03-14</t>
+          <t>1976-10-28</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>07706910915</t>
+          <t>٠٧٧٢٣٣٦٨٨١٦</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>maki_qasim@yahoo.com</t>
+          <t>zainabjuma@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
-          <t>2019-12-15</t>
+          <t>2019-10-17</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>لغه عربيه</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
-          <t>محاسبة قانونية</t>
+          <t>ط.ت</t>
         </is>
       </c>
       <c r="M30" s="1" t="inlineStr">
         <is>
-          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر فاعلية سلم المفهوم في الأداء التعببري لدى طالبات الصف الخامس الاعدادي</t>
+        </is>
+      </c>
+      <c r="N30" s="1"/>
       <c r="O30" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P30" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>268</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>احمد حسن موسى </t>
+          <t>عماد جاسم محمد </t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hassan Musa</t>
+          <t>Imad Jasim Mohammed </t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sc2fxgo5hr1zdlu.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qwcv5f2_x68yont.jpg</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>1989-01-28</t>
+          <t>2021-05-20</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>07700114496</t>
+          <t>07703200591</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>ahmed.hassan@uomisan.edu.iq</t>
+          <t>imadalmajdi@gmail.com</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
-          <t>2019-12-26</t>
+          <t>2019-10-18</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>اللغه الانكليزيه </t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
-          <t>النقد الأدبي</t>
+          <t>الترجمه</t>
         </is>
       </c>
       <c r="M31" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
+          <t>لاتوجد</t>
         </is>
       </c>
       <c r="N31" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>لاتوجد</t>
         </is>
       </c>
       <c r="O31" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P31" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>922</t>
+          <t>375</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>أحمد سعدون حسين</t>
+          <t>احمد محمد فهد</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Ahmed sadoon Hussein</t>
-[...2 lines deleted...]
-      <c r="D32" s="1"/>
+          <t>Ahmed Mohamed Fahd</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/9fqntluzgp36ie5.jpg</t>
+        </is>
+      </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>1982-09-25</t>
+          <t>1982-10-11</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>07705615276</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>ahmed.saadoun@uo.misan.edu.iq</t>
+          <t>ahmed.mohamed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
-          <t>2019-12-29</t>
+          <t>2019-10-28</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>علوم أغذية وتقنيات أحيائية</t>
+          <t>General linguistics </t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
-          <t>هندسة وراثية وتقنيات أحيائية</t>
+          <t>English linguistics </t>
         </is>
       </c>
       <c r="M32" s="1" t="inlineStr">
         <is>
-          <t>التحري عن بكتريا  B. cereusالسامة المعزولة من نماذج أغذية مختلفة بالطرق التقليدية والجزيئية</t>
+          <t>-</t>
         </is>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P32" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>27</t>
+          <t>446</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>فرقان عبد الرضا كريم حسين </t>
+          <t>حسن سلام</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Furqan Abdul Reda Karim Hussein</t>
+          <t>Hasan Salam</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pmakqhovsx8r42c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uhtxbqzg5w6skp4.jpeg</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>1991-01-01</t>
+          <t>1980-02-02</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>07707805620</t>
+          <t>0777777777</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>furqan-altaie@uomisan.ed.iq</t>
+          <t>hasan.salam@uom.edu.iq</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
-          <t>2019-12-29</t>
+          <t>2019-11-10</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانجليزية/علم اللغة</t>
+          <t>Vet. Medicine</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
-          <t>علم الاصوات اللغوية</t>
+          <t>Vet. Medicine</t>
         </is>
       </c>
       <c r="M33" s="1" t="inlineStr">
         <is>
-          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
-[...6 lines deleted...]
-      </c>
+          <t>Biological Sciences</t>
+        </is>
+      </c>
+      <c r="N33" s="1"/>
       <c r="O33" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P33" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>333</t>
+          <t>25</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>ضفاف مهدي حسون</t>
+          <t>رغد شاكر دعير </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>dhifaf mahdi hasuwn</t>
+          <t>Raghad Shaker Daeir</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxertsjkmwpcq2d.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/jla70xzp1hv4oy_.jpg</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>1989-07-04</t>
+          <t>1981-01-25</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>07728570194</t>
+          <t>07723682311</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>dhifaf_mahdi@uomisan.edu.iq</t>
+          <t>raghad_shakir2000@yahoo.com</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
-          <t>2020-01-05</t>
+          <t>2019-11-11</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الخليج العربي</t>
+          <t>الادب الانكليزي/شعر</t>
         </is>
       </c>
       <c r="M34" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Carl Sandburg: the singing voice of the American people </t>
         </is>
       </c>
       <c r="N34" s="1" t="inlineStr">
         <is>
-          <t>الدور الكويتي في منظمة الاقطار المصدرة للنفط اوبلم 1961_1991</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O34" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P34" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>434</t>
+          <t>261</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>زينب سعد كرم محسن </t>
+          <t>ليث كاظم عبودي</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>Zainab saad karam</t>
+          <t>Laith Kadhim Abody</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ijpq7u18xsnb6cl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1n9hfcwe4raxs_3.jpeg</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>1987-06-15</t>
+          <t>1982-08-19</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>٠</t>
+          <t>07711999932</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>zainab-almosawi@uomisan.edu.iq</t>
+          <t>laith_kadhum@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
-          <t>2020-01-19</t>
+          <t>2019-11-15</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسبات</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
-          <t>شبكات</t>
+          <t>القانون الجنائي</t>
         </is>
       </c>
       <c r="M35" s="1" t="inlineStr">
         <is>
-          <t>Dynamic load balancing in adhoc wireless networks using fuzzy neural networks</t>
+          <t>السياسة الجنائية في مكافحة الارهاب بالقانون العراقي والقانون المقارن</t>
         </is>
       </c>
       <c r="N35" s="1"/>
       <c r="O35" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P35" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>219</t>
+          <t>768</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>رعد هوير سويلم</t>
+          <t>نادية مهدي محمد</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>raad huyar suaylm</t>
+          <t>Nadia mahdi Mohammed </t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b1l4v3_x6aht9dy.jpg</t>
+          <t>uploads/files/6iqdznrv1pg5khm.jpg</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>1980-06-05</t>
+          <t>1990-10-17</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>07705501135</t>
+          <t>07718781277</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>raadalkaba1980@gmail.com</t>
+          <t>nadiam@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
-          <t>2020-01-21</t>
+          <t>2019-12-03</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>النقد الحديث</t>
+          <t> كلية التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L36" s="1" t="inlineStr">
         <is>
-          <t>السرد والنقد الثقافي</t>
+          <t>التعلم الحركي_ كرة اليد</t>
         </is>
       </c>
       <c r="M36" s="1" t="inlineStr">
         <is>
-          <t>صورة البطل في شعر العصر العباسي الثالث</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير تمرينات مركبة وفق الأسلوب الموزع في تطوير الاصور الحركي وسرعة الاستجابة الحركية لبعض المهارات الدفاعية الفردية بكرة اليد للناشئينزع</t>
+        </is>
+      </c>
+      <c r="N36" s="1"/>
       <c r="O36" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P36" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>631</t>
+          <t>124</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>محمد حسين جاسم </t>
+          <t>مكي قاسم كعيبر بازاغا </t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hussain Jasem</t>
+          <t>Makki ghasim kuibr</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k5cvlphj8wft23a.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l854iy_16pexhdq.jpg</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>1971-09-26</t>
+          <t>2015-03-14</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>07729241926</t>
+          <t>07706910915</t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
-          <t>jassim_mohammed@uomisan.edu.iq</t>
+          <t>maki_qasim@yahoo.com</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
-          <t>2020-01-22</t>
+          <t>2019-12-15</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
-          <t>القانون الدستوري</t>
+          <t>محاسبة قانونية</t>
         </is>
       </c>
       <c r="M37" s="1" t="inlineStr">
         <is>
-          <t>الحق في الخصوصية في دستور جمهورية العراق لسنة 2005</t>
+          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
         </is>
       </c>
       <c r="N37" s="1" t="inlineStr">
         <is>
-          <t> سلطة القضاء الدستوري بالترجيح بين المصالح دراسة مقارنة</t>
+          <t>الافصاح المحاسبي عن المقاولات في ظل القواعد والمعايير المحاسبية المحلية والدولية وانعكاساته على موثوقية القوائم المالية</t>
         </is>
       </c>
       <c r="O37" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P37" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>486</t>
+          <t>922</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>علي حسين حسن غافل </t>
+          <t>أحمد سعدون حسين</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t> Ali Hussein Hasan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ahmed sadoon Hussein</t>
+        </is>
+      </c>
+      <c r="D38" s="1"/>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>1975-05-09</t>
+          <t>1982-09-25</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>+9647702690816</t>
+          <t>07705615276</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
-          <t>al_azzawwi@uomisan.edu.iq</t>
+          <t>ahmed.saadoun@uo.misan.edu.iq</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
-          <t>2020-02-06</t>
+          <t>2019-12-29</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>علوم أغذية وتقنيات أحيائية</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد</t>
+          <t>هندسة وراثية وتقنيات أحيائية</t>
         </is>
       </c>
       <c r="M38" s="1" t="inlineStr">
         <is>
-          <t>IMPROVING THE HARDNESS AND WEAR RESISTANCE OF CAST IRON SURFACE BY LASER MELT BEAM INJECTION METHOD (LMI) WITH MECHANICAL ALLOYED POWDER</t>
-[...6 lines deleted...]
-      </c>
+          <t>التحري عن بكتريا  B. cereusالسامة المعزولة من نماذج أغذية مختلفة بالطرق التقليدية والجزيئية</t>
+        </is>
+      </c>
+      <c r="N38" s="1"/>
       <c r="O38" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P38" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>81</t>
+          <t>27</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>أزهارعبدالوهاب محمد جبر </t>
+          <t>فرقان عبد الرضا كريم حسين </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>Azhar Abdul Wahab Mohammad Jabr</t>
+          <t>Furqan Abdul Reda Karim Hussein</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8bueyp_oj0fc5ld.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pmakqhovsx8r42c.jpg</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>1969-07-01</t>
+          <t>1991-01-01</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>077030402226</t>
+          <t>07707805620</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
-          <t>azhar.abdulwahab@uomisan.edu.iq</t>
+          <t>furqan-altaie@uomisan.ed.iq</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
-          <t>2020-02-09</t>
+          <t>2019-12-29</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضية </t>
+          <t>اللغة الانجليزية/علم اللغة</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
-          <t>الادارة والتنظيم الرياضي</t>
+          <t>علم الاصوات اللغوية</t>
         </is>
       </c>
       <c r="M39" s="1" t="inlineStr">
         <is>
-          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
+          <t>Vowel shortening in english as recognized by iraqi efl learners at the university level : a perceptual study</t>
         </is>
       </c>
       <c r="N39" s="1" t="inlineStr">
         <is>
-          <t>الثقافة التنظيمية وعلاقتها بالانغماس الوظيفي وسلوك المواطنة التنظيمية لمدربي بعض الالعاب الفرقية ومساعديهم لاندية النخبة في العراق </t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O39" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P39" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>370</t>
+          <t>333</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>مصطفى سالم عبدالرضا</t>
+          <t>ضفاف مهدي حسون</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Salem Abdel Redha</t>
+          <t>dhifaf mahdi hasuwn</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ar8vtufxk2z4je.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/oxertsjkmwpcq2d.jpg</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>2021-10-21</t>
+          <t>1989-07-04</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>07712413273</t>
+          <t>07728570194</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>mustafa.amara83@gmail.com</t>
+          <t>dhifaf_mahdi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
-          <t>2020-02-17</t>
+          <t>2020-01-05</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>علوم في التمريض</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
-          <t>علوم تمريض الاطفال</t>
+          <t>تاريخ الخليج العربي</t>
         </is>
       </c>
       <c r="M40" s="1" t="inlineStr">
         <is>
-          <t>Impact of enuresis upon psycho-social status at primary school children in Misan city</t>
-[...2 lines deleted...]
-      <c r="N40" s="1"/>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N40" s="1" t="inlineStr">
+        <is>
+          <t>الدور الكويتي في منظمة الاقطار المصدرة للنفط اوبلم 1961_1991</t>
+        </is>
+      </c>
       <c r="O40" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P40" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>184</t>
+          <t>434</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>كرار اكرم كامل</t>
+          <t>زينب سعد كرم محسن </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>Karrar Akram kamil</t>
+          <t>Zainab saad karam</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nj1mo5ghcip7s3u.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ijpq7u18xsnb6cl.jpg</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>1987-01-20</t>
+          <t>1987-06-15</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>07827212718</t>
+          <t>٠</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
-          <t>karar.akram@uomisan.edu.iq</t>
+          <t>zainab-almosawi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
-          <t>2020-02-25</t>
+          <t>2020-01-19</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>علوم الحاسبات</t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
-          <t>علم النبات</t>
+          <t>شبكات</t>
         </is>
       </c>
       <c r="M41" s="1" t="inlineStr">
         <is>
-          <t>Comparative Study of the Effects of Different Industrial Effluents on Fenugreek Plants Growth</t>
+          <t>Dynamic load balancing in adhoc wireless networks using fuzzy neural networks</t>
         </is>
       </c>
       <c r="N41" s="1"/>
       <c r="O41" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P41" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>219</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>هديل صالح مهدي</t>
+          <t>رعد هوير سويلم</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>Hadeel Salih Mahdi</t>
+          <t>raad huyar suaylm</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/6xvo4tq0wp3y8fr.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/b1l4v3_x6aht9dy.jpg</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>1989-01-30</t>
+          <t>1980-06-05</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>0000</t>
+          <t>07705501135</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
-          <t>hadeel.salih@uomisan.edu.iq</t>
+          <t>raadalkaba1980@gmail.com</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
-          <t>2020-03-01</t>
+          <t>2020-01-21</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء التطبيقية</t>
+          <t>النقد الحديث</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
-          <t>نانوتكنولوجي</t>
+          <t>السرد والنقد الثقافي</t>
         </is>
       </c>
       <c r="M42" s="1" t="inlineStr">
         <is>
-          <t>APPLICATION OF RADIOLOGICAL DATA OF LIGNOCERIC ACID C24H48O2  IN MEDICAL FIELD</t>
+          <t>صورة البطل في شعر العصر العباسي الثالث</t>
         </is>
       </c>
       <c r="N42" s="1" t="inlineStr">
         <is>
-          <t>synthesis, characterization and biomedical applications of gold nanoparticles </t>
+          <t>تمثيلات الخوف في الرواية العراقية(2003-2015) </t>
         </is>
       </c>
       <c r="O42" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P42" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>708</t>
+          <t>631</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>علي طالب محمد</t>
+          <t>محمد حسين جاسم </t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>ali talib mohammed</t>
+          <t>Mohammed Hussain Jasem</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da6e27f_8nuvl4w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k5cvlphj8wft23a.jpg</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>2023-03-02</t>
+          <t>1971-09-26</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>88866</t>
+          <t>07729241926</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>mayada@gmail.com</t>
+          <t>jassim_mohammed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
-          <t>2020-03-06</t>
+          <t>2020-01-22</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>الصفوف الاولى</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
-          <t>الصفوف الاولى</t>
+          <t>القانون الدستوري</t>
         </is>
       </c>
       <c r="M43" s="1" t="inlineStr">
         <is>
-          <t>الصفوف الاولى</t>
-[...2 lines deleted...]
-      <c r="N43" s="1"/>
+          <t>الحق في الخصوصية في دستور جمهورية العراق لسنة 2005</t>
+        </is>
+      </c>
+      <c r="N43" s="1" t="inlineStr">
+        <is>
+          <t> سلطة القضاء الدستوري بالترجيح بين المصالح دراسة مقارنة</t>
+        </is>
+      </c>
       <c r="O43" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P43" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>870</t>
+          <t>81</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>عباس علي جمعة حمودي </t>
+          <t>أزهارعبدالوهاب محمد جبر </t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>Abbas Ali Juma Hamoudi</t>
+          <t>Azhar Abdul Wahab Mohammad Jabr</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/0kayil_fn98jbhs.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8bueyp_oj0fc5ld.png</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>1987-11-12</t>
+          <t>1969-07-01</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>07724820867</t>
+          <t>077030402226</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
-          <t>cxzdsa190@gmail.com</t>
+          <t>azhar.abdulwahab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
-          <t>2020-03-09</t>
+          <t>2020-02-09</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
-          <t>التاريخ </t>
+          <t>التربية البدنية وعلوم الرياضية </t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث </t>
+          <t>الادارة والتنظيم الرياضي</t>
         </is>
       </c>
       <c r="M44" s="1" t="inlineStr">
         <is>
-          <t>عبد الله الدملوجي ودوره السياسي والثقافي والاجتماعي في العراق حتى عام 1958</t>
+          <t>تصميم وتقنين بعض الاختبارات المهارية بكرة الطائرة لفئة الشباب </t>
         </is>
       </c>
       <c r="N44" s="1" t="inlineStr">
         <is>
-          <t>البازار ودوره السياسي في ايران من عام 1979 الى 1989</t>
+          <t>الثقافة التنظيمية وعلاقتها بالانغماس الوظيفي وسلوك المواطنة التنظيمية لمدربي بعض الالعاب الفرقية ومساعديهم لاندية النخبة في العراق </t>
         </is>
       </c>
       <c r="O44" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P44" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>198</t>
+          <t>370</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>رشا خليل عبد الجليل عاتي</t>
+          <t>مصطفى سالم عبدالرضا</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>Rasha Khalil Abdel Jalil Ati</t>
+          <t>Mustafa Salem Abdel Redha</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8s1j6zm9u0f25rt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ar8vtufxk2z4je.jpg</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>1981-10-09</t>
+          <t>2021-10-21</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>+9647707232132</t>
+          <t>07712413273</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>rashak.mcm@uomisan.edu.iq</t>
+          <t>mustafa.amara83@gmail.com</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>2020-03-16</t>
+          <t>2020-02-17</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
-          <t>الطفيليات</t>
+          <t>علوم في التمريض</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
-          <t>الطفيليات</t>
+          <t>علوم تمريض الاطفال</t>
         </is>
       </c>
       <c r="M45" s="1" t="inlineStr">
         <is>
-          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
-[...6 lines deleted...]
-      </c>
+          <t>Impact of enuresis upon psycho-social status at primary school children in Misan city</t>
+        </is>
+      </c>
+      <c r="N45" s="1"/>
       <c r="O45" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P45" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>226</t>
+          <t>184</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>علي خلف رحيم </t>
+          <t>كرار اكرم كامل</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>Ali khalaf Raheem </t>
+          <t>Karrar Akram kamil</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du319c6eh74gqkp.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nj1mo5ghcip7s3u.jpeg</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>1987-10-14</t>
+          <t>1987-01-20</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>+9647706752188</t>
+          <t>07827212718</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>ali.ali.khalaf1987@gmail.com</t>
+          <t>karar.akram@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>2020-03-16</t>
+          <t>2020-02-25</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>طب عام</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة العيون </t>
+          <t>علم النبات</t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
-          <t>effect of pars plana vitrectomy on tear film parameters</t>
+          <t>Comparative Study of the Effects of Different Industrial Effluents on Fenugreek Plants Growth</t>
         </is>
       </c>
       <c r="N46" s="1"/>
       <c r="O46" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P46" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>978</t>
+          <t>300</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>عفاف عبدالله</t>
+          <t>هديل صالح مهدي</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>afaf abdullah</t>
-[...2 lines deleted...]
-      <c r="D47" s="1"/>
+          <t>Hadeel Salih Mahdi</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/6xvo4tq0wp3y8fr.jpeg</t>
+        </is>
+      </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>1976-02-20</t>
+          <t>1989-01-30</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>07831750594</t>
+          <t>0000</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>dr-afaf@uomisan.edu.iq</t>
+          <t>hadeel.salih@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
-          <t>2020-03-22</t>
+          <t>2020-03-01</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
-          <t>ادوية وسموم</t>
+          <t>الفيزياء التطبيقية</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
-          <t>ادوية</t>
+          <t>نانوتكنولوجي</t>
         </is>
       </c>
       <c r="M47" s="1" t="inlineStr">
         <is>
-          <t>الجرعة العلاجية المؤثرة لعالق اللوز الحلو مقارنة مع بعض الادوية المنخفضة لدهنية الدم في الفئران المستحدث بها تجريبيا فرط الدهنية في الدم </t>
-[...2 lines deleted...]
-      <c r="N47" s="1"/>
+          <t>APPLICATION OF RADIOLOGICAL DATA OF LIGNOCERIC ACID C24H48O2  IN MEDICAL FIELD</t>
+        </is>
+      </c>
+      <c r="N47" s="1" t="inlineStr">
+        <is>
+          <t>synthesis, characterization and biomedical applications of gold nanoparticles </t>
+        </is>
+      </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P47" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>584</t>
+          <t>708</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>حسين عبد الكريم جعفر</t>
+          <t>علي طالب محمد</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>Huseain abdalkreem jafaar</t>
+          <t>ali talib mohammed</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2vpysw0f7jgma1c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da6e27f_8nuvl4w.jpg</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>1977-05-11</t>
+          <t>2023-03-02</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٧٠٥٥٧٥١٦٥</t>
+          <t>88866</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
-          <t>hhuussjjaaff@gmail.com</t>
+          <t>mayada@gmail.com</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
-          <t>2020-04-05</t>
+          <t>2020-03-06</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
-          <t>دكتور اه تدريب كره اليد</t>
+          <t>الصفوف الاولى</t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
-          <t>دكتوراه تدريب كره اليد</t>
+          <t>الصفوف الاولى</t>
         </is>
       </c>
       <c r="M48" s="1" t="inlineStr">
         <is>
-          <t>ا</t>
-[...6 lines deleted...]
-      </c>
+          <t>الصفوف الاولى</t>
+        </is>
+      </c>
+      <c r="N48" s="1"/>
       <c r="O48" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P48" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>468</t>
+          <t>870</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>حسين طعمه حازم </t>
+          <t>عباس علي جمعة حمودي </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Hussein Tuama Hazim</t>
+          <t>Abbas Ali Juma Hamoudi</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hliwn2ka_bcgdp1.jpg</t>
+          <t>uploads/photos/0kayil_fn98jbhs.jpg</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>1989-06-03</t>
+          <t>1987-11-12</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>006947735717775</t>
+          <t>07724820867</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>hussein.tuama@uomisan.edu.iq</t>
+          <t>cxzdsa190@gmail.com</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
-          <t>2020-04-26</t>
+          <t>2020-03-09</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>التاريخ </t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
-          <t>هندسة الالكترونيك والاتصالات</t>
+          <t>التاريخ الحديث </t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t> energy efficient bandwidth allocation for LTE mobile Networks</t>
+          <t>عبد الله الدملوجي ودوره السياسي والثقافي والاجتماعي في العراق حتى عام 1958</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>not yet</t>
+          <t>البازار ودوره السياسي في ايران من عام 1979 الى 1989</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P49" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>442</t>
+          <t>198</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>اسراء ابراهيم لازم</t>
+          <t>رشا خليل عبد الجليل عاتي</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>Israa Ibrahim Lazim</t>
+          <t>Rasha Khalil Abdel Jalil Ati</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gylcjoka0qbsmvh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8s1j6zm9u0f25rt.jpg</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>1979-12-31</t>
+          <t>1981-10-09</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>07816214093</t>
+          <t>+9647707232132</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>biology-lazim@uomisan.edu.iq</t>
+          <t>rashak.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
-          <t>2020-04-28</t>
+          <t>2020-03-16</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>الطفيليات</t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
-          <t>تلوث بيئي</t>
+          <t>الطفيليات</t>
         </is>
       </c>
       <c r="M50" s="1" t="inlineStr">
         <is>
-          <t>تركيز بعض العناصر النزرة في ماء ورواسب وإناث نوعين من الاسماك  في نهر الفرات قرب مركز مدينة الناصرية - جنوبي العراق</t>
+          <t>Biological and Molecular Study of Giardia Parasite as a Zoonotic Potential in Human and Animal at Northern Basrah</t>
         </is>
       </c>
       <c r="N50" s="1" t="inlineStr">
         <is>
-          <t>تقييم التلوث بالمركبات الهيدروكربونية والعناصر الثقيلة في مياه ورواسب ونوعين من النباتات المائية في هور الحويزه في محافظة ميسان-جنوبي العراق</t>
+          <t>Traditional and Molecular Study of Cutaneous Leishmaniasis among Human beings, Dogs and Sandflies in Misan Province</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P50" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>519</t>
+          <t>226</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>ختام ثجيل شمخي</t>
+          <t>علي خلف رحيم </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>Khitam Thajeel Shamkhi</t>
+          <t>Ali khalaf Raheem </t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l2ewimody5ftgka.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/du319c6eh74gqkp.jpg</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>1987-03-04</t>
+          <t>1987-10-14</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>+9647706752188</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>khitaam-thjeel@uomisan.edu.iq</t>
+          <t>ali.ali.khalaf1987@gmail.com</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
-          <t>2020-06-09</t>
+          <t>2020-03-16</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>طب عام</t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
-          <t>جغرافية الصناعة</t>
+          <t>طب وجراحة العيون </t>
         </is>
       </c>
       <c r="M51" s="1" t="inlineStr">
         <is>
-          <t>الصناعات الخشبية في مدينة العمارة</t>
+          <t>effect of pars plana vitrectomy on tear film parameters</t>
         </is>
       </c>
       <c r="N51" s="1"/>
       <c r="O51" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P51" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>846</t>
+          <t>584</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>محمد تالي قاسم المالجي</t>
+          <t>حسين عبد الكريم جعفر</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Tali Qasim Almalchy</t>
+          <t>Huseain abdalkreem jafaar</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/hgake6nx5piw43f.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2vpysw0f7jgma1c.jpg</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>1987-06-24</t>
+          <t>1977-05-11</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>07727997873</t>
+          <t>٠٧٧٧٠٥٥٧٥١٦٥</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
-          <t>mohammed.almalchy@uomisan.edu.iq</t>
+          <t>hhuussjjaaff@gmail.com</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
-          <t>2020-06-12</t>
+          <t>2020-04-05</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسوب</t>
+          <t>دكتور اه تدريب كره اليد</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
-          <t>تكنلوجيا المعلومات</t>
+          <t>دكتوراه تدريب كره اليد</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
-          <t>نظام ادارة جامعي لجامعة ميسان</t>
+          <t>ا</t>
         </is>
       </c>
       <c r="N52" s="1" t="inlineStr">
         <is>
-          <t>مساهمات في تصميم وتنفيذ أنظمة الرعاية الصحية استنادًا إلى شبكات الاستشعار اللاسلكية القابلة للارتداء</t>
+          <t>تاثير التدريبات التنافسية على الارتقاء بالأداء المهاري الهجومي لمراكز اللعب بكره اليد</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P52" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>153</t>
+          <t>468</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم احمد</t>
+          <t>حسين طعمه حازم </t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Kareem  Ahmed</t>
+          <t>Hussein Tuama Hazim</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/g3nzfmha7qypk2x.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hliwn2ka_bcgdp1.jpg</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>1977-01-23</t>
+          <t>1989-06-03</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>0771496990</t>
+          <t>006947735717775</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
-          <t>abahadli88@gmail.com</t>
+          <t>hussein.tuama@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
-          <t>2020-06-13</t>
+          <t>2020-04-26</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
-          <t>الاعلام</t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
-          <t>الصحافة الاذاعية والتلفزيونية</t>
+          <t>هندسة الالكترونيك والاتصالات</t>
         </is>
       </c>
       <c r="M53" s="1" t="inlineStr">
         <is>
-          <t>البناء الفني لبرامج المناظرات السياسية في القنوات الفضائية العراقية </t>
+          <t> energy efficient bandwidth allocation for LTE mobile Networks</t>
         </is>
       </c>
       <c r="N53" s="1" t="inlineStr">
         <is>
-          <t>التحريض في البرامج الحوارية التلفزيونية اثناء الازمات وانعكاسه على السلم المجتمعي </t>
+          <t>not yet</t>
         </is>
       </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P53" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>827</t>
+          <t>442</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>ثائر عبدالرحيم كريم </t>
+          <t>اسراء ابراهيم لازم</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>Thaar Abdalraheem kareem </t>
+          <t>Israa Ibrahim Lazim</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/yvikdjhunqezr7_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gylcjoka0qbsmvh.jpg</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>1984-11-15</t>
+          <t>1979-12-31</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>07703200457</t>
+          <t>07816214093</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
-          <t>thaar_kareem@uomisan.edu.iq</t>
+          <t>biology-lazim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
-          <t>2020-06-20</t>
+          <t>2020-04-28</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>هندسة الالكترونيك والاتصالات </t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
-          <t>هندسة الاتصالات</t>
+          <t>تلوث بيئي</t>
         </is>
       </c>
       <c r="M54" s="1" t="inlineStr">
         <is>
-          <t>A Study on The Determinant Spectrum and Performance of STTC on Slow Fading Channels</t>
+          <t>تركيز بعض العناصر النزرة في ماء ورواسب وإناث نوعين من الاسماك  في نهر الفرات قرب مركز مدينة الناصرية - جنوبي العراق</t>
         </is>
       </c>
       <c r="N54" s="1" t="inlineStr">
         <is>
-          <t>Contribution to the design of CSS-UWB receiver for medical applications in the WBAN network</t>
+          <t>تقييم التلوث بالمركبات الهيدروكربونية والعناصر الثقيلة في مياه ورواسب ونوعين من النباتات المائية في هور الحويزه في محافظة ميسان-جنوبي العراق</t>
         </is>
       </c>
       <c r="O54" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P54" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>519</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>شيماء كريم حسون</t>
+          <t>ختام ثجيل شمخي</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>shaemaa Kareem Hassoun</t>
+          <t>Khitam Thajeel Shamkhi</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utczy7_6hj5vg9n.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l2ewimody5ftgka.jpg</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>1985-03-07</t>
+          <t>1987-03-04</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>07706058548</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>shayamaa@uomisan.edu.iq</t>
+          <t>khitaam-thjeel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
-          <t>2020-06-21</t>
+          <t>2020-06-09</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
-          <t>رياضيات</t>
+          <t>جغرافية</t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>جغرافية الصناعة</t>
         </is>
       </c>
       <c r="M55" s="1" t="inlineStr">
         <is>
-          <t>التدريس باستراتيجية الاحداث المتناقضةواثره في التفكير الرياضي لدى طالبات الصف الثاني المتوسط</t>
-[...6 lines deleted...]
-      </c>
+          <t>الصناعات الخشبية في مدينة العمارة</t>
+        </is>
+      </c>
+      <c r="N55" s="1"/>
       <c r="O55" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P55" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>466</t>
+          <t>846</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>مصعب صباح عبد</t>
+          <t>محمد تالي قاسم المالجي</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>Musab sabah abed</t>
+          <t>Mohammed Tali Qasim Almalchy</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/450tk8ndp2iyarl.jpg</t>
+          <t>uploads/photos/hgake6nx5piw43f.jpeg</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>1984-02-15</t>
+          <t>1987-06-24</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>+9647712461111</t>
+          <t>07727997873</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>musciveng@uomisan.edu.iq</t>
+          <t>mohammed.almalchy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
-          <t>2020-06-24</t>
+          <t>2020-06-12</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>علوم الحاسوب</t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
-          <t>جيوتكنيك</t>
+          <t>تكنلوجيا المعلومات</t>
         </is>
       </c>
       <c r="M56" s="1" t="inlineStr">
         <is>
-          <t>calculation of foundation beds according to the second group of limit state</t>
-[...2 lines deleted...]
-      <c r="N56" s="1"/>
+          <t>نظام ادارة جامعي لجامعة ميسان</t>
+        </is>
+      </c>
+      <c r="N56" s="1" t="inlineStr">
+        <is>
+          <t>مساهمات في تصميم وتنفيذ أنظمة الرعاية الصحية استنادًا إلى شبكات الاستشعار اللاسلكية القابلة للارتداء</t>
+        </is>
+      </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P56" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>444</t>
+          <t>153</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>اسماء بدر سبتي</t>
+          <t>احمد كريم احمد</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>Asmaa Badr Sabti</t>
+          <t>Ahmed Kareem  Ahmed</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z1ptcyfk5j6_8u3.jpg</t>
+          <t>uploads/photos/g3nzfmha7qypk2x.jpg</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>2022-07-05</t>
+          <t>1977-01-23</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>07806502835</t>
+          <t>0771496990</t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
-          <t>asmaabadr@uomisan.com</t>
+          <t>abahadli88@gmail.com</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
-          <t>2020-07-01</t>
+          <t>2020-06-13</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
-          <t>Chemistry</t>
+          <t>الاعلام</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
-          <t>Inorganic chemistry</t>
+          <t>الصحافة الاذاعية والتلفزيونية</t>
         </is>
       </c>
       <c r="M57" s="1" t="inlineStr">
         <is>
-          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers</t>
+          <t>البناء الفني لبرامج المناظرات السياسية في القنوات الفضائية العراقية </t>
         </is>
       </c>
       <c r="N57" s="1" t="inlineStr">
         <is>
-          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers [٢٥/‏١٠ ١٢:٠٥ م] ????????‍???? Dr.Asmaa: Synthesis, Characterization and Biological Study of Some New Organotellurium Compounds </t>
+          <t>التحريض في البرامج الحوارية التلفزيونية اثناء الازمات وانعكاسه على السلم المجتمعي </t>
         </is>
       </c>
       <c r="O57" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P57" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>154</t>
+          <t>291</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>احمد فالح شامخ</t>
+          <t>شيماء كريم حسون</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Falih Shamukh</t>
+          <t>shaemaa Kareem Hassoun</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/px72cf8usj4e_kt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/utczy7_6hj5vg9n.jpeg</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>1985-01-17</t>
+          <t>1985-03-07</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>009647705794727</t>
+          <t>07706058548</t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
-          <t>ahmed.faleh@uomisan.edu.iq</t>
+          <t>shayamaa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
-          <t>2020-07-05</t>
+          <t>2020-06-21</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
-          <t>Agriculture </t>
+          <t>رياضيات</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
-          <t>Horticulture </t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M58" s="1" t="inlineStr">
         <is>
-          <t>تطوير بارك روسكي ليست في مدينة بيلغورد / روسيا</t>
-[...2 lines deleted...]
-      <c r="N58" s="1"/>
+          <t>التدريس باستراتيجية الاحداث المتناقضةواثره في التفكير الرياضي لدى طالبات الصف الثاني المتوسط</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P58" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>391</t>
+          <t>466</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>صلاح رحيم جبار غضيب </t>
+          <t>مصعب صباح عبد</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>salah raheem jabaar ghadhib</t>
+          <t>Musab sabah abed</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ht2ag467elqdn3s.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/450tk8ndp2iyarl.jpg</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>1977-10-04</t>
+          <t>1984-02-15</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>07700036040</t>
+          <t>+9647712461111</t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
-          <t>salah.rahim@uomisan.edu.iq</t>
+          <t>musciveng@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
-          <t>2020-07-19</t>
+          <t>2020-06-24</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة </t>
+          <t>جيوتكنيك</t>
         </is>
       </c>
       <c r="M59" s="1" t="inlineStr">
         <is>
-          <t>Comparative Analysis of the Word-Formation Categories of the Arabic and Russian Languages for the Purposes of Translation </t>
+          <t>calculation of foundation beds according to the second group of limit state</t>
         </is>
       </c>
       <c r="N59" s="1"/>
       <c r="O59" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P59" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>444</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>احمد كريم مطشر عزيز </t>
+          <t>اسماء بدر سبتي</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>Ahmed kareem mutashar</t>
+          <t>Asmaa Badr Sabti</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_yj6ieqtp40b2mc.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z1ptcyfk5j6_8u3.jpg</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>1986-04-01</t>
+          <t>2022-07-05</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>07705501399</t>
+          <t>07806502835</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
-          <t>ahmed86km@uomisan.edu.iq</t>
+          <t>asmaabadr@uomisan.com</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
-          <t>2020-07-19</t>
+          <t>2020-07-01</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>Chemistry</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>Inorganic chemistry</t>
         </is>
       </c>
       <c r="M60" s="1" t="inlineStr">
         <is>
-          <t>متعددات الحدود لمعادلات بيلفيه المستمره والمتقطعة </t>
+          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers</t>
         </is>
       </c>
       <c r="N60" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Study of Mechanical, Rheological and Thermal Properties of LDPE-PVC Mixtures Containing Silica and Aluminium Hydroxide Fillers [٢٥/‏١٠ ١٢:٠٥ م] ????????‍???? Dr.Asmaa: Synthesis, Characterization and Biological Study of Some New Organotellurium Compounds </t>
         </is>
       </c>
       <c r="O60" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P60" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>431</t>
+          <t>154</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>مسلم عيدان هامل جاسم </t>
+          <t>احمد فالح شامخ</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>Muslim Idan Hamil</t>
+          <t>Ahmed Falih Shamukh</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5cl7au6gzwesn90.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/px72cf8usj4e_kt.jpg</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>1986-06-28</t>
+          <t>1985-01-17</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>009647716170555</t>
+          <t>009647705794727</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
-          <t>muslim.iddan@uomisan.edu.iq</t>
+          <t>ahmed.faleh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>2020-07-21</t>
+          <t>2020-07-05</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>Agriculture </t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
-          <t>نانوتكنولوجي</t>
+          <t>Horticulture </t>
         </is>
       </c>
       <c r="M61" s="1" t="inlineStr">
         <is>
-          <t>synthesis of metal oxide thin films with introducing Zn element atoms by means of physical vapor deposition method</t>
+          <t>تطوير بارك روسكي ليست في مدينة بيلغورد / روسيا</t>
         </is>
       </c>
       <c r="N61" s="1"/>
       <c r="O61" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P61" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>391</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>عدي جاسم محمد</t>
+          <t>صلاح رحيم جبار غضيب </t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>Uday Jassim Mohammed</t>
+          <t>salah raheem jabaar ghadhib</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otp6481a52vxucd.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ht2ag467elqdn3s.jpg</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>1982-05-15</t>
+          <t>1977-10-04</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>07729243312</t>
+          <t>07700036040</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>odayalmaliki@uomisan.edu.iq</t>
+          <t>salah.rahim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
-          <t>2020-07-27</t>
+          <t>2020-07-19</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
-          <t>تدقيق</t>
+          <t>علم اللغة </t>
         </is>
       </c>
       <c r="M62" s="1" t="inlineStr">
         <is>
-          <t>Financial control and its role in the public sector</t>
-[...6 lines deleted...]
-      </c>
+          <t>Comparative Analysis of the Word-Formation Categories of the Arabic and Russian Languages for the Purposes of Translation </t>
+        </is>
+      </c>
+      <c r="N62" s="1"/>
       <c r="O62" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P62" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>422</t>
+          <t>8</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t> علاء حسين كامل</t>
+          <t>احمد كريم مطشر عزيز </t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>Alaa Hussein Kamil</t>
+          <t>Ahmed kareem mutashar</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sz0o28lh5nyati3.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_yj6ieqtp40b2mc.jpeg</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>1976-07-04</t>
+          <t>1986-04-01</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>07706907896</t>
+          <t>07705501399</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
-          <t>alaahusein5@gmail.com</t>
+          <t>ahmed86km@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
-          <t>2020-08-02</t>
+          <t>2020-07-19</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
-          <t>طبقات الجو العليا والفضاء الخارجي</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M63" s="1" t="inlineStr">
         <is>
-          <t>THREE-DIMENSIONAL VORTEX STRUCTURE OF THE WIND AS MAIN CONDITION OF THE ATMOSPHERE</t>
-[...2 lines deleted...]
-      <c r="N63" s="1"/>
+          <t>متعددات الحدود لمعادلات بيلفيه المستمره والمتقطعة </t>
+        </is>
+      </c>
+      <c r="N63" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O63" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P63" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>203</t>
+          <t>431</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>رشا كريم خضر</t>
+          <t>مسلم عيدان هامل جاسم </t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>Rasha Kareem Khudhur</t>
+          <t>Muslim Idan Hamil</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/djzq1bn6o_2lt3f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5cl7au6gzwesn90.jpg</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>1987-11-05</t>
+          <t>1986-06-28</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>07710792262</t>
+          <t>009647716170555</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>rashapharma@uomisan.edu.iq</t>
+          <t>muslim.iddan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>2020-09-01</t>
+          <t>2020-07-21</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
-          <t>Pharmacist</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
-          <t>Pharmacology</t>
+          <t>نانوتكنولوجي</t>
         </is>
       </c>
       <c r="M64" s="1" t="inlineStr">
         <is>
-          <t>A study of the effect of Nigella sativa (Black seeds) on pyrazinamide and anti-tuberculosis drugs induced hepatotoxicity in rabbits.</t>
-[...6 lines deleted...]
-      </c>
+          <t>synthesis of metal oxide thin films with introducing Zn element atoms by means of physical vapor deposition method</t>
+        </is>
+      </c>
+      <c r="N64" s="1"/>
       <c r="O64" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P64" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>17</t>
+          <t>142</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>علي سامي رشيد</t>
+          <t>عدي جاسم محمد</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>Ali Sami Rashid</t>
+          <t>Uday Jassim Mohammed</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4a67xh9_rkpdsm0.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/otp6481a52vxucd.jpg</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>1987-01-25</t>
+          <t>1982-05-15</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>+9647705613545</t>
+          <t>07729243312</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
-          <t>alisamirashid@uomisan.edu.iq</t>
+          <t>odayalmaliki@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
-          <t>2020-09-03</t>
+          <t>2020-07-27</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>تدقيق</t>
         </is>
       </c>
       <c r="M65" s="1" t="inlineStr">
         <is>
-          <t>Comparison of some kernels to Estimate AR spectrum </t>
+          <t>Financial control and its role in the public sector</t>
         </is>
       </c>
       <c r="N65" s="1" t="inlineStr">
         <is>
-          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
+          <t>THE EFFECT OF ACCOUNTING INFORMATION SYSTEM CHARACTERISTICS ON THE INTERNAL AUDIT EFFECTIVENESS   AMONG COMPANIES TRADED   IN IRAQI STOCK EXCHANGE:   TESTING THE MODERATING   ROLE OF EXPERIENCE</t>
         </is>
       </c>
       <c r="O65" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P65" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>385</t>
+          <t>422</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>حسام احمد علي</t>
+          <t> علاء حسين كامل</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>Hussam Ahmed Ali</t>
+          <t>Alaa Hussein Kamil</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ij6yt9qv_a0u5hf.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sz0o28lh5nyati3.jpg</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>2021-03-03</t>
+          <t>1976-07-04</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>07705613702</t>
+          <t>07706907896</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
-          <t>hasmalm91@gmail.com</t>
+          <t>alaahusein5@gmail.com</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
-          <t>2020-09-13</t>
+          <t>2020-08-02</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
-          <t>فلسفة</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
-          <t>اسلامي</t>
+          <t>طبقات الجو العليا والفضاء الخارجي</t>
         </is>
       </c>
       <c r="M66" s="1" t="inlineStr">
         <is>
-          <t>لاصلح الديني عند محمد فتح الله جولن</t>
-[...6 lines deleted...]
-      </c>
+          <t>THREE-DIMENSIONAL VORTEX STRUCTURE OF THE WIND AS MAIN CONDITION OF THE ATMOSPHERE</t>
+        </is>
+      </c>
+      <c r="N66" s="1"/>
       <c r="O66" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P66" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>954</t>
+          <t>203</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>حيدر احمد حسن</t>
+          <t>رشا كريم خضر</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>Hayder Ahmed Hasan</t>
+          <t>Rasha Kareem Khudhur</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xd5zfg3molkqv1y.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/djzq1bn6o_2lt3f.jpg</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>1968-09-26</t>
+          <t>1987-11-05</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
-          <t>07705507257</t>
+          <t>07710792262</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
-          <t>hayder.ha1968@uomisan.edu.iq</t>
+          <t>rashapharma@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>2020-09-23</t>
+          <t>2020-09-01</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>Pharmacist</t>
         </is>
       </c>
       <c r="L67" s="1" t="inlineStr">
         <is>
-          <t>فيزياء البوليمرات</t>
+          <t>Pharmacology</t>
         </is>
       </c>
       <c r="M67" s="1" t="inlineStr">
         <is>
-          <t>دراسة التوصيل الحراري الشبيكي لبعض البوليمرات بدرجات تبلور مختلفة.</t>
+          <t>A study of the effect of Nigella sativa (Black seeds) on pyrazinamide and anti-tuberculosis drugs induced hepatotoxicity in rabbits.</t>
         </is>
       </c>
       <c r="N67" s="1" t="inlineStr">
         <is>
-          <t>تحضير البوليمرات الموصلة بولي اورثو تولدين وبولي اورثو انسيدين بطريقة البلمرة الكيمائية ودراسة خواصها الكهربائية والبصرية وتطبيقاتها الالكترونية</t>
+          <t>Yy</t>
         </is>
       </c>
       <c r="O67" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P67" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>551</t>
+          <t>17</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>قحطان محمد جبار </t>
+          <t>علي سامي رشيد</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>Qahtan Mohammed Jabbar </t>
+          <t>Ali Sami Rashid</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5d_1rxv3s8qb27y.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4a67xh9_rkpdsm0.jpeg</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>1977-01-12</t>
+          <t>1987-01-25</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>07705575251</t>
+          <t>+9647705613545</t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>qahtan@uomisan.edu.iq</t>
+          <t>alisamirashid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
-          <t>2020-10-06</t>
+          <t>2020-09-03</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة </t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
-          <t>علم الاجتماع الرياضي /الكرة الطائرة  </t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M68" s="1" t="inlineStr">
         <is>
-          <t>نموذج تدريبي تكنولوجي مركب لتطوير صفة القوة المميزة بالسرعه للاعبي الكرة الطائرة في مرحلة الاعداد الخاص للوصول لمستوى الكمال الرياضي   </t>
-[...2 lines deleted...]
-      <c r="N68" s="1"/>
+          <t>Comparison of some kernels to Estimate AR spectrum </t>
+        </is>
+      </c>
+      <c r="N68" s="1" t="inlineStr">
+        <is>
+          <t>NUMERICAL SOLUTION OF CHAOTIC STOCHASTIC DIFFERENTIAL EQUATIONS SYSTEM</t>
+        </is>
+      </c>
       <c r="O68" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P68" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>384</t>
+          <t>385</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>خالد مزهر طاهر</t>
+          <t>حسام احمد علي</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>Khaled Mazhar Taher</t>
+          <t>Hussam Ahmed Ali</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z7ngx0cye_2ktm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ij6yt9qv_a0u5hf.jpeg</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>2021-11-22</t>
+          <t>2021-03-03</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>+79995230280</t>
+          <t>07705613702</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>khalidtahir90.kt@gmail.com</t>
+          <t>hasmalm91@gmail.com</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
-          <t>2020-11-08</t>
+          <t>2020-09-13</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
-          <t>علوم رياضيات</t>
+          <t>فلسفة</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
-          <t>معادلات تفاضلية</t>
+          <t>اسلامي</t>
         </is>
       </c>
       <c r="M69" s="1" t="inlineStr">
         <is>
-          <t>غير متوفرالان</t>
+          <t>لاصلح الديني عند محمد فتح الله جولن</t>
         </is>
       </c>
       <c r="N69" s="1" t="inlineStr">
         <is>
-          <t>Comparison theorems for boundary value problems for functional differential equations and their application to the study of questions of existence and estimates of solutions</t>
+          <t> نظرية وحدة الوجود بين السيوطي والبقاعي دراسة تحليلية نقدية مقارنة</t>
         </is>
       </c>
       <c r="O69" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P69" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>46</t>
+          <t>954</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>حارث جبار عبد</t>
+          <t>حيدر احمد حسن</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>Harith Jabbar Abed</t>
+          <t>Hayder Ahmed Hasan</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/k7rlvj9ziyfh_a6.jpg</t>
+          <t>uploads/files/xd5zfg3molkqv1y.png</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>1971-02-08</t>
+          <t>1968-09-26</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>07709096851</t>
+          <t>07705507257</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
-          <t>alyassriy_harth@uomisan.edu.iq</t>
+          <t>hayder.ha1968@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
-          <t>2020-11-22</t>
+          <t>2020-09-23</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي</t>
+          <t>فيزياء البوليمرات</t>
         </is>
       </c>
       <c r="M70" s="1" t="inlineStr">
         <is>
-          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
-[...2 lines deleted...]
-      <c r="N70" s="1"/>
+          <t>دراسة التوصيل الحراري الشبيكي لبعض البوليمرات بدرجات تبلور مختلفة.</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>تحضير البوليمرات الموصلة بولي اورثو تولدين وبولي اورثو انسيدين بطريقة البلمرة الكيمائية ودراسة خواصها الكهربائية والبصرية وتطبيقاتها الالكترونية</t>
+        </is>
+      </c>
       <c r="O70" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P70" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>234</t>
+          <t>551</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>سناء بشير كاظم </t>
+          <t>قحطان محمد جبار </t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>Sanaa Basheer Kadhim</t>
+          <t>Qahtan Mohammed Jabbar </t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8uez2jwpl9bxs_0.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5d_1rxv3s8qb27y.jpg</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>1984-02-09</t>
+          <t>1977-01-12</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>07730309737</t>
+          <t>07705575251</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>sanaabk3@gmail.com</t>
+          <t>qahtan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
-          <t>2020-11-22</t>
+          <t>2020-10-06</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>التربية البدنية وعلوم الرياضة </t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية</t>
+          <t>علم الاجتماع الرياضي /الكرة الطائرة  </t>
         </is>
       </c>
       <c r="M71" s="1" t="inlineStr">
         <is>
-          <t>Levan Production by Bacteria Isolated from Rhizosphere Soil and Evaluation of Factors Affecting its Production.</t>
+          <t>نموذج تدريبي تكنولوجي مركب لتطوير صفة القوة المميزة بالسرعه للاعبي الكرة الطائرة في مرحلة الاعداد الخاص للوصول لمستوى الكمال الرياضي   </t>
         </is>
       </c>
       <c r="N71" s="1"/>
       <c r="O71" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P71" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>54</t>
+          <t>384</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>وفاء موحان عجيل </t>
+          <t>خالد مزهر طاهر</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>Wafa Mohan Ajeel</t>
+          <t>Khaled Mazhar Taher</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/13ndmywxpah0je5.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6z7ngx0cye_2ktm.jpg</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>1980-08-03</t>
+          <t>2021-11-22</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t>07718926185</t>
+          <t>+79995230280</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
-          <t>wafa_mohan@uomisan.edu.iq</t>
+          <t>khalidtahir90.kt@gmail.com</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
-          <t>2020-11-24</t>
+          <t>2020-11-08</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
-          <t>مناخ</t>
+          <t>علوم رياضيات</t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
-          <t>مناخ زراعي</t>
+          <t>معادلات تفاضلية</t>
         </is>
       </c>
       <c r="M72" s="1" t="inlineStr">
         <is>
-          <t>اثر المناخ في انتاج محاصيل الخضر الصيفيه في محافظه القادسيه</t>
+          <t>غير متوفرالان</t>
         </is>
       </c>
       <c r="N72" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>Comparison theorems for boundary value problems for functional differential equations and their application to the study of questions of existence and estimates of solutions</t>
         </is>
       </c>
       <c r="O72" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P72" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>630</t>
+          <t>46</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t> مرتضى سرحان عوض</t>
+          <t>حارث جبار عبد</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>Murtadha Sarhan Awadh</t>
+          <t>Harith Jabbar Abed</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pk2geo6h3z4f5ny.png</t>
+          <t>uploads/files/k7rlvj9ziyfh_a6.jpg</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>1982-04-06</t>
+          <t>1971-02-08</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>07707369889</t>
+          <t>07709096851</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
-          <t>murtadha-sarhan@uomisan.edu.iq</t>
+          <t>alyassriy_harth@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-11-22</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
-          <t>جغرافية</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
-          <t>جغرافية الخدمات ونظم المعلومات الجغرافية </t>
+          <t>التاريخ الاسلامي</t>
         </is>
       </c>
       <c r="M73" s="1" t="inlineStr">
         <is>
-          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
-[...2 lines deleted...]
-      <c r="N73" s="1"/>
+          <t>الالوية والرايات في الدولة الاسلامية حتى 132هجرية</t>
+        </is>
+      </c>
+      <c r="N73" s="1" t="inlineStr">
+        <is>
+          <t>الصراع الاسري الاموي على السلطة اسبابه ونتائجه</t>
+        </is>
+      </c>
       <c r="O73" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P73" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>64</t>
+          <t>234</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>زينة عبد الجبار جاسم </t>
+          <t>سناء بشير كاظم </t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>Zeina Abdul Jabbar Jasim</t>
+          <t>Sanaa Basheer Kadhim</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e5vzi7fwtbpxj_c.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8uez2jwpl9bxs_0.PNG</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>1986-05-11</t>
+          <t>1984-02-09</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t>07709811784</t>
+          <t>07730309737</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>zinah.alshammari@uomisan.edu.iq</t>
+          <t>sanaabk3@gmail.com</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-11-22</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>احياء مجهرية</t>
         </is>
       </c>
       <c r="M74" s="1" t="inlineStr">
         <is>
-          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
-[...6 lines deleted...]
-      </c>
+          <t>Levan Production by Bacteria Isolated from Rhizosphere Soil and Evaluation of Factors Affecting its Production.</t>
+        </is>
+      </c>
+      <c r="N74" s="1"/>
       <c r="O74" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P74" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>63</t>
+          <t>54</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الحسن كريم</t>
+          <t>وفاء موحان عجيل </t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>Hayder Abdel Hassan Kareem</t>
+          <t>Wafa Mohan Ajeel</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f49ucz0ilsk2etm.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/13ndmywxpah0je5.png</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>1980-08-03</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>07719622105</t>
+          <t>07718926185</t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>haeedarallame55@gmail.com</t>
+          <t>wafa_mohan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-11-24</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية</t>
+          <t>مناخ</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس</t>
+          <t>مناخ زراعي</t>
         </is>
       </c>
       <c r="M75" s="1" t="inlineStr">
         <is>
-          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
+          <t>اثر المناخ في انتاج محاصيل الخضر الصيفيه في محافظه القادسيه</t>
         </is>
       </c>
       <c r="N75" s="1" t="inlineStr">
         <is>
           <t>-------</t>
         </is>
       </c>
       <c r="O75" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P75" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>73</t>
+          <t>630</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>علي محمود خلف </t>
+          <t> مرتضى سرحان عوض</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>Ali Mahmoud Khallaf</t>
+          <t>Murtadha Sarhan Awadh</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzyth2s4mqp_0nf.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/pk2geo6h3z4f5ny.png</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>1982-01-13</t>
+          <t>1982-04-06</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t>07714166100</t>
+          <t>07707369889</t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
-          <t>ali_mahmoud@uomisan.edu.iq</t>
+          <t>murtadha-sarhan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
-          <t>2020-11-30</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية  ونفسية </t>
+          <t>جغرافية</t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
-          <t>التوجيه والارشاد التربوي </t>
+          <t>جغرافية الخدمات ونظم المعلومات الجغرافية </t>
         </is>
       </c>
       <c r="M76" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
-[...6 lines deleted...]
-      </c>
+          <t>ИСПОЛЬЗОВАНИЕ ГИС-ТЕХНОЛОГИЙ ДЛЯ ИЗУЧЕНИЯ МЕДИЦИНСКОГО ОБСЛУЖИВАНИЯ В РЕСПУБЛИКЕ ИРАК</t>
+        </is>
+      </c>
+      <c r="N76" s="1"/>
       <c r="O76" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P76" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>653</t>
+          <t>64</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>صادق عبيس كاظم</t>
+          <t>زينة عبد الجبار جاسم </t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>Sadeq Obayes Kadhim </t>
+          <t>Zeina Abdul Jabbar Jasim</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ckmlis3_5rd8yuo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/e5vzi7fwtbpxj_c.png</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>1982-03-06</t>
+          <t>1986-05-11</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>07707793976</t>
+          <t>07709811784</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
-          <t>sadsakumkum@gmail.com</t>
+          <t>zinah.alshammari@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
-          <t>2020-12-06</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
-          <t>الطب البيطري</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
-          <t>علم الامراض</t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M77" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>مهارات التواصل والترابط الرياضي وعلاقتها بالتفكير عالي الرتبة لدى طالبات الصف الخامس الاعدادي</t>
         </is>
       </c>
       <c r="N77" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>تصميم تعليمي - تعلمي على وفق الكفاءة الرياضية واثره في عادات العقل والكفاءة الرياضية لدى طالبات الصف الرابع العلمي</t>
         </is>
       </c>
       <c r="O77" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P77" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>734</t>
+          <t>63</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>احمد قاسم علي شرهان </t>
+          <t>حيدر عبد الحسن كريم</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Qasim Ali Sharhan </t>
+          <t>Hayder Abdel Hassan Kareem</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/78rce9j5hfmy2gu.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/f49ucz0ilsk2etm.png</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>1993-04-28</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>07705515661</t>
+          <t>07719622105</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
-          <t>ahmedq8255@gmail.com</t>
+          <t>haeedarallame55@gmail.com</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
-          <t>2020-12-07</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
-          <t>قانون عام </t>
+          <t>تربية بدنية</t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
-          <t>قانون اداري </t>
+          <t>طرائق التدريس</t>
         </is>
       </c>
       <c r="M78" s="1" t="inlineStr">
         <is>
-          <t>التزام الموظف بالحياد السياسي </t>
+          <t>استخدام الطرق الفعالة في تأهيل مدرسي كرة القدم في جامعات العراق</t>
         </is>
       </c>
       <c r="N78" s="1" t="inlineStr">
         <is>
-          <t>قضاء العجلة لدى مجلس الدولة دراسة مقارنة</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O78" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P78" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>128</t>
+          <t>73</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>صادق حسين نبهان علي </t>
+          <t>علي محمود خلف </t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Hussein Nabhan Ali</t>
+          <t>Ali Mahmoud Khallaf</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7jhbvxwg1slin6u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzyth2s4mqp_0nf.png</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>1984-05-09</t>
+          <t>1982-01-13</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>07739940442</t>
+          <t>07714166100</t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
-          <t>sadiq@uomisan.edu.iq</t>
+          <t>ali_mahmoud@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>2020-12-20</t>
+          <t>2020-11-30</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t> المحاسبة </t>
+          <t>علوم تربوية  ونفسية </t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
-          <t>التدقيق</t>
+          <t>التوجيه والارشاد التربوي </t>
         </is>
       </c>
       <c r="M79" s="1" t="inlineStr">
         <is>
-          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
-[...2 lines deleted...]
-      <c r="N79" s="1"/>
+          <t>اثر برنامج ارشادي في خفض الشعور بالوحدة النفسية لدى التلاميذ المكفوفين في معهد روناكي </t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>-------</t>
+        </is>
+      </c>
       <c r="O79" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P79" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>653</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>سمر جاسم محمد </t>
+          <t>صادق عبيس كاظم</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>Samar Jassim Mohammed</t>
+          <t>Sadeq Obayes Kadhim </t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vqefmgap9by_3nu.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ckmlis3_5rd8yuo.jpg</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>2021-10-08</t>
+          <t>1982-03-06</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>07739933616</t>
+          <t>07707793976</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
-          <t>samarjasim@uomisan.edu.iq</t>
+          <t>sadsakumkum@gmail.com</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
-          <t>2020-12-24</t>
+          <t>2020-12-06</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>الطب البيطري</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
-          <t>فسلجة نبات</t>
+          <t>علم الامراض</t>
         </is>
       </c>
       <c r="M80" s="1" t="inlineStr">
         <is>
-          <t>GERMINATION, SEEDLING GROWTH, ANATOMICAL RESPONSES OF Cucumis sativus cv. MTI2 IN DIFFERENT SALTS AND DEVELOPMENT GERMINATION ENHANCER </t>
-[...2 lines deleted...]
-      <c r="N80" s="1"/>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N80" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="O80" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P80" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>331</t>
+          <t>734</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الحسين يندر</t>
+          <t>احمد قاسم علي شرهان </t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>Maytham Abdulhussein Bandar</t>
+          <t>Ahmed Qasim Ali Sharhan </t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6d4pg5f9emc7unr.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/78rce9j5hfmy2gu.jpeg</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>1973-06-15</t>
+          <t>1993-04-28</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t>07712466655</t>
+          <t>07705515661</t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
-          <t>maytham@uomisan.edu.iq</t>
+          <t>ahmedq8255@gmail.com</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
-          <t>2020-12-28</t>
+          <t>2020-12-07</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>قانون عام </t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
-          <t>تدقيق محاسبي </t>
+          <t>قانون اداري </t>
         </is>
       </c>
       <c r="M81" s="1" t="inlineStr">
         <is>
-          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
-[...2 lines deleted...]
-      <c r="N81" s="1"/>
+          <t>التزام الموظف بالحياد السياسي </t>
+        </is>
+      </c>
+      <c r="N81" s="1" t="inlineStr">
+        <is>
+          <t>قضاء العجلة لدى مجلس الدولة دراسة مقارنة</t>
+        </is>
+      </c>
       <c r="O81" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P81" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>862</t>
+          <t>128</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>عادل كمون جابر</t>
+          <t>صادق حسين نبهان علي </t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>Adil Kamoon Jaber</t>
+          <t>Sadiq Hussein Nabhan Ali</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/7hdob5f9ecjiw48.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7jhbvxwg1slin6u.jpg</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>1980-08-16</t>
+          <t>1984-05-09</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>07732001882</t>
+          <t>07739940442</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>adilkam.j@gmail.com</t>
+          <t>sadiq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>2020-12-29</t>
+          <t>2020-12-20</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t> المحاسبة </t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
-          <t>الادب</t>
+          <t>التدقيق</t>
         </is>
       </c>
       <c r="M82" s="1" t="inlineStr">
         <is>
-          <t>الرابطة القلمية وأثرها في الأدب العربي الحديث</t>
-[...6 lines deleted...]
-      </c>
+          <t>The effect of using total quality management systems in improving performance of audit firms- empirical study in india</t>
+        </is>
+      </c>
+      <c r="N82" s="1"/>
       <c r="O82" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P82" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>230</t>
+          <t>400</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>زينب محمد عادل </t>
+          <t>سمر جاسم محمد </t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>Zainab Mohammad adil</t>
+          <t>Samar Jassim Mohammed</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ajzd2l0iy4bmv7t.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vqefmgap9by_3nu.jpg</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>2021-02-01</t>
+          <t>2021-10-08</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>07713900302</t>
+          <t>07739933616</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>Zainabm.mcm@uomisan.edu.iq</t>
+          <t>samarjasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
-          <t>2020-12-29</t>
+          <t>2020-12-24</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
           <t>علوم حياة</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية /Microbiology</t>
+          <t>فسلجة نبات</t>
         </is>
       </c>
       <c r="M83" s="1" t="inlineStr">
         <is>
-          <t>Detection of ESBLs Genes in Klebsiella spp. Isolated from Clinical   and Environment samples at Thi-Qar Province</t>
+          <t>GERMINATION, SEEDLING GROWTH, ANATOMICAL RESPONSES OF Cucumis sativus cv. MTI2 IN DIFFERENT SALTS AND DEVELOPMENT GERMINATION ENHANCER </t>
         </is>
       </c>
       <c r="N83" s="1"/>
       <c r="O83" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P83" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>567</t>
+          <t>331</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>رجاء كريم جبوري </t>
+          <t>ميثم عبد الحسين يندر</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>Rajaa Kareem Jabory</t>
+          <t>Maytham Abdulhussein Bandar</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r3j_tsue8oh264w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6d4pg5f9emc7unr.JPG</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>1970-07-20</t>
+          <t>1973-06-15</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>07705508053</t>
+          <t>07712466655</t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
-          <t>raja.k.j@uomisan.edu.iq</t>
+          <t>maytham@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
-          <t>2021-01-19</t>
+          <t>2020-12-28</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
-          <t>فنون تشكيلية</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
-          <t>رسم</t>
+          <t>تدقيق محاسبي </t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>توظيف البيئة المحلية في اعمال رسامي ميسان</t>
+          <t>تقدير الاحتياجات التدريبية لمراقبي الحسابات دراسة تطبيقية في ديوان الرقابة المالية العراقي/دائرة تدقيق المنطقة الثانية</t>
         </is>
       </c>
       <c r="N84" s="1"/>
       <c r="O84" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P84" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>147</t>
+          <t>862</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>محمد أحمد وهم</t>
+          <t>عادل كمون جابر</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Ahmed Waham</t>
+          <t>Adil Kamoon Jaber</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jykx26d8_pefutl.jpeg</t>
+          <t>uploads/photos/7hdob5f9ecjiw48.jpeg</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>2021-07-25</t>
+          <t>1980-08-16</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>07719939145</t>
+          <t>07732001882</t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
-          <t>mohammedwaham1@gmail.com</t>
+          <t>adilkam.j@gmail.com</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>2021-02-01</t>
+          <t>2020-12-29</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
-          <t>نظرية المنظمة والسلوك التنظيمي</t>
+          <t>الادب</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
+          <t>الرابطة القلمية وأثرها في الأدب العربي الحديث</t>
         </is>
       </c>
       <c r="N85" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
+          <t>نثر الحسن البصري دراسة في ضوء النقد الثقافي</t>
         </is>
       </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P85" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>616</t>
+          <t>230</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>زهراء ماهود محمد</t>
+          <t>زينب محمد عادل </t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Mahoud Muhammad</t>
+          <t>Zainab Mohammad adil</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/cv97yoiz_xjlg1d.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ajzd2l0iy4bmv7t.PNG</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
-          <t>1976-04-06</t>
+          <t>2021-02-01</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>07705558707</t>
+          <t>07713900302</t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
-          <t>zahra@uomisan.edu.iq</t>
+          <t>Zainabm.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
-          <t>2021-02-04</t>
+          <t>2020-12-29</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
-          <t>فنون جميلة</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
-          <t>فنون تشكيلية رسم</t>
+          <t>احياء مجهرية /Microbiology</t>
         </is>
       </c>
       <c r="M86" s="1" t="inlineStr">
         <is>
-          <t>اشكالية التعبير الرسم العراقي المعاصر</t>
-[...6 lines deleted...]
-      </c>
+          <t>Detection of ESBLs Genes in Klebsiella spp. Isolated from Clinical   and Environment samples at Thi-Qar Province</t>
+        </is>
+      </c>
+      <c r="N86" s="1"/>
       <c r="O86" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P86" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>187</t>
+          <t>567</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t> يوسف عبدالستار سعدون </t>
+          <t>رجاء كريم جبوري </t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>Yousif Abdulsattar Saadoon</t>
+          <t>Rajaa Kareem Jabory</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ydevu2alqhm6jcp.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r3j_tsue8oh264w.jpg</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>1987-01-24</t>
+          <t>1970-07-20</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>+9647715746600</t>
+          <t>07705508053</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
-          <t>yousif@uomisan.edu.iq</t>
+          <t>raja.k.j@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
-          <t>2021-02-14</t>
+          <t>2021-01-19</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسبات والمعلوماتية</t>
+          <t>فنون تشكيلية</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي</t>
+          <t>رسم</t>
         </is>
       </c>
       <c r="M87" s="1" t="inlineStr">
         <is>
-          <t>Simplified Transport Layer Security implementation</t>
+          <t>توظيف البيئة المحلية في اعمال رسامي ميسان</t>
         </is>
       </c>
       <c r="N87" s="1"/>
       <c r="O87" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P87" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>616</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>رسول ماجد صحيب </t>
+          <t>زهراء ماهود محمد</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>Rassol majid suhaeb</t>
+          <t>Zahraa Mahoud Muhammad</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/37m1jhrdfnyiz4p.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/cv97yoiz_xjlg1d.png</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>1985-08-15</t>
+          <t>1976-04-06</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٣٢١٧٩٨٧٩</t>
+          <t>07705558707</t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
-          <t>rasoolmajidd@gmail.com</t>
+          <t>zahra@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
-          <t>2021-02-17</t>
+          <t>2021-02-04</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
-          <t>ماجستير محاسبة </t>
+          <t>فنون جميلة</t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
-          <t>رقابة وتدقيق</t>
+          <t>فنون تشكيلية رسم</t>
         </is>
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
-          <t>دور المدقق في تدقيق الشركات المتعاملة بالتجارة الالكترونية ال </t>
-[...2 lines deleted...]
-      <c r="N88" s="1"/>
+          <t>اشكالية التعبير الرسم العراقي المعاصر</t>
+        </is>
+      </c>
+      <c r="N88" s="1" t="inlineStr">
+        <is>
+          <t>التحول الزمكاني في تشكيل مابعد الحداثة دراسة سبرنطيقية</t>
+        </is>
+      </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P88" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>160</t>
+          <t>187</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>محمد طعمه جوده</t>
+          <t> يوسف عبدالستار سعدون </t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>MAHAMMED TAMA JODAJ</t>
+          <t>Yousif Abdulsattar Saadoon</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ctz9pi2gv0d4l_y.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ydevu2alqhm6jcp.jpeg</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>1976-07-01</t>
+          <t>1987-01-24</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>009647716135135</t>
+          <t>+9647715746600</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>m.jodah.iq@gmail.com</t>
+          <t>yousif@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>2021-03-05</t>
+          <t>2021-02-14</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>هندسة الحاسبات والمعلوماتية</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
-          <t>القانون الدولي العام</t>
+          <t>الذكاء الاصطناعي</t>
         </is>
       </c>
       <c r="M89" s="1" t="inlineStr">
         <is>
-          <t>الطبيعة القانونية للمقاومة المسلحة ضد الاحتلال</t>
-[...6 lines deleted...]
-      </c>
+          <t>Simplified Transport Layer Security implementation</t>
+        </is>
+      </c>
+      <c r="N89" s="1"/>
       <c r="O89" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>132</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t> حسنين نجم عبود </t>
+          <t>رسول ماجد صحيب </t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>Hasanain Najm</t>
+          <t>Rassol majid suhaeb</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/j4g_b93tu6wlhdn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/37m1jhrdfnyiz4p.jpg</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>1975-02-12</t>
+          <t>1985-08-15</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>07730455348</t>
+          <t>٠٧٧٣٢١٧٩٨٧٩</t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
-          <t>hasanayn.najam@uamisan.edu.iq</t>
+          <t>rasoolmajidd@gmail.com</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
-          <t>2021-03-10</t>
+          <t>2021-02-17</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>ماجستير محاسبة </t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
-          <t>صناعة اغذية</t>
+          <t>رقابة وتدقيق</t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>الرسالة بعنوان  استعمال قشور بيض المائدة في ازالة بعض الصبغات والايونات المعدنيةمن محاليلها المائية وامكانية تطبيقها في بعض الانظمة الغذائية والصناعية</t>
-[...6 lines deleted...]
-      </c>
+          <t>دور المدقق في تدقيق الشركات المتعاملة بالتجارة الالكترونية ال </t>
+        </is>
+      </c>
+      <c r="N90" s="1"/>
       <c r="O90" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P90" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>386</t>
+          <t>160</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>عيسى صفاء عيسى حسن </t>
+          <t>محمد طعمه جوده</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>isaa safa&amp;#39; isaa hasan</t>
+          <t>MAHAMMED TAMA JODAJ</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l4dj7gi5urehwc2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ctz9pi2gv0d4l_y.jpeg</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>1982-04-11</t>
+          <t>1976-07-01</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>07729200905</t>
+          <t>009647716135135</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>issasafaa@uomisan.edu.iq</t>
+          <t>m.jodah.iq@gmail.com</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>2021-03-23</t>
+          <t>2021-03-05</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانجليزية </t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة </t>
+          <t>القانون الدولي العام</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>The impact of society on the individual language identity </t>
-[...2 lines deleted...]
-      <c r="N91" s="1"/>
+          <t>الطبيعة القانونية للمقاومة المسلحة ضد الاحتلال</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>الاستيطان الإسرائيلي في الأراضي الفلسطينية المحتلة في ضوء القانون الدولي العام</t>
+        </is>
+      </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P91" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>308</t>
+          <t>183</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>ماجد باني ماذي </t>
+          <t> حسنين نجم عبود </t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>Majid Bani Madhi </t>
+          <t>Hasanain Najm</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ua_h8d357zc2nwx.jpg</t>
+          <t>uploads/photos/j4g_b93tu6wlhdn.jpg</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>1977-07-01</t>
+          <t>1975-02-12</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>07712642846</t>
+          <t>07730455348</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>majid_bani@uomisan.edu.iq</t>
+          <t>hasanayn.najam@uamisan.edu.iq</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>2021-04-01</t>
+          <t>2021-03-10</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الأنكليزية </t>
+          <t>صناعة اغذية</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>SELF-AND-PEER ASSESSMENT: A TECHNIQUE FOR TEACHING COMPOSITION WRITING</t>
-[...2 lines deleted...]
-      <c r="N92" s="1"/>
+          <t>الرسالة بعنوان  استعمال قشور بيض المائدة في ازالة بعض الصبغات والايونات المعدنيةمن محاليلها المائية وامكانية تطبيقها في بعض الانظمة الغذائية والصناعية</t>
+        </is>
+      </c>
+      <c r="N92" s="1" t="inlineStr">
+        <is>
+          <t>.sss</t>
+        </is>
+      </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P92" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>179</t>
+          <t>386</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>عبد الرضا عاتي جعفر </t>
+          <t>عيسى صفاء عيسى حسن </t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>Abdulridha Ati Jaafar</t>
+          <t>isaa safa&amp;#39; isaa hasan</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/j50kzg1p62se7ab.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l4dj7gi5urehwc2.jpg</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>1984-12-29</t>
+          <t>1982-04-11</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>07705584804</t>
+          <t>07729200905</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>ridha1984iraq@gmail.com</t>
+          <t>issasafaa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>2021-04-07</t>
+          <t>2021-03-23</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>اللغة الانجليزية </t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
-          <t>تقانات احيائية</t>
+          <t>علم اللغة </t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>Design and manufacturing of a vacuum solar dryer and study it&amp;#39;s efficiency in fish drying  microbiological, chemical and sensory</t>
-[...6 lines deleted...]
-      </c>
+          <t>The impact of society on the individual language identity </t>
+        </is>
+      </c>
+      <c r="N93" s="1"/>
       <c r="O93" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P93" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>808</t>
+          <t>308</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>مشتاق عبد الكريم حسين</t>
+          <t>ماجد باني ماذي </t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>Mushtaq Abdul Kareem Hussein</t>
+          <t>Majid Bani Madhi </t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ajiobnh15qc0_w3.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ua_h8d357zc2nwx.jpg</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>1969-07-03</t>
+          <t>1977-07-01</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>07801513861</t>
+          <t>07712642846</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>mushtaqkareem@uomisan.edu.iq</t>
+          <t>majid_bani@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
-          <t>2021-04-08</t>
+          <t>2021-04-01</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيكية</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك تطبيقي</t>
+          <t>طرائق تدريس اللغة الأنكليزية </t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>دراسة عملية ونظرية لتأثير دوران اسطوانة داخلية على عملية انتقال الحرارة بالحمل المختلط داخل فجوات متغيرة الشكل</t>
-[...6 lines deleted...]
-      </c>
+          <t>SELF-AND-PEER ASSESSMENT: A TECHNIQUE FOR TEACHING COMPOSITION WRITING</t>
+        </is>
+      </c>
+      <c r="N94" s="1"/>
       <c r="O94" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P94" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>389</t>
+          <t>179</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>علي سلمان طعمه</t>
+          <t>عبد الرضا عاتي جعفر </t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>Ali Salman Toma</t>
+          <t>Abdulridha Ati Jaafar</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ujn3bewghrxs_c5.jpeg</t>
+          <t>uploads/photos/j50kzg1p62se7ab.jpg</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>1981-02-20</t>
+          <t>1984-12-29</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>7711999933</t>
+          <t>07705584804</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>ali.salman@uomisan.edu.iq</t>
+          <t>ridha1984iraq@gmail.com</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
-          <t>2021-04-11</t>
+          <t>2021-04-07</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد</t>
+          <t>تقانات احيائية</t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
-          <t>A Study of The Effects of Inflation and Unemployment on Economic Growth in Iraq- Based on VAR Approach. </t>
-[...2 lines deleted...]
-      <c r="N95" s="1"/>
+          <t>Design and manufacturing of a vacuum solar dryer and study it&amp;#39;s efficiency in fish drying  microbiological, chemical and sensory</t>
+        </is>
+      </c>
+      <c r="N95" s="1" t="inlineStr">
+        <is>
+          <t>Production, Purification and Characterization of Transglutaminase from local isolate Streptomyces smyrnaeus Ati-92 and it&amp;#39;s Applications in some food products</t>
+        </is>
+      </c>
       <c r="O95" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P95" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>490</t>
+          <t>808</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>عقيل عزيز عرار ناصر </t>
+          <t>مشتاق عبد الكريم حسين</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>AQEEL AZEEZ ARRAR </t>
+          <t>Mushtaq Abdul Kareem Hussein</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o7mvp9a4fkl6hgi.jpg</t>
+          <t>uploads/photos/ajiobnh15qc0_w3.PNG</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>2022-10-10</t>
+          <t>1969-07-03</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>07816186645</t>
+          <t>07801513861</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>akeelazeez@uomisan.edu.iq</t>
+          <t>mushtaqkareem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>2021-04-28</t>
+          <t>2021-04-08</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>التمريض</t>
+          <t>هندسة ميكانيكية</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
-          <t>تمريض البالغين</t>
+          <t>ميكانيك تطبيقي</t>
         </is>
       </c>
       <c r="M96" s="1" t="inlineStr">
         <is>
-          <t>The Effectiveness of an Educational Program on the Knowledge and Practices of the Nursing Staff Concerning the Electrocardiographic Procedural Errors in Misan Governorate</t>
+          <t>دراسة عملية ونظرية لتأثير دوران اسطوانة داخلية على عملية انتقال الحرارة بالحمل المختلط داخل فجوات متغيرة الشكل</t>
         </is>
       </c>
       <c r="N96" s="1" t="inlineStr">
         <is>
-          <t>Effectiveness of an Educational Program on Nurses&amp;#39; Knowledge and Practices Concerning Nursing Care For Critically – ill Patients at Critical Care Units in . Misan Governorate Hospitals</t>
+          <t>تحسين مقاومة الخدش لمادة البولي مثيل ميثا اكريليت بالتقوية بجسيمات ثاني اوكسيد السيليكا النانوية</t>
         </is>
       </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P96" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>354</t>
+          <t>389</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>شبيب منشد جاسم</t>
+          <t>علي سلمان طعمه</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>shabeeb munshid jasim</t>
+          <t>Ali Salman Toma</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/yhmnifvbw42seo5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ujn3bewghrxs_c5.jpeg</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>1982-05-01</t>
+          <t>1981-02-20</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>07730455348</t>
+          <t>7711999933</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
-          <t>shabib.mandesh@uomisan.edu.iq</t>
+          <t>ali.salman@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-04-11</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>علوم اغذية</t>
+          <t>اقتصاد</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
-          <t>بايوتكنلوجي</t>
+          <t>اقتصاد</t>
         </is>
       </c>
       <c r="M97" s="1" t="inlineStr">
         <is>
-          <t>Morphological and biochemical Identification of culturable LABs cause vacuum packed meat products spoilage</t>
-[...6 lines deleted...]
-      </c>
+          <t>A Study of The Effects of Inflation and Unemployment on Economic Growth in Iraq- Based on VAR Approach. </t>
+        </is>
+      </c>
+      <c r="N97" s="1"/>
       <c r="O97" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>278</t>
+          <t>490</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>علي دوحي عذافة كافي</t>
+          <t>عقيل عزيز عرار ناصر </t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>Ali Dohi Adhafa Kafi</t>
+          <t>AQEEL AZEEZ ARRAR </t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6kyi0o_cdj185xe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/o7mvp9a4fkl6hgi.jpg</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>1980-10-01</t>
+          <t>2022-10-10</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>07721198808</t>
+          <t>07816186645</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>aalliiddoohhee@gmail.com</t>
+          <t>akeelazeez@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-04-28</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>التمريض</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>تمريض البالغين</t>
         </is>
       </c>
       <c r="M98" s="1" t="inlineStr">
         <is>
-          <t>اللامركزية الادارية واثرها في تمويل الوحدات الادارية (دراسة مقارنة)</t>
-[...2 lines deleted...]
-      <c r="N98" s="1"/>
+          <t>The Effectiveness of an Educational Program on the Knowledge and Practices of the Nursing Staff Concerning the Electrocardiographic Procedural Errors in Misan Governorate</t>
+        </is>
+      </c>
+      <c r="N98" s="1" t="inlineStr">
+        <is>
+          <t>Effectiveness of an Educational Program on Nurses&amp;#39; Knowledge and Practices Concerning Nursing Care For Critically – ill Patients at Critical Care Units in . Misan Governorate Hospitals</t>
+        </is>
+      </c>
       <c r="O98" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>459</t>
+          <t>354</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>مثنى توفيق</t>
+          <t>شبيب منشد جاسم</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>Muthana taofiq</t>
+          <t>shabeeb munshid jasim</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a5e1cumw9lxbk3s.jpeg</t>
+          <t>uploads/photos/yhmnifvbw42seo5.jpg</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>1984-06-24</t>
+          <t>1982-05-01</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07730455348</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>muthana.t.alsadoun@uomisan.edu.iq</t>
+          <t>shabib.mandesh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>2021-05-30</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>Chemistry </t>
+          <t>علوم اغذية</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>Polymer </t>
+          <t>بايوتكنلوجي</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>Industrial </t>
-[...2 lines deleted...]
-      <c r="N99" s="1"/>
+          <t>Morphological and biochemical Identification of culturable LABs cause vacuum packed meat products spoilage</t>
+        </is>
+      </c>
+      <c r="N99" s="1" t="inlineStr">
+        <is>
+          <t>.the</t>
+        </is>
+      </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P99" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>467</t>
+          <t>278</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>جاسم حسن علك صحين </t>
+          <t>علي دوحي عذافة كافي</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>Jasim Hasan Ilik </t>
+          <t>Ali Dohi Adhafa Kafi</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4sqjygki85_ucoz.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6kyi0o_cdj185xe.jpg</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>1971-09-26</t>
+          <t>1980-10-01</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>+964(0)7700073907</t>
+          <t>07721198808</t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>j.h.al-bedhany@uomisan.edu.iq</t>
+          <t>aalliiddoohhee@gmail.com</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>2021-06-21</t>
+          <t>2021-05-06</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك تطبيقي (تصاميم)</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M100" s="1" t="inlineStr">
         <is>
-          <t>AN ANALYSIS OF CRACKS IN SIMPLY SUPPORTED CURVED PLATES UNDER COMBINED BUCKLING AND IMPACT LOADING</t>
-[...6 lines deleted...]
-      </c>
+          <t>اللامركزية الادارية واثرها في تمويل الوحدات الادارية (دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="N100" s="1"/>
       <c r="O100" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P100" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>471</t>
+          <t>459</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>خالد وليد ناصر </t>
+          <t>مثنى توفيق</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>khalid Waleed </t>
+          <t>Muthana taofiq</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_zkwercnd3g8q9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a5e1cumw9lxbk3s.jpeg</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>1984-06-21</t>
+          <t>1984-06-24</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>+9647702787670</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>khalid.waleed@uomisan.edu.iq</t>
+          <t>muthana.t.alsadoun@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
-          <t>2021-06-29</t>
+          <t>2021-05-30</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>electrical engineering</t>
+          <t>Chemistry </t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
-          <t>electrical power and energy engineering</t>
+          <t>Polymer </t>
         </is>
       </c>
       <c r="M101" s="1" t="inlineStr">
         <is>
-          <t>Designing electrical part of 840 MW condensing power plant in the city of Zakho, in Republic of Iraq</t>
+          <t>Industrial </t>
         </is>
       </c>
       <c r="N101" s="1"/>
       <c r="O101" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P101" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>487</t>
+          <t>467</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>معن عبدالدايم حسن</t>
+          <t>جاسم حسن علك صحين </t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>Maan Abdul Dayem Hassan</t>
+          <t>Jasim Hasan Ilik </t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_jvenq2th34k06f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4sqjygki85_ucoz.JPG</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
-          <t>1977-12-26</t>
+          <t>1971-09-26</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G102" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>+964(0)7700073907</t>
         </is>
       </c>
       <c r="H102" s="1" t="inlineStr">
         <is>
-          <t>maanalali@uomisan.edu.iq</t>
+          <t>j.h.al-bedhany@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I102" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J102" s="1" t="inlineStr">
         <is>
-          <t>2021-07-13</t>
+          <t>2021-06-21</t>
         </is>
       </c>
       <c r="K102" s="1" t="inlineStr">
         <is>
-          <t>Physical organic chemistry</t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="L102" s="1" t="inlineStr">
         <is>
-          <t>RAFT Polymers grafting nanoparticles</t>
+          <t>ميكانيك تطبيقي (تصاميم)</t>
         </is>
       </c>
       <c r="M102" s="1" t="inlineStr">
         <is>
-          <t>Applicational</t>
-[...2 lines deleted...]
-      <c r="N102" s="1"/>
+          <t>AN ANALYSIS OF CRACKS IN SIMPLY SUPPORTED CURVED PLATES UNDER COMBINED BUCKLING AND IMPACT LOADING</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Effect of Compression, Impact and Slipping on Rolling Contact Fatigue and Subsurface Microstructural Damage.</t>
+        </is>
+      </c>
       <c r="O102" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P102" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>974</t>
+          <t>471</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>عدنان محيسن علي</t>
+          <t>خالد وليد ناصر </t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>Adnan Mohaisen Ali</t>
+          <t>khalid Waleed </t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/52h6tcq0v4akinz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j_zkwercnd3g8q9.jpg</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>1972-09-20</t>
+          <t>1984-06-21</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
-          <t>07714978944</t>
+          <t>+9647702787670</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>adnan.am7094@gmail.com</t>
+          <t>khalid.waleed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I103" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J103" s="1" t="inlineStr">
         <is>
-          <t>2021-08-01</t>
+          <t>2021-06-29</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة الانكليزية</t>
+          <t>electrical engineering</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
-          <t>فقه اللغة الانكليزية</t>
+          <t>electrical power and energy engineering</t>
         </is>
       </c>
       <c r="M103" s="1" t="inlineStr">
         <is>
-          <t>المصطلحات التقيمية في اللغة العربية والانكليزية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Designing electrical part of 840 MW condensing power plant in the city of Zakho, in Republic of Iraq</t>
+        </is>
+      </c>
+      <c r="N103" s="1"/>
       <c r="O103" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P103" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>534</t>
+          <t>487</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>مـازن عبد الأئمة كاظم </t>
+          <t>معن عبدالدايم حسن</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>MAZIN ABDULAAIMA KADHIM</t>
+          <t>Maan Abdul Dayem Hassan</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5i2qvh1slwmru6o.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_jvenq2th34k06f.jpg</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>1976-04-10</t>
+          <t>1977-12-26</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>+9647702822226</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
-          <t>mazinalsaidi24@gmail.com</t>
+          <t>maanalali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I104" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J104" s="1" t="inlineStr">
         <is>
-          <t>2021-08-01</t>
+          <t>2021-07-13</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
-          <t>أدارة وتنظيم </t>
+          <t>Physical organic chemistry</t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس </t>
+          <t>RAFT Polymers grafting nanoparticles</t>
         </is>
       </c>
       <c r="M104" s="1" t="inlineStr">
         <is>
-          <t>«ПЕДАГОГИЧЕСКИЕ ОСОБЕННОСТИ ЭКОНОМИЧЕСКОГО ОБРАЗОВАНИЯ » المميزات التربوية للتعليم الأقتصادي</t>
+          <t>Applicational</t>
         </is>
       </c>
       <c r="N104" s="1"/>
       <c r="O104" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P104" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>413</t>
+          <t>974</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t> أحمد سعيد محمد</t>
+          <t>عدنان محيسن علي</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Saeed Mohammed</t>
+          <t>Adnan Mohaisen Ali</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qlf0513wjv2a_dm.jpg</t>
+          <t>uploads/files/52h6tcq0v4akinz.jpg</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>1978-10-21</t>
+          <t>1972-09-20</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
-          <t>07713392788</t>
+          <t>07714978944</t>
         </is>
       </c>
       <c r="H105" s="1" t="inlineStr">
         <is>
-          <t>ahmedalbudeiri@gmail.com</t>
+          <t>adnan.am7094@gmail.com</t>
         </is>
       </c>
       <c r="I105" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J105" s="1" t="inlineStr">
         <is>
-          <t>2021-08-11</t>
+          <t>2021-08-01</t>
         </is>
       </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>Biology</t>
+          <t>علم اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L105" s="1" t="inlineStr">
         <is>
-          <t>Invertebrates</t>
+          <t>فقه اللغة الانكليزية</t>
         </is>
       </c>
       <c r="M105" s="1" t="inlineStr">
         <is>
-          <t>تأثير التغيرات الشهرية لبعض العوامل البيئية في كثافة الهائمات الحيوانية في مياه نهر الغراف / ذي قار / العراق</t>
+          <t>المصطلحات التقيمية في اللغة العربية والانكليزية</t>
         </is>
       </c>
       <c r="N105" s="1" t="inlineStr">
         <is>
-          <t>THE ROLE OF ZOOPLANKTON IN THE PELAGIC FOOD WEBS OF TROPICAL LAKES</t>
+          <t>مناضرة متعددة التخصصات في الاختلافات اللغوية</t>
         </is>
       </c>
       <c r="O105" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P105" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>158</t>
+          <t>534</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>سجى ماجد داود </t>
+          <t>مـازن عبد الأئمة كاظم </t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>Saja Majid Daoud</t>
+          <t>MAZIN ABDULAAIMA KADHIM</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/tksxzqb2darv5wc.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5i2qvh1slwmru6o.jpeg</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
-          <t>1992-04-04</t>
+          <t>1976-04-10</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G106" s="1" t="inlineStr">
         <is>
-          <t>07706200566</t>
+          <t>+9647702822226</t>
         </is>
       </c>
       <c r="H106" s="1" t="inlineStr">
         <is>
-          <t>saja-Alazawy@uomisan.edu.iq</t>
+          <t>mazinalsaidi24@gmail.com</t>
         </is>
       </c>
       <c r="I106" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J106" s="1" t="inlineStr">
         <is>
-          <t>2021-09-06</t>
+          <t>2021-08-01</t>
         </is>
       </c>
       <c r="K106" s="1" t="inlineStr">
         <is>
-          <t>قانون </t>
+          <t>أدارة وتنظيم </t>
         </is>
       </c>
       <c r="L106" s="1" t="inlineStr">
         <is>
-          <t>قانون تجاري</t>
+          <t>طرائق تدريس </t>
         </is>
       </c>
       <c r="M106" s="1" t="inlineStr">
         <is>
-          <t>غش المستفيد واثره على الوفاء بقيمة الاعتماد المستندي(دراسة مقارنة)</t>
-[...6 lines deleted...]
-      </c>
+          <t>«ПЕДАГОГИЧЕСКИЕ ОСОБЕННОСТИ ЭКОНОМИЧЕСКОГО ОБРАЗОВАНИЯ » المميزات التربوية للتعليم الأقتصادي</t>
+        </is>
+      </c>
+      <c r="N106" s="1"/>
       <c r="O106" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P106" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>515</t>
+          <t>413</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>فائز رمضان لعيبي</t>
+          <t> أحمد سعيد محمد</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>faiz ramadan luaebi</t>
+          <t>Ahmed Saeed Mohammed</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ytapwb180uhq4v5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qlf0513wjv2a_dm.jpg</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
-          <t>1982-02-23</t>
+          <t>1978-10-21</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G107" s="1" t="inlineStr">
         <is>
-          <t>07705555516</t>
+          <t>07713392788</t>
         </is>
       </c>
       <c r="H107" s="1" t="inlineStr">
         <is>
-          <t>faiz82.rl@gmail.com</t>
+          <t>ahmedalbudeiri@gmail.com</t>
         </is>
       </c>
       <c r="I107" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J107" s="1" t="inlineStr">
         <is>
-          <t>2021-09-14</t>
+          <t>2021-08-11</t>
         </is>
       </c>
       <c r="K107" s="1" t="inlineStr">
         <is>
-          <t>ادب عربي</t>
+          <t>Biology</t>
         </is>
       </c>
       <c r="L107" s="1" t="inlineStr">
         <is>
-          <t>ادب عربي</t>
+          <t>Invertebrates</t>
         </is>
       </c>
       <c r="M107" s="1" t="inlineStr">
         <is>
-          <t>النقد اللغوي في ضوء التحليل النقدي</t>
-[...2 lines deleted...]
-      <c r="N107" s="1"/>
+          <t>تأثير التغيرات الشهرية لبعض العوامل البيئية في كثافة الهائمات الحيوانية في مياه نهر الغراف / ذي قار / العراق</t>
+        </is>
+      </c>
+      <c r="N107" s="1" t="inlineStr">
+        <is>
+          <t>THE ROLE OF ZOOPLANKTON IN THE PELAGIC FOOD WEBS OF TROPICAL LAKES</t>
+        </is>
+      </c>
       <c r="O107" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P107" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>218</t>
+          <t>158</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>نائل </t>
+          <t>سجى ماجد داود </t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>naeel</t>
+          <t>Saja Majid Daoud</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pdbzailnqu9chvo.jpg</t>
+          <t>uploads/photos/tksxzqb2darv5wc.jpg</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
-          <t>2021-09-26</t>
+          <t>1992-04-04</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
-          <t>07719026961</t>
+          <t>07706200566</t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
-          <t>nnaaeell314@gmail.com</t>
+          <t>saja-Alazawy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I108" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J108" s="1" t="inlineStr">
         <is>
-          <t>2021-09-14</t>
+          <t>2021-09-06</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>قانون </t>
         </is>
       </c>
       <c r="L108" s="1" t="inlineStr">
         <is>
-          <t>الادب العربي</t>
+          <t>قانون تجاري</t>
         </is>
       </c>
       <c r="M108" s="1" t="inlineStr">
         <is>
-          <t>القراءة الممكنة في النص النقدي الابداعي )الغائب انموذجا)</t>
+          <t>غش المستفيد واثره على الوفاء بقيمة الاعتماد المستندي(دراسة مقارنة)</t>
         </is>
       </c>
       <c r="N108" s="1" t="inlineStr">
         <is>
-          <t>صورة المثقف في الرواية العراقية المعاصرة</t>
+          <t>المسؤوليه عن الخطأ المصرفي </t>
         </is>
       </c>
       <c r="O108" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P108" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>507</t>
+          <t>515</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبدالامير حسان</t>
+          <t>فائز رمضان لعيبي</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>Qasem abdalameer hassan</t>
+          <t>faiz ramadan luaebi</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mkghvxanb3frz4e.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ytapwb180uhq4v5.jpg</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
-          <t>1980-08-01</t>
+          <t>1982-02-23</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G109" s="1" t="inlineStr">
         <is>
-          <t>009647832329949</t>
+          <t>07705555516</t>
         </is>
       </c>
       <c r="H109" s="1" t="inlineStr">
         <is>
-          <t>qasemabdalameer@yahoo.com</t>
+          <t>faiz82.rl@gmail.com</t>
         </is>
       </c>
       <c r="I109" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J109" s="1" t="inlineStr">
         <is>
-          <t>2021-10-01</t>
+          <t>2021-09-14</t>
         </is>
       </c>
       <c r="K109" s="1" t="inlineStr">
         <is>
-          <t>قانون</t>
+          <t>ادب عربي</t>
         </is>
       </c>
       <c r="L109" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
+          <t>ادب عربي</t>
         </is>
       </c>
       <c r="M109" s="1" t="inlineStr">
         <is>
-          <t>نظرية الباعث الدافع للتعاقد(النظرية الذاتية للسبب)</t>
-[...6 lines deleted...]
-      </c>
+          <t>النقد اللغوي في ضوء التحليل النقدي</t>
+        </is>
+      </c>
+      <c r="N109" s="1"/>
       <c r="O109" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P109" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>314</t>
+          <t>218</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>ريام صبيح جاسم كاطع </t>
+          <t>نائل </t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>ream sabeh jasim katie</t>
+          <t>naeel</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w59pju68x_h7soe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pdbzailnqu9chvo.jpg</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
-          <t>1986-04-27</t>
+          <t>2021-09-26</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G110" s="1" t="inlineStr">
         <is>
-          <t>07729215509</t>
+          <t>07719026961</t>
         </is>
       </c>
       <c r="H110" s="1" t="inlineStr">
         <is>
-          <t>riamahmed@uomisan.edu.iq</t>
+          <t>nnaaeell314@gmail.com</t>
         </is>
       </c>
       <c r="I110" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J110" s="1" t="inlineStr">
         <is>
-          <t>2021-10-03</t>
+          <t>2021-09-14</t>
         </is>
       </c>
       <c r="K110" s="1" t="inlineStr">
         <is>
-          <t>علم النبات </t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L110" s="1" t="inlineStr">
         <is>
-          <t>بيئه نباتيه </t>
+          <t>الادب العربي</t>
         </is>
       </c>
       <c r="M110" s="1" t="inlineStr">
         <is>
-          <t>daptation of Chenopodium murale to different habitats in Nile Delta, Egypt</t>
-[...2 lines deleted...]
-      <c r="N110" s="1"/>
+          <t>القراءة الممكنة في النص النقدي الابداعي )الغائب انموذجا)</t>
+        </is>
+      </c>
+      <c r="N110" s="1" t="inlineStr">
+        <is>
+          <t>صورة المثقف في الرواية العراقية المعاصرة</t>
+        </is>
+      </c>
       <c r="O110" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P110" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>421</t>
+          <t>507</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>زينب جاسم محمد</t>
+          <t>قاسم عبدالامير حسان</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>Zainab Jassim Mohammed </t>
+          <t>Qasem abdalameer hassan</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k4ousvxpihmcebt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mkghvxanb3frz4e.JPG</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>1987-08-03</t>
+          <t>1980-08-01</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
         <is>
-          <t>07719932902</t>
+          <t>009647832329949</t>
         </is>
       </c>
       <c r="H111" s="1" t="inlineStr">
         <is>
-          <t>zainbjasim@uomisan.edu.iq</t>
+          <t>qasemabdalameer@yahoo.com</t>
         </is>
       </c>
       <c r="I111" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J111" s="1" t="inlineStr">
         <is>
-          <t>2021-10-03</t>
+          <t>2021-10-01</t>
         </is>
       </c>
       <c r="K111" s="1" t="inlineStr">
         <is>
-          <t>حشرات</t>
+          <t>قانون</t>
         </is>
       </c>
       <c r="L111" s="1" t="inlineStr">
         <is>
-          <t>بيئة حشرات</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="M111" s="1" t="inlineStr">
         <is>
-          <t>دراسة بيئية لبعض انواع المن على محصول الحنطة ومقامتها حيويا في محافظتي البصرة وميسان</t>
-[...2 lines deleted...]
-      <c r="N111" s="1"/>
+          <t>نظرية الباعث الدافع للتعاقد(النظرية الذاتية للسبب)</t>
+        </is>
+      </c>
+      <c r="N111" s="1" t="inlineStr">
+        <is>
+          <t>تاثير سياست هاي اقتصادي دولت بر اصل حاكميت ارادة در اعمال حقوقي</t>
+        </is>
+      </c>
       <c r="O111" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P111" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>314</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>رياض غني محمود</t>
+          <t>ريام صبيح جاسم كاطع </t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>Riyadh Ghani Mahmoud</t>
+          <t>ream sabeh jasim katie</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hqo7wv1dubmcg63.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w59pju68x_h7soe.jpg</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>2012-02-25</t>
+          <t>1986-04-27</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G112" s="1" t="inlineStr">
         <is>
-          <t>٠٧٨٠٠٣٧٢٩٢١</t>
+          <t>07729215509</t>
         </is>
       </c>
       <c r="H112" s="1" t="inlineStr">
         <is>
-          <t>rydhgany@gmail.com</t>
+          <t>riamahmed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I112" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J112" s="1" t="inlineStr">
         <is>
-          <t>2021-10-04</t>
+          <t>2021-10-03</t>
         </is>
       </c>
       <c r="K112" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>علم النبات </t>
         </is>
       </c>
       <c r="L112" s="1" t="inlineStr">
         <is>
-          <t>الحديث والمعاصر</t>
+          <t>بيئه نباتيه </t>
         </is>
       </c>
       <c r="M112" s="1" t="inlineStr">
         <is>
-          <t>يوسف رجيب جهوده الصحفية وآراؤه السياسية ١٩٠٠١٩٤٧</t>
+          <t>daptation of Chenopodium murale to different habitats in Nile Delta, Egypt</t>
         </is>
       </c>
       <c r="N112" s="1"/>
       <c r="O112" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P112" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>474</t>
+          <t>421</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>ساجد كامل زمام</t>
+          <t>زينب جاسم محمد</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>sajid kamil zemam</t>
+          <t>Zainab Jassim Mohammed </t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/htjosq7bea_ycxm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/k4ousvxpihmcebt.jpg</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>2021-09-27</t>
+          <t>1987-08-03</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G113" s="1" t="inlineStr">
         <is>
-          <t>07700171661</t>
+          <t>07719932902</t>
         </is>
       </c>
       <c r="H113" s="1" t="inlineStr">
         <is>
-          <t>sajid.kamil@uomisan.edu.iq</t>
+          <t>zainbjasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I113" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J113" s="1" t="inlineStr">
         <is>
-          <t>2021-10-11</t>
+          <t>2021-10-03</t>
         </is>
       </c>
       <c r="K113" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>حشرات</t>
         </is>
       </c>
       <c r="L113" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>بيئة حشرات</t>
         </is>
       </c>
       <c r="M113" s="1" t="inlineStr">
         <is>
-          <t>Experimental study of bending behavior of a clay under different suctions - Analysis by digital image processing</t>
+          <t>دراسة بيئية لبعض انواع المن على محصول الحنطة ومقامتها حيويا في محافظتي البصرة وميسان</t>
         </is>
       </c>
       <c r="N113" s="1"/>
       <c r="O113" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P113" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>290</t>
+          <t>318</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>سجى فالح حسين</t>
+          <t>رياض غني محمود</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>Saja Falih hussein</t>
+          <t>Riyadh Ghani Mahmoud</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ucx924b5ye7k80o.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hqo7wv1dubmcg63.jpg</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>1988-07-22</t>
+          <t>2012-02-25</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G114" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٢٩٢٤٦٧٨٣</t>
+          <t>٠٧٨٠٠٣٧٢٩٢١</t>
         </is>
       </c>
       <c r="H114" s="1" t="inlineStr">
         <is>
-          <t>sagafh88@gmail.com</t>
+          <t>rydhgany@gmail.com</t>
         </is>
       </c>
       <c r="I114" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J114" s="1" t="inlineStr">
         <is>
-          <t>2021-10-25</t>
+          <t>2021-10-04</t>
         </is>
       </c>
       <c r="K114" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L114" s="1" t="inlineStr">
         <is>
-          <t>قانون دستوري</t>
+          <t>الحديث والمعاصر</t>
         </is>
       </c>
       <c r="M114" s="1" t="inlineStr">
         <is>
-          <t>النظام الدستوري للسلطة القضائية الاتحادية في دستور جمهورية العراق لسنة ٢٠٠٥</t>
+          <t>يوسف رجيب جهوده الصحفية وآراؤه السياسية ١٩٠٠١٩٤٧</t>
         </is>
       </c>
       <c r="N114" s="1"/>
       <c r="O114" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P114" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>496</t>
+          <t>474</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عادل داخل</t>
+          <t>ساجد كامل زمام</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>fatimat adil dakhil</t>
+          <t>sajid kamil zemam</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j0zx4s1mlkv8rh2.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/htjosq7bea_ycxm.jpg</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
-          <t>1979-12-01</t>
+          <t>2021-09-27</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G115" s="1" t="inlineStr">
         <is>
-          <t>07722139838</t>
+          <t>07700171661</t>
         </is>
       </c>
       <c r="H115" s="1" t="inlineStr">
         <is>
-          <t>hhjjkk@gmail.com</t>
+          <t>sajid.kamil@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I115" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J115" s="1" t="inlineStr">
         <is>
-          <t>2021-11-10</t>
+          <t>2021-10-11</t>
         </is>
       </c>
       <c r="K115" s="1" t="inlineStr">
         <is>
-          <t>علم النفس</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="L115" s="1" t="inlineStr">
         <is>
-          <t>ارشاد نفسي</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="M115" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج ارشادي في خفض العدائية لدا طلبة الجامعة </t>
-[...6 lines deleted...]
-      </c>
+          <t>Experimental study of bending behavior of a clay under different suctions - Analysis by digital image processing</t>
+        </is>
+      </c>
+      <c r="N115" s="1"/>
       <c r="O115" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P115" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>935</t>
+          <t>290</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>جمال جاسم الموسوي</t>
+          <t>سجى فالح حسين</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>Jamal</t>
+          <t>Saja Falih hussein</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/n7kzs_d46uaiq3c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ucx924b5ye7k80o.jpg</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>1981-05-15</t>
+          <t>1988-07-22</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G116" s="1" t="inlineStr">
         <is>
-          <t>07705571463</t>
+          <t>٠٧٧٢٩٢٤٦٧٨٣</t>
         </is>
       </c>
       <c r="H116" s="1" t="inlineStr">
         <is>
-          <t>jmalmsrt@gmail.com</t>
+          <t>sagafh88@gmail.com</t>
         </is>
       </c>
       <c r="I116" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J116" s="1" t="inlineStr">
         <is>
-          <t>2021-11-10</t>
+          <t>2021-10-25</t>
         </is>
       </c>
       <c r="K116" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية/الأدب </t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L116" s="1" t="inlineStr">
         <is>
-          <t>الادب الأندلسي </t>
+          <t>قانون دستوري</t>
         </is>
       </c>
       <c r="M116" s="1" t="inlineStr">
         <is>
-          <t>الانتماء والاانتماء في الشعر الاندلسي </t>
-[...6 lines deleted...]
-      </c>
+          <t>النظام الدستوري للسلطة القضائية الاتحادية في دستور جمهورية العراق لسنة ٢٠٠٥</t>
+        </is>
+      </c>
+      <c r="N116" s="1"/>
       <c r="O116" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P116" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>759</t>
+          <t>496</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>محمد حنون داود</t>
+          <t>فاطمة عادل داخل</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>mohammed hanwon dawood</t>
+          <t>fatimat adil dakhil</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/0jih73g6b8zcunl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j0zx4s1mlkv8rh2.JPG</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
-          <t>1966-05-25</t>
+          <t>1979-12-01</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G117" s="1" t="inlineStr">
         <is>
-          <t>07762629930</t>
+          <t>07722139838</t>
         </is>
       </c>
       <c r="H117" s="1" t="inlineStr">
         <is>
-          <t>mohammed.h.dawood@uomisan.edu.iq</t>
+          <t>hhjjkk@gmail.com</t>
         </is>
       </c>
       <c r="I117" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J117" s="1" t="inlineStr">
         <is>
-          <t>2021-12-30</t>
+          <t>2021-11-10</t>
         </is>
       </c>
       <c r="K117" s="1" t="inlineStr">
         <is>
-          <t>علوم الكيمياء </t>
+          <t>علم النفس</t>
         </is>
       </c>
       <c r="L117" s="1" t="inlineStr">
         <is>
-          <t>كيمياء حياتية سريرية</t>
+          <t>ارشاد نفسي</t>
         </is>
       </c>
       <c r="M117" s="1" t="inlineStr">
         <is>
-          <t>تأثير عالج inhibitors 20 CD مقارنة بعالج   TNF α inhibitors على -17 IL فى مرضى التهاب المفاصل الروماتويدى الفعال</t>
+          <t>اثر برنامج ارشادي في خفض العدائية لدا طلبة الجامعة </t>
         </is>
       </c>
       <c r="N117" s="1" t="inlineStr">
         <is>
-          <t>دور انمؤشراث انبايوكيميائيو Glycodeline-A , sFlt-1 , PlGF كمؤشراث تنبؤيو عه خسارة انحمم  في انثهث األول</t>
+          <t>.</t>
         </is>
       </c>
       <c r="O117" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P117" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>650</t>
+          <t>935</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>صبيح علاوي زاير</t>
+          <t>جمال جاسم الموسوي</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>Sabeeh Allwi Zayer</t>
+          <t>Jamal</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k_ecnh3b9mq1aig.jpg</t>
+          <t>uploads/photos/n7kzs_d46uaiq3c.jpg</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>1969-07-01</t>
+          <t>1981-05-15</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G118" s="1" t="inlineStr">
         <is>
-          <t>07705523957</t>
+          <t>07705571463</t>
         </is>
       </c>
       <c r="H118" s="1" t="inlineStr">
         <is>
-          <t>sabeeh_alwe@yahoo.com</t>
+          <t>jmalmsrt@gmail.com</t>
         </is>
       </c>
       <c r="I118" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J118" s="1" t="inlineStr">
         <is>
-          <t>2022-01-05</t>
+          <t>2021-11-10</t>
         </is>
       </c>
       <c r="K118" s="1" t="inlineStr">
         <is>
-          <t>جراحة</t>
+          <t>اللغة العربية/الأدب </t>
         </is>
       </c>
       <c r="L118" s="1" t="inlineStr">
         <is>
-          <t>E.N.T.</t>
+          <t>الادب الأندلسي </t>
         </is>
       </c>
       <c r="M118" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>الانتماء والاانتماء في الشعر الاندلسي </t>
         </is>
       </c>
       <c r="N118" s="1" t="inlineStr">
         <is>
-          <t>Mucormycosis of the Sinuses and Brain </t>
+          <t>تمثلات المرأة في المتخيل العربي _دراسة في كتاب العقد الفريد لأحمد بن عبد ربه الاندلسي 328هــ</t>
         </is>
       </c>
       <c r="O118" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P118" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>623</t>
+          <t>759</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>علاء شامخ حسن</t>
+          <t>محمد حنون داود</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>Alaa Shamikh Hassan</t>
+          <t>mohammed hanwon dawood</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_lja6x2pz5i0dw8.jpg</t>
+          <t>uploads/photos/0jih73g6b8zcunl.jpg</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>1979-11-05</t>
+          <t>1966-05-25</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G119" s="1" t="inlineStr">
         <is>
-          <t>07705536668</t>
+          <t>07762629930</t>
         </is>
       </c>
       <c r="H119" s="1" t="inlineStr">
         <is>
-          <t>alaashamikh100@gmail.com</t>
+          <t>mohammed.h.dawood@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I119" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J119" s="1" t="inlineStr">
         <is>
-          <t>2022-01-27</t>
+          <t>2021-12-30</t>
         </is>
       </c>
       <c r="K119" s="1" t="inlineStr">
         <is>
-          <t>علم الأمراض والطب العدلي</t>
+          <t>علوم الكيمياء </t>
         </is>
       </c>
       <c r="L119" s="1" t="inlineStr">
         <is>
-          <t>علم امراض الدم</t>
+          <t>كيمياء حياتية سريرية</t>
         </is>
       </c>
       <c r="M119" s="1" t="inlineStr">
         <is>
-          <t>EVALUATION OF CD9 &amp; CD56 ANTIGENS EXPRESSION IN ADULT ACUTE MYELOID  LEUKAEMIA. </t>
-[...2 lines deleted...]
-      <c r="N119" s="1"/>
+          <t>تأثير عالج inhibitors 20 CD مقارنة بعالج   TNF α inhibitors على -17 IL فى مرضى التهاب المفاصل الروماتويدى الفعال</t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>دور انمؤشراث انبايوكيميائيو Glycodeline-A , sFlt-1 , PlGF كمؤشراث تنبؤيو عه خسارة انحمم  في انثهث األول</t>
+        </is>
+      </c>
       <c r="O119" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P119" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>664</t>
+          <t>650</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>سعود كاظم عباس </t>
+          <t>صبيح علاوي زاير</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>Saud Kadhim Abbas</t>
+          <t>Sabeeh Allwi Zayer</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/oafchpxlkeu0smg.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/k_ecnh3b9mq1aig.jpg</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>1976-10-23</t>
+          <t>1969-07-01</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
-          <t>+9647710611062</t>
+          <t>07705523957</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
-          <t>dr.saud@yahoo.com</t>
+          <t>sabeeh_alwe@yahoo.com</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>2022-01-31</t>
+          <t>2022-01-05</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
-          <t>Medicine</t>
+          <t>جراحة</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>Radiology</t>
+          <t>E.N.T.</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
-          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N120" s="1" t="inlineStr">
         <is>
-          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
+          <t>Mucormycosis of the Sinuses and Brain </t>
         </is>
       </c>
       <c r="O120" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P120" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>618</t>
+          <t>623</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>احمد علي محمد </t>
+          <t>علاء شامخ حسن</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ali Mohammed </t>
+          <t>Alaa Shamikh Hassan</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sfax0igh6d9now7.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_lja6x2pz5i0dw8.jpg</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
-          <t>1980-03-28</t>
+          <t>1979-11-05</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G121" s="1" t="inlineStr">
         <is>
-          <t>00964 7711166405</t>
+          <t>07705536668</t>
         </is>
       </c>
       <c r="H121" s="1" t="inlineStr">
         <is>
-          <t>ahmedcts.mcm@uomisan.edu.iq</t>
+          <t>alaashamikh100@gmail.com</t>
         </is>
       </c>
       <c r="I121" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J121" s="1" t="inlineStr">
         <is>
-          <t>2022-01-31</t>
+          <t>2022-01-27</t>
         </is>
       </c>
       <c r="K121" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>علم الأمراض والطب العدلي</t>
         </is>
       </c>
       <c r="L121" s="1" t="inlineStr">
         <is>
-          <t>جراحة صدر وقلب واوعية دموية</t>
+          <t>علم امراض الدم</t>
         </is>
       </c>
       <c r="M121" s="1" t="inlineStr">
         <is>
-          <t>Disc button Battery ingestion</t>
+          <t>EVALUATION OF CD9 &amp; CD56 ANTIGENS EXPRESSION IN ADULT ACUTE MYELOID  LEUKAEMIA. </t>
         </is>
       </c>
       <c r="N121" s="1"/>
       <c r="O121" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P121" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>553</t>
+          <t>664</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>علي عباس حسن </t>
+          <t>سعود كاظم عباس </t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>ali abass Hassan </t>
+          <t>Saud Kadhim Abbas</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x3f2vakwud8bp9i.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/oafchpxlkeu0smg.JPG</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
-          <t>2016-08-15</t>
+          <t>1976-10-23</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G122" s="1" t="inlineStr">
         <is>
-          <t>07716698974</t>
+          <t>+9647710611062</t>
         </is>
       </c>
       <c r="H122" s="1" t="inlineStr">
         <is>
-          <t>alisport19857@gmail.com</t>
+          <t>dr.saud@yahoo.com</t>
         </is>
       </c>
       <c r="I122" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J122" s="1" t="inlineStr">
         <is>
-          <t>2022-02-08</t>
+          <t>2022-01-31</t>
         </is>
       </c>
       <c r="K122" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية </t>
+          <t>Medicine</t>
         </is>
       </c>
       <c r="L122" s="1" t="inlineStr">
         <is>
-          <t>الإدارة الرياضية </t>
+          <t>Radiology</t>
         </is>
       </c>
       <c r="M122" s="1" t="inlineStr">
         <is>
-          <t>اثر الرياضة في الحياة الاجتماعية للعراقيين المقيمين في قم </t>
-[...2 lines deleted...]
-      <c r="N122" s="1"/>
+          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>Prevalence of Cholelithiasis Among Patients with Haemoglobinopathies in Basrah Governorate</t>
+        </is>
+      </c>
       <c r="O122" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P122" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>388</t>
+          <t>618</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>موحان حسن صبيح</t>
+          <t>احمد علي محمد </t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>muhan hasan sabih</t>
+          <t>Ahmed Ali Mohammed </t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m9dbvt2auw4cexh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sfax0igh6d9now7.jpeg</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
-          <t>1976-08-13</t>
+          <t>1980-03-28</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G123" s="1" t="inlineStr">
         <is>
-          <t>07703162876</t>
+          <t>00964 7711166405</t>
         </is>
       </c>
       <c r="H123" s="1" t="inlineStr">
         <is>
-          <t>mohanhasan@uomisan.edu.iq</t>
+          <t>ahmedcts.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I123" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J123" s="1" t="inlineStr">
         <is>
-          <t>2022-02-14</t>
+          <t>2022-01-31</t>
         </is>
       </c>
       <c r="K123" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L123" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة المقارن</t>
+          <t>جراحة صدر وقلب واوعية دموية</t>
         </is>
       </c>
       <c r="M123" s="1" t="inlineStr">
         <is>
-          <t>مفهومية (المهني-المتخصص) في التواصل الحديث</t>
-[...6 lines deleted...]
-      </c>
+          <t>Disc button Battery ingestion</t>
+        </is>
+      </c>
+      <c r="N123" s="1"/>
       <c r="O123" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P123" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>787</t>
+          <t>553</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>م.د نور كاظم فهيد</t>
+          <t>علي عباس حسن </t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t>noor k. faheed</t>
+          <t>ali abass Hassan </t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/0gctqxe9p7oml8_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/x3f2vakwud8bp9i.jpeg</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>1991-04-20</t>
+          <t>2016-08-15</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
         <is>
-          <t>07713818747</t>
+          <t>07716698974</t>
         </is>
       </c>
       <c r="H124" s="1" t="inlineStr">
         <is>
-          <t>noor.kf@uomisan.edu.iq</t>
+          <t>alisport19857@gmail.com</t>
         </is>
       </c>
       <c r="I124" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J124" s="1" t="inlineStr">
         <is>
-          <t>2022-02-20</t>
+          <t>2022-02-08</t>
         </is>
       </c>
       <c r="K124" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد</t>
+          <t>التربية الرياضية </t>
         </is>
       </c>
       <c r="L124" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد الاحيائية</t>
+          <t>الإدارة الرياضية </t>
         </is>
       </c>
       <c r="M124" s="1" t="inlineStr">
         <is>
-          <t>تأثير درجات الحراره علئ انبعاج اعمدة المواد المتراكبه</t>
+          <t>اثر الرياضة في الحياة الاجتماعية للعراقيين المقيمين في قم </t>
         </is>
       </c>
       <c r="N124" s="1"/>
       <c r="O124" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P124" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>622</t>
+          <t>388</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>جبار جاسم عطية</t>
+          <t>موحان حسن صبيح</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>jabbar jasim atiyah</t>
+          <t>muhan hasan sabih</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/p57efa_61sk0vmy.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m9dbvt2auw4cexh.jpg</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>1966-02-02</t>
+          <t>1976-08-13</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
         <is>
-          <t>07719922636</t>
+          <t>07703162876</t>
         </is>
       </c>
       <c r="H125" s="1" t="inlineStr">
         <is>
-          <t>jabbar.mcm@uomisan.edu.iq</t>
+          <t>mohanhasan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I125" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J125" s="1" t="inlineStr">
         <is>
-          <t>2022-03-06</t>
+          <t>2022-02-14</t>
         </is>
       </c>
       <c r="K125" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L125" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني</t>
+          <t>علم اللغة المقارن</t>
         </is>
       </c>
       <c r="M125" s="1" t="inlineStr">
         <is>
-          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
+          <t>مفهومية (المهني-المتخصص) في التواصل الحديث</t>
         </is>
       </c>
       <c r="N125" s="1" t="inlineStr">
         <is>
-          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
+          <t>التصورات اللغوية للقران الكريم في دراسات المستشرقين المعاصرين</t>
         </is>
       </c>
       <c r="O125" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P125" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>927</t>
+          <t>787</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>حيدر علي كريم</t>
+          <t>م.د نور كاظم فهيد</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>Haider Al Khazraji</t>
-[...2 lines deleted...]
-      <c r="D126" s="1"/>
+          <t>noor k. faheed</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/0gctqxe9p7oml8_.jpg</t>
+        </is>
+      </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
-          <t>1991-09-20</t>
+          <t>1991-04-20</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
         <is>
-          <t>07707371766</t>
+          <t>07713818747</t>
         </is>
       </c>
       <c r="H126" s="1" t="inlineStr">
         <is>
-          <t>hayder-ali@uomisan.edu.iq</t>
+          <t>noor.kf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I126" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J126" s="1" t="inlineStr">
         <is>
-          <t>2022-03-16</t>
+          <t>2022-02-20</t>
         </is>
       </c>
       <c r="K126" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>هندسة المواد</t>
         </is>
       </c>
       <c r="L126" s="1" t="inlineStr">
         <is>
-          <t>تقانات خضر</t>
-[...2 lines deleted...]
-      <c r="M126" s="1"/>
+          <t>هندسة المواد الاحيائية</t>
+        </is>
+      </c>
+      <c r="M126" s="1" t="inlineStr">
+        <is>
+          <t>تأثير درجات الحراره علئ انبعاج اعمدة المواد المتراكبه</t>
+        </is>
+      </c>
       <c r="N126" s="1"/>
       <c r="O126" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P126" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>328</t>
+          <t>622</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>ماجد مجباس حسن </t>
+          <t>جبار جاسم عطية</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>majed michbas hasan</t>
+          <t>jabbar jasim atiyah</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gv7mqyrf4tj80_w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/p57efa_61sk0vmy.jpg</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>2021-03-10</t>
+          <t>1966-02-02</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
-          <t>07715908783</t>
+          <t>07719922636</t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>majid_hassan@uomisan.edu.iq</t>
+          <t>jabbar.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I127" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J127" s="1" t="inlineStr">
         <is>
-          <t>2022-04-04</t>
+          <t>2022-03-06</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>الطب الباطني</t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>الطب الباطني</t>
         </is>
       </c>
       <c r="M127" s="1" t="inlineStr">
         <is>
-          <t>المركز القانوني للمحكم دراسة مقارنة</t>
+          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
         </is>
       </c>
       <c r="N127" s="1" t="inlineStr">
         <is>
-          <t>تنفيذ الالتزام العقدي على حساب المدين دراسة مقارنة</t>
+          <t>RELEATION OF  GLOMRULAR FILTRATION RATE  WITH LEFT VNTRICULAR MASS MEASURMENTS IN PATIANTS HAD RENAL IMPAIRMENT AND CHRONIC KIDNEY DISEASE</t>
         </is>
       </c>
       <c r="O127" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P127" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>927</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>فرزدق عبد القادر حمدان</t>
+          <t>حيدر علي كريم</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>Farazdaq Abdelkader Hmdan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Haider Al Khazraji</t>
+        </is>
+      </c>
+      <c r="D128" s="1"/>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>1982-06-10</t>
+          <t>1991-09-20</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
-          <t>+964775534181</t>
+          <t>07707371766</t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>farazdaq@uomisan.edu.iq</t>
+          <t>hayder-ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I128" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J128" s="1" t="inlineStr">
         <is>
-          <t>2022-05-08</t>
+          <t>2022-03-16</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
-          <t>تربيةبدنية وعلوم الرياضة</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t>الاختبارات و القياس - المصارعة</t>
-[...6 lines deleted...]
-      </c>
+          <t>تقانات خضر</t>
+        </is>
+      </c>
+      <c r="M128" s="1"/>
       <c r="N128" s="1"/>
       <c r="O128" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P128" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>818</t>
+          <t>328</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>سنان عماد صبري</t>
+          <t>ماجد مجباس حسن </t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>Sinan Imad Sabri</t>
+          <t>majed michbas hasan</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/bv8lqu57min1ck9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gv7mqyrf4tj80_w.jpg</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>1979-07-07</t>
+          <t>2021-03-10</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
-          <t>07851954898</t>
+          <t>07715908783</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
-          <t>sisabri@uomisan.edu.iq</t>
+          <t>majid_hassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J129" s="1" t="inlineStr">
         <is>
-          <t>2022-05-14</t>
+          <t>2022-04-04</t>
         </is>
       </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>Computer Vision</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M129" s="1" t="inlineStr">
         <is>
-          <t>Image Restoration Using Neural Networks</t>
+          <t>المركز القانوني للمحكم دراسة مقارنة</t>
         </is>
       </c>
       <c r="N129" s="1" t="inlineStr">
         <is>
-          <t>Learning Representations for Human Identification</t>
+          <t>تنفيذ الالتزام العقدي على حساب المدين دراسة مقارنة</t>
         </is>
       </c>
       <c r="O129" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>601</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>فهمي محمد رامز فهمي مالي </t>
+          <t>فرزدق عبد القادر حمدان</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>FAHMI MUHAMAD RAMIZ FAHMI </t>
+          <t>Farazdaq Abdelkader Hmdan</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hqdpxojzkcvl7y9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1m7yb9eoih0ars4.jpg</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>2022-03-19</t>
+          <t>1982-06-10</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
-          <t>07705504708</t>
+          <t>+964775534181</t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
-          <t>fagmey1974@gmail.com</t>
+          <t>farazdaq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I130" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J130" s="1" t="inlineStr">
         <is>
-          <t>2022-05-23</t>
+          <t>2022-05-08</t>
         </is>
       </c>
       <c r="K130" s="1" t="inlineStr">
         <is>
-          <t>&amp;#39;طرائق تدريس التربية الفنية </t>
+          <t>تربيةبدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L130" s="1" t="inlineStr">
         <is>
-          <t>التربية الفنية </t>
+          <t>الاختبارات و القياس - المصارعة</t>
         </is>
       </c>
       <c r="M130" s="1" t="inlineStr">
         <is>
-          <t>الانفعالات النفسية في رسوم تلامذة المرحلة الابتدائية في ضوء مراحل التعبير </t>
+          <t>تحديد أنموذج لأهم المسكات والمتطلبات البدنية والوظيفية لدى لاعبي المصارعة الشباب  </t>
         </is>
       </c>
       <c r="N130" s="1"/>
       <c r="O130" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P130" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>655</t>
+          <t>818</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>حمود ماضي حسن</t>
+          <t>سنان عماد صبري</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>Hmood Madhi Hasan</t>
+          <t>Sinan Imad Sabri</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6j8bianqr2y3wx1.jpg</t>
+          <t>uploads/photos/bv8lqu57min1ck9.jpg</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
-          <t>1974-07-01</t>
+          <t>1979-07-07</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G131" s="1" t="inlineStr">
         <is>
-          <t>07708675076</t>
+          <t>07851954898</t>
         </is>
       </c>
       <c r="H131" s="1" t="inlineStr">
         <is>
-          <t>hmoudmh74@gmail.com</t>
+          <t>sisabri@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I131" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J131" s="1" t="inlineStr">
         <is>
-          <t>2022-05-25</t>
+          <t>2022-05-14</t>
         </is>
       </c>
       <c r="K131" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>هندسة حاسبات</t>
         </is>
       </c>
       <c r="L131" s="1" t="inlineStr">
         <is>
-          <t>طب مجتمع</t>
+          <t>Computer Vision</t>
         </is>
       </c>
       <c r="M131" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Image Restoration Using Neural Networks</t>
         </is>
       </c>
       <c r="N131" s="1" t="inlineStr">
         <is>
-          <t>the obesity and stress among doctors in missan city 2012</t>
+          <t>Learning Representations for Human Identification</t>
         </is>
       </c>
       <c r="O131" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P131" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>840</t>
+          <t>601</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن لازم</t>
+          <t>فهمي محمد رامز فهمي مالي </t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hasan Lazim </t>
+          <t>FAHMI MUHAMAD RAMIZ FAHMI </t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/65nifavo7pkbgm4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hqdpxojzkcvl7y9.jpg</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
-          <t>1988-03-21</t>
+          <t>2022-03-19</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G132" s="1" t="inlineStr">
         <is>
-          <t>0773766xxxxx</t>
+          <t>07705504708</t>
         </is>
       </c>
       <c r="H132" s="1" t="inlineStr">
         <is>
-          <t>mohammed.hasan@uomisan.edu.iq</t>
+          <t>fagmey1974@gmail.com</t>
         </is>
       </c>
       <c r="I132" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J132" s="1" t="inlineStr">
         <is>
-          <t>2022-06-09</t>
+          <t>2022-05-23</t>
         </is>
       </c>
       <c r="K132" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكهربائية</t>
+          <t>&amp;#39;طرائق تدريس التربية الفنية </t>
         </is>
       </c>
       <c r="L132" s="1" t="inlineStr">
         <is>
-          <t>قدرة و مكائن</t>
+          <t>التربية الفنية </t>
         </is>
       </c>
       <c r="M132" s="1" t="inlineStr">
         <is>
-          <t>المحرك الحثي المتعدد الدوائر مع تحسين أداء قدرته</t>
+          <t>الانفعالات النفسية في رسوم تلامذة المرحلة الابتدائية في ضوء مراحل التعبير </t>
         </is>
       </c>
       <c r="N132" s="1"/>
       <c r="O132" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P132" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>387</t>
+          <t>655</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>عباس عبدالحسين حداد</t>
+          <t>حمود ماضي حسن</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>Abbas Abdulhussein Haddad</t>
+          <t>Hmood Madhi Hasan</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/3zxrv9s842e_k16.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6j8bianqr2y3wx1.jpg</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
-          <t>1986-10-01</t>
+          <t>1974-07-01</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G133" s="1" t="inlineStr">
         <is>
-          <t>07717846906</t>
+          <t>07708675076</t>
         </is>
       </c>
       <c r="H133" s="1" t="inlineStr">
         <is>
-          <t>abbas@uomisan.edu.iq</t>
+          <t>hmoudmh74@gmail.com</t>
         </is>
       </c>
       <c r="I133" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J133" s="1" t="inlineStr">
         <is>
-          <t>2022-06-30</t>
+          <t>2022-05-25</t>
         </is>
       </c>
       <c r="K133" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L133" s="1" t="inlineStr">
         <is>
-          <t>تقنيات المعلومات</t>
+          <t>طب مجتمع</t>
         </is>
       </c>
       <c r="M133" s="1" t="inlineStr">
         <is>
-          <t>Research features of City management by using GIS and developing software for local government</t>
-[...2 lines deleted...]
-      <c r="N133" s="1"/>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N133" s="1" t="inlineStr">
+        <is>
+          <t>the obesity and stress among doctors in missan city 2012</t>
+        </is>
+      </c>
       <c r="O133" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P133" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>685</t>
+          <t>840</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>مالك هادي محمود</t>
+          <t>محمد حسن لازم</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>Malik Hadi Mahmood</t>
+          <t>Mohammed Hasan Lazim </t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sl7cnjxvbk10982.jpg</t>
+          <t>uploads/photos/65nifavo7pkbgm4.jpg</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
-          <t>1985-08-25</t>
+          <t>1988-03-21</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G134" s="1" t="inlineStr">
         <is>
-          <t>+964 7705768815</t>
+          <t>0773766xxxxx</t>
         </is>
       </c>
       <c r="H134" s="1" t="inlineStr">
         <is>
-          <t>malik.hadi@wigner.hu</t>
+          <t>mohammed.hasan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I134" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J134" s="1" t="inlineStr">
         <is>
-          <t>2022-07-05</t>
+          <t>2022-06-09</t>
         </is>
       </c>
       <c r="K134" s="1" t="inlineStr">
         <is>
-          <t>علوم فيزياء</t>
+          <t>الهندسة الكهربائية</t>
         </is>
       </c>
       <c r="L134" s="1" t="inlineStr">
         <is>
-          <t>Laser applications and optical materials</t>
+          <t>قدرة و مكائن</t>
         </is>
       </c>
       <c r="M134" s="1" t="inlineStr">
         <is>
-          <t>دراسة الخواص الكهروضوئية لمواد عضوية-لاعضوية ذات تراكيب جديدة</t>
-[...6 lines deleted...]
-      </c>
+          <t>المحرك الحثي المتعدد الدوائر مع تحسين أداء قدرته</t>
+        </is>
+      </c>
+      <c r="N134" s="1"/>
       <c r="O134" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P134" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>820</t>
+          <t>387</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي صالح </t>
+          <t>عباس عبدالحسين حداد</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>Mohammad Mahdie Saleh</t>
+          <t>Abbas Abdulhussein Haddad</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/rkytwuv7z63hsl_.jpg</t>
+          <t>uploads/photos/3zxrv9s842e_k16.jpeg</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>1981-04-25</t>
+          <t>1986-10-01</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G135" s="1" t="inlineStr">
         <is>
-          <t>07722551053</t>
+          <t>07717846906</t>
         </is>
       </c>
       <c r="H135" s="1" t="inlineStr">
         <is>
-          <t>mohammed.alazawii@uomisan.edu.iq</t>
+          <t>abbas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I135" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J135" s="1" t="inlineStr">
         <is>
-          <t>2022-07-21</t>
+          <t>2022-06-30</t>
         </is>
       </c>
       <c r="K135" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الميكانيكية</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L135" s="1" t="inlineStr">
         <is>
-          <t>موائع وحراريات</t>
+          <t>تقنيات المعلومات</t>
         </is>
       </c>
       <c r="M135" s="1" t="inlineStr">
         <is>
-          <t>أنتقال الحرارة بالحمل الطبيعي خلال وسط مسامي محدد اسطواني ثلاثي الابعاد مع ظروف حدية لدرجة حرارة جدار ثابتة ودورية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Research features of City management by using GIS and developing software for local government</t>
+        </is>
+      </c>
+      <c r="N135" s="1"/>
       <c r="O135" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P135" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>353</t>
+          <t>685</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>نورفلاح مهدي </t>
+          <t>مالك هادي محمود</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>Noor Falah Mahdi</t>
+          <t>Malik Hadi Mahmood</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/iyj273mfeg61wda.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sl7cnjxvbk10982.jpg</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>1987-11-17</t>
+          <t>1985-08-25</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G136" s="1" t="inlineStr">
         <is>
-          <t>07740720335</t>
+          <t>+964 7705768815</t>
         </is>
       </c>
       <c r="H136" s="1" t="inlineStr">
         <is>
-          <t>noor_falah@uomisan.edu.iq</t>
+          <t>malik.hadi@wigner.hu</t>
         </is>
       </c>
       <c r="I136" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J136" s="1" t="inlineStr">
         <is>
-          <t>2022-09-22</t>
+          <t>2022-07-05</t>
         </is>
       </c>
       <c r="K136" s="1" t="inlineStr">
         <is>
-          <t>انتاج حيواني </t>
+          <t>علوم فيزياء</t>
         </is>
       </c>
       <c r="L136" s="1" t="inlineStr">
         <is>
-          <t>علم اللحوم</t>
+          <t>Laser applications and optical materials</t>
         </is>
       </c>
       <c r="M136" s="1" t="inlineStr">
         <is>
-          <t>اطالة فترة حفظ اللحم البقري بالتبريد باستخدام النايسين و اكليل الجبل</t>
+          <t>دراسة الخواص الكهروضوئية لمواد عضوية-لاعضوية ذات تراكيب جديدة</t>
         </is>
       </c>
       <c r="N136" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Preparation and characterization of biopolymeric microparticles for surface-enhanced Raman spectroscopy and fluorescent microscopy imaging </t>
         </is>
       </c>
       <c r="O136" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P136" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>619</t>
+          <t>820</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>حامد هادي بدن </t>
+          <t>محمد مهدي صالح </t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t>hamed hadi bedn</t>
-[...2 lines deleted...]
-      <c r="D137" s="1"/>
+          <t>Mohammad Mahdie Saleh</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/rkytwuv7z63hsl_.jpg</t>
+        </is>
+      </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
-          <t>1984-03-21</t>
+          <t>1981-04-25</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G137" s="1" t="inlineStr">
         <is>
-          <t> </t>
+          <t>07722551053</t>
         </is>
       </c>
       <c r="H137" s="1" t="inlineStr">
         <is>
-          <t>hamdhady39@gmaiI.com</t>
+          <t>mohammed.alazawii@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I137" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J137" s="1" t="inlineStr">
         <is>
-          <t>2022-10-10</t>
+          <t>2022-07-21</t>
         </is>
       </c>
       <c r="K137" s="1" t="inlineStr">
         <is>
-          <t>العلوم الإسلامية</t>
+          <t>الهندسة الميكانيكية</t>
         </is>
       </c>
       <c r="L137" s="1" t="inlineStr">
         <is>
-          <t>العقيدة والفكر الإسلامي</t>
+          <t>موائع وحراريات</t>
         </is>
       </c>
       <c r="M137" s="1" t="inlineStr">
         <is>
-          <t>تقريب الأفكار المذهبية ودوره في تأسيس الوحدة الإسلامية</t>
+          <t>أنتقال الحرارة بالحمل الطبيعي خلال وسط مسامي محدد اسطواني ثلاثي الابعاد مع ظروف حدية لدرجة حرارة جدار ثابتة ودورية</t>
         </is>
       </c>
       <c r="N137" s="1" t="inlineStr">
         <is>
-          <t>آليات الارتقاء بالجيل المعاصر في الفكر الإسلامي</t>
+          <t>تخزين الطاقة الحرارية بالحرارة المحسوسة في خزان معبأ بالهواء والألومينا باستخدام التدفق المحوري والتدفق المحوري مع الطبقات والتدفق القطري</t>
         </is>
       </c>
       <c r="O137" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P137" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>791</t>
+          <t>353</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>حيدر ناصر مناتي اللامي</t>
+          <t>نورفلاح مهدي </t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>Hayder Naser Mnati Al-Lami</t>
+          <t>Noor Falah Mahdi</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/n6vjf1uk24halis.jpg</t>
+          <t>uploads/photos/iyj273mfeg61wda.jpg</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
-          <t>1987-03-19</t>
+          <t>1987-11-17</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G138" s="1" t="inlineStr">
         <is>
-          <t>07732027899</t>
+          <t>07740720335</t>
         </is>
       </c>
       <c r="H138" s="1" t="inlineStr">
         <is>
-          <t>hayderallami@uomisan.edu.iq</t>
+          <t>noor_falah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I138" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J138" s="1" t="inlineStr">
         <is>
-          <t>2022-11-16</t>
+          <t>2022-09-22</t>
         </is>
       </c>
       <c r="K138" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>انتاج حيواني </t>
         </is>
       </c>
       <c r="L138" s="1" t="inlineStr">
         <is>
-          <t>موائع</t>
+          <t>علم اللحوم</t>
         </is>
       </c>
       <c r="M138" s="1" t="inlineStr">
         <is>
-          <t>-Detailed simulations of sub-surface boundary  layer in wind-generated waves </t>
-[...2 lines deleted...]
-      <c r="N138" s="1"/>
+          <t>اطالة فترة حفظ اللحم البقري بالتبريد باستخدام النايسين و اكليل الجبل</t>
+        </is>
+      </c>
+      <c r="N138" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="O138" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P138" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>619</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>هبه ربيع بعنون</t>
+          <t>حامد هادي بدن </t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t>Hiba Rabeea Baanoon</t>
+          <t>hamed hadi bedn</t>
         </is>
       </c>
       <c r="D139" s="1"/>
       <c r="E139" s="1" t="inlineStr">
         <is>
-          <t>1990-10-18</t>
+          <t>1984-03-21</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G139" s="1" t="inlineStr">
         <is>
-          <t>0000</t>
+          <t> </t>
         </is>
       </c>
       <c r="H139" s="1" t="inlineStr">
         <is>
-          <t>hibabaanoon@uomisan.edu.iq</t>
+          <t>hamdhady39@gmaiI.com</t>
         </is>
       </c>
       <c r="I139" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J139" s="1" t="inlineStr">
         <is>
-          <t>2022-12-04</t>
+          <t>2022-10-10</t>
         </is>
       </c>
       <c r="K139" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>العلوم الإسلامية</t>
         </is>
       </c>
       <c r="L139" s="1" t="inlineStr">
         <is>
-          <t>رياضيات صرفة</t>
+          <t>العقيدة والفكر الإسلامي</t>
         </is>
       </c>
       <c r="M139" s="1" t="inlineStr">
         <is>
-          <t>On fully stable acts</t>
+          <t>تقريب الأفكار المذهبية ودوره في تأسيس الوحدة الإسلامية</t>
         </is>
       </c>
       <c r="N139" s="1" t="inlineStr">
         <is>
-          <t>I_(F^* )- Lifting Modules with Respect to Image of Fully Invariant Submodules</t>
+          <t>آليات الارتقاء بالجيل المعاصر في الفكر الإسلامي</t>
         </is>
       </c>
       <c r="O139" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P139" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>697</t>
+          <t>791</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t> شفاء حسين </t>
+          <t>حيدر ناصر مناتي اللامي</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t>Shifaa Hussein </t>
+          <t>Hayder Naser Mnati Al-Lami</t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gma1vori6qbnel_.jpg</t>
+          <t>uploads/photos/n6vjf1uk24halis.jpg</t>
         </is>
       </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
-          <t>1986-12-01</t>
+          <t>1987-03-19</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G140" s="1" t="inlineStr">
         <is>
-          <t>07707178050</t>
+          <t>07732027899</t>
         </is>
       </c>
       <c r="H140" s="1" t="inlineStr">
         <is>
-          <t>shifaahussien86@gmail.com</t>
+          <t>hayderallami@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I140" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J140" s="1" t="inlineStr">
         <is>
-          <t>2022-12-20</t>
+          <t>2022-11-16</t>
         </is>
       </c>
       <c r="K140" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="L140" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة </t>
+          <t>موائع</t>
         </is>
       </c>
       <c r="M140" s="1" t="inlineStr">
         <is>
-          <t>أثر استراتيجية التعليم المتمازج في التحصيل وتنمية عادات العقل لدى طلبة كلية التربية الاساسية في مادة طرائق التـدريس المتخصـصة</t>
+          <t>-Detailed simulations of sub-surface boundary  layer in wind-generated waves </t>
         </is>
       </c>
       <c r="N140" s="1"/>
       <c r="O140" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P140" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>750</t>
+          <t>5</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>حيدر خلف محمد</t>
+          <t>هبه ربيع بعنون</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t>hayder khalaf mohammed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hiba Rabeea Baanoon</t>
+        </is>
+      </c>
+      <c r="D141" s="1"/>
       <c r="E141" s="1" t="inlineStr">
         <is>
-          <t>1984-11-24</t>
+          <t>1990-10-18</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G141" s="1" t="inlineStr">
         <is>
-          <t>07705563060</t>
+          <t>0000</t>
         </is>
       </c>
       <c r="H141" s="1" t="inlineStr">
         <is>
-          <t>aldahabee@gmail.com</t>
+          <t>hibabaanoon@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I141" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J141" s="1" t="inlineStr">
         <is>
-          <t>2023-02-22</t>
+          <t>2022-12-04</t>
         </is>
       </c>
       <c r="K141" s="1" t="inlineStr">
         <is>
-          <t>علوم التربة والمياه</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L141" s="1" t="inlineStr">
         <is>
-          <t>خصوبة تربة</t>
+          <t>رياضيات صرفة</t>
         </is>
       </c>
       <c r="M141" s="1" t="inlineStr">
         <is>
-          <t>Quality of winter wheat production under the influence of predecessors and mineral fertilizers</t>
+          <t>On fully stable acts</t>
         </is>
       </c>
       <c r="N141" s="1" t="inlineStr">
         <is>
-          <t>إنتاجية وجودة القمح الشتوي تحت تأثير الاسلاف والأسمدة المعدنية مع الاستخدام طويل الأمد على التربة السوداء في ظروف جنوب غرب روسيا </t>
+          <t>I_(F^* )- Lifting Modules with Respect to Image of Fully Invariant Submodules</t>
         </is>
       </c>
       <c r="O141" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P141" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>761</t>
+          <t>697</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>دنيا صبيح محمد</t>
+          <t> شفاء حسين </t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t>Dunya Sabeeh Mohammed</t>
+          <t>Shifaa Hussein </t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/g0tl3_d74ep896r.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gma1vori6qbnel_.jpg</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
-          <t>1991-01-26</t>
+          <t>1986-12-01</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G142" s="1" t="inlineStr">
         <is>
-          <t>07734633267</t>
+          <t>07707178050</t>
         </is>
       </c>
       <c r="H142" s="1" t="inlineStr">
         <is>
-          <t>dunya.sabeeh@uomisan.edu.iq</t>
+          <t>shifaahussien86@gmail.com</t>
         </is>
       </c>
       <c r="I142" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J142" s="1" t="inlineStr">
         <is>
-          <t>2023-02-27</t>
+          <t>2022-12-20</t>
         </is>
       </c>
       <c r="K142" s="1" t="inlineStr">
         <is>
-          <t>الزراعة</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="L142" s="1" t="inlineStr">
         <is>
-          <t>فسلجة المحاصيل الحقلية</t>
+          <t>مناهج وطرائق تدريس عامة </t>
         </is>
       </c>
       <c r="M142" s="1" t="inlineStr">
         <is>
-          <t>Effect of Nutrient Solution and its Application method on Barley ( Hordeum vulgare L. ) and Mixture of Barley + Mungbean (Vigna radiate L. ) sprouted in Different periods</t>
-[...6 lines deleted...]
-      </c>
+          <t>أثر استراتيجية التعليم المتمازج في التحصيل وتنمية عادات العقل لدى طلبة كلية التربية الاساسية في مادة طرائق التـدريس المتخصـصة</t>
+        </is>
+      </c>
+      <c r="N142" s="1"/>
       <c r="O142" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P142" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>37</t>
+          <t>750</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>يسرى عودة علوان </t>
+          <t>حيدر خلف محمد</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t>Yousra Odeh Alwan</t>
+          <t>hayder khalaf mohammed</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/w6vejr1pnalsgqc.png</t>
+          <t>uploads/photos/_hysmp3at461n2g.jpeg</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>1984-11-24</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G143" s="1" t="inlineStr">
         <is>
-          <t>07716571650</t>
+          <t>07705563060</t>
         </is>
       </c>
       <c r="H143" s="1" t="inlineStr">
         <is>
-          <t>USRUWDT9@gimal.com</t>
+          <t>aldahabee@gmail.com</t>
         </is>
       </c>
       <c r="I143" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J143" s="1" t="inlineStr">
         <is>
-          <t>2023-03-01</t>
+          <t>2023-02-22</t>
         </is>
       </c>
       <c r="K143" s="1" t="inlineStr">
         <is>
-          <t>مناهج طرائق تدريس عامة</t>
+          <t>علوم التربة والمياه</t>
         </is>
       </c>
       <c r="L143" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس تاريخ</t>
+          <t>خصوبة تربة</t>
         </is>
       </c>
       <c r="M143" s="1" t="inlineStr">
         <is>
-          <t>اثر استراتيجية المسألجة الحلقة في تحصيل والتفكير التوليدي لدى طالبات الصف الرابع الأدبي في مادة تاريه</t>
+          <t>Quality of winter wheat production under the influence of predecessors and mineral fertilizers</t>
         </is>
       </c>
       <c r="N143" s="1" t="inlineStr">
         <is>
-          <t>----------</t>
+          <t>إنتاجية وجودة القمح الشتوي تحت تأثير الاسلاف والأسمدة المعدنية مع الاستخدام طويل الأمد على التربة السوداء في ظروف جنوب غرب روسيا </t>
         </is>
       </c>
       <c r="O143" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P143" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>709</t>
+          <t>761</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>مصطفى فاخر </t>
+          <t>دنيا صبيح محمد</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t>mustafa fakher</t>
+          <t>Dunya Sabeeh Mohammed</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/r1ovctk0hpjqai5.jpg</t>
+          <t>uploads/photos/g0tl3_d74ep896r.jpg</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
-          <t>2023-03-01</t>
+          <t>1991-01-26</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G144" s="1" t="inlineStr">
         <is>
-          <t>88866</t>
+          <t>07734633267</t>
         </is>
       </c>
       <c r="H144" s="1" t="inlineStr">
         <is>
-          <t>mus@uomisan.edu.iq</t>
+          <t>dunya.sabeeh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I144" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J144" s="1" t="inlineStr">
         <is>
-          <t>2023-03-01</t>
+          <t>2023-02-27</t>
         </is>
       </c>
       <c r="K144" s="1" t="inlineStr">
         <is>
-          <t>رياضيات</t>
+          <t>الزراعة</t>
         </is>
       </c>
       <c r="L144" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>فسلجة المحاصيل الحقلية</t>
         </is>
       </c>
       <c r="M144" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
-[...2 lines deleted...]
-      <c r="N144" s="1"/>
+          <t>Effect of Nutrient Solution and its Application method on Barley ( Hordeum vulgare L. ) and Mixture of Barley + Mungbean (Vigna radiate L. ) sprouted in Different periods</t>
+        </is>
+      </c>
+      <c r="N144" s="1" t="inlineStr">
+        <is>
+          <t>Production and purification of Human Interferon α2b protein in Tobacco (Nicotiana tabacum) and Alfalfa ( Medicago Sativa) plant</t>
+        </is>
+      </c>
       <c r="O144" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P144" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>933</t>
+          <t>37</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>ليث رمضان كاظم الساعدي</t>
+          <t>يسرى عودة علوان </t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>laith</t>
+          <t>Yousra Odeh Alwan</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/64jr_1vxzt9s0od.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/w6vejr1pnalsgqc.png</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>1990-10-30</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G145" s="1" t="inlineStr">
         <is>
-          <t>07705555814</t>
+          <t>07716571650</t>
         </is>
       </c>
       <c r="H145" s="1" t="inlineStr">
         <is>
-          <t>laithalsady23@gmail.com</t>
+          <t>USRUWDT9@gimal.com</t>
         </is>
       </c>
       <c r="I145" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J145" s="1" t="inlineStr">
         <is>
-          <t>2023-03-05</t>
+          <t>2023-03-01</t>
         </is>
       </c>
       <c r="K145" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>مناهج طرائق تدريس عامة</t>
         </is>
       </c>
       <c r="L145" s="1" t="inlineStr">
         <is>
-          <t>قانون المالية العامة</t>
+          <t>طرائق تدريس تاريخ</t>
         </is>
       </c>
       <c r="M145" s="1" t="inlineStr">
         <is>
-          <t>الاثارالاقتصادية للاعفاءات الجمركية دراسة مقارنة</t>
+          <t>اثر استراتيجية المسألجة الحلقة في تحصيل والتفكير التوليدي لدى طالبات الصف الرابع الأدبي في مادة تاريه</t>
         </is>
       </c>
       <c r="N145" s="1" t="inlineStr">
         <is>
-          <t>التنظيم القانوني للصناديق السيادية ودورها الاقتصادي -دراسة مقارنة-</t>
+          <t>----------</t>
         </is>
       </c>
       <c r="O145" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P145" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>736</t>
+          <t>709</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>حسين جبار لازم</t>
+          <t>مصطفى فاخر </t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>Hussien  Jabar Lazim</t>
+          <t>mustafa fakher</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/p4z2hq3ba8cv_6x.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/r1ovctk0hpjqai5.jpg</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>1972-07-01</t>
+          <t>2023-03-01</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G146" s="1" t="inlineStr">
         <is>
-          <t>07728083412</t>
+          <t>88866</t>
         </is>
       </c>
       <c r="H146" s="1" t="inlineStr">
         <is>
-          <t>husin246800@gamil.com</t>
+          <t>mus@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I146" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J146" s="1" t="inlineStr">
         <is>
-          <t>2023-03-07</t>
+          <t>2023-03-01</t>
         </is>
       </c>
       <c r="K146" s="1" t="inlineStr">
         <is>
-          <t>قانون خاص</t>
+          <t>رياضيات</t>
         </is>
       </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>مدني</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="M146" s="1" t="inlineStr">
         <is>
-          <t>الفصل في المنازعات الرياضية بالتحكيم</t>
-[...6 lines deleted...]
-      </c>
+          <t>علوم حاسبات</t>
+        </is>
+      </c>
+      <c r="N146" s="1"/>
       <c r="O146" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P146" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>733</t>
+          <t>933</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>كامل كاطع غنتاب علي </t>
+          <t>ليث رمضان كاظم الساعدي</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>Kamil Gati&amp;#39;e Ghintab </t>
+          <t>laith</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/21ltwco3v7yhpki.jpg</t>
+          <t>uploads/files/64jr_1vxzt9s0od.jpg</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
-          <t>1983-02-04</t>
+          <t>1990-10-30</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G147" s="1" t="inlineStr">
         <is>
-          <t>7737672489</t>
+          <t>07705555814</t>
         </is>
       </c>
       <c r="H147" s="1" t="inlineStr">
         <is>
-          <t>Ka.aldarraji@gmail.com</t>
+          <t>laithalsady23@gmail.com</t>
         </is>
       </c>
       <c r="I147" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J147" s="1" t="inlineStr">
         <is>
-          <t>2023-03-07</t>
+          <t>2023-03-05</t>
         </is>
       </c>
       <c r="K147" s="1" t="inlineStr">
         <is>
-          <t>الشريعة والعلوم الإسلامية</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L147" s="1" t="inlineStr">
         <is>
-          <t>الفقه وأصوله</t>
+          <t>قانون المالية العامة</t>
         </is>
       </c>
       <c r="M147" s="1" t="inlineStr">
         <is>
-          <t>الاحتياط الوجوبي عند فقهاء الإمامية</t>
+          <t>الاثارالاقتصادية للاعفاءات الجمركية دراسة مقارنة</t>
         </is>
       </c>
       <c r="N147" s="1" t="inlineStr">
         <is>
-          <t>إشكاليات الحقوق والحريات في الفقه الإسلامي</t>
+          <t>التنظيم القانوني للصناديق السيادية ودورها الاقتصادي -دراسة مقارنة-</t>
         </is>
       </c>
       <c r="O147" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P147" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>967</t>
+          <t>736</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>ستار موزان حسن</t>
+          <t>حسين جبار لازم</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>Sattar Mozan Hasan</t>
+          <t>Hussien  Jabar Lazim</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/41h78_k5vp9lsux.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/p4z2hq3ba8cv_6x.jpg</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
-          <t>2025-08-05</t>
+          <t>1972-07-01</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G148" s="1" t="inlineStr">
         <is>
-          <t>07735276339</t>
+          <t>07728083412</t>
         </is>
       </c>
       <c r="H148" s="1" t="inlineStr">
         <is>
-          <t>sattarhassan@uomisan.edu.iq</t>
+          <t>husin246800@gamil.com</t>
         </is>
       </c>
       <c r="I148" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J148" s="1" t="inlineStr">
         <is>
-          <t>2023-03-20</t>
+          <t>2023-03-07</t>
         </is>
       </c>
       <c r="K148" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>قانون خاص</t>
         </is>
       </c>
       <c r="L148" s="1" t="inlineStr">
         <is>
-          <t>التحليل العددي</t>
+          <t>مدني</t>
         </is>
       </c>
       <c r="M148" s="1" t="inlineStr">
         <is>
-          <t>الابنية ثنائية التوبولوجي على المجموعات المتعددة</t>
+          <t>الفصل في المنازعات الرياضية بالتحكيم</t>
         </is>
       </c>
       <c r="N148" s="1" t="inlineStr">
         <is>
-          <t>تحليل العناصر المحددة لبعض المعادلات التفاضلية الجزئية غير الخطية لنماذج الانجذاب الكيميائي</t>
+          <t>التكامل والتعارض بين القضاء والتحكيم</t>
         </is>
       </c>
       <c r="O148" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P148" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>832</t>
+          <t>733</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>محمود شاكر محمود </t>
+          <t>كامل كاطع غنتاب علي </t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t>Mahmood Shacker Mahmood</t>
+          <t>Kamil Gati&amp;#39;e Ghintab </t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/1tf78ehl0j9w46k.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/21ltwco3v7yhpki.jpg</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
-          <t>1978-10-14</t>
+          <t>1983-02-04</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G149" s="1" t="inlineStr">
         <is>
-          <t>07710322289</t>
+          <t>7737672489</t>
         </is>
       </c>
       <c r="H149" s="1" t="inlineStr">
         <is>
-          <t>mahmood-shacker@uomisan.edu</t>
+          <t>Ka.aldarraji@gmail.com</t>
         </is>
       </c>
       <c r="I149" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J149" s="1" t="inlineStr">
         <is>
-          <t>2023-04-05</t>
+          <t>2023-03-07</t>
         </is>
       </c>
       <c r="K149" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>الشريعة والعلوم الإسلامية</t>
         </is>
       </c>
       <c r="L149" s="1" t="inlineStr">
         <is>
-          <t>تطبيقي</t>
+          <t>الفقه وأصوله</t>
         </is>
       </c>
       <c r="M149" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Programming Package for Stress Intensity Factor Calculation Using FEM and Matlab</t>
+          <t>الاحتياط الوجوبي عند فقهاء الإمامية</t>
         </is>
       </c>
       <c r="N149" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Programming Package for Stress Intensity Factor Calculation Using FEM and Matlab</t>
+          <t>إشكاليات الحقوق والحريات في الفقه الإسلامي</t>
         </is>
       </c>
       <c r="O149" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P149" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>856</t>
+          <t>967</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>تاج الدين ناصر عبد علي</t>
+          <t>ستار موزان حسن</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t>Taj-Aldeen Naser Abdali</t>
+          <t>Sattar Mozan Hasan</t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/nm7p52h_vfzdg69.jpg</t>
+          <t>uploads/files/41h78_k5vp9lsux.jpg</t>
         </is>
       </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
-          <t>1990-01-01</t>
+          <t>2025-08-05</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G150" s="1" t="inlineStr">
         <is>
-          <t>000000000000</t>
+          <t>07735276339</t>
         </is>
       </c>
       <c r="H150" s="1" t="inlineStr">
         <is>
-          <t>tajaldeen@uomisan.edu.iq</t>
+          <t>sattarhassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I150" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J150" s="1" t="inlineStr">
         <is>
-          <t>2023-04-22</t>
+          <t>2023-03-20</t>
         </is>
       </c>
       <c r="K150" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسبات</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="L150" s="1" t="inlineStr">
         <is>
-          <t>Cybersecurity</t>
-[...3 lines deleted...]
-      <c r="N150" s="1"/>
+          <t>التحليل العددي</t>
+        </is>
+      </c>
+      <c r="M150" s="1" t="inlineStr">
+        <is>
+          <t>الابنية ثنائية التوبولوجي على المجموعات المتعددة</t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>تحليل العناصر المحددة لبعض المعادلات التفاضلية الجزئية غير الخطية لنماذج الانجذاب الكيميائي</t>
+        </is>
+      </c>
       <c r="O150" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P150" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
+          <t>832</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>محمود شاكر محمود </t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>Mahmood Shacker Mahmood</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/1tf78ehl0j9w46k.jpg</t>
+        </is>
+      </c>
+      <c r="E151" s="1" t="inlineStr">
+        <is>
+          <t>1978-10-14</t>
+        </is>
+      </c>
+      <c r="F151" s="1" t="inlineStr">
+        <is>
+          <t>Male</t>
+        </is>
+      </c>
+      <c r="G151" s="1" t="inlineStr">
+        <is>
+          <t>07710322289</t>
+        </is>
+      </c>
+      <c r="H151" s="1" t="inlineStr">
+        <is>
+          <t>mahmood-shacker@uomisan.edu</t>
+        </is>
+      </c>
+      <c r="I151" s="1" t="inlineStr">
+        <is>
+          <t>مدرس</t>
+        </is>
+      </c>
+      <c r="J151" s="1" t="inlineStr">
+        <is>
+          <t>2023-04-05</t>
+        </is>
+      </c>
+      <c r="K151" s="1" t="inlineStr">
+        <is>
+          <t>ميكانيك</t>
+        </is>
+      </c>
+      <c r="L151" s="1" t="inlineStr">
+        <is>
+          <t>تطبيقي</t>
+        </is>
+      </c>
+      <c r="M151" s="1" t="inlineStr">
+        <is>
+          <t>&amp;#34;Programming Package for Stress Intensity Factor Calculation Using FEM and Matlab</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>&amp;#34;Programming Package for Stress Intensity Factor Calculation Using FEM and Matlab</t>
+        </is>
+      </c>
+      <c r="O151" s="1" t="inlineStr">
+        <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B151" s="1" t="inlineStr">
-[...68 lines deleted...]
-      </c>
       <c r="P151" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>98</t>
+          <t>856</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>نبيل نجم بهلول </t>
+          <t>تاج الدين ناصر عبد علي</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t>Nabil Najm Bahloul</t>
+          <t>Taj-Aldeen Naser Abdali</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qt4w0homa21psud.jpg</t>
+          <t>uploads/photos/nm7p52h_vfzdg69.jpg</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
-          <t>1984-05-21</t>
+          <t>1990-01-01</t>
         </is>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G152" s="1" t="inlineStr">
         <is>
-          <t>+9647702780422</t>
+          <t>000000000000</t>
         </is>
       </c>
       <c r="H152" s="1" t="inlineStr">
         <is>
-          <t>nabeelclick@uomisan.edu.iq</t>
+          <t>tajaldeen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I152" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J152" s="1" t="inlineStr">
         <is>
-          <t>2023-05-14</t>
+          <t>2023-04-22</t>
         </is>
       </c>
       <c r="K152" s="1" t="inlineStr">
         <is>
-          <t>قسم الهندسة الميكانيكية</t>
+          <t>علوم الحاسبات</t>
         </is>
       </c>
       <c r="L152" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا التصنيع المتقدمة</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cybersecurity</t>
+        </is>
+      </c>
+      <c r="M152" s="1"/>
       <c r="N152" s="1"/>
       <c r="O152" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P152" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>800</t>
+          <t>4</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>المدرس الدكتور  رياض طعمه حازم</t>
+          <t>مرتضى علي شبيب </t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t>Dr.Ryad Tuma Hazem</t>
+          <t>Murtadha Ali Shabib</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/7tzfgnploxsik85.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1g6zepfkbxri8tl.png</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
-          <t>1977-10-22</t>
+          <t>1975-07-15</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G153" s="1" t="inlineStr">
         <is>
-          <t>0773363187</t>
+          <t>07739986715</t>
         </is>
       </c>
       <c r="H153" s="1" t="inlineStr">
         <is>
-          <t>ryadtuma@uomisan.edu.iq</t>
+          <t>murtadha.alallaq@gmail.com</t>
         </is>
       </c>
       <c r="I153" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J153" s="1" t="inlineStr">
         <is>
-          <t>2023-05-21</t>
+          <t>2023-05-14</t>
         </is>
       </c>
       <c r="K153" s="1" t="inlineStr">
         <is>
-          <t>دكتوراه فلسفه في الهندسه المدنيه</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L153" s="1" t="inlineStr">
         <is>
-          <t>دكتوراه في هندسه اداره المشاريع </t>
+          <t>الجبر</t>
         </is>
       </c>
       <c r="M153" s="1" t="inlineStr">
         <is>
-          <t>IMPACT OF EXTERNAL AND HUMAN FACTORS ON LABOR PRODUCTIVITY OF CONSTRUCTION PROJECTS IN IRAQ</t>
+          <t>Extra Special p-group</t>
         </is>
       </c>
       <c r="N153" s="1" t="inlineStr">
         <is>
-          <t> Development of Integrated Sustainable System for Oil Industry in Iraq </t>
+          <t>Movement of permutation groups </t>
         </is>
       </c>
       <c r="O153" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P153" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>731</t>
+          <t>98</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>هادي عنيد حسان </t>
+          <t>نبيل نجم بهلول </t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t>Hadi Aneed Hassan</t>
+          <t>Nabil Najm Bahloul</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hfsjp19xq2on_kl.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qt4w0homa21psud.jpg</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
-          <t>2023-07-01</t>
+          <t>1984-05-21</t>
         </is>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G154" s="1" t="inlineStr">
         <is>
-          <t>07710906665</t>
+          <t>+9647702780422</t>
         </is>
       </c>
       <c r="H154" s="1" t="inlineStr">
         <is>
-          <t>dr.hadialhlfi@gmail.com</t>
+          <t>nabeelclick@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I154" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J154" s="1" t="inlineStr">
         <is>
-          <t>2023-06-01</t>
+          <t>2023-05-14</t>
         </is>
       </c>
       <c r="K154" s="1" t="inlineStr">
         <is>
-          <t>Private section</t>
+          <t>قسم الهندسة الميكانيكية</t>
         </is>
       </c>
       <c r="L154" s="1" t="inlineStr">
         <is>
-          <t>القانون التجاري</t>
+          <t>تكنولوجيا التصنيع المتقدمة</t>
         </is>
       </c>
       <c r="M154" s="1" t="inlineStr">
         <is>
-          <t>اثر اختلال التوازن في العلاقات العقدية الدولية في تطور التجارة الدولية</t>
-[...6 lines deleted...]
-      </c>
+          <t>EFFECT OF POST TREATMENT PARAMETERS ON CORROSION RESISTANCE OF Ti-13Nb-13Zr COATED WITH HYDROXYAPATITE  VIA ELECTROPHORETIC DEPOSITION</t>
+        </is>
+      </c>
+      <c r="N154" s="1"/>
       <c r="O154" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P154" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>800</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>زينب ستار جبار كاظم</t>
+          <t>المدرس الدكتور  رياض طعمه حازم</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t>Zainab Satar Jabar</t>
+          <t>Dr.Ryad Tuma Hazem</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uzld0k_3xbtp817.jpg</t>
+          <t>uploads/photos/7tzfgnploxsik85.JPG</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
-          <t>1990-12-01</t>
+          <t>1977-10-22</t>
         </is>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G155" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>0773363187</t>
         </is>
       </c>
       <c r="H155" s="1" t="inlineStr">
         <is>
-          <t>zainab.sattar@uomisan.edu.id</t>
+          <t>ryadtuma@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I155" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J155" s="1" t="inlineStr">
         <is>
-          <t>2023-06-12</t>
+          <t>2023-05-21</t>
         </is>
       </c>
       <c r="K155" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>دكتوراه فلسفه في الهندسه المدنيه</t>
         </is>
       </c>
       <c r="L155" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>دكتوراه في هندسه اداره المشاريع </t>
         </is>
       </c>
       <c r="M155" s="1" t="inlineStr">
         <is>
-          <t>المسؤولية المدنية الناشئة عن الاعلانات التجارية عبر الانترنت دراسة مقارنة</t>
-[...2 lines deleted...]
-      <c r="N155" s="1"/>
+          <t>IMPACT OF EXTERNAL AND HUMAN FACTORS ON LABOR PRODUCTIVITY OF CONSTRUCTION PROJECTS IN IRAQ</t>
+        </is>
+      </c>
+      <c r="N155" s="1" t="inlineStr">
+        <is>
+          <t> Development of Integrated Sustainable System for Oil Industry in Iraq </t>
+        </is>
+      </c>
       <c r="O155" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P155" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>731</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>حيدر سامي علوان </t>
+          <t>هادي عنيد حسان </t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t>Haidar sammi aluwan</t>
+          <t>Hadi Aneed Hassan</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/psa2licvm4jfnb9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hfsjp19xq2on_kl.jpeg</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
-          <t>1987-01-14</t>
+          <t>2023-07-01</t>
         </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G156" s="1" t="inlineStr">
         <is>
-          <t>07702936619</t>
+          <t>07710906665</t>
         </is>
       </c>
       <c r="H156" s="1" t="inlineStr">
         <is>
-          <t>haydersami.a87@uomisan.edu.iq</t>
+          <t>dr.hadialhlfi@gmail.com</t>
         </is>
       </c>
       <c r="I156" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J156" s="1" t="inlineStr">
         <is>
-          <t>2023-06-18</t>
+          <t>2023-06-01</t>
         </is>
       </c>
       <c r="K156" s="1" t="inlineStr">
         <is>
-          <t> الاحصاء</t>
+          <t>Private section</t>
         </is>
       </c>
       <c r="L156" s="1" t="inlineStr">
         <is>
-          <t>الاحصاء</t>
+          <t>القانون التجاري</t>
         </is>
       </c>
       <c r="M156" s="1" t="inlineStr">
         <is>
-          <t>استخدام بعض الانموذجات الاحصائية لتقدير نسب الملوثات الكيمياوية في نهر دجلة </t>
-[...2 lines deleted...]
-      <c r="N156" s="1"/>
+          <t>اثر اختلال التوازن في العلاقات العقدية الدولية في تطور التجارة الدولية</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>مدى مسؤولية الشركة القابضة عن التزامات شركاتها التابعة</t>
+        </is>
+      </c>
       <c r="O156" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P156" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>823</t>
+          <t>262</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>حيدر حسن حيدر</t>
+          <t>زينب ستار جبار كاظم</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t>Haidar Hassan Haidar</t>
+          <t>Zainab Satar Jabar</t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/fqwubh3tymd5s_k.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/uzld0k_3xbtp817.jpg</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
-          <t>1984-01-16</t>
+          <t>1990-12-01</t>
         </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G157" s="1" t="inlineStr">
         <is>
-          <t>07703174437</t>
+          <t>.</t>
         </is>
       </c>
       <c r="H157" s="1" t="inlineStr">
         <is>
-          <t>3haidar@uomisan.edu.iq</t>
+          <t>zainab.sattar@uomisan.edu.id</t>
         </is>
       </c>
       <c r="I157" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J157" s="1" t="inlineStr">
         <is>
-          <t>2023-06-25</t>
+          <t>2023-06-12</t>
         </is>
       </c>
       <c r="K157" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L157" s="1" t="inlineStr">
         <is>
-          <t>هندسة انشاءات</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M157" s="1" t="inlineStr">
         <is>
-          <t>تحسين مقاومة القص للبلاطات الخرسانية باستخدام شرائح الالمنيوم</t>
+          <t>المسؤولية المدنية الناشئة عن الاعلانات التجارية عبر الانترنت دراسة مقارنة</t>
         </is>
       </c>
       <c r="N157" s="1"/>
       <c r="O157" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P157" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>131</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t> قدامه محمد قاسم الياسري</t>
+          <t>حيدر سامي علوان </t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t>Qudama Al-Yasiri</t>
+          <t>Haidar sammi aluwan</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/mew856l0ft4coxv.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/psa2licvm4jfnb9.jpg</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>1987-01-15</t>
+          <t>1987-01-14</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G158" s="1" t="inlineStr">
         <is>
-          <t>009647705500084</t>
+          <t>07702936619</t>
         </is>
       </c>
       <c r="H158" s="1" t="inlineStr">
         <is>
-          <t>qudamaalyasiri@uomisan.edu.iq</t>
+          <t>haydersami.a87@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I158" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J158" s="1" t="inlineStr">
         <is>
-          <t>2023-08-14</t>
+          <t>2023-06-18</t>
         </is>
       </c>
       <c r="K158" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الميكانيكية</t>
+          <t> الاحصاء</t>
         </is>
       </c>
       <c r="L158" s="1" t="inlineStr">
         <is>
-          <t>هندسةالطاقة</t>
+          <t>الاحصاء</t>
         </is>
       </c>
       <c r="M158" s="1" t="inlineStr">
         <is>
-          <t>إمكانية تطبيق أنظمة تكييف الهواء الحرارية الشمسية في المباني ذات المناخ الحار</t>
-[...6 lines deleted...]
-      </c>
+          <t>استخدام بعض الانموذجات الاحصائية لتقدير نسب الملوثات الكيمياوية في نهر دجلة </t>
+        </is>
+      </c>
+      <c r="N158" s="1"/>
       <c r="O158" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P158" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>523</t>
+          <t>823</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>دعاء حسين هاشم التميمي</t>
+          <t>حيدر حسن حيدر</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>Doaa Hussain Hashim </t>
+          <t>Haidar Hassan Haidar</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/f2jdg95xatp_ys7.jpg</t>
+          <t>uploads/photos/fqwubh3tymd5s_k.jpg</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
-          <t>1988-09-09</t>
+          <t>1984-01-16</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G159" s="1" t="inlineStr">
         <is>
-          <t>07726443974</t>
+          <t>07703174437</t>
         </is>
       </c>
       <c r="H159" s="1" t="inlineStr">
         <is>
-          <t>doaa.hussein@uomisan.edu.iq</t>
+          <t>3haidar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I159" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J159" s="1" t="inlineStr">
         <is>
-          <t>2023-08-23</t>
+          <t>2023-06-25</t>
         </is>
       </c>
       <c r="K159" s="1" t="inlineStr">
         <is>
-          <t>فيزياء</t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L159" s="1" t="inlineStr">
         <is>
-          <t> هوائيات مايكروية </t>
+          <t>هندسة انشاءات</t>
         </is>
       </c>
       <c r="M159" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية لانتشار نبضة كاوسية في الياف البلورة الفوتونية والعوامل المؤثرة فيها</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحسين مقاومة القص للبلاطات الخرسانية باستخدام شرائح الالمنيوم</t>
+        </is>
+      </c>
+      <c r="N159" s="1"/>
       <c r="O159" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P159" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>849</t>
+          <t>105</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>زهراء رسول فاخر</t>
+          <t> قدامه محمد قاسم الياسري</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t>Zahra Rasol</t>
+          <t>Qudama Al-Yasiri</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/vab2smh9z0qgx6f.jpg</t>
+          <t>uploads/photos/mew856l0ft4coxv.jpeg</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
-          <t>1985-07-29</t>
+          <t>1987-01-15</t>
         </is>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G160" s="1" t="inlineStr">
         <is>
-          <t>07705515693</t>
+          <t>009647705500084</t>
         </is>
       </c>
       <c r="H160" s="1" t="inlineStr">
         <is>
-          <t>geologist_2021@uomisan.edu.iq</t>
+          <t>qudamaalyasiri@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I160" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J160" s="1" t="inlineStr">
         <is>
-          <t>2023-09-20</t>
+          <t>2023-08-14</t>
         </is>
       </c>
       <c r="K160" s="1" t="inlineStr">
         <is>
-          <t>علوم الارض</t>
+          <t>الهندسة الميكانيكية</t>
         </is>
       </c>
       <c r="L160" s="1" t="inlineStr">
         <is>
-          <t>جيولوجيا هندسية وتحسس نائي</t>
+          <t>هندسةالطاقة</t>
         </is>
       </c>
       <c r="M160" s="1" t="inlineStr">
         <is>
-          <t>Geotechnical and Hydrological Study of Dewerige Dam Project in Missan Governorate/Southern of Iraq</t>
+          <t>إمكانية تطبيق أنظمة تكييف الهواء الحرارية الشمسية في المباني ذات المناخ الحار</t>
         </is>
       </c>
       <c r="N160" s="1" t="inlineStr">
         <is>
-          <t>The use of remote sensing techniques to identify and evaluate a potential site for water harvesting in eastern Missan, Southern Iraq</t>
+          <t>دمج المواد متغيرة الطور في غلاف المبنى تحت الظروف الحارة</t>
         </is>
       </c>
       <c r="O160" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P160" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>743</t>
+          <t>523</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>م.د. مصطفى عدنان عيدان</t>
+          <t>دعاء حسين هاشم التميمي</t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t>Dr. Mustafa Adnan Idan</t>
+          <t>Doaa Hussain Hashim </t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/mtz54hw2qvak6jc.jpg</t>
+          <t>uploads/files/f2jdg95xatp_ys7.jpg</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
-          <t>1993-01-28</t>
+          <t>1988-09-09</t>
         </is>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G161" s="1" t="inlineStr">
         <is>
-          <t>07710892244</t>
+          <t>07726443974</t>
         </is>
       </c>
       <c r="H161" s="1" t="inlineStr">
         <is>
-          <t>mustafa.adnan@uomisan.edu.iq</t>
+          <t>doaa.hussein@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I161" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J161" s="1" t="inlineStr">
         <is>
-          <t>2023-09-27</t>
+          <t>2023-08-23</t>
         </is>
       </c>
       <c r="K161" s="1" t="inlineStr">
         <is>
-          <t>علوم اغذية</t>
+          <t>فيزياء</t>
         </is>
       </c>
       <c r="L161" s="1" t="inlineStr">
         <is>
-          <t>تقنية حياتية</t>
+          <t> هوائيات مايكروية </t>
         </is>
       </c>
       <c r="M161" s="1" t="inlineStr">
         <is>
-          <t>عـــزل وتشخيص وخواص بكتــريا التسمم البرفرنجي Clostridium perfringens من الأغذية في مدينة البصرة ودراسة حساسيتها للمضادات الحياتية  وتحديد الجين المسؤول عن تسمم الغذاء</t>
+          <t>دراسة نظرية لانتشار نبضة كاوسية في الياف البلورة الفوتونية والعوامل المؤثرة فيها</t>
         </is>
       </c>
       <c r="N161" s="1" t="inlineStr">
         <is>
-          <t>تحضير مشروب شرش وظيفي مدعم ببكتريا المعززات الحيوية ودراسة تأثيراته الفسيولوجية على بعض الاضطرابات الايضية في الجرذان المختبرية</t>
+          <t>تصميم ومحاكاة لمصفوفات الهوائي الشريطي الدائري المعدل المثارة بمغذيين متعامدين و ركيزتين عازلتين</t>
         </is>
       </c>
       <c r="O161" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P161" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>849</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>فراس لطيف حساني</t>
+          <t>زهراء رسول فاخر</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t>Firas Lattef Hussany</t>
+          <t>Zahra Rasol</t>
         </is>
       </c>
       <c r="D162" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xd8ctvje5sfr3w6.jpg</t>
+          <t>uploads/photos/vab2smh9z0qgx6f.jpg</t>
         </is>
       </c>
       <c r="E162" s="1" t="inlineStr">
         <is>
-          <t>1985-01-01</t>
+          <t>1985-07-29</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G162" s="1" t="inlineStr">
         <is>
-          <t>07710896888</t>
+          <t>07705515693</t>
         </is>
       </c>
       <c r="H162" s="1" t="inlineStr">
         <is>
-          <t>firaslattef@uomisan.edu.iq</t>
+          <t>geologist_2021@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I162" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J162" s="1" t="inlineStr">
         <is>
-          <t>2023-10-02</t>
+          <t>2023-09-20</t>
         </is>
       </c>
       <c r="K162" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>علوم الارض</t>
         </is>
       </c>
       <c r="L162" s="1" t="inlineStr">
         <is>
-          <t>تحويل طاقة</t>
+          <t>جيولوجيا هندسية وتحسس نائي</t>
         </is>
       </c>
       <c r="M162" s="1" t="inlineStr">
         <is>
-          <t>The effect of fuel/air equivalence ratio on energy &amp; exergy efficiency and exergy loose by flue gas</t>
-[...2 lines deleted...]
-      <c r="N162" s="1"/>
+          <t>Geotechnical and Hydrological Study of Dewerige Dam Project in Missan Governorate/Southern of Iraq</t>
+        </is>
+      </c>
+      <c r="N162" s="1" t="inlineStr">
+        <is>
+          <t>The use of remote sensing techniques to identify and evaluate a potential site for water harvesting in eastern Missan, Southern Iraq</t>
+        </is>
+      </c>
       <c r="O162" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P162" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>357</t>
+          <t>743</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>محمد حمدان </t>
+          <t>م.د. مصطفى عدنان عيدان</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hamdan </t>
+          <t>Dr. Mustafa Adnan Idan</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/qmu6vwx1jzpcrly.jpg</t>
+          <t>uploads/photos/mtz54hw2qvak6jc.jpg</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
-          <t>1991-05-01</t>
+          <t>1993-01-28</t>
         </is>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G163" s="1" t="inlineStr">
         <is>
-          <t>07709094976</t>
+          <t>07710892244</t>
         </is>
       </c>
       <c r="H163" s="1" t="inlineStr">
         <is>
-          <t>moh.hamdan@uomisan.edu.iq</t>
+          <t>mustafa.adnan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I163" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J163" s="1" t="inlineStr">
         <is>
-          <t>2023-10-27</t>
+          <t>2023-09-27</t>
         </is>
       </c>
       <c r="K163" s="1" t="inlineStr">
         <is>
-          <t>وقاية نبات</t>
+          <t>علوم اغذية</t>
         </is>
       </c>
       <c r="L163" s="1" t="inlineStr">
         <is>
-          <t>امراض نبات</t>
+          <t>تقنية حياتية</t>
         </is>
       </c>
       <c r="M163" s="1" t="inlineStr">
         <is>
-          <t>.تقييم كفاءة مستحضرين الاحيائيين للفطرTrichoderma viride  والبكتريا Pseudomonas fluorescens pf_DS  في مكافحة مرض ثأليل الحنطة المتسبب عن نيماتودا Anguina tritici </t>
+          <t>عـــزل وتشخيص وخواص بكتــريا التسمم البرفرنجي Clostridium perfringens من الأغذية في مدينة البصرة ودراسة حساسيتها للمضادات الحياتية  وتحديد الجين المسؤول عن تسمم الغذاء</t>
         </is>
       </c>
       <c r="N163" s="1" t="inlineStr">
         <is>
-          <t>.دراسة تصنيفية لنيماتودا ثأليل الحنطة Anguina tritici ونيماتودا حوصلات الحبوب Heterodera avenae في وسط وجنوب العراق وادارتها المتكاملة</t>
+          <t>تحضير مشروب شرش وظيفي مدعم ببكتريا المعززات الحيوية ودراسة تأثيراته الفسيولوجية على بعض الاضطرابات الايضية في الجرذان المختبرية</t>
         </is>
       </c>
       <c r="O163" s="1" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="P163" s="1" t="inlineStr">
         <is>
           <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>780</t>
+          <t>104</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>سجى جمعه ضمد</t>
+          <t>فراس لطيف حساني</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t>Saja Jumah Thumad</t>
+          <t>Firas Lattef Hussany</t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/m2kszwvyjtxi34c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xd8ctvje5sfr3w6.jpg</t>
         </is>
       </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
-          <t>1990-10-27</t>
+          <t>1985-01-01</t>
         </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G164" s="1" t="inlineStr">
         <is>
-          <t>07708046498</t>
+          <t>07710896888</t>
         </is>
       </c>
       <c r="H164" s="1" t="inlineStr">
         <is>
-          <t>saja.mcm@uomisan.edu.iq</t>
+          <t>firaslattef@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I164" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J164" s="1" t="inlineStr">
         <is>
-          <t>2023-11-15</t>
+          <t>2023-10-02</t>
         </is>
       </c>
       <c r="K164" s="1" t="inlineStr">
         <is>
-          <t>طب عام</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="L164" s="1" t="inlineStr">
         <is>
-          <t>Pedeatric </t>
+          <t>تحويل طاقة</t>
         </is>
       </c>
       <c r="M164" s="1" t="inlineStr">
         <is>
-          <t>Distribution of hypothyroidism in a sample of children with type 1 diabetes mellitus</t>
-[...6 lines deleted...]
-      </c>
+          <t>The effect of fuel/air equivalence ratio on energy &amp; exergy efficiency and exergy loose by flue gas</t>
+        </is>
+      </c>
+      <c r="N164" s="1"/>
       <c r="O164" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P164" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>666</t>
+          <t>357</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسين جارالله</t>
+          <t>محمد حمدان </t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>ALI ABD ALHUSSAIN JARLLAH</t>
+          <t>Mohammed Hamdan </t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ticgslfzjv8_49m.jpg</t>
+          <t>uploads/photos/qmu6vwx1jzpcrly.jpg</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
-          <t>1985-01-29</t>
+          <t>1991-05-01</t>
         </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G165" s="1" t="inlineStr">
         <is>
-          <t>07710847667</t>
+          <t>07709094976</t>
         </is>
       </c>
       <c r="H165" s="1" t="inlineStr">
         <is>
-          <t>alijuristic@gmail.com</t>
+          <t>moh.hamdan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I165" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J165" s="1" t="inlineStr">
         <is>
-          <t>2024-03-13</t>
+          <t>2023-10-27</t>
         </is>
       </c>
       <c r="K165" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>وقاية نبات</t>
         </is>
       </c>
       <c r="L165" s="1" t="inlineStr">
         <is>
-          <t>القانون الدولي العام </t>
+          <t>امراض نبات</t>
         </is>
       </c>
       <c r="M165" s="1" t="inlineStr">
         <is>
-          <t>التنظيم الدولي لمواجهة الارهاب الفكري </t>
-[...2 lines deleted...]
-      <c r="N165" s="1"/>
+          <t>.تقييم كفاءة مستحضرين الاحيائيين للفطرTrichoderma viride  والبكتريا Pseudomonas fluorescens pf_DS  في مكافحة مرض ثأليل الحنطة المتسبب عن نيماتودا Anguina tritici </t>
+        </is>
+      </c>
+      <c r="N165" s="1" t="inlineStr">
+        <is>
+          <t>.دراسة تصنيفية لنيماتودا ثأليل الحنطة Anguina tritici ونيماتودا حوصلات الحبوب Heterodera avenae في وسط وجنوب العراق وادارتها المتكاملة</t>
+        </is>
+      </c>
       <c r="O165" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P165" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>816</t>
+          <t>780</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>صبا جاسم رحيم</t>
+          <t>سجى جمعه ضمد</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t>Saba Jassim Raheem</t>
+          <t>Saja Jumah Thumad</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ru0zag4tdfqekyv.jpg</t>
+          <t>uploads/photos/m2kszwvyjtxi34c.jpg</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>1990-01-01</t>
+          <t>1990-10-27</t>
         </is>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G166" s="1" t="inlineStr">
         <is>
-          <t>07707365551</t>
+          <t>07708046498</t>
         </is>
       </c>
       <c r="H166" s="1" t="inlineStr">
         <is>
-          <t>saba@uomisan.edu.iq</t>
+          <t>saja.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I166" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J166" s="1" t="inlineStr">
         <is>
-          <t>2024-04-01</t>
+          <t>2023-11-15</t>
         </is>
       </c>
       <c r="K166" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>طب عام</t>
         </is>
       </c>
       <c r="L166" s="1" t="inlineStr">
         <is>
-          <t>ادارة مشاريع</t>
+          <t>Pedeatric </t>
         </is>
       </c>
       <c r="M166" s="1" t="inlineStr">
         <is>
-          <t>OFFICE CENTER WITH FLOOR PLATES HAVING DIFFERENT SUPPORT CONDITIONS</t>
+          <t>Distribution of hypothyroidism in a sample of children with type 1 diabetes mellitus</t>
         </is>
       </c>
       <c r="N166" s="1" t="inlineStr">
         <is>
-          <t>INTEGRAL ASSESSMENT OF THE QUALITY OF A CONSTRUCTION ORGANIZATION</t>
+          <t>Pedeatric endocrine </t>
         </is>
       </c>
       <c r="O166" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P166" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>412</t>
+          <t>666</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>هدى حلو علي</t>
+          <t>علي عبد الحسين جارالله</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t>Huda Hilo Ali</t>
+          <t>ALI ABD ALHUSSAIN JARLLAH</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/x6ej_qrhks1v3i8.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ticgslfzjv8_49m.jpg</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
-          <t>1986-07-18</t>
+          <t>1985-01-29</t>
         </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G167" s="1" t="inlineStr">
         <is>
-          <t>07708816650</t>
+          <t>07710847667</t>
         </is>
       </c>
       <c r="H167" s="1" t="inlineStr">
         <is>
-          <t>hudahilo.ha@uomisan.edu.iq</t>
+          <t>alijuristic@gmail.com</t>
         </is>
       </c>
       <c r="I167" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J167" s="1" t="inlineStr">
         <is>
-          <t>2024-05-08</t>
+          <t>2024-03-13</t>
         </is>
       </c>
       <c r="K167" s="1" t="inlineStr">
         <is>
-          <t>علوم بيئة</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L167" s="1" t="inlineStr">
         <is>
-          <t>بيئة نبات</t>
+          <t>القانون الدولي العام </t>
         </is>
       </c>
       <c r="M167" s="1" t="inlineStr">
         <is>
-          <t>تأثير بعض العوامل البيئية على وجود وانتشار النباتات المائية في نهر دجلة في محافظة ميسان</t>
-[...6 lines deleted...]
-      </c>
+          <t>التنظيم الدولي لمواجهة الارهاب الفكري </t>
+        </is>
+      </c>
+      <c r="N167" s="1"/>
       <c r="O167" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P167" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>109</t>
+          <t>816</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>هدى اسماعيل عليوي </t>
+          <t>صبا جاسم رحيم</t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t>Huda Ismail Olewi</t>
+          <t>Saba Jassim Raheem</t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ec6ozlxd7snq81w.jpg</t>
+          <t>uploads/photos/ru0zag4tdfqekyv.jpg</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
-          <t>1987-04-28</t>
+          <t>1990-01-01</t>
         </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G168" s="1" t="inlineStr">
         <is>
-          <t>00</t>
+          <t>07707365551</t>
         </is>
       </c>
       <c r="H168" s="1" t="inlineStr">
         <is>
-          <t>hudaismail@uomisan.edu.iq</t>
+          <t>saba@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I168" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J168" s="1" t="inlineStr">
         <is>
-          <t>2024-06-02</t>
+          <t>2024-04-01</t>
         </is>
       </c>
       <c r="K168" s="1" t="inlineStr">
         <is>
-          <t>Computer Engineering </t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L168" s="1" t="inlineStr">
         <is>
-          <t>Computer Engineering </t>
+          <t>ادارة مشاريع</t>
         </is>
       </c>
       <c r="M168" s="1" t="inlineStr">
         <is>
-          <t>SECURITY ENHANCEMENT OF OFDM PASSIVE OPTICAL NETWORKS USING CHAOTIC TECHNIQUES</t>
-[...2 lines deleted...]
-      <c r="N168" s="1"/>
+          <t>OFFICE CENTER WITH FLOOR PLATES HAVING DIFFERENT SUPPORT CONDITIONS</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>INTEGRAL ASSESSMENT OF THE QUALITY OF A CONSTRUCTION ORGANIZATION</t>
+        </is>
+      </c>
       <c r="O168" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P168" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>918</t>
+          <t>412</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>د.مصطفى طاهر حاتم </t>
+          <t>هدى حلو علي</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t>Dr. Mustafa Taher Hatem</t>
+          <t>Huda Hilo Ali</t>
         </is>
       </c>
       <c r="D169" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/mxagbq6hrne20vj.jpg</t>
+          <t>uploads/photos/x6ej_qrhks1v3i8.jpeg</t>
         </is>
       </c>
       <c r="E169" s="1" t="inlineStr">
         <is>
-          <t>1984-06-07</t>
+          <t>1986-07-18</t>
         </is>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G169" s="1" t="inlineStr">
         <is>
-          <t>07705571012 </t>
+          <t>07708816650</t>
         </is>
       </c>
       <c r="H169" s="1" t="inlineStr">
         <is>
-          <t>pgs.mustafa.taher@uobasrah.edu.iq</t>
+          <t>hudahilo.ha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I169" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J169" s="1" t="inlineStr">
         <is>
-          <t>2024-06-10</t>
+          <t>2024-05-08</t>
         </is>
       </c>
       <c r="K169" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>علوم بيئة</t>
         </is>
       </c>
       <c r="L169" s="1" t="inlineStr">
         <is>
-          <t>تقانات - طحالب </t>
+          <t>بيئة نبات</t>
         </is>
       </c>
       <c r="M169" s="1" t="inlineStr">
         <is>
-          <t>تقـييم بـعض أنـواع الطـحالب الخضر-المـزرقـة الـمعزولة مـن التربة - جنوب العـراق في انتاجها للـسموم الكـبدية وتأثير طحلب Oscillatoria pseudogeminata  في نمو نبات الطماطة Lycopersicon esculentum Mill.</t>
+          <t>تأثير بعض العوامل البيئية على وجود وانتشار النباتات المائية في نهر دجلة في محافظة ميسان</t>
         </is>
       </c>
       <c r="N169" s="1" t="inlineStr">
         <is>
-          <t>عزل وتشخيص السموم الكبدية Microcystins   من بعض الطحالب الخضر المزرقة المعزولة من البيئة المائية في محافظة البصرة - العراق</t>
+          <t>لايوجد</t>
         </is>
       </c>
       <c r="O169" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P169" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>489</t>
+          <t>918</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>ضياء حميد جياد </t>
+          <t>د.مصطفى طاهر حاتم </t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t> DHIAA HAMEED HILFI</t>
+          <t>Dr. Mustafa Taher Hatem</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/_edocgypbj304rz.jpeg</t>
+          <t>uploads/photos/mxagbq6hrne20vj.jpg</t>
         </is>
       </c>
       <c r="E170" s="1" t="inlineStr">
         <is>
-          <t>1984-08-17</t>
+          <t>1984-06-07</t>
         </is>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G170" s="1" t="inlineStr">
         <is>
-          <t>07711998999</t>
+          <t>07705571012 </t>
         </is>
       </c>
       <c r="H170" s="1" t="inlineStr">
         <is>
-          <t>diaa.hameed@uomisan.edu.iq</t>
+          <t>pgs.mustafa.taher@uobasrah.edu.iq</t>
         </is>
       </c>
       <c r="I170" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J170" s="1" t="inlineStr">
         <is>
-          <t>2024-06-23</t>
+          <t>2024-05-26</t>
         </is>
       </c>
       <c r="K170" s="1" t="inlineStr">
         <is>
-          <t>هندسة ميكانيك</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L170" s="1" t="inlineStr">
         <is>
-          <t>هندسة معادن</t>
+          <t>تقانات - طحالب </t>
         </is>
       </c>
       <c r="M170" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Structure and Properties of Free-Nickel   High-Nitrogen Austenitic Stainless Steels after Laser Welding.&amp;#34;</t>
+          <t>تقـييم بـعض أنـواع الطـحالب الخضر-المـزرقـة الـمعزولة مـن التربة - جنوب العـراق في انتاجها للـسموم الكـبدية وتأثير طحلب Oscillatoria pseudogeminata  في نمو نبات الطماطة Lycopersicon esculentum Mill.</t>
         </is>
       </c>
       <c r="N170" s="1" t="inlineStr">
         <is>
-          <t>Research and development of technology for plasma-electrolyte surface treatment of mechanical engineering products made of valve alloys formed by additive technologies</t>
+          <t>عزل وتشخيص السموم الكبدية Microcystins   من بعض الطحالب الخضر المزرقة المعزولة من البيئة المائية في محافظة البصرة - العراق</t>
         </is>
       </c>
       <c r="O170" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P170" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>814</t>
+          <t>109</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>ٍسلام عادل مطلك</t>
+          <t>هدى اسماعيل عليوي </t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t>Salam Adil Wtaife</t>
+          <t>Huda Ismail Olewi</t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/kp4_9bgjunvcqeo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ec6ozlxd7snq81w.jpg</t>
         </is>
       </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
-          <t>1984-01-01</t>
+          <t>1987-04-28</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G171" s="1" t="inlineStr">
         <is>
-          <t>07733864084</t>
+          <t>00</t>
         </is>
       </c>
       <c r="H171" s="1" t="inlineStr">
         <is>
-          <t>salamwtaife@uomisan.edu.iq</t>
+          <t>hudaismail@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I171" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J171" s="1" t="inlineStr">
         <is>
-          <t>2024-07-01</t>
+          <t>2024-06-02</t>
         </is>
       </c>
       <c r="K171" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>Computer Engineering </t>
         </is>
       </c>
       <c r="L171" s="1" t="inlineStr">
         <is>
-          <t>البنية التحتية للطرق والمواصلات</t>
+          <t>Computer Engineering </t>
         </is>
       </c>
       <c r="M171" s="1" t="inlineStr">
         <is>
-          <t>Pavement Surface Characteristics As Influenced By Material Properties</t>
-[...6 lines deleted...]
-      </c>
+          <t>SECURITY ENHANCEMENT OF OFDM PASSIVE OPTICAL NETWORKS USING CHAOTIC TECHNIQUES</t>
+        </is>
+      </c>
+      <c r="N171" s="1"/>
       <c r="O171" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P171" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>253</t>
+          <t>489</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>علي صباح عبد السيلاوي</t>
+          <t>ضياء حميد جياد </t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t>Ali S. Abed Al Sailawi</t>
+          <t> DHIAA HAMEED HILFI</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/rfnqspx54chkldg.jpeg</t>
+          <t>uploads/files/kzcm2xvsoji5gr7.jpeg</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
-          <t>1900-01-08</t>
+          <t>1984-08-17</t>
         </is>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G172" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07711998999</t>
         </is>
       </c>
       <c r="H172" s="1" t="inlineStr">
         <is>
-          <t>ali_sabah@uomisan.edu.iq</t>
+          <t>diaa.hameed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I172" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J172" s="1" t="inlineStr">
         <is>
-          <t>2024-07-09</t>
+          <t>2024-06-23</t>
         </is>
       </c>
       <c r="K172" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسوب </t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="L172" s="1" t="inlineStr">
         <is>
-          <t>برمجيات </t>
+          <t>هندسة معادن</t>
         </is>
       </c>
       <c r="M172" s="1" t="inlineStr">
         <is>
-          <t>An Evaluation of Enterprise Architecture Frameworks for E-Government</t>
+          <t>&amp;#34;Structure and Properties of Free-Nickel   High-Nitrogen Austenitic Stainless Steels after Laser Welding.&amp;#34;</t>
         </is>
       </c>
       <c r="N172" s="1" t="inlineStr">
         <is>
-          <t>Efficacious Management in Long-Lasting Crisis Using a Data Driven Decision Support System Through Using Social Networks: A case Study of the COVID-19 Pandemic </t>
+          <t>Research and development of technology for plasma-electrolyte surface treatment of mechanical engineering products made of valve alloys formed by additive technologies</t>
         </is>
       </c>
       <c r="O172" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P172" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>813</t>
+          <t>814</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم رحيم</t>
+          <t>ٍسلام عادل مطلك</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Jassim Raheem</t>
+          <t>Salam Adil Wtaife</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/cmknpwvdz0sio3a.JPG</t>
+          <t>uploads/photos/kp4_9bgjunvcqeo.jpg</t>
         </is>
       </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
           <t>1984-01-01</t>
         </is>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G173" s="1" t="inlineStr">
         <is>
-          <t>07707365551</t>
+          <t>07733864084</t>
         </is>
       </c>
       <c r="H173" s="1" t="inlineStr">
         <is>
-          <t>m.adhari@uomisan.edu.iq</t>
+          <t>salamwtaife@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I173" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J173" s="1" t="inlineStr">
         <is>
-          <t>2024-07-16</t>
+          <t>2024-07-01</t>
         </is>
       </c>
       <c r="K173" s="1" t="inlineStr">
         <is>
           <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L173" s="1" t="inlineStr">
         <is>
-          <t>ادارة مشاريع</t>
+          <t>البنية التحتية للطرق والمواصلات</t>
         </is>
       </c>
       <c r="M173" s="1" t="inlineStr">
         <is>
-          <t>STRUCTURAL BEHAVIOUR OF REINFORCED CONCRETE DEEP BEAMS WITH WEB OPENINGS UNDER REPEATED LOAD</t>
+          <t>Pavement Surface Characteristics As Influenced By Material Properties</t>
         </is>
       </c>
       <c r="N173" s="1" t="inlineStr">
         <is>
-          <t>Improve Managing Risk Indicator and Cost to Quantify Strong Building Design</t>
+          <t>Design and Analysis of Fiber Reinforced Concrete Structure for Transportation Infrastructures</t>
         </is>
       </c>
       <c r="O173" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P173" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>826</t>
+          <t>253</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>مصر محمود خلف </t>
+          <t>علي صباح عبد السيلاوي</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t>Maser mahmood kalaf </t>
-[...2 lines deleted...]
-      <c r="D174" s="1"/>
+          <t>Ali S. Abed Al Sailawi</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/rfnqspx54chkldg.jpeg</t>
+        </is>
+      </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
-          <t>1984-01-01</t>
+          <t>1900-01-08</t>
         </is>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G174" s="1" t="inlineStr">
         <is>
-          <t>07707357576</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H174" s="1" t="inlineStr">
         <is>
-          <t>maser@uom.edu.iq</t>
+          <t>ali_sabah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I174" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J174" s="1" t="inlineStr">
         <is>
-          <t>2024-07-18</t>
+          <t>2024-07-09</t>
         </is>
       </c>
       <c r="K174" s="1" t="inlineStr">
         <is>
-          <t>جيولوجي </t>
+          <t>هندسة حاسوب </t>
         </is>
       </c>
       <c r="L174" s="1" t="inlineStr">
         <is>
-          <t>تحسس نائي </t>
+          <t>برمجيات </t>
         </is>
       </c>
       <c r="M174" s="1" t="inlineStr">
         <is>
-          <t> GEOLOGICAL HAZARDS ASSESSMENT  AND ENVIRONMENTAL  CHANGES MONITORING IN MAYSAN AREA By USING REMOTE SENSING TECHNIQUES AND GIS</t>
+          <t>An Evaluation of Enterprise Architecture Frameworks for E-Government</t>
         </is>
       </c>
       <c r="N174" s="1" t="inlineStr">
         <is>
-          <t>دراسة انشاء مواقع الجيوبارك باستخدام التحسس النهائي شمال شرق ميسان </t>
+          <t>Efficacious Management in Long-Lasting Crisis Using a Data Driven Decision Support System Through Using Social Networks: A case Study of the COVID-19 Pandemic </t>
         </is>
       </c>
       <c r="O174" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P174" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>757</t>
+          <t>813</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>علي محمد راضي </t>
+          <t>محمد جاسم رحيم</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t>Ali Muhammad Radi</t>
+          <t>Mohammed Jassim Raheem</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/w419gh0yktm7a3u.jpg</t>
+          <t>uploads/photos/cmknpwvdz0sio3a.JPG</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
-          <t>1996-01-01</t>
+          <t>1984-01-01</t>
         </is>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G175" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07707365551</t>
         </is>
       </c>
       <c r="H175" s="1" t="inlineStr">
         <is>
-          <t>alipolitical1996@gmail.com</t>
+          <t>m.adhari@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I175" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J175" s="1" t="inlineStr">
         <is>
-          <t>2024-07-29</t>
+          <t>2024-07-16</t>
         </is>
       </c>
       <c r="K175" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية </t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L175" s="1" t="inlineStr">
         <is>
-          <t>السياسة الدولية </t>
+          <t>ادارة مشاريع</t>
         </is>
       </c>
       <c r="M175" s="1" t="inlineStr">
         <is>
-          <t>البعد الايديولوجي في الدبلوماسية الايرانية بعد عام 2005</t>
+          <t>STRUCTURAL BEHAVIOUR OF REINFORCED CONCRETE DEEP BEAMS WITH WEB OPENINGS UNDER REPEATED LOAD</t>
         </is>
       </c>
       <c r="N175" s="1" t="inlineStr">
         <is>
-          <t>الامم المتحدة وتحديات الامن العالمي بعد عام 2020</t>
+          <t>Improve Managing Risk Indicator and Cost to Quantify Strong Building Design</t>
         </is>
       </c>
       <c r="O175" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P175" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>362</t>
+          <t>826</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>فاطمة قاسم حمدان </t>
+          <t>مصر محمود خلف </t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t>Fatimeh Qassem Hamdan</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maser mahmood kalaf </t>
+        </is>
+      </c>
+      <c r="D176" s="1"/>
       <c r="E176" s="1" t="inlineStr">
         <is>
-          <t>1989-11-25</t>
+          <t>1984-01-01</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G176" s="1" t="inlineStr">
         <is>
-          <t>07725408129</t>
+          <t>07707357576</t>
         </is>
       </c>
       <c r="H176" s="1" t="inlineStr">
         <is>
-          <t>Fatimehmdan88@gmail.com</t>
+          <t>maser@uom.edu.iq</t>
         </is>
       </c>
       <c r="I176" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J176" s="1" t="inlineStr">
         <is>
-          <t>2024-08-05</t>
+          <t>2024-07-18</t>
         </is>
       </c>
       <c r="K176" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>جيولوجي </t>
         </is>
       </c>
       <c r="L176" s="1" t="inlineStr">
         <is>
-          <t>حشرات</t>
+          <t>تحسس نائي </t>
         </is>
       </c>
       <c r="M176" s="1" t="inlineStr">
         <is>
-          <t>التشخيص المظهري والتغاير الزوراثي لذباب القرعيات Daus frontalis Becker,1992 في محافظتي البصرة وميسان </t>
+          <t> GEOLOGICAL HAZARDS ASSESSMENT  AND ENVIRONMENTAL  CHANGES MONITORING IN MAYSAN AREA By USING REMOTE SENSING TECHNIQUES AND GIS</t>
         </is>
       </c>
       <c r="N176" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية مظهرية وجزيئية لبعض حشرات الحبوب المخزونة في محافظة ميسان </t>
+          <t>دراسة انشاء مواقع الجيوبارك باستخدام التحسس النهائي شمال شرق ميسان </t>
         </is>
       </c>
       <c r="O176" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P176" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>992</t>
+          <t>757</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>م.د. عدنان خلف فرهود الحمراني</t>
+          <t>علي محمد راضي </t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t>Adnan Khalaf Farhood</t>
+          <t>Ali Muhammad Radi</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/0rij4cqtl91n3_k.jpg</t>
+          <t>uploads/photos/w419gh0yktm7a3u.jpg</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
-          <t>1977-12-28</t>
+          <t>1996-01-01</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G177" s="1" t="inlineStr">
         <is>
-          <t>07702847882</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H177" s="1" t="inlineStr">
         <is>
-          <t>adnankhalaf@uomisan.edu.iq</t>
+          <t>alipolitical1996@gmail.com</t>
         </is>
       </c>
       <c r="I177" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J177" s="1" t="inlineStr">
         <is>
-          <t>2024-09-17</t>
+          <t>2024-07-29</t>
         </is>
       </c>
       <c r="K177" s="1" t="inlineStr">
         <is>
-          <t>رياضيات</t>
+          <t>العلوم السياسية </t>
         </is>
       </c>
       <c r="L177" s="1" t="inlineStr">
         <is>
-          <t>تحليل عددي</t>
+          <t>السياسة الدولية </t>
         </is>
       </c>
       <c r="M177" s="1" t="inlineStr">
         <is>
-          <t>الحلول التقريبية لبعض الفصول من المعادلات التكاملية الكسريه غير الخطية</t>
+          <t>البعد الايديولوجي في الدبلوماسية الايرانية بعد عام 2005</t>
         </is>
       </c>
       <c r="N177" s="1" t="inlineStr">
         <is>
-          <t>الحلول العددية للمعادلات التفاضلية الجزئية ذات الرتب الكسرية المتغيرة التباطؤية</t>
+          <t>الامم المتحدة وتحديات الامن العالمي بعد عام 2020</t>
         </is>
       </c>
       <c r="O177" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P177" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>448</t>
+          <t>362</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>زهراء حسين جوده</t>
+          <t>فاطمة قاسم حمدان </t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t>ZAHRAA HUSSEIN JOUDAH</t>
+          <t>Fatimeh Qassem Hamdan</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wfjuioyzs2qb3md.jpg</t>
+          <t>uploads/photos/fcurnko3ymxjbhd.jpg</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
-          <t>1985-12-28</t>
+          <t>1989-11-25</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G178" s="1" t="inlineStr">
         <is>
-          <t>009647730104785</t>
+          <t>07725408129</t>
         </is>
       </c>
       <c r="H178" s="1" t="inlineStr">
         <is>
-          <t>zahraa.alsafy85@uomisan.edu.iq</t>
+          <t>Fatimehmdan88@gmail.com</t>
         </is>
       </c>
       <c r="I178" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J178" s="1" t="inlineStr">
         <is>
-          <t>2024-09-30</t>
+          <t>2024-08-05</t>
         </is>
       </c>
       <c r="K178" s="1" t="inlineStr">
         <is>
-          <t>الهندسة المدنية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L178" s="1" t="inlineStr">
         <is>
-          <t>مواد إنشائية مستدامة</t>
+          <t>حشرات</t>
         </is>
       </c>
       <c r="M178" s="1" t="inlineStr">
         <is>
-          <t>......EFFECTS OF EFFECTIVE MICROORGANISM ON  MECHANICAL AND MICROSTRUCTURE PROPERTIES OF  CONCRETE INCORPORATING FLY ASH</t>
-[...2 lines deleted...]
-      <c r="N178" s="1"/>
+          <t>التشخيص المظهري والتغاير الزوراثي لذباب القرعيات Daus frontalis Becker,1992 في محافظتي البصرة وميسان </t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>دراسة تشخيصية مظهرية وجزيئية لبعض حشرات الحبوب المخزونة في محافظة ميسان </t>
+        </is>
+      </c>
       <c r="O178" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P178" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>992</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>علي حسين علي </t>
+          <t>م.د. عدنان خلف فرهود الحمراني</t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t>Ali Husain ali</t>
+          <t>Adnan Khalaf Farhood</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/hci7ku_jf3veosy.jpg</t>
+          <t>uploads/files/0rij4cqtl91n3_k.jpg</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
-          <t>1971-01-05</t>
+          <t>1977-12-28</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G179" s="1" t="inlineStr">
         <is>
-          <t>07712653614</t>
+          <t>07702847882</t>
         </is>
       </c>
       <c r="H179" s="1" t="inlineStr">
         <is>
-          <t>aalsodine286@gmail.com</t>
+          <t>adnankhalaf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I179" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J179" s="1" t="inlineStr">
         <is>
-          <t>2024-10-02</t>
+          <t>2024-09-17</t>
         </is>
       </c>
       <c r="K179" s="1" t="inlineStr">
         <is>
-          <t>وقاية نبات</t>
+          <t>رياضيات</t>
         </is>
       </c>
       <c r="L179" s="1" t="inlineStr">
         <is>
-          <t>حشرات</t>
+          <t>تحليل عددي</t>
         </is>
       </c>
       <c r="M179" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية وبيئية لنوعين من البق الدقيقي مع بعض طرائق مكافحتها في محافظة البصرة </t>
+          <t>الحلول التقريبية لبعض الفصول من المعادلات التكاملية الكسريه غير الخطية</t>
         </is>
       </c>
       <c r="N179" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>الحلول العددية للمعادلات التفاضلية الجزئية ذات الرتب الكسرية المتغيرة التباطؤية</t>
         </is>
       </c>
       <c r="O179" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P179" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>981</t>
+          <t>448</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>بركات حسن عبيد </t>
+          <t>زهراء حسين جوده</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t>Barakat Hasan Obeid </t>
+          <t>ZAHRAA HUSSEIN JOUDAH</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/ehwic0y1rtuz4sf.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wfjuioyzs2qb3md.jpg</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
-          <t>1991-04-28</t>
+          <t>1985-12-28</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G180" s="1" t="inlineStr">
         <is>
-          <t>07707955467</t>
+          <t>009647730104785</t>
         </is>
       </c>
       <c r="H180" s="1" t="inlineStr">
         <is>
-          <t>Barakatalasadi91@gmail.com</t>
+          <t>zahraa.alsafy85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I180" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J180" s="1" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-09-30</t>
         </is>
       </c>
       <c r="K180" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني</t>
+          <t>الهندسة المدنية </t>
         </is>
       </c>
       <c r="L180" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني </t>
-[...7 lines deleted...]
-      </c>
+          <t>مواد إنشائية مستدامة</t>
+        </is>
+      </c>
+      <c r="M180" s="1" t="inlineStr">
+        <is>
+          <t>......EFFECTS OF EFFECTIVE MICROORGANISM ON  MECHANICAL AND MICROSTRUCTURE PROPERTIES OF  CONCRETE INCORPORATING FLY ASH</t>
+        </is>
+      </c>
+      <c r="N180" s="1"/>
       <c r="O180" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P180" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>895</t>
+          <t>360</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>كرار علي مطير</t>
+          <t>علي حسين علي </t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t>Karrara Ali Muttair</t>
+          <t>Ali Husain ali</t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/8ar_just0f4qkzh.jpg</t>
+          <t>uploads/photos/hci7ku_jf3veosy.jpg</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
-          <t>1992-01-01</t>
+          <t>1971-01-05</t>
         </is>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G181" s="1" t="inlineStr">
         <is>
-          <t>07712660606</t>
+          <t>07712653614</t>
         </is>
       </c>
       <c r="H181" s="1" t="inlineStr">
         <is>
-          <t>karrar.sport120@gmail.com</t>
+          <t>aalsodine286@gmail.com</t>
         </is>
       </c>
       <c r="I181" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J181" s="1" t="inlineStr">
         <is>
-          <t>2024-10-15</t>
+          <t>2024-10-02</t>
         </is>
       </c>
       <c r="K181" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>وقاية نبات</t>
         </is>
       </c>
       <c r="L181" s="1" t="inlineStr">
         <is>
-          <t>التدريب الرياضي </t>
+          <t>حشرات</t>
         </is>
       </c>
       <c r="M181" s="1" t="inlineStr">
         <is>
-          <t>تاثير تمرينات خاصة بوسائل تدريبية مساعدة في تطوير التصرف الحركي اللحظي في المواقف الفردية وعلاقتها بمستوى الذكاء للاعبي الخط الخلفي في كرة اليد في الدوري النخبه العراقي</t>
+          <t>دراسة تشخيصية وبيئية لنوعين من البق الدقيقي مع بعض طرائق مكافحتها في محافظة البصرة </t>
         </is>
       </c>
       <c r="N181" s="1" t="inlineStr">
         <is>
-          <t>تاثير تمرينات خاصة باسلوب المنافسة في التحمل الخاص والتكوينات الهجومية للاعبي الدوري الممتاز لكرة اليد</t>
+          <t>.</t>
         </is>
       </c>
       <c r="O181" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P181" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>915</t>
+          <t>981</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>هديل غازي عبدعلي </t>
+          <t>بركات حسن عبيد </t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t>Hadeel Ghazi Abd Ali </t>
-[...2 lines deleted...]
-      <c r="D182" s="1"/>
+          <t>Barakat Hasan Obeid </t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>uploads/files/ehwic0y1rtuz4sf.jpeg</t>
+        </is>
+      </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
-          <t>1991-02-12</t>
+          <t>1991-04-28</t>
         </is>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G182" s="1" t="inlineStr">
         <is>
-          <t>00000</t>
+          <t>07707955467</t>
         </is>
       </c>
       <c r="H182" s="1" t="inlineStr">
         <is>
-          <t>hadeel_ghazi@uomisan.edu.iq</t>
+          <t>Barakatalasadi91@gmail.com</t>
         </is>
       </c>
       <c r="I182" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J182" s="1" t="inlineStr">
         <is>
-          <t>2024-10-27</t>
+          <t>2024-10-15</t>
         </is>
       </c>
       <c r="K182" s="1" t="inlineStr">
         <is>
-          <t>رياضيات </t>
+          <t>الطب الباطني</t>
         </is>
       </c>
       <c r="L182" s="1" t="inlineStr">
         <is>
-          <t>تبولوجيا تفاضلية /تحليل رياضي </t>
-[...6 lines deleted...]
-      </c>
+          <t>الطب الباطني </t>
+        </is>
+      </c>
+      <c r="M182" s="1"/>
       <c r="N182" s="1" t="inlineStr">
         <is>
-          <t>Nonlinear Ritz Approximation for Some Nonlinear Differential Equations Using Modify Lyapunov-Schmidt Reduction</t>
+          <t>معدل ضربات القلب أثناء الراحة كمؤشر بيولوجي لمضاعفات الأوعية الدموية الدقيقة بين مرضى السكري من النوع الثاني</t>
         </is>
       </c>
       <c r="O182" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P182" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>892</t>
+          <t>895</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>امنه سالم حسن</t>
+          <t>كرار علي مطير</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t>Amina salim hassan</t>
-[...2 lines deleted...]
-      <c r="D183" s="1"/>
+          <t>Karrara Ali Muttair</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/8ar_just0f4qkzh.jpg</t>
+        </is>
+      </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
-          <t>1984-01-17</t>
+          <t>1992-01-01</t>
         </is>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G183" s="1" t="inlineStr">
         <is>
-          <t>07711432055</t>
+          <t>07712660606</t>
         </is>
       </c>
       <c r="H183" s="1" t="inlineStr">
         <is>
-          <t>aamena.salim@uomisan.edu.iq</t>
+          <t>karrar.sport120@gmail.com</t>
         </is>
       </c>
       <c r="I183" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J183" s="1" t="inlineStr">
         <is>
-          <t>2024-11-07</t>
+          <t>2024-10-15</t>
         </is>
       </c>
       <c r="K183" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L183" s="1" t="inlineStr">
         <is>
-          <t>لغة</t>
+          <t>التدريب الرياضي </t>
         </is>
       </c>
       <c r="M183" s="1" t="inlineStr">
         <is>
-          <t>ابنية الافعال في ديوان ابي الاسود الدؤلي </t>
+          <t>تاثير تمرينات خاصة بوسائل تدريبية مساعدة في تطوير التصرف الحركي اللحظي في المواقف الفردية وعلاقتها بمستوى الذكاء للاعبي الخط الخلفي في كرة اليد في الدوري النخبه العراقي</t>
         </is>
       </c>
       <c r="N183" s="1" t="inlineStr">
         <is>
-          <t>القصائد المشهورة في الشعر العربي (دراسة اسلوبية)</t>
+          <t>تاثير تمرينات خاصة باسلوب المنافسة في التحمل الخاص والتكوينات الهجومية للاعبي الدوري الممتاز لكرة اليد</t>
         </is>
       </c>
       <c r="O183" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P183" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>346</t>
+          <t>915</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>صادق فنجان حسناوي </t>
+          <t>هديل غازي عبدعلي </t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Fenjan Hasnawi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Hadeel Ghazi Abd Ali </t>
+        </is>
+      </c>
+      <c r="D184" s="1"/>
       <c r="E184" s="1" t="inlineStr">
         <is>
-          <t>1973-11-16</t>
+          <t>1991-02-12</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G184" s="1" t="inlineStr">
         <is>
-          <t>07712657617</t>
+          <t>00000</t>
         </is>
       </c>
       <c r="H184" s="1" t="inlineStr">
         <is>
-          <t>sadiq.fanjan@uomisan.edu.iq</t>
+          <t>hadeel_ghazi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I184" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J184" s="1" t="inlineStr">
         <is>
-          <t>2024-11-19</t>
+          <t>2024-10-27</t>
         </is>
       </c>
       <c r="K184" s="1" t="inlineStr">
         <is>
-          <t>علوم اغذية </t>
+          <t>رياضيات </t>
         </is>
       </c>
       <c r="L184" s="1" t="inlineStr">
         <is>
-          <t>التقانات الاحيائية</t>
+          <t>تبولوجيا تفاضلية /تحليل رياضي </t>
         </is>
       </c>
       <c r="M184" s="1" t="inlineStr">
         <is>
-          <t>تحسين التكنولوجيا ووسائل المعالجات الأولية لحليب البقر</t>
+          <t>Certain Types of Tensors of Viasman-Gray Manifold</t>
         </is>
       </c>
       <c r="N184" s="1" t="inlineStr">
         <is>
-          <t>إنتاج وتنقية وتوصيف بروتيز الأسبارتك    ‏‎  ‎من عفن ‏Aspergillus terreus‏ المعزول محلياً واستعماله ‏في تطرية اللحوم ‏</t>
+          <t>Nonlinear Ritz Approximation for Some Nonlinear Differential Equations Using Modify Lyapunov-Schmidt Reduction</t>
         </is>
       </c>
       <c r="O184" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P184" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>361</t>
+          <t>892</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>صلاح عبد الحسن غيلان</t>
+          <t>امنه سالم حسن</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t>Salah Abdulhassan Ghaylan	</t>
-[...6 lines deleted...]
-      </c>
+          <t>Amina salim hassan</t>
+        </is>
+      </c>
+      <c r="D185" s="1"/>
       <c r="E185" s="1" t="inlineStr">
         <is>
-          <t>1975-10-16</t>
+          <t>1984-01-17</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G185" s="1" t="inlineStr">
         <is>
-          <t>07722089945</t>
+          <t>07711432055</t>
         </is>
       </c>
       <c r="H185" s="1" t="inlineStr">
         <is>
-          <t>salah.ghilan@uomisan.edu.iq</t>
+          <t>aamena.salim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I185" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J185" s="1" t="inlineStr">
         <is>
-          <t>2024-11-25</t>
+          <t>2024-11-07</t>
         </is>
       </c>
       <c r="K185" s="1" t="inlineStr">
         <is>
-          <t>البستنة وهندسة الحدائق</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L185" s="1" t="inlineStr">
         <is>
-          <t>فسلجة فاكهة (فسلجة نخيل) </t>
+          <t>لغة</t>
         </is>
       </c>
       <c r="M185" s="1" t="inlineStr">
         <is>
-          <t>مساند النمو لحاصل الخس في تقنية الفيلم المغذي للزراعة المائية</t>
+          <t>ابنية الافعال في ديوان ابي الاسود الدؤلي </t>
         </is>
       </c>
       <c r="N185" s="1" t="inlineStr">
         <is>
-          <t>دراسة كيموحيوية لظاهرة العقد البكري لثمار نخيل التمر صنف البرحي الخضري والمكثر نسيجيا تحت تأثير منظمات النمو والاحماض الامينية الحرة.</t>
+          <t>القصائد المشهورة في الشعر العربي (دراسة اسلوبية)</t>
         </is>
       </c>
       <c r="O185" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P185" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>855</t>
+          <t>346</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>سيف الدين حسن حسان</t>
+          <t>صادق فنجان حسناوي </t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t> Saif Aldeen Hasan</t>
+          <t>Sadiq Fenjan Hasnawi</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ywfzirtbm603_pe.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/skrwi61af0bo2ln.jpg</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
-          <t>1991-01-07</t>
+          <t>1973-11-16</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G186" s="1" t="inlineStr">
         <is>
-          <t>07710849510</t>
+          <t>07712657617</t>
         </is>
       </c>
       <c r="H186" s="1" t="inlineStr">
         <is>
-          <t>saif_aldeen@uomisan.edu.iq</t>
+          <t>sadiq.fanjan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I186" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J186" s="1" t="inlineStr">
         <is>
-          <t>2024-12-07</t>
+          <t>2024-11-19</t>
         </is>
       </c>
       <c r="K186" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسبات</t>
+          <t>علوم اغذية </t>
         </is>
       </c>
       <c r="L186" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي</t>
+          <t>التقانات الاحيائية</t>
         </is>
       </c>
       <c r="M186" s="1" t="inlineStr">
         <is>
-          <t>Effectiveness of deep Learning in anticipating future  trends of stock markets</t>
-[...2 lines deleted...]
-      <c r="N186" s="1"/>
+          <t>تحسين التكنولوجيا ووسائل المعالجات الأولية لحليب البقر</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>إنتاج وتنقية وتوصيف بروتيز الأسبارتك    ‏‎  ‎من عفن ‏Aspergillus terreus‏ المعزول محلياً واستعماله ‏في تطرية اللحوم ‏</t>
+        </is>
+      </c>
       <c r="O186" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P186" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>874</t>
+          <t>361</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>رسل نعيم منخي</t>
+          <t>صلاح عبد الحسن غيلان</t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t>rusul naeim mankhi</t>
+          <t>Salah Abdulhassan Ghaylan	</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/io8s175qbumgepf.jpg</t>
+          <t>uploads/photos/h4ld21b0ukxz_ny.jpg</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
-          <t>1991-10-14</t>
+          <t>1975-10-16</t>
         </is>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G187" s="1" t="inlineStr">
         <is>
-          <t>07711206697</t>
+          <t>07722089945</t>
         </is>
       </c>
       <c r="H187" s="1" t="inlineStr">
         <is>
-          <t>n.rusul22@gmail.com</t>
+          <t>salah.ghilan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I187" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J187" s="1" t="inlineStr">
         <is>
-          <t>2024-12-16</t>
+          <t>2024-11-25</t>
         </is>
       </c>
       <c r="K187" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>البستنة وهندسة الحدائق</t>
         </is>
       </c>
       <c r="L187" s="1" t="inlineStr">
         <is>
-          <t>كيمياء عضوية</t>
+          <t>فسلجة فاكهة (فسلجة نخيل) </t>
         </is>
       </c>
       <c r="M187" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص بعض المركبات خماسية الحلقة مثل الثايوزوليداينون والكاما لاكتام المستخدمة في تقليل سكر الدم</t>
+          <t>مساند النمو لحاصل الخس في تقنية الفيلم المغذي للزراعة المائية</t>
         </is>
       </c>
       <c r="N187" s="1" t="inlineStr">
         <is>
-          <t>تحضير وتشخيص ودراسة الفعالية الب ايولوجية والالتحام الجزيئي لبعض مشتقات الفينوفايبريت الجديدة</t>
+          <t>دراسة كيموحيوية لظاهرة العقد البكري لثمار نخيل التمر صنف البرحي الخضري والمكثر نسيجيا تحت تأثير منظمات النمو والاحماض الامينية الحرة.</t>
         </is>
       </c>
       <c r="O187" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P187" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>718</t>
+          <t>855</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جمال مهدي </t>
+          <t>سيف الدين حسن حسان</t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Jamal Mahdi</t>
+          <t> Saif Aldeen Hasan</t>
         </is>
       </c>
       <c r="D188" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/8okgqb43lst0vhc.jpeg</t>
+          <t>uploads/photos/ywfzirtbm603_pe.jpeg</t>
         </is>
       </c>
       <c r="E188" s="1" t="inlineStr">
         <is>
-          <t>1991-04-01</t>
+          <t>1991-01-07</t>
         </is>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G188" s="1" t="inlineStr">
         <is>
-          <t>07736644406</t>
+          <t>07710849510</t>
         </is>
       </c>
       <c r="H188" s="1" t="inlineStr">
         <is>
-          <t>Mustafaj@uomisan.edu.iq</t>
+          <t>saif_aldeen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I188" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J188" s="1" t="inlineStr">
         <is>
-          <t>2025-01-13</t>
+          <t>2024-12-07</t>
         </is>
       </c>
       <c r="K188" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>علوم الحاسبات</t>
         </is>
       </c>
       <c r="L188" s="1" t="inlineStr">
         <is>
-          <t>علم التدريب الرياضي </t>
+          <t>الذكاء الاصطناعي</t>
         </is>
       </c>
       <c r="M188" s="1" t="inlineStr">
         <is>
-          <t>«ПРОФИЛАКТИКА ТРАВМАТИЗМА В СПОРТИВНЫХ ИГРАХ»</t>
-[...6 lines deleted...]
-      </c>
+          <t>Effectiveness of deep Learning in anticipating future  trends of stock markets</t>
+        </is>
+      </c>
+      <c r="N188" s="1"/>
       <c r="O188" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P188" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>773</t>
+          <t>306</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>اكرام فارس غانم </t>
+          <t>فاتن خضير عباس </t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t>ikram faris Ghanem</t>
+          <t>Faten Khudair Abbas</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/hcdbqzr8xjev2po.jpg</t>
+          <t>uploads/files/vdrpxbnw1yhgeuz.jpg</t>
         </is>
       </c>
       <c r="E189" s="1" t="inlineStr">
         <is>
-          <t>1989-03-27</t>
+          <t>1989-07-17</t>
         </is>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G189" s="1" t="inlineStr">
         <is>
-          <t>07713521420</t>
+          <t>07718151585</t>
         </is>
       </c>
       <c r="H189" s="1" t="inlineStr">
         <is>
-          <t>ikram.faris@uomisan.edu.iq</t>
+          <t>fatanf145@gmail.com</t>
         </is>
       </c>
       <c r="I189" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J189" s="1" t="inlineStr">
         <is>
-          <t>2025-01-16</t>
+          <t>2024-12-15</t>
         </is>
       </c>
       <c r="K189" s="1" t="inlineStr">
         <is>
-          <t>تاريخ </t>
+          <t>علوم الحياة </t>
         </is>
       </c>
       <c r="L189" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر</t>
+          <t>فسلجة طبية </t>
         </is>
       </c>
       <c r="M189" s="1" t="inlineStr">
         <is>
-          <t>الاقطاع في لواء العمارة 1921_1958</t>
-[...6 lines deleted...]
-      </c>
+          <t>Study of some hormonal and biochemical parameters associated with polycistic ovary syndrome in diabetic women type 2 </t>
+        </is>
+      </c>
+      <c r="N189" s="1"/>
       <c r="O189" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P189" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>874</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>سيف طالب عباس</t>
+          <t>رسل نعيم منخي</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t>Saif Talib Abbas</t>
+          <t>rusul naeim mankhi</t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/12_pxfl3nvm9ib8.png</t>
+          <t>uploads/photos/io8s175qbumgepf.jpg</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
-          <t>1984-10-21</t>
+          <t>1991-10-14</t>
         </is>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G190" s="1" t="inlineStr">
         <is>
-          <t>07705316316</t>
+          <t>07711206697</t>
         </is>
       </c>
       <c r="H190" s="1" t="inlineStr">
         <is>
-          <t>saiftalib@uomisan.edu.iq</t>
+          <t>n.rusul22@gmail.com</t>
         </is>
       </c>
       <c r="I190" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J190" s="1" t="inlineStr">
         <is>
-          <t>2025-03-09</t>
+          <t>2024-12-16</t>
         </is>
       </c>
       <c r="K190" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L190" s="1" t="inlineStr">
         <is>
-          <t>أنظمة الحاسوب و الشبكات</t>
+          <t>كيمياء عضوية</t>
         </is>
       </c>
       <c r="M190" s="1" t="inlineStr">
         <is>
-          <t>Research of Computer Network Protocol using Software Simulation</t>
+          <t>تحضير وتشخيص بعض المركبات خماسية الحلقة مثل الثايوزوليداينون والكاما لاكتام المستخدمة في تقليل سكر الدم</t>
         </is>
       </c>
       <c r="N190" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>تحضير وتشخيص ودراسة الفعالية الب ايولوجية والالتحام الجزيئي لبعض مشتقات الفينوفايبريت الجديدة</t>
         </is>
       </c>
       <c r="O190" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P190" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>953</t>
+          <t>718</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>وسام رويس مطرود </t>
+          <t>مصطفى جمال مهدي </t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t>WISAM </t>
+          <t>Mustafa Jamal Mahdi</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xmularjgc6ztn1b.jpg</t>
+          <t>uploads/files/8okgqb43lst0vhc.jpeg</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
-          <t>1989-03-20</t>
+          <t>1991-04-01</t>
         </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G191" s="1" t="inlineStr">
         <is>
-          <t>07713938591</t>
+          <t>07736644406</t>
         </is>
       </c>
       <c r="H191" s="1" t="inlineStr">
         <is>
-          <t>wisam.ruyis@uomisan.edu.iq</t>
+          <t>Mustafaj@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I191" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J191" s="1" t="inlineStr">
         <is>
-          <t>2025-03-10</t>
+          <t>2025-01-13</t>
         </is>
       </c>
       <c r="K191" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L191" s="1" t="inlineStr">
         <is>
-          <t>نانو تكنولوجي </t>
-[...3 lines deleted...]
-      <c r="N191" s="1"/>
+          <t>علم التدريب الرياضي </t>
+        </is>
+      </c>
+      <c r="M191" s="1" t="inlineStr">
+        <is>
+          <t>«ПРОФИЛАКТИКА ТРАВМАТИЗМА В СПОРТИВНЫХ ИГРАХ»</t>
+        </is>
+      </c>
+      <c r="N191" s="1" t="inlineStr">
+        <is>
+          <t>«МЕТОДИКА РАЗВИТИЯ СПОСОБНОСТЕЙ ЮНЫХ ФУТБОЛИСТОВ 7-10 ЛЕТ К СОХРАНЕНИЮ ПОСТУРАЛЬНОЙ УСТОЙЧИВОСТИ В ПРОЦЕССЕ ТЕХНИЧЕСКОЙ ПОДГОТОВКИ»</t>
+        </is>
+      </c>
       <c r="O191" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P191" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>99</t>
+          <t>773</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>مشتاق عباس عريبي </t>
+          <t>اكرام فارس غانم </t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t>Mushtaq Abbas Oraibi</t>
+          <t>ikram faris Ghanem</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/vrolbgm2i8uh03j.jpg</t>
+          <t>uploads/photos/hcdbqzr8xjev2po.jpg</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
-          <t>1985-03-10</t>
+          <t>1989-03-27</t>
         </is>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G192" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07713521420</t>
         </is>
       </c>
       <c r="H192" s="1" t="inlineStr">
         <is>
-          <t>eng.mushtaq@uomisan.edu.iq</t>
+          <t>ikram.faris@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I192" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J192" s="1" t="inlineStr">
         <is>
-          <t>2025-04-28</t>
+          <t>2025-01-16</t>
         </is>
       </c>
       <c r="K192" s="1" t="inlineStr">
         <is>
-          <t>هندسة الطاقة الحرارية</t>
+          <t>تاريخ </t>
         </is>
       </c>
       <c r="L192" s="1" t="inlineStr">
         <is>
-          <t>هندسة الطاقة المتجددة </t>
+          <t>تاريخ حديث ومعاصر</t>
         </is>
       </c>
       <c r="M192" s="1" t="inlineStr">
         <is>
-          <t>«Improving the efficiency of regeneration system of steam turbine combined  heat and power plants»</t>
+          <t>الاقطاع في لواء العمارة 1921_1958</t>
         </is>
       </c>
       <c r="N192" s="1" t="inlineStr">
         <is>
-          <t>Development of cooling systems based on lithium bromide absorption refrigeration systems powered  by renewable energy sources</t>
+          <t>تطور نظام العمل وحقوق العمال في بريطانيا حتى عام 1937</t>
         </is>
       </c>
       <c r="O192" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P192" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>963</t>
+          <t>14</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>اسراء رمضان سلمان قاسم</t>
+          <t>سيف طالب عباس</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t>israa ramadhan salman qasim</t>
+          <t>Saif Talib Abbas</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/x2vk_i0dosc39mw.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/12_pxfl3nvm9ib8.png</t>
         </is>
       </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
-          <t>1987-02-14</t>
+          <t>1984-10-21</t>
         </is>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G193" s="1" t="inlineStr">
         <is>
-          <t>07711360803</t>
+          <t>07705316316</t>
         </is>
       </c>
       <c r="H193" s="1" t="inlineStr">
         <is>
-          <t>israa.r.s@uomisan.edu.iq</t>
+          <t>saiftalib@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I193" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J193" s="1" t="inlineStr">
         <is>
-          <t>2025-05-19</t>
+          <t>2025-03-09</t>
         </is>
       </c>
       <c r="K193" s="1" t="inlineStr">
         <is>
-          <t>تكنلوجيا المعلومات </t>
+          <t>هندسة حاسبات</t>
         </is>
       </c>
       <c r="L193" s="1" t="inlineStr">
         <is>
-          <t>هندسة البرامجيات </t>
-[...3 lines deleted...]
-      <c r="N193" s="1"/>
+          <t>أنظمة الحاسوب و الشبكات</t>
+        </is>
+      </c>
+      <c r="M193" s="1" t="inlineStr">
+        <is>
+          <t>Research of Computer Network Protocol using Software Simulation</t>
+        </is>
+      </c>
+      <c r="N193" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O193" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P193" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>525</t>
+          <t>953</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>نبيل مهدي هداد</t>
+          <t>وسام رويس مطرود </t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t>NABEEL MAHDY HADAAD</t>
+          <t>WISAM </t>
         </is>
       </c>
       <c r="D194" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m10e2olj6ydhwvr.jpg</t>
+          <t>uploads/files/xmularjgc6ztn1b.jpg</t>
         </is>
       </c>
       <c r="E194" s="1" t="inlineStr">
         <is>
-          <t>1975-01-10</t>
+          <t>1989-03-20</t>
         </is>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G194" s="1" t="inlineStr">
         <is>
-          <t>07836898745</t>
+          <t>07713938591</t>
         </is>
       </c>
       <c r="H194" s="1" t="inlineStr">
         <is>
-          <t>nabeelhadaad@gmail.com</t>
+          <t>wisam.ruyis@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I194" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>مدرس</t>
         </is>
       </c>
       <c r="J194" s="1" t="inlineStr">
         <is>
-          <t>2011-05-08</t>
+          <t>2025-03-10</t>
         </is>
       </c>
       <c r="K194" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L194" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات</t>
-[...11 lines deleted...]
-      </c>
+          <t>نانو تكنولوجي </t>
+        </is>
+      </c>
+      <c r="M194" s="1"/>
+      <c r="N194" s="1"/>
       <c r="O194" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P194" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>453</t>
+          <t>99</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>مصطفى اسماعيل ياسين</t>
+          <t>مشتاق عباس عريبي </t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ismail Aseen</t>
+          <t>Mushtaq Abbas Oraibi</t>
         </is>
       </c>
       <c r="D195" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qm8z4idfun9vo0x.jpg</t>
+          <t>uploads/photos/vrolbgm2i8uh03j.jpg</t>
         </is>
       </c>
       <c r="E195" s="1" t="inlineStr">
         <is>
-          <t>1984-01-01</t>
+          <t>1985-03-10</t>
         </is>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G195" s="1" t="inlineStr">
         <is>
-          <t>07705604843</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H195" s="1" t="inlineStr">
         <is>
-          <t>hadra1355311@gmail.com</t>
+          <t>eng.mushtaq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I195" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>مدرس</t>
         </is>
       </c>
       <c r="J195" s="1" t="inlineStr">
         <is>
-          <t>2012-06-24</t>
+          <t>2025-04-28</t>
         </is>
       </c>
       <c r="K195" s="1" t="inlineStr">
         <is>
-          <t>تربيه رياضيه</t>
+          <t>هندسة الطاقة الحرارية</t>
         </is>
       </c>
       <c r="L195" s="1" t="inlineStr">
         <is>
-          <t>تربيه رياضيه</t>
+          <t>هندسة الطاقة المتجددة </t>
         </is>
       </c>
       <c r="M195" s="1" t="inlineStr">
         <is>
-          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
+          <t>«Improving the efficiency of regeneration system of steam turbine combined  heat and power plants»</t>
         </is>
       </c>
       <c r="N195" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Development of cooling systems based on lithium bromide absorption refrigeration systems powered  by renewable energy sources</t>
         </is>
       </c>
       <c r="O195" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P195" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>390</t>
+          <t>963</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>مصطفى فالح صحن </t>
+          <t>اسراء رمضان سلمان قاسم</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t>mustafaa falh sahn</t>
+          <t>israa ramadhan salman qasim</t>
         </is>
       </c>
       <c r="D196" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ihmxr2yfk0ng6zj.jpeg</t>
+          <t>uploads/files/x2vk_i0dosc39mw.jpg</t>
         </is>
       </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
-          <t>1984-04-13</t>
+          <t>1987-02-14</t>
         </is>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G196" s="1" t="inlineStr">
         <is>
-          <t>07830142073</t>
+          <t>07711360803</t>
         </is>
       </c>
       <c r="H196" s="1" t="inlineStr">
         <is>
-          <t>mustafafalih84@gmail.com</t>
+          <t>israa.r.s@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I196" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>مدرس</t>
         </is>
       </c>
       <c r="J196" s="1" t="inlineStr">
         <is>
-          <t>2012-09-01</t>
+          <t>2025-05-19</t>
         </is>
       </c>
       <c r="K196" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حاسبات </t>
+          <t>تكنلوجيا المعلومات </t>
         </is>
       </c>
       <c r="L196" s="1" t="inlineStr">
         <is>
-          <t>ماجستير علوم حاسبات عام</t>
-[...6 lines deleted...]
-      </c>
+          <t>هندسة البرامجيات </t>
+        </is>
+      </c>
+      <c r="M196" s="1"/>
       <c r="N196" s="1"/>
       <c r="O196" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P196" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>605</t>
+          <t>1013</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>آلاء عبد الحسن محسن </t>
+          <t>مصطفى كرم محمد</t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t>Alla Abd Al Hassan Mohssen </t>
+          <t>Mustafa Karam Mohammed</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kirlmj65d4qpx3f.jpg</t>
+          <t>uploads/files/zad1gfhpiu9qmj3.jpg</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
-          <t>1974-02-17</t>
+          <t>1986-08-03</t>
         </is>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G197" s="1" t="inlineStr">
         <is>
-          <t>07705586159 </t>
+          <t>07801322838</t>
         </is>
       </c>
       <c r="H197" s="1" t="inlineStr">
         <is>
-          <t>rekea205@gmail.com</t>
+          <t>mustafakaram@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I197" s="1" t="inlineStr">
         <is>
-          <t>مدرس مساعد</t>
+          <t>مدرس</t>
         </is>
       </c>
       <c r="J197" s="1" t="inlineStr">
         <is>
-          <t>2013-07-23</t>
+          <t>2025-12-01</t>
         </is>
       </c>
       <c r="K197" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة Biology </t>
+          <t>لغة عربية</t>
         </is>
       </c>
       <c r="L197" s="1" t="inlineStr">
         <is>
-          <t>علم الحيوان Zoology </t>
+          <t>أدب مقارن</t>
         </is>
       </c>
       <c r="M197" s="1" t="inlineStr">
         <is>
-          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
-[...2 lines deleted...]
-      <c r="N197" s="1"/>
+          <t>الغزل بين الشاعر ابن حزم الاندلسي والشاعر خواجو كرماني دراسة مقارنه</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>صورة الحسين (ع) في شعر عبد الرزاق عبد الواحد وسيد علي موسوي كرمارودي</t>
+        </is>
+      </c>
       <c r="O197" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P197" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>499</t>
+          <t>453</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>علي نور الدين عبد الكريم </t>
+          <t>مصطفى اسماعيل ياسين</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t>Ali Nooruldeen Abdulkareem</t>
+          <t>Mustafa Ismail Aseen</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xeu542kp93lwtq_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qm8z4idfun9vo0x.jpg</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
-          <t>2021-11-04</t>
+          <t>1984-01-01</t>
         </is>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G198" s="1" t="inlineStr">
         <is>
-          <t>07718306874</t>
+          <t>07705604843</t>
         </is>
       </c>
       <c r="H198" s="1" t="inlineStr">
         <is>
-          <t>ali.nooruldeen@uomisan.edu.iq</t>
+          <t>hadra1355311@gmail.com</t>
         </is>
       </c>
       <c r="I198" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J198" s="1" t="inlineStr">
         <is>
-          <t>2013-11-16</t>
+          <t>2012-06-24</t>
         </is>
       </c>
       <c r="K198" s="1" t="inlineStr">
         <is>
-          <t>هندسة النفط </t>
+          <t>تربيه رياضيه</t>
         </is>
       </c>
       <c r="L198" s="1" t="inlineStr">
         <is>
-          <t>هندسة المكامن </t>
+          <t>تربيه رياضيه</t>
         </is>
       </c>
       <c r="M198" s="1" t="inlineStr">
         <is>
-          <t>Calculation of Petrophysical Properties for an Iraqi Gas Field </t>
-[...2 lines deleted...]
-      <c r="N198" s="1"/>
+          <t>بناء مقياس السلوك القيادي لمدربي ذوي الاحتياجات الخاصه فئة الاعاقة الفيزياوية</t>
+        </is>
+      </c>
+      <c r="N198" s="1" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
       <c r="O198" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P198" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>615</t>
+          <t>390</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>علي محمد عذاب</t>
+          <t>مصطفى فالح صحن </t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t>Ali Muhammad athab</t>
+          <t>mustafaa falh sahn</t>
         </is>
       </c>
       <c r="D199" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7_l14w2k0pbd9vi.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ihmxr2yfk0ng6zj.jpeg</t>
         </is>
       </c>
       <c r="E199" s="1" t="inlineStr">
         <is>
-          <t>1968-09-01</t>
+          <t>1984-04-13</t>
         </is>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G199" s="1" t="inlineStr">
         <is>
-          <t>07711216550</t>
+          <t>07830142073</t>
         </is>
       </c>
       <c r="H199" s="1" t="inlineStr">
         <is>
-          <t>aliathab71@yahoo.com</t>
+          <t>mustafafalih84@gmail.com</t>
         </is>
       </c>
       <c r="I199" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J199" s="1" t="inlineStr">
         <is>
-          <t>2014-02-27</t>
+          <t>2012-09-01</t>
         </is>
       </c>
       <c r="K199" s="1" t="inlineStr">
         <is>
-          <t>فيزياء </t>
+          <t>ماجستير علوم حاسبات </t>
         </is>
       </c>
       <c r="L199" s="1" t="inlineStr">
         <is>
-          <t>هوائيات مايكروية</t>
+          <t>ماجستير علوم حاسبات عام</t>
         </is>
       </c>
       <c r="M199" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية لخصائص هوائي مخروطي مزدوج واستخدامه كمغذي لهوائي القطع المكافئ العاكس</t>
-[...6 lines deleted...]
-      </c>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N199" s="1"/>
       <c r="O199" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P199" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>196</t>
+          <t>605</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>احمد علي حسين </t>
+          <t>آلاء عبد الحسن محسن </t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ali Hussein</t>
+          <t>Alla Abd Al Hassan Mohssen </t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/seb10yu36migjvn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/kirlmj65d4qpx3f.jpg</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
-          <t>1978-07-04</t>
+          <t>1974-02-17</t>
         </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G200" s="1" t="inlineStr">
         <is>
-          <t>009647705571135</t>
+          <t>07705586159 </t>
         </is>
       </c>
       <c r="H200" s="1" t="inlineStr">
         <is>
-          <t>ahmed.mcm@uomisan.edu.iq</t>
+          <t>rekea205@gmail.com</t>
         </is>
       </c>
       <c r="I200" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J200" s="1" t="inlineStr">
         <is>
-          <t>2014-04-13</t>
+          <t>2013-07-23</t>
         </is>
       </c>
       <c r="K200" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>علوم الحياة Biology </t>
         </is>
       </c>
       <c r="L200" s="1" t="inlineStr">
         <is>
-          <t>هندسة البرمجيات</t>
+          <t>علم الحيوان Zoology </t>
         </is>
       </c>
       <c r="M200" s="1" t="inlineStr">
         <is>
-          <t>concept of E-governance by using high level security system  </t>
-[...6 lines deleted...]
-      </c>
+          <t>مكافحة عثة التمور باستخدام طفيلي البراكون وتقنية الذكور العقيمة بواسطة اشعة كاما</t>
+        </is>
+      </c>
+      <c r="N200" s="1"/>
       <c r="O200" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P200" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>848</t>
+          <t>499</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>سعد حنون سعدون</t>
+          <t>علي نور الدين عبد الكريم </t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t>Saad Hanoun Saadoun</t>
+          <t>Ali Nooruldeen Abdulkareem</t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/l1myaw9ofhqnd23.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xeu542kp93lwtq_.jpg</t>
         </is>
       </c>
       <c r="E201" s="1" t="inlineStr">
         <is>
-          <t>1982-02-11</t>
+          <t>2021-11-04</t>
         </is>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G201" s="1" t="inlineStr">
         <is>
-          <t>07705507202</t>
+          <t>07718306874</t>
         </is>
       </c>
       <c r="H201" s="1" t="inlineStr">
         <is>
-          <t>saadhanoon82@gmail.com</t>
+          <t>ali.nooruldeen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I201" s="1" t="inlineStr">
         <is>
           <t>مدرس مساعد</t>
         </is>
       </c>
       <c r="J201" s="1" t="inlineStr">
         <is>
-          <t>2014-04-20</t>
+          <t>2013-11-16</t>
         </is>
       </c>
       <c r="K201" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>هندسة النفط </t>
         </is>
       </c>
       <c r="L201" s="1" t="inlineStr">
         <is>
-          <t>power</t>
+          <t>هندسة المكامن </t>
         </is>
       </c>
       <c r="M201" s="1" t="inlineStr">
         <is>
-          <t>الحركة التزامنية لاسطوانات هيدروليكية متعددة باستخدام صمام تقسيم الجريان</t>
+          <t>Calculation of Petrophysical Properties for an Iraqi Gas Field </t>
         </is>
       </c>
       <c r="N201" s="1"/>
       <c r="O201" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P201" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 