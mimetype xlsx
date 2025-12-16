--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -207,16200 +207,16224 @@
       </c>
       <c r="M1" s="1" t="inlineStr">
         <is>
           <t>Title_Master_Thesis</t>
         </is>
       </c>
       <c r="N1" s="1" t="inlineStr">
         <is>
           <t>Title_of_PhD_thesis</t>
         </is>
       </c>
       <c r="O1" s="1" t="inlineStr">
         <is>
           <t>id_college</t>
         </is>
       </c>
       <c r="P1" s="1" t="inlineStr">
         <is>
           <t>colleges_college</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>663</t>
+          <t>476</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>محمد حسن جعفر</t>
+          <t>علي ظاهر محسن</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Hassen Ja&amp;#39;afar</t>
+          <t>Ali Dhahir Mohsin</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/eu6nlkpd04j7q_5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2gtrs7951m8v_40.png</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>1966-04-01</t>
+          <t>1979-04-10</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>07705565725</t>
+          <t>07729248163</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>drmhj66@gmail.com</t>
+          <t>alidh11@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J2" s="1" t="inlineStr">
         <is>
-          <t>2020-06-01</t>
+          <t>2020-05-01</t>
         </is>
       </c>
       <c r="K2" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>علوم الحاسبات</t>
         </is>
       </c>
       <c r="L2" s="1" t="inlineStr">
         <is>
-          <t>جراحة عامة</t>
+          <t>تكنولوجيا المعلومات</t>
         </is>
       </c>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...6 lines deleted...]
-      </c>
+          <t>using methods of pattern recognition for the analysis of test results </t>
+        </is>
+      </c>
+      <c r="N2" s="1"/>
       <c r="O2" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P2" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>382</t>
+          <t>433</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>حسن علوان لفته</t>
+          <t>باقر عبيد ثعبان</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Hasan Alwan Laftah</t>
+          <t>baqer obaid thuaban</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ow5lgjqicyxbu8_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4c2ab1sh57ojqi.jpg</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>2021-10-08</t>
+          <t>2019-01-01</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٥٣٧٢٨٧</t>
+          <t>07732201516</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>hassan_alwan13@yhoo.com</t>
+          <t>baqernano@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J3" s="1" t="inlineStr">
         <is>
-          <t>2020-06-05</t>
+          <t>2020-05-01</t>
         </is>
       </c>
       <c r="K3" s="1" t="inlineStr">
         <is>
-          <t> خاص قانون</t>
+          <t>nanotechnology</t>
         </is>
       </c>
       <c r="L3" s="1" t="inlineStr">
         <is>
-          <t>قانون تجاري</t>
+          <t>nano optics</t>
         </is>
       </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>النظام القانوني للاعتماد المستندي الالكتروني</t>
-[...2 lines deleted...]
-      <c r="N3" s="1"/>
+          <t>Static and dynamic characteristics of Sb-based quantum-dot semiconductor optical amplifiers</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>Kerr effect in quantum-dot structure</t>
+        </is>
+      </c>
       <c r="O3" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P3" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>29</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>حيدر عليوي شامي</t>
+          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Hayder Aliwi Shami</t>
+          <t>Afrah AbdulJabbar Abdul Sahib Aziz</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bzyqwuel6nsa75h.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mzi3rwxk61fv7ah.jpg</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>1982-10-01</t>
+          <t>1982-04-20</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>07718284653</t>
+          <t>07705595546</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>haideral-siadi@uomisan.edu.iq</t>
+          <t>afrahaljabar15@gmail.com</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>2020-06-15</t>
+          <t>2020-05-31</t>
         </is>
       </c>
       <c r="K4" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L4" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد كلي /سياسات مالية ونقدية</t>
+          <t>ادب </t>
         </is>
       </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>اصلاح هيكل النفقات العامة ودورها في سياسة التحول الاقتصادي في العراق للمدة (1990-2012)</t>
+          <t>لا توجد- نظام كورسات</t>
         </is>
       </c>
       <c r="N4" s="1" t="inlineStr">
         <is>
-          <t>السياسة النقدية والانضباط المالي وانعكاسهما على اداء الاقتصاد الكلي العراقي </t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O4" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P4" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>396</t>
+          <t>663</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>مريم ياسر كاظم</t>
+          <t>محمد حسن جعفر</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Maryam Yaser kadhim</t>
+          <t>Muhammed Hassen Ja&amp;#39;afar</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/67pk3iq4bjy2us8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/eu6nlkpd04j7q_5.jpg</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>1980-12-20</t>
+          <t>1966-04-01</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٢٩٢١٣٢٤٠</t>
+          <t>07705565725</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>maryam.y@uomisan.edu.iq</t>
+          <t>drmhj66@gmail.com</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>2020-06-18</t>
+          <t>2020-06-01</t>
         </is>
       </c>
       <c r="K5" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L5" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس لغة عربية</t>
+          <t>جراحة عامة</t>
         </is>
       </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>أثر لنموذج ستيبانز في تعديل المفاهيم النحوية الخاطئة لدى طالبات معهد اعداد المعلمات في ميسان</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N5" s="1" t="inlineStr">
         <is>
-          <t>/</t>
+          <t>0</t>
         </is>
       </c>
       <c r="O5" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P5" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>559</t>
+          <t>382</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>حسين محسن سعدون</t>
+          <t>حسن علوان لفته</t>
         </is>
       </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Hussein Mohsen Saadon</t>
+          <t>Hasan Alwan Laftah</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gko29tjaldu3cv4.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ow5lgjqicyxbu8_.jpg</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>1984-07-25</t>
+          <t>2021-10-08</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>07704585499</t>
+          <t>٠٧٧١٢٥٣٧٢٨٧</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>hms@uomisan.edu.iq</t>
+          <t>hassan_alwan13@yhoo.com</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>2020-07-02</t>
+          <t>2020-06-05</t>
         </is>
       </c>
       <c r="K6" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية</t>
+          <t> خاص قانون</t>
         </is>
       </c>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>بايوميكانيك / العاب القوى</t>
+          <t>قانون تجاري</t>
         </is>
       </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>تحليل العلاقة بين بعض المتغيرات البيوكينماتيكية والقوة المركزية في القوس وقيم منحنى التعجيل مع الانجاز خلال المسافات الفاصلة لعدو 200 متر</t>
+          <t>النظام القانوني للاعتماد المستندي الالكتروني</t>
         </is>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P6" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>140</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>خالد وهاب جبر</t>
+          <t>حيدر عليوي شامي</t>
         </is>
       </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Khalid Wahaab Jabber</t>
+          <t>Hayder Aliwi Shami</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/70np5kstzfj8b_9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bzyqwuel6nsa75h.jpg</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>1970-05-01</t>
+          <t>1982-10-01</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>07710893168</t>
+          <t>07718284653</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>khalid_wahaab@uomisan.edu.iq</t>
+          <t>haideral-siadi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>2020-07-12</t>
+          <t>2020-06-15</t>
         </is>
       </c>
       <c r="K7" s="1" t="inlineStr">
         <is>
-          <t>English Language</t>
+          <t>اقتصاد</t>
         </is>
       </c>
       <c r="L7" s="1" t="inlineStr">
         <is>
-          <t>Applied Linguistics</t>
+          <t>اقتصاد كلي /سياسات مالية ونقدية</t>
         </is>
       </c>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>A Study of English Proverbs in Charles Dickens’ Novels ——From the Perspective of Cooperative Principle</t>
-[...2 lines deleted...]
-      <c r="N7" s="1"/>
+          <t>اصلاح هيكل النفقات العامة ودورها في سياسة التحول الاقتصادي في العراق للمدة (1990-2012)</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>السياسة النقدية والانضباط المالي وانعكاسهما على اداء الاقتصاد الكلي العراقي </t>
+        </is>
+      </c>
       <c r="O7" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P7" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>355</t>
+          <t>396</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>عبد الكريم  قاسم جبر </t>
+          <t>مريم ياسر كاظم</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Abdulkareem kassim  Jabar</t>
+          <t>Maryam Yaser kadhim</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/k3jtmxnil_6c8ou.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/67pk3iq4bjy2us8.jpg</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>1960-10-18</t>
+          <t>1980-12-20</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>07717085503</t>
+          <t>٠٧٧٢٩٢١٣٢٤٠</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>abdelkarim@uomisan.edu.iq</t>
+          <t>maryam.y@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>2020-07-13</t>
+          <t>2020-06-18</t>
         </is>
       </c>
       <c r="K8" s="1" t="inlineStr">
         <is>
-          <t>وقاية نبات</t>
+          <t>طرائق تدريس</t>
         </is>
       </c>
       <c r="L8" s="1" t="inlineStr">
         <is>
-          <t>  أمراض نبات - فايروسات نباتية</t>
+          <t>طرائق تدريس لغة عربية</t>
         </is>
       </c>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>تشخيص ودراسة الاهمية الاقتصادية لفايروس المسبب لمرض موازئيك الفلفل في العراق.</t>
+          <t>أثر لنموذج ستيبانز في تعديل المفاهيم النحوية الخاطئة لدى طالبات معهد اعداد المعلمات في ميسان</t>
         </is>
       </c>
       <c r="N8" s="1" t="inlineStr">
         <is>
-          <t>دراسات حيوية وجزيئية وتحليل التتابع الجيني في تشخيص فايروس تجعد وأصفرار أوراق الطماطة TYLCV في العراق وسبل مكافحته </t>
+          <t>/</t>
         </is>
       </c>
       <c r="O8" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P8" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>276</t>
+          <t>827</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>عيسى راضي حمادي</t>
+          <t>ثائر عبدالرحيم كريم </t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Issa Radhi Hammadi</t>
+          <t>Thaar Abdalraheem kareem </t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dmux3aciev5sf81.jpg</t>
+          <t>uploads/files/_26og01ny7tap8i.jpg</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>1972-02-02</t>
+          <t>1984-11-15</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>07713763656</t>
+          <t>07703200457</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>eessaradee@gmail.com</t>
+          <t>thaar_kareem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
-          <t>2020-07-19</t>
+          <t>2020-06-20</t>
         </is>
       </c>
       <c r="K9" s="1" t="inlineStr">
         <is>
-          <t>لغة انجليزية</t>
+          <t>هندسة الالكترونيك والاتصالات </t>
         </is>
       </c>
       <c r="L9" s="1" t="inlineStr">
         <is>
-          <t>ادب انجليزي</t>
+          <t>هندسة الاتصالات</t>
         </is>
       </c>
       <c r="M9" s="1" t="inlineStr">
         <is>
-          <t>By course</t>
+          <t>A Study on The Determinant Spectrum and Performance of STTC on Slow Fading Channels</t>
         </is>
       </c>
       <c r="N9" s="1" t="inlineStr">
         <is>
-          <t>طالب دكتوراه</t>
+          <t>Contribution to the design of CSS-UWB receiver for medical applications in the WBAN network</t>
         </is>
       </c>
       <c r="O9" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P9" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>127</t>
+          <t>559</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>إيهاب عباس محمد </t>
+          <t>حسين محسن سعدون</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Ihab Abbas Mohammad</t>
+          <t>Hussein Mohsen Saadon</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yvw2z7j508gmdax.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gko29tjaldu3cv4.jpeg</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>1986-04-10</t>
+          <t>1984-07-25</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>07712692267</t>
+          <t>07704585499</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>ihabab_basmohammad@uomisan.edu.iq</t>
+          <t>hms@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
-          <t>2020-07-19</t>
+          <t>2020-07-02</t>
         </is>
       </c>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>العلوم الاقتصادية</t>
+          <t>تربية بدنية</t>
         </is>
       </c>
       <c r="L10" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد الدولي</t>
+          <t>بايوميكانيك / العاب القوى</t>
         </is>
       </c>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>القطاع النفطي العراقي في ظل المتغيرات الاقتصادية المحلية والدولية (رؤية مستقبلية)</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحليل العلاقة بين بعض المتغيرات البيوكينماتيكية والقوة المركزية في القوس وقيم منحنى التعجيل مع الانجاز خلال المسافات الفاصلة لعدو 200 متر</t>
+        </is>
+      </c>
+      <c r="N10" s="1"/>
       <c r="O10" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P10" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>181</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>صلاح حسن فرج </t>
+          <t>خالد وهاب جبر</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Salah Hassan Faraj </t>
+          <t>Khalid Wahaab Jabber</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tw9krayd8n2qjzb.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/70np5kstzfj8b_9.jpg</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>1981-07-27</t>
+          <t>1970-05-01</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>07705558567</t>
+          <t>07710893168</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>salah81ss@uomisan.edu.iq</t>
+          <t>khalid_wahaab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J11" s="1" t="inlineStr">
         <is>
-          <t>2020-07-27</t>
+          <t>2020-07-12</t>
         </is>
       </c>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية/ انتاج حيواني</t>
+          <t>English Language</t>
         </is>
       </c>
       <c r="L11" s="1" t="inlineStr">
         <is>
-          <t>وراثة جزيئية</t>
+          <t>Applied Linguistics</t>
         </is>
       </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
-          <t>Genetic polymorphism of Some Biochemical Parameters in Arabi Sheep Blood and Relationship with adaptation capability</t>
-[...6 lines deleted...]
-      </c>
+          <t>A Study of English Proverbs in Charles Dickens’ Novels ——From the Perspective of Cooperative Principle</t>
+        </is>
+      </c>
+      <c r="N11" s="1"/>
       <c r="O11" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P11" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>690</t>
+          <t>355</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>جاسب غازي رشك </t>
+          <t>عبد الكريم  قاسم جبر </t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Chasib ghazi rashak</t>
+          <t>Abdulkareem kassim  Jabar</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/qjnw4xl6rkh_igz.jpg</t>
+          <t>uploads/photos/k3jtmxnil_6c8ou.jpg</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>1966-07-20</t>
+          <t>1960-10-18</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>07739951774</t>
+          <t>07717085503</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Gazi.reza@yahoo.com</t>
+          <t>abdelkarim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J12" s="1" t="inlineStr">
         <is>
-          <t>2020-08-09</t>
+          <t>2020-07-13</t>
         </is>
       </c>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>اسلامية </t>
+          <t>وقاية نبات</t>
         </is>
       </c>
       <c r="L12" s="1" t="inlineStr">
         <is>
-          <t>علوم القران والحديث </t>
+          <t>  أمراض نبات - فايروسات نباتية</t>
         </is>
       </c>
       <c r="M12" s="1" t="inlineStr">
         <is>
-          <t>المنهج التربوي للاسرة في الفكر الاسلامي </t>
+          <t>تشخيص ودراسة الاهمية الاقتصادية لفايروس المسبب لمرض موازئيك الفلفل في العراق.</t>
         </is>
       </c>
       <c r="N12" s="1" t="inlineStr">
         <is>
-          <t>الاصلاح والتغيير السياسي في القران الكريم </t>
+          <t>دراسات حيوية وجزيئية وتحليل التتابع الجيني في تشخيص فايروس تجعد وأصفرار أوراق الطماطة TYLCV في العراق وسبل مكافحته </t>
         </is>
       </c>
       <c r="O12" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P12" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>875</t>
+          <t>276</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>يسرى صبري عبدالصاحب عزيز</t>
+          <t>عيسى راضي حمادي</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Yusra sabri abdulsahib</t>
-[...2 lines deleted...]
-      <c r="D13" s="1"/>
+          <t>Issa Radhi Hammadi</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dmux3aciev5sf81.jpg</t>
+        </is>
+      </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>1980-09-08</t>
+          <t>1972-02-02</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>07703200476</t>
+          <t>07713763656</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>yusrachemist@uomisan.edu.iq</t>
+          <t>eessaradee@gmail.com</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J13" s="1" t="inlineStr">
         <is>
-          <t>2020-08-09</t>
+          <t>2020-07-19</t>
         </is>
       </c>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>لغة انجليزية</t>
         </is>
       </c>
       <c r="L13" s="1" t="inlineStr">
         <is>
-          <t>كيمياء حياتية سريرية</t>
-[...3 lines deleted...]
-      <c r="N13" s="1"/>
+          <t>ادب انجليزي</t>
+        </is>
+      </c>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>By course</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>طالب دكتوراه</t>
+        </is>
+      </c>
       <c r="O13" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P13" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>788</t>
+          <t>127</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>مظفر يعقوب حسين</t>
+          <t>إيهاب عباس محمد </t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>mudhaffar Yacoub Hussein</t>
+          <t>Ihab Abbas Mohammad</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/lrexog_aq8bvs92.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/yvw2z7j508gmdax.jpeg</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>1964-08-24</t>
+          <t>1986-04-10</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>07801857780</t>
+          <t>07712692267</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>myhussein2017@uomisam.edu.iq</t>
+          <t>ihabab_basmohammad@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J14" s="1" t="inlineStr">
         <is>
-          <t>2020-08-26</t>
+          <t>2020-07-19</t>
         </is>
       </c>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>هندسة كيمياوية</t>
+          <t>العلوم الاقتصادية</t>
         </is>
       </c>
       <c r="L14" s="1" t="inlineStr">
         <is>
-          <t>ظواهر انتقال</t>
+          <t>الاقتصاد الدولي</t>
         </is>
       </c>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>أنتاج الماء اللاابوني من مياه فضلات معمل أنتاج البطافات الالكترونية بواسطة المبادلات الايونية </t>
+          <t>القطاع النفطي العراقي في ظل المتغيرات الاقتصادية المحلية والدولية (رؤية مستقبلية)</t>
         </is>
       </c>
       <c r="N14" s="1" t="inlineStr">
         <is>
-          <t>السيطرة على تكون التكلسات في غشاء ثاني أوكسيد التيتانيوم الخزفي النانوفلتر</t>
+          <t>متطلبات هيكلة القطاع المصرفي في العـراق وفق الاتفاقيـــة العامـــة للتجــارة في الخدمات (GATS)</t>
         </is>
       </c>
       <c r="O14" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P14" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>980</t>
+          <t>111</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>مصطفى عدنان نعمه</t>
+          <t>صلاح حسن فرج </t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Adnan Nama</t>
+          <t>Salah Hassan Faraj </t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/myrinsa0e5hjobf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tw9krayd8n2qjzb.JPG</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>1968-09-29</t>
+          <t>1981-07-27</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>07735060488</t>
+          <t>07705558567</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>alnoorimustafa81@uomisan.edu.iq</t>
+          <t>salah81ss@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
-          <t>2020-09-01</t>
+          <t>2020-07-27</t>
         </is>
       </c>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>علوم زراعية/ انتاج حيواني</t>
         </is>
       </c>
       <c r="L15" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية/منماعة</t>
+          <t>وراثة جزيئية</t>
         </is>
       </c>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>Molecular Cloning of Neuraminidase and Yeast surface display for oral Vaccine of Swine Flu</t>
+          <t>Genetic polymorphism of Some Biochemical Parameters in Arabi Sheep Blood and Relationship with adaptation capability</t>
         </is>
       </c>
       <c r="N15" s="1" t="inlineStr">
         <is>
-          <t>Developing a new approach to treat the tuberculosis in vitro using the Toll-like receptor – short interference RNA technique</t>
+          <t>العلاقة بين التشكل الوراثي لبعض الجينات المسؤولة عن التناسل والهرمونات الجنسية في الأبقار</t>
         </is>
       </c>
       <c r="O15" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P15" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>564</t>
+          <t>690</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>هديل عبدالاله عبدالحسين</t>
+          <t>جاسب غازي رشك </t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>hadeel abdulellah abdulhussein</t>
+          <t>Chasib ghazi rashak</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aqr1ohecpz9xs4i.jpg</t>
+          <t>uploads/files/qjnw4xl6rkh_igz.jpg</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>1976-12-31</t>
+          <t>1966-07-20</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>07704565325</t>
+          <t>07739951774</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>hadeel@uonisan.edu.iq</t>
+          <t>Gazi.reza@yahoo.com</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>2020-09-01</t>
+          <t>2020-08-09</t>
         </is>
       </c>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>اسلامية </t>
         </is>
       </c>
       <c r="L16" s="1" t="inlineStr">
         <is>
-          <t>اختبارات وقياس -جمناستك ايقاعي</t>
+          <t>علوم القران والحديث </t>
         </is>
       </c>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>تاثير تمرينات وفق الانظمة التمثيلية(بصري-سمعي-حسي) في تعلم بعض مهارات الطوق في الجمناستك الايقاعي</t>
+          <t>المنهج التربوي للاسرة في الفكر الاسلامي </t>
         </is>
       </c>
       <c r="N16" s="1" t="inlineStr">
         <is>
-          <t>بناء اختبارات القابليات التوافقية الخاصة في الجمناستك الايقاعي لطالبات كليات التربية البدنية وعلوم الرياضة في مدينة بغداد</t>
+          <t>الاصلاح والتغيير السياسي في القران الكريم </t>
         </is>
       </c>
       <c r="O16" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P16" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>875</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>أميل جبار عاشور الراشدي</t>
+          <t>يسرى صبري عبدالصاحب عزيز</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Ameel Jabar AshoorAl-Rashidi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Yusra sabri abdulsahib</t>
+        </is>
+      </c>
+      <c r="D17" s="1"/>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>1974-09-06</t>
+          <t>1980-09-08</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>07717092934</t>
+          <t>07703200476</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>ameelashour@uomisan.edu.iq</t>
+          <t>yusrachemist@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>2020-10-01</t>
+          <t>2020-08-09</t>
         </is>
       </c>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L17" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
-[...11 lines deleted...]
-      </c>
+          <t>كيمياء حياتية سريرية</t>
+        </is>
+      </c>
+      <c r="M17" s="1"/>
+      <c r="N17" s="1"/>
       <c r="O17" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P17" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>257</t>
+          <t>788</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>احمد عباس حسين</t>
+          <t>مظفر يعقوب حسين</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Abbas Hussein</t>
+          <t>mudhaffar Yacoub Hussein</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/u12gljwzdo0t94x.jpg</t>
+          <t>uploads/photos/lrexog_aq8bvs92.jpg</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>1985-08-28</t>
+          <t>1964-08-24</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t> </t>
+          <t>07801857780</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>ahmedab85@uomisan.edu.iq</t>
+          <t>myhussein2017@uomisam.edu.iq</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>2020-10-06</t>
+          <t>2020-08-26</t>
         </is>
       </c>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>العلوم المالية والمصرفية</t>
+          <t>هندسة كيمياوية</t>
         </is>
       </c>
       <c r="L18" s="1" t="inlineStr">
         <is>
-          <t>علوم مالية</t>
+          <t>ظواهر انتقال</t>
         </is>
       </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>Bank lending and stock market performance: Evidence from ASEAN Banks</t>
-[...2 lines deleted...]
-      <c r="N18" s="1"/>
+          <t>أنتاج الماء اللاابوني من مياه فضلات معمل أنتاج البطافات الالكترونية بواسطة المبادلات الايونية </t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>السيطرة على تكون التكلسات في غشاء ثاني أوكسيد التيتانيوم الخزفي النانوفلتر</t>
+        </is>
+      </c>
       <c r="O18" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P18" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>356</t>
+          <t>980</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>قصي حطاب ماضي</t>
+          <t>مصطفى عدنان نعمه</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>Qusai Hattab Madhi</t>
+          <t>Mustafa Adnan Nama</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/f50xte3hs7aqdkb.jpg</t>
+          <t>uploads/files/myrinsa0e5hjobf.jpg</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>1982-10-07</t>
+          <t>1968-09-29</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>07707361441</t>
+          <t>07735060488</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>qusay.hattab@uomisan.edu.iq</t>
+          <t>alnoorimustafa81@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>2020-10-14</t>
+          <t>2020-09-01</t>
         </is>
       </c>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>وقاية نبات</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L19" s="1" t="inlineStr">
         <is>
-          <t>امراض نبات</t>
+          <t>احياء مجهرية/منماعة</t>
         </is>
       </c>
       <c r="M19" s="1" t="inlineStr">
         <is>
-          <t>.تقييم كفاءة حامض السالسلك و بعض العوامل الاحيائية في مكافحة مرض تعفن جذور نبات الباميا المتسبب عن الفطر  Rhizoctonia solani</t>
+          <t>Molecular Cloning of Neuraminidase and Yeast surface display for oral Vaccine of Swine Flu</t>
         </is>
       </c>
       <c r="N19" s="1" t="inlineStr">
         <is>
-          <t>تأثير التداخل بين مسببات الامراض الفطرية الجذرية و تلوث المعادن الثقيلة على نمو و تطور نباتات الحنطه و بعض العوامل الاحيائية الفطرية </t>
+          <t>Developing a new approach to treat the tuberculosis in vitro using the Toll-like receptor – short interference RNA technique</t>
         </is>
       </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P19" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>401</t>
+          <t>564</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>احمد خلف زغير </t>
+          <t>هديل عبدالاله عبدالحسين</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>ahmad khalaf zaghir</t>
+          <t>hadeel abdulellah abdulhussein</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sjq6gh2of91pvce.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/aqr1ohecpz9xs4i.jpg</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>1973-02-20</t>
+          <t>1976-12-31</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>07817287994</t>
+          <t>07704565325</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>ahmedkhalafzager@uomisan.edu.iq</t>
+          <t>hadeel@uonisan.edu.iq</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>2020-10-28</t>
+          <t>2020-09-01</t>
         </is>
       </c>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L20" s="1" t="inlineStr">
         <is>
-          <t>ذكاء صناعي</t>
+          <t>اختبارات وقياس -جمناستك ايقاعي</t>
         </is>
       </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>AN EFFICIENT MULTI JOIN QUERY OPTIMIZATION FOR RELATIONAL DATABASE MANGMENT SYSTEM USING SWARM INTELLIGENCE APPROACHES</t>
+          <t>تاثير تمرينات وفق الانظمة التمثيلية(بصري-سمعي-حسي) في تعلم بعض مهارات الطوق في الجمناستك الايقاعي</t>
         </is>
       </c>
       <c r="N20" s="1" t="inlineStr">
         <is>
-          <t>AN EFFICIENT MULTI JOIN QUERY OPTIMIZATION FOR RELATIONAL DATABASE MANGMENT SYSTEM USING SWARM INTELLIGENCE APPROACHES</t>
+          <t>بناء اختبارات القابليات التوافقية الخاصة في الجمناستك الايقاعي لطالبات كليات التربية البدنية وعلوم الرياضة في مدينة بغداد</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P20" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>292</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>علي مهدي عبد الحسين </t>
+          <t>أميل جبار عاشور الراشدي</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Ali mahdi Abdulhussein</t>
+          <t>Ameel Jabar AshoorAl-Rashidi</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n1j5kol0brdx7f4.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/p8qa5itf7bvu3o1.PNG</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>1974-04-12</t>
+          <t>1974-09-06</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>07705505602</t>
+          <t>07717092934</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>alimahdi_phys74@uomisan.edu.iq</t>
+          <t>ameelashour@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>2020-11-03</t>
+          <t>2020-10-01</t>
         </is>
       </c>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L21" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء النووية والاشعاعية</t>
+          <t>القانون الجنائي</t>
         </is>
       </c>
       <c r="M21" s="1" t="inlineStr">
         <is>
-          <t>Studying the transition from U(5) to O(6) then to SU(3) in the medium and heavy nuclei by using (IBM-1) moďel</t>
+          <t>الحماية الإدارية للاخلاق العامة( دراسة مقارنة)</t>
         </is>
       </c>
       <c r="N21" s="1" t="inlineStr">
         <is>
-          <t>The multi phonon mixed symmetry states in transitional nuclei of some A=110 Isobars Ce(130-138) and W(180-186) Isotopes  </t>
+          <t>المسؤولية الجنائية عن جرائم تلوث الهواء في العراق</t>
         </is>
       </c>
       <c r="O21" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P21" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>637</t>
+          <t>257</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>براق طالب شلش </t>
+          <t>احمد عباس حسين</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>Buraq Talib Shalash </t>
+          <t>Ahmed Abbas Hussein</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/jfsbrc4g_a3w02z.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/u12gljwzdo0t94x.jpg</t>
         </is>
       </c>
       <c r="E22" s="1" t="inlineStr">
         <is>
-          <t>1979-04-16</t>
+          <t>1985-08-28</t>
         </is>
       </c>
       <c r="F22" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G22" s="1" t="inlineStr">
         <is>
-          <t>07705555512</t>
+          <t> </t>
         </is>
       </c>
       <c r="H22" s="1" t="inlineStr">
         <is>
-          <t>buraq@uomisan.edu.iq</t>
+          <t>ahmedab85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I22" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J22" s="1" t="inlineStr">
         <is>
-          <t>2020-11-10</t>
+          <t>2020-10-06</t>
         </is>
       </c>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء التطبيقية</t>
+          <t>العلوم المالية والمصرفية</t>
         </is>
       </c>
       <c r="L22" s="1" t="inlineStr">
         <is>
-          <t>فيزياء المعادن المتراكبة النانوية </t>
+          <t>علوم مالية</t>
         </is>
       </c>
       <c r="M22" s="1" t="inlineStr">
         <is>
-          <t>تاّكل الفولاذ الواطئ الكاربون بفعل البكتيريا دراسة تاثيره في الصفات الفيزيائية (الكلال)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bank lending and stock market performance: Evidence from ASEAN Banks</t>
+        </is>
+      </c>
+      <c r="N22" s="1"/>
       <c r="O22" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P22" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>356</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>لطفي جميل محمد </t>
+          <t>قصي حطاب ماضي</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>Lotfi Jamil Muhammad</t>
+          <t>Qusai Hattab Madhi</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/dvy0xf134phrkut.png</t>
+          <t>uploads/photos/f50xte3hs7aqdkb.jpg</t>
         </is>
       </c>
       <c r="E23" s="1" t="inlineStr">
         <is>
-          <t>2020-11-19</t>
+          <t>1982-10-07</t>
         </is>
       </c>
       <c r="F23" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G23" s="1" t="inlineStr">
         <is>
-          <t>07705508654</t>
+          <t>07707361441</t>
         </is>
       </c>
       <c r="H23" s="1" t="inlineStr">
         <is>
-          <t>Lutfijameel@hotmail.com</t>
+          <t>qusay.hattab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I23" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J23" s="1" t="inlineStr">
         <is>
-          <t>2020-11-19</t>
+          <t>2020-10-14</t>
         </is>
       </c>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الحديث والمعاصر</t>
+          <t>وقاية نبات</t>
         </is>
       </c>
       <c r="L23" s="1" t="inlineStr">
         <is>
-          <t>فلسفة في تاريخ العلاقات الدولية</t>
+          <t>امراض نبات</t>
         </is>
       </c>
       <c r="M23" s="1" t="inlineStr">
         <is>
-          <t>الحرب الاميركية 1812 _ 1814</t>
+          <t>.تقييم كفاءة حامض السالسلك و بعض العوامل الاحيائية في مكافحة مرض تعفن جذور نبات الباميا المتسبب عن الفطر  Rhizoctonia solani</t>
         </is>
       </c>
       <c r="N23" s="1" t="inlineStr">
         <is>
-          <t>العلاقات الاميركية الدومنكانية 1900 _ 1968</t>
+          <t>تأثير التداخل بين مسببات الامراض الفطرية الجذرية و تلوث المعادن الثقيلة على نمو و تطور نباتات الحنطه و بعض العوامل الاحيائية الفطرية </t>
         </is>
       </c>
       <c r="O23" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P23" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>401</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>صلاح الدين محسن زاير </t>
+          <t>احمد خلف زغير </t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>Salahuddin Mohsen Zayer</t>
+          <t>ahmad khalaf zaghir</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/xibr9fuyt08_nc3.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sjq6gh2of91pvce.jpg</t>
         </is>
       </c>
       <c r="E24" s="1" t="inlineStr">
         <is>
-          <t>2020-11-19</t>
+          <t>1973-02-20</t>
         </is>
       </c>
       <c r="F24" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G24" s="1" t="inlineStr">
         <is>
-          <t>07709390382</t>
+          <t>07817287994</t>
         </is>
       </c>
       <c r="H24" s="1" t="inlineStr">
         <is>
-          <t>salahuddin@uomisan.edu.iq</t>
+          <t>ahmedkhalafzager@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I24" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J24" s="1" t="inlineStr">
         <is>
-          <t>2020-11-19</t>
+          <t>2020-10-28</t>
         </is>
       </c>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>الآثار الاسلامية </t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L24" s="1" t="inlineStr">
         <is>
-          <t>العمارة الاسلامية </t>
+          <t>ذكاء صناعي</t>
         </is>
       </c>
       <c r="M24" s="1" t="inlineStr">
         <is>
-          <t>الدور التراثية والعمارة الخدمية في مدينة الكاظمية ( دراسة ميدانية ).</t>
+          <t>AN EFFICIENT MULTI JOIN QUERY OPTIMIZATION FOR RELATIONAL DATABASE MANGMENT SYSTEM USING SWARM INTELLIGENCE APPROACHES</t>
         </is>
       </c>
       <c r="N24" s="1" t="inlineStr">
         <is>
-          <t>الابنية التراثية الشاخصة في مدينة العمارة ( دراسة ميدانية ) .</t>
+          <t>AN EFFICIENT MULTI JOIN QUERY OPTIMIZATION FOR RELATIONAL DATABASE MANGMENT SYSTEM USING SWARM INTELLIGENCE APPROACHES</t>
         </is>
       </c>
       <c r="O24" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P24" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>47</t>
+          <t>263</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>شهيد كريم محمد </t>
+          <t>علي مهدي عبد الحسين </t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>shahed kareem mohammed</t>
+          <t>Ali mahdi Abdulhussein</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ovd1efapbg7sl_w.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n1j5kol0brdx7f4.JPG</t>
         </is>
       </c>
       <c r="E25" s="1" t="inlineStr">
         <is>
-          <t>1980-02-10</t>
+          <t>1974-04-12</t>
         </is>
       </c>
       <c r="F25" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G25" s="1" t="inlineStr">
         <is>
-          <t>07805801230</t>
+          <t>07705505602</t>
         </is>
       </c>
       <c r="H25" s="1" t="inlineStr">
         <is>
-          <t>shaheedkareem28@gmail.com</t>
+          <t>alimahdi_phys74@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I25" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J25" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-03</t>
         </is>
       </c>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامي</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L25" s="1" t="inlineStr">
         <is>
-          <t>الاستشراق والسيرة النبوية</t>
+          <t>الفيزياء النووية والاشعاعية</t>
         </is>
       </c>
       <c r="M25" s="1" t="inlineStr">
         <is>
-          <t>شيراز دراسة أحوالها العامة منذ الفتح العربي الإسلامي(23هـ/643م) حتى نهاية العهد البويهي(447هـ/1055م)</t>
+          <t>Studying the transition from U(5) to O(6) then to SU(3) in the medium and heavy nuclei by using (IBM-1) moďel</t>
         </is>
       </c>
       <c r="N25" s="1" t="inlineStr">
         <is>
-          <t>صورة أصحاب الكساء بين تجني النص واستباحة الخطاب الاستشراقي- هنري لامنس انموذجاً</t>
+          <t>The multi phonon mixed symmetry states in transitional nuclei of some A=110 Isobars Ce(130-138) and W(180-186) Isotopes  </t>
         </is>
       </c>
       <c r="O25" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P25" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>637</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>حلا عبد الكريم احمد عبد صالح </t>
+          <t>براق طالب شلش </t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>Hala Abdel Karim Ahmed Abed Salih</t>
+          <t>Buraq Talib Shalash </t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/n6bvxg1o90yra3i.jpg</t>
+          <t>uploads/photos/jfsbrc4g_a3w02z.jpg</t>
         </is>
       </c>
       <c r="E26" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>1979-04-16</t>
         </is>
       </c>
       <c r="F26" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G26" s="1" t="inlineStr">
         <is>
-          <t>7705577418</t>
+          <t>07705555512</t>
         </is>
       </c>
       <c r="H26" s="1" t="inlineStr">
         <is>
-          <t>hala-2018@uomisan.edu.iq</t>
+          <t>buraq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I26" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J26" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-10</t>
         </is>
       </c>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامي</t>
+          <t>الفيزياء التطبيقية</t>
         </is>
       </c>
       <c r="L26" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الحضارة الاسلامية</t>
+          <t>فيزياء المعادن المتراكبة النانوية </t>
         </is>
       </c>
       <c r="M26" s="1" t="inlineStr">
         <is>
-          <t>الزاهدات والمتصوفات في العراق خلال العصر العباسي</t>
+          <t>تاّكل الفولاذ الواطئ الكاربون بفعل البكتيريا دراسة تاثيره في الصفات الفيزيائية (الكلال)</t>
         </is>
       </c>
       <c r="N26" s="1" t="inlineStr">
         <is>
-          <t>دور علماء الحديث في التربية والتعليم من خلال مؤلفات الخطيب البغدادي </t>
+          <t>The Synthesis and Properties of Advanced Aluminium and Copper Based Metal Matrix Composites</t>
         </is>
       </c>
       <c r="O26" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P26" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>41</t>
+          <t>32</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>دعاء محسن علي محسن</t>
+          <t>لطفي جميل محمد </t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>Doaa Mohsen Ali Mohsen</t>
+          <t>Lotfi Jamil Muhammad</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/m_jk65d4u1yqafo.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/dvy0xf134phrkut.png</t>
         </is>
       </c>
       <c r="E27" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-19</t>
         </is>
       </c>
       <c r="F27" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G27" s="1" t="inlineStr">
         <is>
-          <t>07718717264</t>
+          <t>07705508654</t>
         </is>
       </c>
       <c r="H27" s="1" t="inlineStr">
         <is>
-          <t>mhmedabbas534@gmail.com</t>
+          <t>Lutfijameel@hotmail.com</t>
         </is>
       </c>
       <c r="I27" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J27" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-19</t>
         </is>
       </c>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
+          <t>التاريخ الحديث والمعاصر</t>
         </is>
       </c>
       <c r="L27" s="1" t="inlineStr">
         <is>
-          <t>تاريخ قديم </t>
+          <t>فلسفة في تاريخ العلاقات الدولية</t>
         </is>
       </c>
       <c r="M27" s="1" t="inlineStr">
         <is>
-          <t>مملكة ميسان ومكانتها في تاريخ العراق القديم </t>
+          <t>الحرب الاميركية 1812 _ 1814</t>
         </is>
       </c>
       <c r="N27" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>العلاقات الاميركية الدومنكانية 1900 _ 1968</t>
         </is>
       </c>
       <c r="O27" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P27" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>42</t>
+          <t>33</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>ريم هادي مرهج </t>
+          <t>صلاح الدين محسن زاير </t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>Reem Hadi Merhej</t>
+          <t>Salahuddin Mohsen Zayer</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/0ch3iasld9mewfj.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/xibr9fuyt08_nc3.png</t>
         </is>
       </c>
       <c r="E28" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-19</t>
         </is>
       </c>
       <c r="F28" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G28" s="1" t="inlineStr">
         <is>
-          <t>07704333242</t>
+          <t>07709390382</t>
         </is>
       </c>
       <c r="H28" s="1" t="inlineStr">
         <is>
-          <t>reemhadi1978@gmail.com</t>
+          <t>salahuddin@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I28" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J28" s="1" t="inlineStr">
         <is>
-          <t>2020-11-21</t>
+          <t>2020-11-19</t>
         </is>
       </c>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامي</t>
+          <t>الآثار الاسلامية </t>
         </is>
       </c>
       <c r="L28" s="1" t="inlineStr">
         <is>
-          <t>فكر/عقيدة /دولة الفاطمية</t>
+          <t>العمارة الاسلامية </t>
         </is>
       </c>
       <c r="M28" s="1" t="inlineStr">
         <is>
-          <t>تجارة مصر خلال العصر الفاطمي</t>
+          <t>الدور التراثية والعمارة الخدمية في مدينة الكاظمية ( دراسة ميدانية ).</t>
         </is>
       </c>
       <c r="N28" s="1" t="inlineStr">
         <is>
-          <t>اوجه المعارضة العقائدية والسياسية للدولة الفاطمية</t>
+          <t>الابنية التراثية الشاخصة في مدينة العمارة ( دراسة ميدانية ) .</t>
         </is>
       </c>
       <c r="O28" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P28" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>47</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>ضحى لعيبي كاظم </t>
+          <t>شهيد كريم محمد </t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>Duha Laibi Kadhim</t>
+          <t>shahed kareem mohammed</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6t19_5hpuvwxlz7.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ovd1efapbg7sl_w.png</t>
         </is>
       </c>
       <c r="E29" s="1" t="inlineStr">
         <is>
-          <t>1969-09-25</t>
+          <t>1980-02-10</t>
         </is>
       </c>
       <c r="F29" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G29" s="1" t="inlineStr">
         <is>
-          <t>07735719156</t>
+          <t>07805801230</t>
         </is>
       </c>
       <c r="H29" s="1" t="inlineStr">
         <is>
-          <t>daha1969b@gmail.com</t>
+          <t>shaheedkareem28@gmail.com</t>
         </is>
       </c>
       <c r="I29" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J29" s="1" t="inlineStr">
         <is>
-          <t>2020-11-24</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t>جغرافية بشرية</t>
+          <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="L29" s="1" t="inlineStr">
         <is>
-          <t>جغرافية سياسية</t>
+          <t>الاستشراق والسيرة النبوية</t>
         </is>
       </c>
       <c r="M29" s="1" t="inlineStr">
         <is>
-          <t>التباين المكاني للمرأئب الرئيسة في محافظة ميسان دراسة في جغرافية النقل والتجارة</t>
+          <t>شيراز دراسة أحوالها العامة منذ الفتح العربي الإسلامي(23هـ/643م) حتى نهاية العهد البويهي(447هـ/1055م)</t>
         </is>
       </c>
       <c r="N29" s="1" t="inlineStr">
         <is>
-          <t>الاهمية الاستراتيجية للنفط العراقي للمدة ١٩٧٠ _٢٠١٠ دراسة في الجغرافيا السياسية</t>
+          <t>صورة أصحاب الكساء بين تجني النص واستباحة الخطاب الاستشراقي- هنري لامنس انموذجاً</t>
         </is>
       </c>
       <c r="O29" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P29" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>62</t>
+          <t>36</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>داليا عبد الجبار شنيشل علي </t>
+          <t>حلا عبد الكريم احمد عبد صالح </t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>Dalia AbdulJabbar </t>
+          <t>Hala Abdel Karim Ahmed Abed Salih</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qoy9ds_hkv5j6z3.png</t>
+          <t>uploads/photos/n6bvxg1o90yra3i.jpg</t>
         </is>
       </c>
       <c r="E30" s="1" t="inlineStr">
         <is>
-          <t>1981-07-03</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="F30" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G30" s="1" t="inlineStr">
         <is>
-          <t>+96477٣٥٧٢٢٠٦٦</t>
+          <t>7705577418</t>
         </is>
       </c>
       <c r="H30" s="1" t="inlineStr">
         <is>
-          <t>dalia_abdul@uomisan.edu.iq</t>
+          <t>hala-2018@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I30" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J30" s="1" t="inlineStr">
         <is>
-          <t>2020-11-26</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>جغرافية بشرية</t>
+          <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="L30" s="1" t="inlineStr">
         <is>
-          <t>جغرافية السكان</t>
+          <t>تاريخ الحضارة الاسلامية</t>
         </is>
       </c>
       <c r="M30" s="1" t="inlineStr">
         <is>
-          <t>التباين المكاني للوفيات المسجلة في محافظة ميسان للمدة ١٩٩٧ _٢٠١٠</t>
+          <t>الزاهدات والمتصوفات في العراق خلال العصر العباسي</t>
         </is>
       </c>
       <c r="N30" s="1" t="inlineStr">
         <is>
-          <t>التحليل المكاني للخصوبة السكانية المسجلة في محافظة ميسان</t>
+          <t>دور علماء الحديث في التربية والتعليم من خلال مؤلفات الخطيب البغدادي </t>
         </is>
       </c>
       <c r="O30" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P30" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>41</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي صخي </t>
+          <t>دعاء محسن علي محسن</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Mahdi Sekee</t>
+          <t>Doaa Mohsen Ali Mohsen</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/80e1ti37mcdvso4.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/m_jk65d4u1yqafo.png</t>
         </is>
       </c>
       <c r="E31" s="1" t="inlineStr">
         <is>
-          <t>1975-07-01</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="F31" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G31" s="1" t="inlineStr">
         <is>
-          <t>07712659183</t>
+          <t>07718717264</t>
         </is>
       </c>
       <c r="H31" s="1" t="inlineStr">
         <is>
-          <t>mohammad_mehdi@uomisan.edu.iq</t>
+          <t>mhmedabbas534@gmail.com</t>
         </is>
       </c>
       <c r="I31" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J31" s="1" t="inlineStr">
         <is>
-          <t>2020-11-28</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس العلوم</t>
+          <t>التاريخ</t>
         </is>
       </c>
       <c r="L31" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الفيزياء</t>
+          <t>تاريخ قديم </t>
         </is>
       </c>
       <c r="M31" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام انموذج درايفر في التغيير المفاهيمي لدى طلبة كلية التربية الاساسية في مادة الفيزياء الحديثة</t>
+          <t>مملكة ميسان ومكانتها في تاريخ العراق القديم </t>
         </is>
       </c>
       <c r="N31" s="1" t="inlineStr">
         <is>
-          <t>فاعلية تصميم تعليمي -تعلمي وفقا للانموذج المعرفي في تنمية مهارات التفكير العليا وتعديل التصورات الخاطئة والتحصيل النوعي في مادة الفيزياء لدى طلبة كلية التربية الاساسية</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O31" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P31" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>42</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الحسن بريسم</t>
+          <t>ريم هادي مرهج </t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdulhassan Barism</t>
+          <t>Reem Hadi Merhej</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8splym_5oz9vh3b.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/0ch3iasld9mewfj.png</t>
         </is>
       </c>
       <c r="E32" s="1" t="inlineStr">
         <is>
-          <t>1966-07-01</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="F32" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G32" s="1" t="inlineStr">
         <is>
-          <t>009647802560972</t>
+          <t>07704333242</t>
         </is>
       </c>
       <c r="H32" s="1" t="inlineStr">
         <is>
-          <t>alibreisam66@yahoo.com</t>
+          <t>reemhadi1978@gmail.com</t>
         </is>
       </c>
       <c r="I32" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J32" s="1" t="inlineStr">
         <is>
-          <t>2020-11-29</t>
+          <t>2020-11-21</t>
         </is>
       </c>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>علم النفس </t>
+          <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="L32" s="1" t="inlineStr">
         <is>
-          <t>علم النفس العام</t>
+          <t>فكر/عقيدة /دولة الفاطمية</t>
         </is>
       </c>
       <c r="M32" s="1" t="inlineStr">
         <is>
-          <t>مفهوم الابوة والامومة لدى المرهقين الجانحين واقرانهم من غير الجانحين</t>
+          <t>تجارة مصر خلال العصر الفاطمي</t>
         </is>
       </c>
       <c r="N32" s="1" t="inlineStr">
         <is>
-          <t>الانتماء الى جماعة الاقران على وفق الممارسات الوالدية</t>
+          <t>اوجه المعارضة العقائدية والسياسية للدولة الفاطمية</t>
         </is>
       </c>
       <c r="O32" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P32" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>68</t>
+          <t>53</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>سعاد سلمان حسن وطان</t>
+          <t>ضحى لعيبي كاظم </t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>Souad Salman Hassan Watan</t>
+          <t>Duha Laibi Kadhim</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/65dlzjnxoab0q8_.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/6t19_5hpuvwxlz7.png</t>
         </is>
       </c>
       <c r="E33" s="1" t="inlineStr">
         <is>
-          <t>1980-10-05</t>
+          <t>1969-09-25</t>
         </is>
       </c>
       <c r="F33" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G33" s="1" t="inlineStr">
         <is>
-          <t>07710875070</t>
+          <t>07735719156</t>
         </is>
       </c>
       <c r="H33" s="1" t="inlineStr">
         <is>
-          <t>Suaadalzehawi80@yahoo.con</t>
+          <t>daha1969b@gmail.com</t>
         </is>
       </c>
       <c r="I33" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J33" s="1" t="inlineStr">
         <is>
-          <t>2020-11-29</t>
+          <t>2020-11-24</t>
         </is>
       </c>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الاجتماعيات</t>
+          <t>جغرافية بشرية</t>
         </is>
       </c>
       <c r="L33" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس التاريخ</t>
+          <t>جغرافية سياسية</t>
         </is>
       </c>
       <c r="M33" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام طريقه روثكوف في  تنميه التفكير الناقد لدى طالبات الصف الرابع العام في ملدة التاريخ لصف الرابع العام في مادة التاريخ</t>
+          <t>التباين المكاني للمرأئب الرئيسة في محافظة ميسان دراسة في جغرافية النقل والتجارة</t>
         </is>
       </c>
       <c r="N33" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>الاهمية الاستراتيجية للنفط العراقي للمدة ١٩٧٠ _٢٠١٠ دراسة في الجغرافيا السياسية</t>
         </is>
       </c>
       <c r="O33" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P33" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>62</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>اشرف صالح جاسم </t>
+          <t>داليا عبد الجبار شنيشل علي </t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>Ashraf Saleh Jasim</t>
+          <t>Dalia AbdulJabbar </t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gsyitxc158ho63w.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qoy9ds_hkv5j6z3.png</t>
         </is>
       </c>
       <c r="E34" s="1" t="inlineStr">
         <is>
-          <t>2020-10-20</t>
+          <t>1981-07-03</t>
         </is>
       </c>
       <c r="F34" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G34" s="1" t="inlineStr">
         <is>
-          <t>07703097485</t>
+          <t>+96477٣٥٧٢٢٠٦٦</t>
         </is>
       </c>
       <c r="H34" s="1" t="inlineStr">
         <is>
-          <t>ashrafzlo844@gmail.com</t>
+          <t>dalia_abdul@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I34" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J34" s="1" t="inlineStr">
         <is>
-          <t>2020-11-29</t>
+          <t>2020-11-26</t>
         </is>
       </c>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>الارشاد النفسي والتوجيه التربوي</t>
+          <t>جغرافية بشرية</t>
         </is>
       </c>
       <c r="L34" s="1" t="inlineStr">
         <is>
-          <t>تقويم +برامج </t>
+          <t>جغرافية السكان</t>
         </is>
       </c>
       <c r="M34" s="1" t="inlineStr">
         <is>
-          <t>تقويم البرامج الدراسية في أقسام الارشاد النفسي والتوجيه التربوي في الجامعات العراقية من وجهة نظر الخريجين</t>
+          <t>التباين المكاني للوفيات المسجلة في محافظة ميسان للمدة ١٩٩٧ _٢٠١٠</t>
         </is>
       </c>
       <c r="N34" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد</t>
+          <t>التحليل المكاني للخصوبة السكانية المسجلة في محافظة ميسان</t>
         </is>
       </c>
       <c r="O34" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P34" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>72</t>
+          <t>66</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>سوسن هاشم هاتو </t>
+          <t>محمد مهدي صخي </t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>Sawsan Hashem Hato</t>
+          <t>Mohammed Mahdi Sekee</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/z8grsi_1f9jna7l.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/80e1ti37mcdvso4.png</t>
         </is>
       </c>
       <c r="E35" s="1" t="inlineStr">
         <is>
-          <t>1975-01-02</t>
+          <t>1975-07-01</t>
         </is>
       </c>
       <c r="F35" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G35" s="1" t="inlineStr">
         <is>
-          <t>07712691180</t>
+          <t>07712659183</t>
         </is>
       </c>
       <c r="H35" s="1" t="inlineStr">
         <is>
-          <t>sosoaljabrey75@gmail.com</t>
+          <t>mohammad_mehdi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I35" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J35" s="1" t="inlineStr">
         <is>
-          <t>2020-11-30</t>
+          <t>2020-11-28</t>
         </is>
       </c>
       <c r="K35" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس</t>
+          <t>طرائق تدريس العلوم</t>
         </is>
       </c>
       <c r="L35" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية</t>
+          <t>طرائق تدريس الفيزياء</t>
         </is>
       </c>
       <c r="M35" s="1" t="inlineStr">
         <is>
-          <t>اثر استعمال القصة القصيرة في الاداء التعبيري لدى طالبات الصف الثاني المتوسط</t>
+          <t>اثر استخدام انموذج درايفر في التغيير المفاهيمي لدى طلبة كلية التربية الاساسية في مادة الفيزياء الحديثة</t>
         </is>
       </c>
       <c r="N35" s="1" t="inlineStr">
         <is>
-          <t>-------</t>
+          <t>فاعلية تصميم تعليمي -تعلمي وفقا للانموذج المعرفي في تنمية مهارات التفكير العليا وتعديل التصورات الخاطئة والتحصيل النوعي في مادة الفيزياء لدى طلبة كلية التربية الاساسية</t>
         </is>
       </c>
       <c r="O35" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P35" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>51</t>
+          <t>70</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>محمد عباس جابر خضير </t>
+          <t>علي عبد الحسن بريسم</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>MOHMMED ABBAS JABER </t>
+          <t>Ali Abdulhassan Barism</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q1vifj2_9tbwak8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/8splym_5oz9vh3b.png</t>
         </is>
       </c>
       <c r="E36" s="1" t="inlineStr">
         <is>
-          <t>1984-11-21</t>
+          <t>1966-07-01</t>
         </is>
       </c>
       <c r="F36" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G36" s="1" t="inlineStr">
         <is>
-          <t>07707131615</t>
+          <t>009647802560972</t>
         </is>
       </c>
       <c r="H36" s="1" t="inlineStr">
         <is>
-          <t>mhmed_abbas1984@uomisan.edu.iq</t>
+          <t>alibreisam66@yahoo.com</t>
         </is>
       </c>
       <c r="I36" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J36" s="1" t="inlineStr">
         <is>
-          <t>2020-12-01</t>
+          <t>2020-11-29</t>
         </is>
       </c>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>جغرافية طبيعية </t>
+          <t>علم النفس </t>
         </is>
       </c>
       <c r="L36" s="1" t="inlineStr">
         <is>
-          <t>علم الخرائط والجيمورفولوجي RS&amp;GIS</t>
+          <t>علم النفس العام</t>
         </is>
       </c>
       <c r="M36" s="1" t="inlineStr">
         <is>
-          <t>التمثيل الكارتوكرافي لاستعمالات الارض الزراعية  في قضاء المسيب باستعمال نظم المعلومات الجغرافية (GIS).</t>
+          <t>مفهوم الابوة والامومة لدى المرهقين الجانحين واقرانهم من غير الجانحين</t>
         </is>
       </c>
       <c r="N36" s="1" t="inlineStr">
         <is>
-          <t>التمثيل الخرائطي والتحليل الجيومورفولوجي لاشكال سطح الارض شرق نهر دجلة بين نهري الجباب والسويب باستخدام تقنيتي الاستشعار عن بعد ونظم المعلومات الجغرافية .</t>
+          <t>الانتماء الى جماعة الاقران على وفق الممارسات الوالدية</t>
         </is>
       </c>
       <c r="O36" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P36" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>83</t>
+          <t>68</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>د . مصطفى صباح مهودر </t>
+          <t>سعاد سلمان حسن وطان</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>Mustafa sabah mohoder</t>
+          <t>Souad Salman Hassan Watan</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/yur8o2em3h_ndaz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/65dlzjnxoab0q8_.png</t>
         </is>
       </c>
       <c r="E37" s="1" t="inlineStr">
         <is>
-          <t>1985-12-09</t>
+          <t>1980-10-05</t>
         </is>
       </c>
       <c r="F37" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G37" s="1" t="inlineStr">
         <is>
-          <t>7705525000</t>
+          <t>07710875070</t>
         </is>
       </c>
       <c r="H37" s="1" t="inlineStr">
         <is>
-          <t>mustafasaba9166@gmail.com</t>
+          <t>Suaadalzehawi80@yahoo.con</t>
         </is>
       </c>
       <c r="I37" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J37" s="1" t="inlineStr">
         <is>
-          <t>2020-12-11</t>
+          <t>2020-11-29</t>
         </is>
       </c>
       <c r="K37" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية </t>
+          <t>طرائق تدريس الاجتماعيات</t>
         </is>
       </c>
       <c r="L37" s="1" t="inlineStr">
         <is>
-          <t> علم اللغة ، تحليل خطاب </t>
+          <t>طرائق تدريس التاريخ</t>
         </is>
       </c>
       <c r="M37" s="1" t="inlineStr">
         <is>
-          <t>هاشميات الكميت بن زيد الاسدي دراسة في ضوء معياري السبك والحبك </t>
+          <t>اثر استخدام طريقه روثكوف في  تنميه التفكير الناقد لدى طالبات الصف الرابع العام في ملدة التاريخ لصف الرابع العام في مادة التاريخ</t>
         </is>
       </c>
       <c r="N37" s="1" t="inlineStr">
         <is>
-          <t>----التحليل النصي والتاويل في تفسير معارج التفكر ودقائق التدبر ---</t>
+          <t>-------</t>
         </is>
       </c>
       <c r="O37" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P37" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>67</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>اشراق جاسم حسام</t>
+          <t>اشرف صالح جاسم </t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>Ishraq Jasim Hasam</t>
+          <t>Ashraf Saleh Jasim</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ijenwc3froda79b.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/gsyitxc158ho63w.png</t>
         </is>
       </c>
       <c r="E38" s="1" t="inlineStr">
         <is>
-          <t>1981-11-27</t>
+          <t>2020-10-20</t>
         </is>
       </c>
       <c r="F38" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G38" s="1" t="inlineStr">
         <is>
-          <t>07705688925</t>
+          <t>07703097485</t>
         </is>
       </c>
       <c r="H38" s="1" t="inlineStr">
         <is>
-          <t>ishraq.mcm@uomisan.edu.iq</t>
+          <t>ashrafzlo844@gmail.com</t>
         </is>
       </c>
       <c r="I38" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J38" s="1" t="inlineStr">
         <is>
-          <t>2020-12-15</t>
+          <t>2020-11-29</t>
         </is>
       </c>
       <c r="K38" s="1" t="inlineStr">
         <is>
-          <t>Veterinary Medicine</t>
+          <t>الارشاد النفسي والتوجيه التربوي</t>
         </is>
       </c>
       <c r="L38" s="1" t="inlineStr">
         <is>
-          <t>Physiology</t>
+          <t>تقويم +برامج </t>
         </is>
       </c>
       <c r="M38" s="1" t="inlineStr">
         <is>
-          <t>Effect of zinc toxicity on some of the Hematological parameters and reproductive performance in the mice</t>
+          <t>تقويم البرامج الدراسية في أقسام الارشاد النفسي والتوجيه التربوي في الجامعات العراقية من وجهة نظر الخريجين</t>
         </is>
       </c>
       <c r="N38" s="1" t="inlineStr">
         <is>
-          <t>Physiological and Biochemical Studies of New Sulfa – Pyrimidine Derivatives on Laboratory Rats </t>
+          <t>لا يوجد</t>
         </is>
       </c>
       <c r="O38" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P38" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>694</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>عدي هاشم علوان</t>
+          <t>سوسن هاشم هاتو </t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>Oday Hashim Alwan</t>
+          <t>Sawsan Hashem Hato</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/14z3dw7sl5e2iq_.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/z8grsi_1f9jna7l.png</t>
         </is>
       </c>
       <c r="E39" s="1" t="inlineStr">
         <is>
-          <t>1974-10-21</t>
+          <t>1975-01-02</t>
         </is>
       </c>
       <c r="F39" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G39" s="1" t="inlineStr">
         <is>
-          <t>07711378478</t>
+          <t>07712691180</t>
         </is>
       </c>
       <c r="H39" s="1" t="inlineStr">
         <is>
-          <t>odayhashim74@gmail.com</t>
+          <t>sosoaljabrey75@gmail.com</t>
         </is>
       </c>
       <c r="I39" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J39" s="1" t="inlineStr">
         <is>
-          <t>2020-12-20</t>
+          <t>2020-11-30</t>
         </is>
       </c>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس </t>
+          <t>مناهج وطرائق تدريس</t>
         </is>
       </c>
       <c r="L39" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>طرائق تدريس اللغة العربية</t>
         </is>
       </c>
       <c r="M39" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام استراتيجية تدريبية علاجية على التحصيل لذوي التحصيل المتدني في الرياضيات لدى طلبة الصف الثاني المتوسط</t>
-[...2 lines deleted...]
-      <c r="N39" s="1"/>
+          <t>اثر استعمال القصة القصيرة في الاداء التعبيري لدى طالبات الصف الثاني المتوسط</t>
+        </is>
+      </c>
+      <c r="N39" s="1" t="inlineStr">
+        <is>
+          <t>-------</t>
+        </is>
+      </c>
       <c r="O39" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P39" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>392</t>
+          <t>51</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>ابتسام كريم محيسن </t>
+          <t>محمد عباس جابر خضير </t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>Ibtisam Kareem Mohaisen </t>
+          <t>MOHMMED ABBAS JABER </t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/185x36wqkrpyjh0.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q1vifj2_9tbwak8.jpg</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>1979-02-07</t>
+          <t>1984-11-21</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
-          <t>07702650313</t>
+          <t>07707131615</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
-          <t>ibtisam.kareem@uomisan.edu.iq</t>
+          <t>mhmed_abbas1984@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
-          <t>2020-12-20</t>
+          <t>2020-12-01</t>
         </is>
       </c>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>Biochemistry </t>
+          <t>جغرافية طبيعية </t>
         </is>
       </c>
       <c r="L40" s="1" t="inlineStr">
         <is>
-          <t>Clinical biochemistry/ hormones </t>
+          <t>علم الخرائط والجيمورفولوجي RS&amp;GIS</t>
         </is>
       </c>
       <c r="M40" s="1" t="inlineStr">
         <is>
-          <t>Extraction, purification and characterization of                             lipoxygenase from peanut seed Archis Hypogaea. L</t>
+          <t>التمثيل الكارتوكرافي لاستعمالات الارض الزراعية  في قضاء المسيب باستعمال نظم المعلومات الجغرافية (GIS).</t>
         </is>
       </c>
       <c r="N40" s="1" t="inlineStr">
         <is>
-          <t>:                        Comparative Study of Interleukin-36 γ  , •   Paraoxonase 1 and Some Parameters Depending on Duration and   Supplement Metformin for Polycystic Ovarian Syndrome (PCOS) in Iraqi Patients.</t>
+          <t>التمثيل الخرائطي والتحليل الجيومورفولوجي لاشكال سطح الارض شرق نهر دجلة بين نهري الجباب والسويب باستخدام تقنيتي الاستشعار عن بعد ونظم المعلومات الجغرافية .</t>
         </is>
       </c>
       <c r="O40" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P40" s="1" t="inlineStr">
         <is>
-          <t>طب الاسنان</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>155</t>
+          <t>83</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>حيدر طعمه جاسم الساعدي</t>
+          <t>د . مصطفى صباح مهودر </t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>Hayder Tuama Jasim Al-Saedi</t>
+          <t>Mustafa sabah mohoder</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vozrybqc5da1pji.JPG</t>
+          <t>uploads/files/yur8o2em3h_ndaz.jpg</t>
         </is>
       </c>
       <c r="E41" s="1" t="inlineStr">
         <is>
-          <t>1983-08-02</t>
+          <t>1985-12-09</t>
         </is>
       </c>
       <c r="F41" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G41" s="1" t="inlineStr">
         <is>
-          <t>07705574644</t>
+          <t>7705525000</t>
         </is>
       </c>
       <c r="H41" s="1" t="inlineStr">
         <is>
-          <t>hayder_tuama@uomisan.edu.iq</t>
+          <t>mustafasaba9166@gmail.com</t>
         </is>
       </c>
       <c r="I41" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J41" s="1" t="inlineStr">
         <is>
-          <t>2020-12-22</t>
+          <t>2020-12-11</t>
         </is>
       </c>
       <c r="K41" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>اللغة العربية </t>
         </is>
       </c>
       <c r="L41" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة التطبيقي</t>
+          <t> علم اللغة ، تحليل خطاب </t>
         </is>
       </c>
       <c r="M41" s="1" t="inlineStr">
         <is>
-          <t>A Pragmatic Study of the Cooperative Principle and Grice&amp;#39;s Maxims in Lois Lowry&amp;#39;s The Giver</t>
-[...2 lines deleted...]
-      <c r="N41" s="1"/>
+          <t>هاشميات الكميت بن زيد الاسدي دراسة في ضوء معياري السبك والحبك </t>
+        </is>
+      </c>
+      <c r="N41" s="1" t="inlineStr">
+        <is>
+          <t>----التحليل النصي والتاويل في تفسير معارج التفكر ودقائق التدبر ---</t>
+        </is>
+      </c>
       <c r="O41" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P41" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>409</t>
+          <t>201</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>هند مهدي صالح</t>
+          <t>اشراق جاسم حسام</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>Hind Mahdi Saleh</t>
+          <t>Ishraq Jasim Hasam</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lsh7fzmxutj0anr.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ijenwc3froda79b.png</t>
         </is>
       </c>
       <c r="E42" s="1" t="inlineStr">
         <is>
-          <t>1980-09-04</t>
+          <t>1981-11-27</t>
         </is>
       </c>
       <c r="F42" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G42" s="1" t="inlineStr">
         <is>
-          <t>07705580188</t>
+          <t>07705688925</t>
         </is>
       </c>
       <c r="H42" s="1" t="inlineStr">
         <is>
-          <t>hind1980@uomisan.edu.iq</t>
+          <t>ishraq.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I42" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J42" s="1" t="inlineStr">
         <is>
-          <t>2020-12-28</t>
+          <t>2020-12-15</t>
         </is>
       </c>
       <c r="K42" s="1" t="inlineStr">
         <is>
-          <t>كيمياء</t>
+          <t>Veterinary Medicine</t>
         </is>
       </c>
       <c r="L42" s="1" t="inlineStr">
         <is>
-          <t>كيمياء صناعية (بوليمر)</t>
+          <t>Physiology</t>
         </is>
       </c>
       <c r="M42" s="1" t="inlineStr">
         <is>
-          <t>تحضبر راتنجات ايبوكسيدية محورة جديدة و دراسة التحليل الحراري و قوة الصدمة للراتنجات الممقساة</t>
-[...2 lines deleted...]
-      <c r="N42" s="1"/>
+          <t>Effect of zinc toxicity on some of the Hematological parameters and reproductive performance in the mice</t>
+        </is>
+      </c>
+      <c r="N42" s="1" t="inlineStr">
+        <is>
+          <t>Physiological and Biochemical Studies of New Sulfa – Pyrimidine Derivatives on Laboratory Rats </t>
+        </is>
+      </c>
       <c r="O42" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P42" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>657</t>
+          <t>694</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>فاتن ابراهيم موسى </t>
+          <t>عدي هاشم علوان</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>Faten Ibrahim MUSSA</t>
+          <t>Oday Hashim Alwan</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/owra98fm6ikl3cq.jpg</t>
+          <t>uploads/photos/14z3dw7sl5e2iq_.jpeg</t>
         </is>
       </c>
       <c r="E43" s="1" t="inlineStr">
         <is>
-          <t>1975-08-13</t>
+          <t>1974-10-21</t>
         </is>
       </c>
       <c r="F43" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G43" s="1" t="inlineStr">
         <is>
-          <t>+9647700125915</t>
+          <t>07711378478</t>
         </is>
       </c>
       <c r="H43" s="1" t="inlineStr">
         <is>
-          <t>fatin.haydree@uomisan.edu.iq</t>
+          <t>odayhashim74@gmail.com</t>
         </is>
       </c>
       <c r="I43" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J43" s="1" t="inlineStr">
         <is>
-          <t>2021-01-14</t>
+          <t>2020-12-20</t>
         </is>
       </c>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>طرائق تدريس </t>
         </is>
       </c>
       <c r="L43" s="1" t="inlineStr">
         <is>
-          <t>انشاءات</t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M43" s="1" t="inlineStr">
         <is>
-          <t>An evaluation and improvements of some public transport routes in Baghdad City</t>
-[...6 lines deleted...]
-      </c>
+          <t>اثر استخدام استراتيجية تدريبية علاجية على التحصيل لذوي التحصيل المتدني في الرياضيات لدى طلبة الصف الثاني المتوسط</t>
+        </is>
+      </c>
+      <c r="N43" s="1"/>
       <c r="O43" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P43" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>531</t>
+          <t>392</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>علي مطير حميدي</t>
+          <t>ابتسام كريم محيسن </t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>Ali moter hmadiy </t>
+          <t>Ibtisam Kareem Mohaisen </t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a2xh4rtyel5ik7d.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/185x36wqkrpyjh0.jpeg</t>
         </is>
       </c>
       <c r="E44" s="1" t="inlineStr">
         <is>
-          <t>1963-12-12</t>
+          <t>1979-02-07</t>
         </is>
       </c>
       <c r="F44" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G44" s="1" t="inlineStr">
         <is>
-          <t>07705599101</t>
+          <t>07702650313</t>
         </is>
       </c>
       <c r="H44" s="1" t="inlineStr">
         <is>
-          <t>dly072312@gmail.com</t>
+          <t>ibtisam.kareem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I44" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J44" s="1" t="inlineStr">
         <is>
-          <t>2021-01-27</t>
+          <t>2020-12-20</t>
         </is>
       </c>
       <c r="K44" s="1" t="inlineStr">
         <is>
-          <t>علم النفس الرياضي </t>
+          <t>Biochemistry </t>
         </is>
       </c>
       <c r="L44" s="1" t="inlineStr">
         <is>
-          <t>علي النفس الرياضي_كرة السلة </t>
+          <t>Clinical biochemistry/ hormones </t>
         </is>
       </c>
       <c r="M44" s="1" t="inlineStr">
         <is>
-          <t>المحددات التدريبية النفسية وعلاقتها بالميل والكفاية المهندسة لدى مدربين كرة السلة في العراق </t>
+          <t>Extraction, purification and characterization of                             lipoxygenase from peanut seed Archis Hypogaea. L</t>
         </is>
       </c>
       <c r="N44" s="1" t="inlineStr">
         <is>
-          <t>المحددات التدريبية النفسية وعلاقتها بالميل والكفاية المهندسة لدى مدربين كرة السلة في العراق </t>
+          <t>:                        Comparative Study of Interleukin-36 γ  , •   Paraoxonase 1 and Some Parameters Depending on Duration and   Supplement Metformin for Polycystic Ovarian Syndrome (PCOS) in Iraqi Patients.</t>
         </is>
       </c>
       <c r="O44" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P44" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>404</t>
+          <t>155</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>منذر عبد الحسن خضير </t>
+          <t>حيدر طعمه جاسم الساعدي</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>mundhir abd alhasan khadayr</t>
+          <t>Hayder Tuama Jasim Al-Saedi</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/udvhxnt57z2asrc.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vozrybqc5da1pji.JPG</t>
         </is>
       </c>
       <c r="E45" s="1" t="inlineStr">
         <is>
-          <t>1973-03-26</t>
+          <t>1983-08-02</t>
         </is>
       </c>
       <c r="F45" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G45" s="1" t="inlineStr">
         <is>
-          <t>07728037980</t>
+          <t>07705574644</t>
         </is>
       </c>
       <c r="H45" s="1" t="inlineStr">
         <is>
-          <t>Mundher.Al-Shakban@uomisan.edu.iq</t>
+          <t>hayder_tuama@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I45" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J45" s="1" t="inlineStr">
         <is>
-          <t>2021-01-29</t>
+          <t>2020-12-22</t>
         </is>
       </c>
       <c r="K45" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L45" s="1" t="inlineStr">
         <is>
-          <t>المواد النانوية</t>
+          <t>علم اللغة التطبيقي</t>
         </is>
       </c>
       <c r="M45" s="1" t="inlineStr">
         <is>
-          <t> التحضري والانماء الفوقي للمركب الثالثي  In0.53Ga0.47AS بطريقتي التبخري الومضي ومن احمللول وعلى قواعد خمتلفة ودراسة بعض خواصه الفيزيائية</t>
-[...6 lines deleted...]
-      </c>
+          <t>A Pragmatic Study of the Cooperative Principle and Grice&amp;#39;s Maxims in Lois Lowry&amp;#39;s The Giver</t>
+        </is>
+      </c>
+      <c r="N45" s="1"/>
       <c r="O45" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P45" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>406</t>
+          <t>409</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>اسوان كاظم جبر </t>
+          <t>هند مهدي صالح</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>aswan kadhim jabr</t>
+          <t>Hind Mahdi Saleh</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qvgxlr6o09nbah1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lsh7fzmxutj0anr.jpeg</t>
         </is>
       </c>
       <c r="E46" s="1" t="inlineStr">
         <is>
-          <t>1975-08-16</t>
+          <t>1980-09-04</t>
         </is>
       </c>
       <c r="F46" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G46" s="1" t="inlineStr">
         <is>
-          <t>07732004046</t>
+          <t>07705580188</t>
         </is>
       </c>
       <c r="H46" s="1" t="inlineStr">
         <is>
-          <t>aswan.abboodi@uomisan.edu.iq</t>
+          <t>hind1980@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I46" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J46" s="1" t="inlineStr">
         <is>
-          <t>2021-01-31</t>
+          <t>2020-12-28</t>
         </is>
       </c>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة </t>
+          <t>كيمياء</t>
         </is>
       </c>
       <c r="L46" s="1" t="inlineStr">
         <is>
-          <t>الطفيليات</t>
+          <t>كيمياء صناعية (بوليمر)</t>
         </is>
       </c>
       <c r="M46" s="1" t="inlineStr">
         <is>
-          <t>تضعيف الرؤيسات الاوليه للمشوكه الحبيبية باستخدام بعض المستخلصات النباتيه</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحضبر راتنجات ايبوكسيدية محورة جديدة و دراسة التحليل الحراري و قوة الصدمة للراتنجات الممقساة</t>
+        </is>
+      </c>
+      <c r="N46" s="1"/>
       <c r="O46" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P46" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>214</t>
+          <t>657</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>علي صاحب عيسى </t>
+          <t>فاتن ابراهيم موسى </t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>ali sahib isaa</t>
+          <t>Faten Ibrahim MUSSA</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rl3gmq45bj62fas.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/owra98fm6ikl3cq.jpg</t>
         </is>
       </c>
       <c r="E47" s="1" t="inlineStr">
         <is>
-          <t>1976-01-01</t>
+          <t>1975-08-13</t>
         </is>
       </c>
       <c r="F47" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G47" s="1" t="inlineStr">
         <is>
-          <t>07813778627</t>
+          <t>+9647700125915</t>
         </is>
       </c>
       <c r="H47" s="1" t="inlineStr">
         <is>
-          <t>aaalqw332@gmail.com</t>
+          <t>fatin.haydree@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I47" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J47" s="1" t="inlineStr">
         <is>
-          <t>2021-01-31</t>
+          <t>2021-01-14</t>
         </is>
       </c>
       <c r="K47" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية وآدابها </t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="L47" s="1" t="inlineStr">
         <is>
-          <t>الأدب القديم /أدب العصور المتأخرة </t>
+          <t>انشاءات</t>
         </is>
       </c>
       <c r="M47" s="1" t="inlineStr">
         <is>
-          <t>الصورة الشعرية في شعر كعب بن مالك الأنصاري </t>
+          <t>An evaluation and improvements of some public transport routes in Baghdad City</t>
         </is>
       </c>
       <c r="N47" s="1" t="inlineStr">
         <is>
-          <t>صورة الحياة والموت في شعر المماليك </t>
+          <t>Experimental and Numerical Analysis of Thermal Behavior of Composite Bridge Girders</t>
         </is>
       </c>
       <c r="O47" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P47" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>531</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>رافد حسن مجيد</t>
+          <t>علي مطير حميدي</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>rafid hasan majid</t>
+          <t>Ali moter hmadiy </t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ztmj9vh0dpibf4g.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/a2xh4rtyel5ik7d.jpeg</t>
         </is>
       </c>
       <c r="E48" s="1" t="inlineStr">
         <is>
-          <t>1970-10-23</t>
+          <t>1963-12-12</t>
         </is>
       </c>
       <c r="F48" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G48" s="1" t="inlineStr">
         <is>
-          <t>07738525737</t>
+          <t>07705599101</t>
         </is>
       </c>
       <c r="H48" s="1" t="inlineStr">
         <is>
-          <t>rafedalali71@uomisan.edu.iq</t>
+          <t>dly072312@gmail.com</t>
         </is>
       </c>
       <c r="I48" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J48" s="1" t="inlineStr">
         <is>
-          <t>2021-02-01</t>
+          <t>2021-01-27</t>
         </is>
       </c>
       <c r="K48" s="1" t="inlineStr">
         <is>
-          <t>الشريعة والعلوم الإسلامية</t>
+          <t>علم النفس الرياضي </t>
         </is>
       </c>
       <c r="L48" s="1" t="inlineStr">
         <is>
-          <t>الفقه وأصوله</t>
+          <t>علي النفس الرياضي_كرة السلة </t>
         </is>
       </c>
       <c r="M48" s="1" t="inlineStr">
         <is>
-          <t>طهارة الكتابي دراسة فقهية مقارنة بين المذهب الإمامي والمذاهب الأربعة</t>
+          <t>المحددات التدريبية النفسية وعلاقتها بالميل والكفاية المهندسة لدى مدربين كرة السلة في العراق </t>
         </is>
       </c>
       <c r="N48" s="1" t="inlineStr">
         <is>
-          <t>سلطة الحاكم في تقييد الحق الفقهي دراسة مقارنة بين الفقه والقانون</t>
+          <t>المحددات التدريبية النفسية وعلاقتها بالميل والكفاية المهندسة لدى مدربين كرة السلة في العراق </t>
         </is>
       </c>
       <c r="O48" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P48" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>503</t>
+          <t>404</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>احمد مجيد عباس</t>
+          <t>منذر عبد الحسن خضير </t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Majeed  Abbas</t>
+          <t>mundhir abd alhasan khadayr</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4_7v9bri20h5w1f.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/udvhxnt57z2asrc.jpg</t>
         </is>
       </c>
       <c r="E49" s="1" t="inlineStr">
         <is>
-          <t>1966-01-01</t>
+          <t>1973-03-26</t>
         </is>
       </c>
       <c r="F49" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G49" s="1" t="inlineStr">
         <is>
-          <t>07727074985</t>
+          <t>07728037980</t>
         </is>
       </c>
       <c r="H49" s="1" t="inlineStr">
         <is>
-          <t>ahmedjmn@uomisan.edu.iq</t>
+          <t>Mundher.Al-Shakban@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I49" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J49" s="1" t="inlineStr">
         <is>
-          <t>2021-02-03</t>
+          <t>2021-01-29</t>
         </is>
       </c>
       <c r="K49" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L49" s="1" t="inlineStr">
         <is>
-          <t>كيمياء بوليمر</t>
+          <t>المواد النانوية</t>
         </is>
       </c>
       <c r="M49" s="1" t="inlineStr">
         <is>
-          <t>The Preparation and oxidation of some of tertlary amine kinetic  study of thermal rearangment</t>
+          <t> التحضري والانماء الفوقي للمركب الثالثي  In0.53Ga0.47AS بطريقتي التبخري الومضي ومن احمللول وعلى قواعد خمتلفة ودراسة بعض خواصه الفيزيائية</t>
         </is>
       </c>
       <c r="N49" s="1" t="inlineStr">
         <is>
-          <t>Preparation and Study of the physical Characteristic of Carboxy  Methyl cellulose -Water Solution for Oil Drilling Fluid </t>
+          <t>New Routes to Inorganic Nanostructure Materials</t>
         </is>
       </c>
       <c r="O49" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P49" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>406</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>احمد ريسان حسين سدخان</t>
+          <t>اسوان كاظم جبر </t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Raysan Hussein Sedkhan</t>
+          <t>aswan kadhim jabr</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_0fyt36woivz5ah.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qvgxlr6o09nbah1.jpg</t>
         </is>
       </c>
       <c r="E50" s="1" t="inlineStr">
         <is>
-          <t>1970-04-29</t>
+          <t>1975-08-16</t>
         </is>
       </c>
       <c r="F50" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G50" s="1" t="inlineStr">
         <is>
-          <t>07708861738</t>
+          <t>07732004046</t>
         </is>
       </c>
       <c r="H50" s="1" t="inlineStr">
         <is>
-          <t>alhusseinahmed70@uomisan.edu.iq</t>
+          <t>aswan.abboodi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I50" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J50" s="1" t="inlineStr">
         <is>
-          <t>2021-02-11</t>
+          <t>2021-01-31</t>
         </is>
       </c>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكهربائية</t>
+          <t>علوم الحياة </t>
         </is>
       </c>
       <c r="L50" s="1" t="inlineStr">
         <is>
-          <t>قدرة ومكائن</t>
+          <t>الطفيليات</t>
         </is>
       </c>
       <c r="M50" s="1" t="inlineStr">
         <is>
-          <t>speed control of separately excited DC motor using fuzzy logic controller</t>
+          <t>تضعيف الرؤيسات الاوليه للمشوكه الحبيبية باستخدام بعض المستخلصات النباتيه</t>
         </is>
       </c>
       <c r="N50" s="1" t="inlineStr">
         <is>
-          <t>Dissolved-gas-analysis based intelligent expert system for power transformers faults diagnosis and insulation oil quality assessment</t>
+          <t>Development of in situ hydrogel for biomedical applications and delivery of blood stage malaria vaccine</t>
         </is>
       </c>
       <c r="O50" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P50" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>233</t>
+          <t>214</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>مخلد عبد الكريم رمضان </t>
+          <t>علي صاحب عيسى </t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>mukhalad abd alkarim ramadhan</t>
+          <t>ali sahib isaa</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6iq7gd0hr5e98ct.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rl3gmq45bj62fas.jpg</t>
         </is>
       </c>
       <c r="E51" s="1" t="inlineStr">
         <is>
-          <t>1982-09-01</t>
+          <t>1976-01-01</t>
         </is>
       </c>
       <c r="F51" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G51" s="1" t="inlineStr">
         <is>
-          <t>+9647705502586</t>
+          <t>07813778627</t>
         </is>
       </c>
       <c r="H51" s="1" t="inlineStr">
         <is>
-          <t>mukalad.mcm@uomisan.edu.iq</t>
+          <t>aaalqw332@gmail.com</t>
         </is>
       </c>
       <c r="I51" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J51" s="1" t="inlineStr">
         <is>
-          <t>2021-03-11</t>
+          <t>2021-01-31</t>
         </is>
       </c>
       <c r="K51" s="1" t="inlineStr">
         <is>
-          <t>طب بيطري </t>
+          <t>اللغة العربية وآدابها </t>
         </is>
       </c>
       <c r="L51" s="1" t="inlineStr">
         <is>
-          <t>امراض </t>
+          <t>الأدب القديم /أدب العصور المتأخرة </t>
         </is>
       </c>
       <c r="M51" s="1" t="inlineStr">
         <is>
-          <t>A Clinicopathological Assessment of Spinal Cord Transection Treated with Electromagnetic Field and Methylprednisolone in Laboratory White Rats (Rattus norvegicus)</t>
+          <t>الصورة الشعرية في شعر كعب بن مالك الأنصاري </t>
         </is>
       </c>
       <c r="N51" s="1" t="inlineStr">
         <is>
-          <t>Bacteriological, Molecular and Immunopathological Study of O111 Shiga Toxin-Producing Escherichia coli Isolated from Human and Animal Sources</t>
+          <t>صورة الحياة والموت في شعر المماليك </t>
         </is>
       </c>
       <c r="O51" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P51" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>536</t>
+          <t>221</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>ميثم جبار مطر </t>
+          <t>رافد حسن مجيد</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>Maetham Jabar Matar</t>
+          <t>rafid hasan majid</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/32v9g85anx1juzr.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ztmj9vh0dpibf4g.jpg</t>
         </is>
       </c>
       <c r="E52" s="1" t="inlineStr">
         <is>
-          <t>1983-07-17</t>
+          <t>1970-10-23</t>
         </is>
       </c>
       <c r="F52" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G52" s="1" t="inlineStr">
         <is>
-          <t>07723769363</t>
+          <t>07738525737</t>
         </is>
       </c>
       <c r="H52" s="1" t="inlineStr">
         <is>
-          <t>Meathim.y@uomisan.edu.iq</t>
+          <t>rafedalali71@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I52" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J52" s="1" t="inlineStr">
         <is>
-          <t>2021-03-13</t>
+          <t>2021-02-01</t>
         </is>
       </c>
       <c r="K52" s="1" t="inlineStr">
         <is>
-          <t>فلسفة التربية الرياضية </t>
+          <t>الشريعة والعلوم الإسلامية</t>
         </is>
       </c>
       <c r="L52" s="1" t="inlineStr">
         <is>
-          <t>إدارة و تنظيم الرياضي </t>
+          <t>الفقه وأصوله</t>
         </is>
       </c>
       <c r="M52" s="1" t="inlineStr">
         <is>
-          <t>تأثير أشكال مختلفة لأحمال تدريبية متشابهة الشدة في الوحدة التدريبية لتطوير بعض القدرات البدنية الخاصة والمهارات الأساسية بكرة القدم</t>
+          <t>طهارة الكتابي دراسة فقهية مقارنة بين المذهب الإمامي والمذاهب الأربعة</t>
         </is>
       </c>
       <c r="N52" s="1" t="inlineStr">
         <is>
-          <t>أثر أداء المنتخبات الوطنية على الهوية الوطنية و الانسجام و العرقية من وجهة نظر طلاب الجامعات و مقارنة بين طلاب الجامعات العراقية والإيرانية</t>
+          <t>سلطة الحاكم في تقييد الحق الفقهي دراسة مقارنة بين الفقه والقانون</t>
         </is>
       </c>
       <c r="O52" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P52" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>503</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>صبيح جاسم كاطع</t>
+          <t>احمد مجيد عباس</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>Sabeeh Jasim gataa</t>
+          <t>Ahmed Majeed  Abbas</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e_5rtqdhoz870nl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4_7v9bri20h5w1f.jpg</t>
         </is>
       </c>
       <c r="E53" s="1" t="inlineStr">
         <is>
-          <t>2021-05-31</t>
+          <t>1966-01-01</t>
         </is>
       </c>
       <c r="F53" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G53" s="1" t="inlineStr">
         <is>
-          <t>009647705511517</t>
+          <t>07727074985</t>
         </is>
       </c>
       <c r="H53" s="1" t="inlineStr">
         <is>
-          <t>dr.sabeehjassim@uomisan.edu.iq</t>
+          <t>ahmedjmn@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I53" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J53" s="1" t="inlineStr">
         <is>
-          <t>2021-05-05</t>
+          <t>2021-02-03</t>
         </is>
       </c>
       <c r="K53" s="1" t="inlineStr">
         <is>
-          <t>علوم فيزياء</t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="L53" s="1" t="inlineStr">
         <is>
-          <t>حالة صلبة</t>
+          <t>كيمياء بوليمر</t>
         </is>
       </c>
       <c r="M53" s="1" t="inlineStr">
         <is>
-          <t>لاحقا</t>
-[...2 lines deleted...]
-      <c r="N53" s="1"/>
+          <t>The Preparation and oxidation of some of tertlary amine kinetic  study of thermal rearangment</t>
+        </is>
+      </c>
+      <c r="N53" s="1" t="inlineStr">
+        <is>
+          <t>Preparation and Study of the physical Characteristic of Carboxy  Methyl cellulose -Water Solution for Oil Drilling Fluid </t>
+        </is>
+      </c>
       <c r="O53" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P53" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>101</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>يسار عطيه تويه</t>
+          <t>احمد ريسان حسين سدخان</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>yasar eatiah tuayh</t>
+          <t>Ahmed Raysan Hussein Sedkhan</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/okvsj3tlbpc5iq_.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_0fyt36woivz5ah.png</t>
         </is>
       </c>
       <c r="E54" s="1" t="inlineStr">
         <is>
-          <t>1976-01-20</t>
+          <t>1970-04-29</t>
         </is>
       </c>
       <c r="F54" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G54" s="1" t="inlineStr">
         <is>
-          <t>009647705570251</t>
+          <t>07708861738</t>
         </is>
       </c>
       <c r="H54" s="1" t="inlineStr">
         <is>
-          <t>yassar20210@gmail.com</t>
+          <t>alhusseinahmed70@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I54" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J54" s="1" t="inlineStr">
         <is>
-          <t>2021-05-06</t>
+          <t>2021-02-11</t>
         </is>
       </c>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>الهندسة الكهربائية</t>
         </is>
       </c>
       <c r="L54" s="1" t="inlineStr">
         <is>
-          <t>القانون الدولي العام</t>
+          <t>قدرة ومكائن</t>
         </is>
       </c>
       <c r="M54" s="1" t="inlineStr">
         <is>
-          <t>الوضع القانون للحدود العراقية الايرانية الكويتية واثارها الاقتصادية</t>
+          <t>speed control of separately excited DC motor using fuzzy logic controller</t>
         </is>
       </c>
       <c r="N54" s="1" t="inlineStr">
         <is>
-          <t>الحماية الدولية للاستثمارات الأجنبية المباشرة اثناء النزاعات المسلحة</t>
+          <t>Dissolved-gas-analysis based intelligent expert system for power transformers faults diagnosis and insulation oil quality assessment</t>
         </is>
       </c>
       <c r="O54" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P54" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>199</t>
+          <t>233</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>حسن عبدالامير حسين </t>
+          <t>مخلد عبد الكريم رمضان </t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>Hassan Abdul Amir Hussein</t>
+          <t>mukhalad abd alkarim ramadhan</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/d9ynplx36kbrjos.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6iq7gd0hr5e98ct.jpg</t>
         </is>
       </c>
       <c r="E55" s="1" t="inlineStr">
         <is>
-          <t>1975-09-20</t>
+          <t>1982-09-01</t>
         </is>
       </c>
       <c r="F55" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G55" s="1" t="inlineStr">
         <is>
-          <t>07801401975</t>
+          <t>+9647705502586</t>
         </is>
       </c>
       <c r="H55" s="1" t="inlineStr">
         <is>
-          <t>hasan_abdulamir@yahoo.com</t>
+          <t>mukalad.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I55" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J55" s="1" t="inlineStr">
         <is>
-          <t>2021-06-03</t>
+          <t>2021-03-11</t>
         </is>
       </c>
       <c r="K55" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>طب بيطري </t>
         </is>
       </c>
       <c r="L55" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة العيون</t>
+          <t>امراض </t>
         </is>
       </c>
       <c r="M55" s="1" t="inlineStr">
         <is>
-          <t>No</t>
-[...2 lines deleted...]
-      <c r="N55" s="1"/>
+          <t>A Clinicopathological Assessment of Spinal Cord Transection Treated with Electromagnetic Field and Methylprednisolone in Laboratory White Rats (Rattus norvegicus)</t>
+        </is>
+      </c>
+      <c r="N55" s="1" t="inlineStr">
+        <is>
+          <t>Bacteriological, Molecular and Immunopathological Study of O111 Shiga Toxin-Producing Escherichia coli Isolated from Human and Animal Sources</t>
+        </is>
+      </c>
       <c r="O55" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P55" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>312</t>
+          <t>536</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>محمد جاسم قاسم</t>
+          <t>ميثم جبار مطر </t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>mohammed jasim Qasim</t>
+          <t>Maetham Jabar Matar</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1jw295zpb43_sqn.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/32v9g85anx1juzr.jpg</t>
         </is>
       </c>
       <c r="E56" s="1" t="inlineStr">
         <is>
-          <t>1982-01-01</t>
+          <t>1983-07-17</t>
         </is>
       </c>
       <c r="F56" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G56" s="1" t="inlineStr">
         <is>
-          <t>07728493878</t>
+          <t>07723769363</t>
         </is>
       </c>
       <c r="H56" s="1" t="inlineStr">
         <is>
-          <t>mohammed_j82@uomisan.edu.iq</t>
+          <t>Meathim.y@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I56" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J56" s="1" t="inlineStr">
         <is>
-          <t>2021-06-03</t>
+          <t>2021-03-13</t>
         </is>
       </c>
       <c r="K56" s="1" t="inlineStr">
         <is>
-          <t>تقنيات التحليلات المرضية</t>
+          <t>فلسفة التربية الرياضية </t>
         </is>
       </c>
       <c r="L56" s="1" t="inlineStr">
         <is>
-          <t>أحياء مجهرية طبية</t>
+          <t>إدارة و تنظيم الرياضي </t>
         </is>
       </c>
       <c r="M56" s="1" t="inlineStr">
         <is>
-          <t>Males and Females Affliction with Toxoplasmosis in Kamal Al-Samaraee Hospital</t>
+          <t>تأثير أشكال مختلفة لأحمال تدريبية متشابهة الشدة في الوحدة التدريبية لتطوير بعض القدرات البدنية الخاصة والمهارات الأساسية بكرة القدم</t>
         </is>
       </c>
       <c r="N56" s="1" t="inlineStr">
         <is>
-          <t>Antimicrobial and Cytotoxic Activity of Flavipin Produced by Aspergillus terreus and A. flavus, In Vitro Study</t>
+          <t>أثر أداء المنتخبات الوطنية على الهوية الوطنية و الانسجام و العرقية من وجهة نظر طلاب الجامعات و مقارنة بين طلاب الجامعات العراقية والإيرانية</t>
         </is>
       </c>
       <c r="O56" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P56" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>315</t>
+          <t>115</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>اسامة كريم بدن مارد </t>
+          <t>صبيح جاسم كاطع</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>Ausama Kareem Bdan</t>
+          <t>Sabeeh Jasim gataa</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/lqjr6s3h8ct1mdz.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e_5rtqdhoz870nl.jpg</t>
         </is>
       </c>
       <c r="E57" s="1" t="inlineStr">
         <is>
-          <t>2021-08-17</t>
+          <t>2021-05-31</t>
         </is>
       </c>
       <c r="F57" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G57" s="1" t="inlineStr">
         <is>
-          <t>07705856877</t>
+          <t>009647705511517</t>
         </is>
       </c>
       <c r="H57" s="1" t="inlineStr">
         <is>
-          <t>osamakaraam@uomisan.edu.iq</t>
+          <t>dr.sabeehjassim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I57" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J57" s="1" t="inlineStr">
         <is>
-          <t>2021-06-09</t>
+          <t>2021-05-05</t>
         </is>
       </c>
       <c r="K57" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>علوم فيزياء</t>
         </is>
       </c>
       <c r="L57" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>حالة صلبة</t>
         </is>
       </c>
       <c r="M57" s="1" t="inlineStr">
         <is>
-          <t>رقابة السلطة المركزية على الادارة المحلية في الدستور العراقي وقانون المحافظات غير المنتظمة في اقليم</t>
+          <t>لاحقا</t>
         </is>
       </c>
       <c r="N57" s="1"/>
       <c r="O57" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P57" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>424</t>
+          <t>281</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t> صادق صبيح كريم </t>
+          <t>يسار عطيه تويه</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>sadeq sabeeh kareem </t>
+          <t>yasar eatiah tuayh</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/jx2a4rgwp05sy6d.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/okvsj3tlbpc5iq_.jpeg</t>
         </is>
       </c>
       <c r="E58" s="1" t="inlineStr">
         <is>
-          <t>1987-10-24</t>
+          <t>1976-01-20</t>
         </is>
       </c>
       <c r="F58" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G58" s="1" t="inlineStr">
         <is>
-          <t>07726582018</t>
+          <t>009647705570251</t>
         </is>
       </c>
       <c r="H58" s="1" t="inlineStr">
         <is>
-          <t>sas_altti@uomisan.edu.iq</t>
+          <t>yassar20210@gmail.com</t>
         </is>
       </c>
       <c r="I58" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J58" s="1" t="inlineStr">
         <is>
-          <t>2021-06-26</t>
+          <t>2021-05-06</t>
         </is>
       </c>
       <c r="K58" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة </t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L58" s="1" t="inlineStr">
         <is>
-          <t>تصنيف نبات </t>
+          <t>القانون الدولي العام</t>
         </is>
       </c>
       <c r="M58" s="1" t="inlineStr">
         <is>
-          <t>  دراسة تصنيفية لانواع الجنس ‏Minuartia L.(Caryophyllaceae) ‎‏ في العراق</t>
-[...2 lines deleted...]
-      <c r="N58" s="1"/>
+          <t>الوضع القانون للحدود العراقية الايرانية الكويتية واثارها الاقتصادية</t>
+        </is>
+      </c>
+      <c r="N58" s="1" t="inlineStr">
+        <is>
+          <t>الحماية الدولية للاستثمارات الأجنبية المباشرة اثناء النزاعات المسلحة</t>
+        </is>
+      </c>
       <c r="O58" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P58" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>542</t>
+          <t>199</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>فاضل باقر مطشر</t>
+          <t>حسن عبدالامير حسين </t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>Fadhil Baker Mutsher</t>
+          <t>Hassan Abdul Amir Hussein</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hxstigl08bjpcrd.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/d9ynplx36kbrjos.jpeg</t>
         </is>
       </c>
       <c r="E59" s="1" t="inlineStr">
         <is>
-          <t>1972-12-14</t>
+          <t>1975-09-20</t>
         </is>
       </c>
       <c r="F59" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G59" s="1" t="inlineStr">
         <is>
-          <t>07730090471</t>
+          <t>07801401975</t>
         </is>
       </c>
       <c r="H59" s="1" t="inlineStr">
         <is>
-          <t>allamifathil@uomisan.edu.iq</t>
+          <t>hasan_abdulamir@yahoo.com</t>
         </is>
       </c>
       <c r="I59" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J59" s="1" t="inlineStr">
         <is>
-          <t>2021-06-30</t>
+          <t>2021-06-03</t>
         </is>
       </c>
       <c r="K59" s="1" t="inlineStr">
         <is>
-          <t>فلسفة التربية الرياضية</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L59" s="1" t="inlineStr">
         <is>
-          <t>علم نفس رياضي - ملاكمة </t>
+          <t>طب وجراحة العيون</t>
         </is>
       </c>
       <c r="M59" s="1" t="inlineStr">
         <is>
-          <t>اثر برنامج مقترح بكرة المنضدة والريشة الطائرة في تنمية قدرات الادراك الحسي – الحركي لتلاميذ الصف الثاني الابتدائي   </t>
-[...6 lines deleted...]
-      </c>
+          <t>No</t>
+        </is>
+      </c>
+      <c r="N59" s="1"/>
       <c r="O59" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P59" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>342</t>
+          <t>312</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>الاء علي حسين</t>
+          <t>محمد جاسم قاسم</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>alaa ali hussein</t>
+          <t>mohammed jasim Qasim</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ob59167ycn328a0.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1jw295zpb43_sqn.jpeg</t>
         </is>
       </c>
       <c r="E60" s="1" t="inlineStr">
         <is>
-          <t>2021-06-05</t>
+          <t>1982-01-01</t>
         </is>
       </c>
       <c r="F60" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G60" s="1" t="inlineStr">
         <is>
-          <t>07731376281</t>
+          <t>07728493878</t>
         </is>
       </c>
       <c r="H60" s="1" t="inlineStr">
         <is>
-          <t>alaaalihussein@uomisan.edu.iq</t>
+          <t>mohammed_j82@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I60" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J60" s="1" t="inlineStr">
         <is>
-          <t>2021-07-06</t>
+          <t>2021-06-03</t>
         </is>
       </c>
       <c r="K60" s="1" t="inlineStr">
         <is>
-          <t>علوم نفسية وتربوية</t>
+          <t>تقنيات التحليلات المرضية</t>
         </is>
       </c>
       <c r="L60" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس</t>
+          <t>أحياء مجهرية طبية</t>
         </is>
       </c>
       <c r="M60" s="1" t="inlineStr">
         <is>
-          <t>صعوبات تعليم المواد الاجتماعية في مرحلة الدراسة الابتدائية من وجهة نظر معلمي ومعلمات هذة المواد مي ومعلمات هذة المواد </t>
+          <t>Males and Females Affliction with Toxoplasmosis in Kamal Al-Samaraee Hospital</t>
         </is>
       </c>
       <c r="N60" s="1" t="inlineStr">
         <is>
-          <t> لدى طالبات الصف الاول المتوسطاثر انموذجي التعلم البنائي وروثكوف في اكتاب المفاهيم الجغرافيية واستبقائها</t>
+          <t>Antimicrobial and Cytotoxic Activity of Flavipin Produced by Aspergillus terreus and A. flavus, In Vitro Study</t>
         </is>
       </c>
       <c r="O60" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P60" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>647</t>
+          <t>315</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>نضال ماهود محمد شفي</t>
+          <t>اسامة كريم بدن مارد </t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t> Nidhal Mahood Mohammad</t>
+          <t>Ausama Kareem Bdan</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q8d5vr2l6j4hetc.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/lqjr6s3h8ct1mdz.jpeg</t>
         </is>
       </c>
       <c r="E61" s="1" t="inlineStr">
         <is>
-          <t>1969-04-12</t>
+          <t>2021-08-17</t>
         </is>
       </c>
       <c r="F61" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G61" s="1" t="inlineStr">
         <is>
-          <t>07706918488</t>
+          <t>07705856877</t>
         </is>
       </c>
       <c r="H61" s="1" t="inlineStr">
         <is>
-          <t>nidal@uomisan.edu.iq</t>
+          <t>osamakaraam@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I61" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J61" s="1" t="inlineStr">
         <is>
-          <t>2021-07-10</t>
+          <t>2021-06-09</t>
         </is>
       </c>
       <c r="K61" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L61" s="1" t="inlineStr">
         <is>
-          <t>الأدب الأنكليزي /دراما</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M61" s="1" t="inlineStr">
         <is>
-          <t>The  Concept of Alienation in Sam Sheperd s Selected  plays</t>
-[...6 lines deleted...]
-      </c>
+          <t>رقابة السلطة المركزية على الادارة المحلية في الدستور العراقي وقانون المحافظات غير المنتظمة في اقليم</t>
+        </is>
+      </c>
+      <c r="N61" s="1"/>
       <c r="O61" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P61" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>116</t>
+          <t>424</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>اسراء قصي فالح</t>
+          <t> صادق صبيح كريم </t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>Israa Qusay Falih</t>
+          <t>sadeq sabeeh kareem </t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f4v1hwd8e095o6i.jpg</t>
+          <t>uploads/files/jx2a4rgwp05sy6d.jpg</t>
         </is>
       </c>
       <c r="E62" s="1" t="inlineStr">
         <is>
-          <t>2021-03-12</t>
+          <t>1987-10-24</t>
         </is>
       </c>
       <c r="F62" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G62" s="1" t="inlineStr">
         <is>
-          <t>0770000000000</t>
+          <t>07726582018</t>
         </is>
       </c>
       <c r="H62" s="1" t="inlineStr">
         <is>
-          <t>israaqusai@uomisan.edu.iq</t>
+          <t>sas_altti@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I62" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J62" s="1" t="inlineStr">
         <is>
-          <t>2021-07-12</t>
+          <t>2021-06-26</t>
         </is>
       </c>
       <c r="K62" s="1" t="inlineStr">
         <is>
-          <t>Ph.D. in chemistry</t>
+          <t>علوم الحياة </t>
         </is>
       </c>
       <c r="L62" s="1" t="inlineStr">
         <is>
-          <t>Biochemistry</t>
+          <t>تصنيف نبات </t>
         </is>
       </c>
       <c r="M62" s="1" t="inlineStr">
         <is>
-          <t>عزل وتشخيص بعض المركبات الفعالة من ثمار نخل الدوم واستخدامها كمضادات أكسدة ومخفضات لمستويات الدهون في الحيوانات المختبرية </t>
-[...6 lines deleted...]
-      </c>
+          <t>  دراسة تصنيفية لانواع الجنس ‏Minuartia L.(Caryophyllaceae) ‎‏ في العراق</t>
+        </is>
+      </c>
+      <c r="N62" s="1"/>
       <c r="O62" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P62" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>425</t>
+          <t>542</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t> حسنين عباس حسن</t>
+          <t>فاضل باقر مطشر</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t> Hasanain Abbas Hasan</t>
+          <t>Fadhil Baker Mutsher</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vzeg8rwldqbpyjx.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/hxstigl08bjpcrd.jpeg</t>
         </is>
       </c>
       <c r="E63" s="1" t="inlineStr">
         <is>
-          <t>2021-08-28</t>
+          <t>1972-12-14</t>
         </is>
       </c>
       <c r="F63" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G63" s="1" t="inlineStr">
         <is>
-          <t>07705</t>
+          <t>07730090471</t>
         </is>
       </c>
       <c r="H63" s="1" t="inlineStr">
         <is>
-          <t>dr-hasanain@uomisan.edu.iq</t>
+          <t>allamifathil@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I63" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J63" s="1" t="inlineStr">
         <is>
-          <t>2021-07-29</t>
+          <t>2021-06-30</t>
         </is>
       </c>
       <c r="K63" s="1" t="inlineStr">
         <is>
-          <t>Electrical Engineering </t>
+          <t>فلسفة التربية الرياضية</t>
         </is>
       </c>
       <c r="L63" s="1" t="inlineStr">
         <is>
-          <t>Communication Engineering</t>
+          <t>علم نفس رياضي - ملاكمة </t>
         </is>
       </c>
       <c r="M63" s="1" t="inlineStr">
         <is>
-          <t>Quantum Mixed Transform</t>
+          <t>اثر برنامج مقترح بكرة المنضدة والريشة الطائرة في تنمية قدرات الادراك الحسي – الحركي لتلاميذ الصف الثاني الابتدائي   </t>
         </is>
       </c>
       <c r="N63" s="1" t="inlineStr">
         <is>
-          <t>Propagation Model for Nowcasting of HF Communications with Aircraft on Polar Routes</t>
+          <t>عالقة مركز الضبط بأساليب معالجة المعلومات والتحمل  النفسي لالعبي المالكمة</t>
         </is>
       </c>
       <c r="O63" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P63" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>342</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>فائز عبد الحسن جاسم </t>
+          <t>الاء علي حسين</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>Fayez Abdulhassan Jassim</t>
+          <t>alaa ali hussein</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sjvngbmxe30qrda.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ob59167ycn328a0.jpg</t>
         </is>
       </c>
       <c r="E64" s="1" t="inlineStr">
         <is>
-          <t>1967-07-28</t>
+          <t>2021-06-05</t>
         </is>
       </c>
       <c r="F64" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G64" s="1" t="inlineStr">
         <is>
-          <t>07712539266</t>
+          <t>07731376281</t>
         </is>
       </c>
       <c r="H64" s="1" t="inlineStr">
         <is>
-          <t>allamifaez67@yahoo.com</t>
+          <t>alaaalihussein@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I64" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J64" s="1" t="inlineStr">
         <is>
-          <t>2021-08-24</t>
+          <t>2021-07-06</t>
         </is>
       </c>
       <c r="K64" s="1" t="inlineStr">
         <is>
-          <t>محاسبة</t>
+          <t>علوم نفسية وتربوية</t>
         </is>
       </c>
       <c r="L64" s="1" t="inlineStr">
         <is>
-          <t>محاسبة مالية وتدقيق</t>
+          <t>مناهج وطرائق تدريس</t>
         </is>
       </c>
       <c r="M64" s="1" t="inlineStr">
         <is>
-          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
+          <t>صعوبات تعليم المواد الاجتماعية في مرحلة الدراسة الابتدائية من وجهة نظر معلمي ومعلمات هذة المواد مي ومعلمات هذة المواد </t>
         </is>
       </c>
       <c r="N64" s="1" t="inlineStr">
         <is>
-          <t>نموذج مقترح لدور المراجع الخارجي في الكشف والتقرير عن ممارسات إدارة الأرباح باستخدام الشبكات العصبية الإصطناعية وانعكاسه على قرارات المستفيدين - دراسة تطبيقية </t>
+          <t> لدى طالبات الصف الاول المتوسطاثر انموذجي التعلم البنائي وروثكوف في اكتاب المفاهيم الجغرافيية واستبقائها</t>
         </is>
       </c>
       <c r="O64" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P64" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>447</t>
+          <t>647</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>زيدون جواد كاظم</t>
+          <t>نضال ماهود محمد شفي</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>Zaidoon Jawad Kadhim</t>
+          <t> Nidhal Mahood Mohammad</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r2ehbd8w1v9juil.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/q8d5vr2l6j4hetc.jpg</t>
         </is>
       </c>
       <c r="E65" s="1" t="inlineStr">
         <is>
-          <t>1962-03-26</t>
+          <t>1969-04-12</t>
         </is>
       </c>
       <c r="F65" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G65" s="1" t="inlineStr">
         <is>
-          <t>07803398924</t>
+          <t>07706918488</t>
         </is>
       </c>
       <c r="H65" s="1" t="inlineStr">
         <is>
-          <t>zaidoonjwad@uomisan.edu.iq</t>
+          <t>nidal@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I65" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J65" s="1" t="inlineStr">
         <is>
-          <t>2021-09-05</t>
+          <t>2021-07-10</t>
         </is>
       </c>
       <c r="K65" s="1" t="inlineStr">
         <is>
-          <t>كيمياء</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L65" s="1" t="inlineStr">
         <is>
-          <t>كيمياء عضويه</t>
+          <t>الأدب الأنكليزي /دراما</t>
         </is>
       </c>
       <c r="M65" s="1" t="inlineStr">
         <is>
-          <t>Synthesis and Modification of Poly  Maleic Anhydride with Different Mono  Saccharides</t>
-[...2 lines deleted...]
-      <c r="N65" s="1"/>
+          <t>The  Concept of Alienation in Sam Sheperd s Selected  plays</t>
+        </is>
+      </c>
+      <c r="N65" s="1" t="inlineStr">
+        <is>
+          <t>----</t>
+        </is>
+      </c>
       <c r="O65" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P65" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>500</t>
+          <t>116</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الامير عبد النبي </t>
+          <t>اسراء قصي فالح</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Abdul Ameer </t>
+          <t>Israa Qusay Falih</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ejs2x_l6igwmbh1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/f4v1hwd8e095o6i.jpg</t>
         </is>
       </c>
       <c r="E66" s="1" t="inlineStr">
         <is>
-          <t>1968-08-19</t>
+          <t>2021-03-12</t>
         </is>
       </c>
       <c r="F66" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G66" s="1" t="inlineStr">
         <is>
-          <t>+9647724996700</t>
+          <t>0770000000000</t>
         </is>
       </c>
       <c r="H66" s="1" t="inlineStr">
         <is>
-          <t>dr.alhumairi@uomisan.edu.iq</t>
+          <t>israaqusai@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I66" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J66" s="1" t="inlineStr">
         <is>
-          <t>2021-09-05</t>
+          <t>2021-07-12</t>
         </is>
       </c>
       <c r="K66" s="1" t="inlineStr">
         <is>
-          <t>هندسة النفط</t>
+          <t>Ph.D. in chemistry</t>
         </is>
       </c>
       <c r="L66" s="1" t="inlineStr">
         <is>
-          <t>هندسة انتاج النفط</t>
+          <t>Biochemistry</t>
         </is>
       </c>
       <c r="M66" s="1" t="inlineStr">
         <is>
-          <t>Evaluation of Multi Phase Flow Pressure Drop a Cross Production Choke Valve</t>
+          <t>عزل وتشخيص بعض المركبات الفعالة من ثمار نخل الدوم واستخدامها كمضادات أكسدة ومخفضات لمستويات الدهون في الحيوانات المختبرية </t>
         </is>
       </c>
       <c r="N66" s="1" t="inlineStr">
         <is>
-          <t>Experimental Study to Investigate Plugging Of Fracture by Solids Carrier Fluid</t>
+          <t>Preparation of Nano Triblock Copolymer For Desferoxiamine Delivery and Cross Linked Copolymer for Iron overload Disease and study some Biochemistry Parameters</t>
         </is>
       </c>
       <c r="O66" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P66" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>251</t>
+          <t>425</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>وسن قاسم علوان</t>
+          <t> حسنين عباس حسن</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>wasan qasem alowan</t>
+          <t> Hasanain Abbas Hasan</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/59pbat0u31msvxr.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vzeg8rwldqbpyjx.jpg</t>
         </is>
       </c>
       <c r="E67" s="1" t="inlineStr">
         <is>
-          <t>1973-11-23</t>
+          <t>2021-08-28</t>
         </is>
       </c>
       <c r="F67" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G67" s="1" t="inlineStr">
         <is>
-          <t>07705592224</t>
+          <t>07705</t>
         </is>
       </c>
       <c r="H67" s="1" t="inlineStr">
         <is>
-          <t>wasanqaseem@gmail.com</t>
+          <t>dr-hasanain@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I67" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J67" s="1" t="inlineStr">
         <is>
-          <t>2021-09-05</t>
+          <t>2021-07-29</t>
         </is>
       </c>
       <c r="K67" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس العلوم</t>
+          <t>Electrical Engineering </t>
         </is>
       </c>
       <c r="L67" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس علوم حياة</t>
+          <t>Communication Engineering</t>
         </is>
       </c>
       <c r="M67" s="1" t="inlineStr">
         <is>
-          <t>أثر إستخدام إستراتيجية SQ3R التعليمية في التحصيل الآني والاجل لمادة الأحياء للصف الثاني المتوسط</t>
+          <t>Quantum Mixed Transform</t>
         </is>
       </c>
       <c r="N67" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد</t>
+          <t>Propagation Model for Nowcasting of HF Communications with Aircraft on Polar Routes</t>
         </is>
       </c>
       <c r="O67" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P67" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>428</t>
+          <t>122</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t> زهراء عبد الحسين أسماعيل </t>
+          <t>فائز عبد الحسن جاسم </t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>Zahraa Abd Al Hussein Ismail</t>
+          <t>Fayez Abdulhassan Jassim</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iomws1t736f4k_q.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sjvngbmxe30qrda.jpg</t>
         </is>
       </c>
       <c r="E68" s="1" t="inlineStr">
         <is>
-          <t>2020-01-13</t>
+          <t>1967-07-28</t>
         </is>
       </c>
       <c r="F68" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G68" s="1" t="inlineStr">
         <is>
-          <t>07740789845</t>
+          <t>07712539266</t>
         </is>
       </c>
       <c r="H68" s="1" t="inlineStr">
         <is>
-          <t>Zahraaismail@uomisan.edu.iq</t>
+          <t>allamifaez67@yahoo.com</t>
         </is>
       </c>
       <c r="I68" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J68" s="1" t="inlineStr">
         <is>
-          <t>2021-09-19</t>
+          <t>2021-08-24</t>
         </is>
       </c>
       <c r="K68" s="1" t="inlineStr">
         <is>
-          <t>فيزياء</t>
+          <t>محاسبة</t>
         </is>
       </c>
       <c r="L68" s="1" t="inlineStr">
         <is>
-          <t>فيزياء-نووية وبيئية</t>
+          <t>محاسبة مالية وتدقيق</t>
         </is>
       </c>
       <c r="M68" s="1" t="inlineStr">
         <is>
-          <t> قياس تراكيزالرصاص والكادميوم والنيكل والكروم واليورانيوم في تربة بعض مناطق محافظة ميسان</t>
+          <t>مدى التزام مراقبي  الحسابات بالتشريعات المنظمة للمهنة وانعكاسه على جودة الأداء - بحث تطبيقي على عينة من مراقبي الحسابات في العراق</t>
         </is>
       </c>
       <c r="N68" s="1" t="inlineStr">
         <is>
-          <t>تراكيز النويدات الطبيعية والصناعية في نماذج بيئية مختلفة لمدينة العمارة- محافظة ميسان</t>
+          <t>نموذج مقترح لدور المراجع الخارجي في الكشف والتقرير عن ممارسات إدارة الأرباح باستخدام الشبكات العصبية الإصطناعية وانعكاسه على قرارات المستفيدين - دراسة تطبيقية </t>
         </is>
       </c>
       <c r="O68" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P68" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>189</t>
+          <t>447</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>علي جواد جابر </t>
+          <t>زيدون جواد كاظم</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>Ali Jawad Jaber</t>
+          <t>Zaidoon Jawad Kadhim</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nem2fxjgrayl3zv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/r2ehbd8w1v9juil.jpg</t>
         </is>
       </c>
       <c r="E69" s="1" t="inlineStr">
         <is>
-          <t>1980-06-27</t>
+          <t>1962-03-26</t>
         </is>
       </c>
       <c r="F69" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G69" s="1" t="inlineStr">
         <is>
-          <t>07705544996</t>
+          <t>07803398924</t>
         </is>
       </c>
       <c r="H69" s="1" t="inlineStr">
         <is>
-          <t>ali.jwad.jabber@uomisan.edu.iq</t>
+          <t>zaidoonjwad@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I69" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J69" s="1" t="inlineStr">
         <is>
-          <t>2021-09-21</t>
+          <t>2021-09-05</t>
         </is>
       </c>
       <c r="K69" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحه بيطريه</t>
+          <t>كيمياء</t>
         </is>
       </c>
       <c r="L69" s="1" t="inlineStr">
         <is>
-          <t>الاحياء المجهريه /المناعه السريه السرطان</t>
+          <t>كيمياء عضويه</t>
         </is>
       </c>
       <c r="M69" s="1" t="inlineStr">
         <is>
-          <t>Clinical immunology/cancer treatment</t>
-[...6 lines deleted...]
-      </c>
+          <t>Synthesis and Modification of Poly  Maleic Anhydride with Different Mono  Saccharides</t>
+        </is>
+      </c>
+      <c r="N69" s="1"/>
       <c r="O69" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P69" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>729</t>
+          <t>500</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>هادي حسين ماضي</t>
+          <t>محمد عبد الامير عبد النبي </t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>Hadi Hussein Madhi</t>
+          <t>Mohammed Abdul Ameer </t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/74l3h8a_qu9gxn5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ejs2x_l6igwmbh1.jpg</t>
         </is>
       </c>
       <c r="E70" s="1" t="inlineStr">
         <is>
-          <t>1985-01-13</t>
+          <t>1968-08-19</t>
         </is>
       </c>
       <c r="F70" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G70" s="1" t="inlineStr">
         <is>
-          <t>07705584998</t>
+          <t>+9647724996700</t>
         </is>
       </c>
       <c r="H70" s="1" t="inlineStr">
         <is>
-          <t>hadihm8@uomisan.edu.iq</t>
+          <t>dr.alhumairi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I70" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J70" s="1" t="inlineStr">
         <is>
-          <t>2021-09-23</t>
+          <t>2021-09-05</t>
         </is>
       </c>
       <c r="K70" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسوب</t>
+          <t>هندسة النفط</t>
         </is>
       </c>
       <c r="L70" s="1" t="inlineStr">
         <is>
-          <t>تقنيه معلومات</t>
+          <t>هندسة انتاج النفط</t>
         </is>
       </c>
       <c r="M70" s="1" t="inlineStr">
         <is>
-          <t>Towards Secure Multi-Keyword Top-k Retrieval over Encrypted Cloud Data</t>
-[...2 lines deleted...]
-      <c r="N70" s="1"/>
+          <t>Evaluation of Multi Phase Flow Pressure Drop a Cross Production Choke Valve</t>
+        </is>
+      </c>
+      <c r="N70" s="1" t="inlineStr">
+        <is>
+          <t>Experimental Study to Investigate Plugging Of Fracture by Solids Carrier Fluid</t>
+        </is>
+      </c>
       <c r="O70" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P70" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>830</t>
+          <t>251</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>حنون حسن مشكور</t>
+          <t>وسن قاسم علوان</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>Hanoon Hasan Meshkoor</t>
+          <t>wasan qasem alowan</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/7xw13pdi9vl0mzt.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/59pbat0u31msvxr.jpg</t>
         </is>
       </c>
       <c r="E71" s="1" t="inlineStr">
         <is>
-          <t>1963-06-03</t>
+          <t>1973-11-23</t>
         </is>
       </c>
       <c r="F71" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G71" s="1" t="inlineStr">
         <is>
-          <t>+964 771 572 2236</t>
+          <t>07705592224</t>
         </is>
       </c>
       <c r="H71" s="1" t="inlineStr">
         <is>
-          <t>hanoon@uomisan.edu.iq</t>
+          <t>wasanqaseem@gmail.com</t>
         </is>
       </c>
       <c r="I71" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J71" s="1" t="inlineStr">
         <is>
-          <t>2021-10-07</t>
+          <t>2021-09-05</t>
         </is>
       </c>
       <c r="K71" s="1" t="inlineStr">
         <is>
-          <t>كيمياء فيزياوية</t>
+          <t>طرائق تدريس العلوم</t>
         </is>
       </c>
       <c r="L71" s="1" t="inlineStr">
         <is>
-          <t>خطوط انابيب نقل النفط و الغاز</t>
+          <t>طرائق تدريس علوم حياة</t>
         </is>
       </c>
       <c r="M71" s="1" t="inlineStr">
         <is>
-          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
+          <t>أثر إستخدام إستراتيجية SQ3R التعليمية في التحصيل الآني والاجل لمادة الأحياء للصف الثاني المتوسط</t>
         </is>
       </c>
       <c r="N71" s="1" t="inlineStr">
         <is>
-          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
+          <t>لا يوجد</t>
         </is>
       </c>
       <c r="O71" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P71" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>537</t>
+          <t>428</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>حيدر مجيد شويع</t>
+          <t> زهراء عبد الحسين أسماعيل </t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>Haider majeed shuaea</t>
+          <t>Zahraa Abd Al Hussein Ismail</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xlbketo76_dgj3q.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iomws1t736f4k_q.jpg</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
-          <t>2022-02-01</t>
+          <t>2020-01-13</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
-          <t>07705523205</t>
+          <t>07740789845</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
-          <t>Hayder_h@uomisan.edu.iq</t>
+          <t>Zahraaismail@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J72" s="1" t="inlineStr">
         <is>
-          <t>2021-10-12</t>
+          <t>2021-09-19</t>
         </is>
       </c>
       <c r="K72" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>فيزياء</t>
         </is>
       </c>
       <c r="L72" s="1" t="inlineStr">
         <is>
-          <t>طرائق التدريس/ كرة قدم الصالات</t>
+          <t>فيزياء-نووية وبيئية</t>
         </is>
       </c>
       <c r="M72" s="1" t="inlineStr">
         <is>
-          <t>تأثير منهج بالأسلوب التعاوني في تعليم بعض المهارات المغلقة والمفتوحة بكرة القدم</t>
+          <t> قياس تراكيزالرصاص والكادميوم والنيكل والكروم واليورانيوم في تربة بعض مناطق محافظة ميسان</t>
         </is>
       </c>
       <c r="N72" s="1" t="inlineStr">
         <is>
-          <t>تأثير التعليم المتمايز وفق الانشطة المتدرجة والثابتة في التعلم والتحصيل المعرفي لبعض المهارات الخاصة بكرة القدم للصالات للأعمار (15-16) سنة </t>
+          <t>تراكيز النويدات الطبيعية والصناعية في نماذج بيئية مختلفة لمدينة العمارة- محافظة ميسان</t>
         </is>
       </c>
       <c r="O72" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P72" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>639</t>
+          <t>189</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي خلاوي</t>
+          <t>علي جواد جابر </t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Mahdi Khallawi</t>
+          <t>Ali Jawad Jaber</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/3_ucdslkb8mazqv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nem2fxjgrayl3zv.jpg</t>
         </is>
       </c>
       <c r="E73" s="1" t="inlineStr">
         <is>
-          <t>1976-07-01</t>
+          <t>1980-06-27</t>
         </is>
       </c>
       <c r="F73" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G73" s="1" t="inlineStr">
         <is>
-          <t>07705631740</t>
+          <t>07705544996</t>
         </is>
       </c>
       <c r="H73" s="1" t="inlineStr">
         <is>
-          <t>moh.mcm@uomisan.edu.iq</t>
+          <t>ali.jwad.jabber@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I73" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J73" s="1" t="inlineStr">
         <is>
-          <t>2021-11-01</t>
+          <t>2021-09-21</t>
         </is>
       </c>
       <c r="K73" s="1" t="inlineStr">
         <is>
-          <t>الاحياء المجهرية الطبية</t>
+          <t>طب وجراحه بيطريه</t>
         </is>
       </c>
       <c r="L73" s="1" t="inlineStr">
         <is>
-          <t>علم الفايروسات</t>
+          <t>الاحياء المجهريه /المناعه السريه السرطان</t>
         </is>
       </c>
       <c r="M73" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Clinical immunology/cancer treatment</t>
         </is>
       </c>
       <c r="N73" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>Immunomodulation and anticancer activity of soluble Beta glucan in mice.invetro and invivo</t>
         </is>
       </c>
       <c r="O73" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P73" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>760</t>
+          <t>729</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>منتظر حنون داود</t>
+          <t>هادي حسين ماضي</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>Muntadhar Hannoun Dawood</t>
+          <t>Hadi Hussein Madhi</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/jrs4owzxbdvt1km.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/74l3h8a_qu9gxn5.jpg</t>
         </is>
       </c>
       <c r="E74" s="1" t="inlineStr">
         <is>
-          <t>1978-01-01</t>
+          <t>1985-01-13</t>
         </is>
       </c>
       <c r="F74" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G74" s="1" t="inlineStr">
         <is>
-          <t>07735244769</t>
+          <t>07705584998</t>
         </is>
       </c>
       <c r="H74" s="1" t="inlineStr">
         <is>
-          <t>muntadhar_hannoun@uomisan.edu.iq</t>
+          <t>hadihm8@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I74" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J74" s="1" t="inlineStr">
         <is>
-          <t>2021-11-05</t>
+          <t>2021-09-23</t>
         </is>
       </c>
       <c r="K74" s="1" t="inlineStr">
         <is>
-          <t>صيدلة</t>
+          <t>علوم الحاسوب</t>
         </is>
       </c>
       <c r="L74" s="1" t="inlineStr">
         <is>
-          <t>ادوية وسموم</t>
+          <t>تقنيه معلومات</t>
         </is>
       </c>
       <c r="M74" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنة للتوافر البيولوجي لثلاثة منتجات تجارية من أقراص ديكلوفيناك الصوديوم 50 ملغ عن طريق الفم لدى متطوعين أصحاء مع التركيز على الأدوية ذات الجودة الرديئة</t>
-[...6 lines deleted...]
-      </c>
+          <t>Towards Secure Multi-Keyword Top-k Retrieval over Encrypted Cloud Data</t>
+        </is>
+      </c>
+      <c r="N74" s="1"/>
       <c r="O74" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P74" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>484</t>
+          <t>830</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>علي محمد ياسين</t>
+          <t>حنون حسن مشكور</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>Ali Mohammed Yseen</t>
+          <t>Hanoon Hasan Meshkoor</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/p5lfbs2qu0ceti7.jpg</t>
+          <t>uploads/photos/7xw13pdi9vl0mzt.jpeg</t>
         </is>
       </c>
       <c r="E75" s="1" t="inlineStr">
         <is>
-          <t>2016-04-15</t>
+          <t>1963-06-03</t>
         </is>
       </c>
       <c r="F75" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G75" s="1" t="inlineStr">
         <is>
-          <t>07802512426</t>
+          <t>+964 771 572 2236</t>
         </is>
       </c>
       <c r="H75" s="1" t="inlineStr">
         <is>
-          <t>alibasket@uomisan.edu.iq</t>
+          <t>hanoon@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I75" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J75" s="1" t="inlineStr">
         <is>
-          <t>2021-11-15</t>
+          <t>2021-10-07</t>
         </is>
       </c>
       <c r="K75" s="1" t="inlineStr">
         <is>
-          <t>كرة السلة</t>
+          <t>كيمياء فيزياوية</t>
         </is>
       </c>
       <c r="L75" s="1" t="inlineStr">
         <is>
-          <t>التدريب الرياضي</t>
+          <t>خطوط انابيب نقل النفط و الغاز</t>
         </is>
       </c>
       <c r="M75" s="1" t="inlineStr">
         <is>
-          <t>منهج تعليمي وفق تمرينات التوافق وأثره في دقة بعض مهارات كرة السلة وعلاقتها بتركيز الانتباه</t>
+          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
         </is>
       </c>
       <c r="N75" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات مقترحة في تطوير بعض القدرات البدنية الخاصة والمهارات الهجومية المركبة وحالات الهجوم الفردي  للاعبي كرة السلة الشباب  </t>
+          <t>بحث حول العمليات الحرارية والهيدروديناميكية في خطوط أنابيب نقل الغاز الطبيعي</t>
         </is>
       </c>
       <c r="O75" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P75" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>643</t>
+          <t>537</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>رنا علي مهودر داغر </t>
+          <t>حيدر مجيد شويع</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>Rana Ali Mhoodar </t>
+          <t>Haider majeed shuaea</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/nw5xoeh_z4tj0qy.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xlbketo76_dgj3q.jpeg</t>
         </is>
       </c>
       <c r="E76" s="1" t="inlineStr">
         <is>
-          <t>2022-05-15</t>
+          <t>2022-02-01</t>
         </is>
       </c>
       <c r="F76" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G76" s="1" t="inlineStr">
         <is>
-          <t>07714991166</t>
+          <t>07705523205</t>
         </is>
       </c>
       <c r="H76" s="1" t="inlineStr">
         <is>
-          <t>ranaali82@uomisan.edu.iq</t>
+          <t>Hayder_h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I76" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J76" s="1" t="inlineStr">
         <is>
-          <t>2021-12-05</t>
+          <t>2021-10-12</t>
         </is>
       </c>
       <c r="K76" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
       <c r="L76" s="1" t="inlineStr">
         <is>
-          <t>ادب روائي قصصي</t>
+          <t>طرائق التدريس/ كرة قدم الصالات</t>
         </is>
       </c>
       <c r="M76" s="1" t="inlineStr">
         <is>
-          <t>لا يوجد_ نظام الكورسات</t>
+          <t>تأثير منهج بالأسلوب التعاوني في تعليم بعض المهارات المغلقة والمفتوحة بكرة القدم</t>
         </is>
       </c>
       <c r="N76" s="1" t="inlineStr">
         <is>
-          <t>Hybridity, Ambivalence and Identity in Selected Short Stories By Nadine Gordimer and Amaata Aidoo.</t>
+          <t>تأثير التعليم المتمايز وفق الانشطة المتدرجة والثابتة في التعلم والتحصيل المعرفي لبعض المهارات الخاصة بكرة القدم للصالات للأعمار (15-16) سنة </t>
         </is>
       </c>
       <c r="O76" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P76" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>636</t>
+          <t>639</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>الدكتور سالم كاظم عباس خلف </t>
+          <t>محمد مهدي خلاوي</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>Salim Kadhim Abbas</t>
+          <t>Mohammed Mahdi Khallawi</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/pxj1n76kurmfgyo.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/3_ucdslkb8mazqv.jpg</t>
         </is>
       </c>
       <c r="E77" s="1" t="inlineStr">
         <is>
-          <t>1968-12-06</t>
+          <t>1976-07-01</t>
         </is>
       </c>
       <c r="F77" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G77" s="1" t="inlineStr">
         <is>
-          <t>07770847340</t>
+          <t>07705631740</t>
         </is>
       </c>
       <c r="H77" s="1" t="inlineStr">
         <is>
-          <t>salim.k.a@uomisan.edu.iq</t>
+          <t>moh.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I77" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J77" s="1" t="inlineStr">
         <is>
-          <t>2021-12-08</t>
+          <t>2021-11-01</t>
         </is>
       </c>
       <c r="K77" s="1" t="inlineStr">
         <is>
-          <t>  لغة انكليزية</t>
+          <t>الاحياء المجهرية الطبية</t>
         </is>
       </c>
       <c r="L77" s="1" t="inlineStr">
         <is>
-          <t>  أدب انكليزي \ رواية انكليزية وامريكية - نقد - رواية سياسية</t>
-[...2 lines deleted...]
-      <c r="M77" s="1"/>
+          <t>علم الفايروسات</t>
+        </is>
+      </c>
+      <c r="M77" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="N77" s="1" t="inlineStr">
         <is>
-          <t> الترابط البيني للسلطة المطلقة والفساد في روايات إنجليزية حداثوية مختارة كما صورها أورويل وبرادبري</t>
+          <t>0</t>
         </is>
       </c>
       <c r="O77" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P77" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>420</t>
+          <t>760</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>تحسين صدام فندي </t>
+          <t>منتظر حنون داود</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>tahseen Saddam Fandi</t>
+          <t>Muntadhar Hannoun Dawood</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ep0a95z1fcvy3n4.jpeg</t>
+          <t>uploads/photos/jrs4owzxbdvt1km.jpg</t>
         </is>
       </c>
       <c r="E78" s="1" t="inlineStr">
         <is>
-          <t>2021-06-01</t>
+          <t>1978-01-01</t>
         </is>
       </c>
       <c r="F78" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G78" s="1" t="inlineStr">
         <is>
-          <t>07718753675</t>
+          <t>07735244769</t>
         </is>
       </c>
       <c r="H78" s="1" t="inlineStr">
         <is>
-          <t>tahseensaddam@uomisan.edu.iq</t>
+          <t>muntadhar_hannoun@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I78" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J78" s="1" t="inlineStr">
         <is>
-          <t>2021-12-22</t>
+          <t>2021-11-05</t>
         </is>
       </c>
       <c r="K78" s="1" t="inlineStr">
         <is>
-          <t>كيمياء</t>
+          <t>صيدلة</t>
         </is>
       </c>
       <c r="L78" s="1" t="inlineStr">
         <is>
-          <t>كيمياء عضوية</t>
+          <t>ادوية وسموم</t>
         </is>
       </c>
       <c r="M78" s="1" t="inlineStr">
         <is>
-          <t>SYNTHESIS AND CHARECTRAZATION OF SOME β- LCATAMS DERVATIVES FROM 5-PHENYL VALERIC ACID</t>
+          <t>دراسة مقارنة للتوافر البيولوجي لثلاثة منتجات تجارية من أقراص ديكلوفيناك الصوديوم 50 ملغ عن طريق الفم لدى متطوعين أصحاء مع التركيز على الأدوية ذات الجودة الرديئة</t>
         </is>
       </c>
       <c r="N78" s="1" t="inlineStr">
         <is>
-          <t>تحضير ودراسة الفعالية البايلوجية لبعض مركبات 4- ثايازوليدينون 4- ثنائي هايدروبريدين الجديدة , المشتقة من 1</t>
+          <t>آثار إدارة الإنزيم المساعد Q10 على ضغط الدم الانقباضي والانبساطي لدى مرضى ما قبل ارتفاع ضغط الدم</t>
         </is>
       </c>
       <c r="O78" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P78" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>365</t>
+          <t>484</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>ثاني اسمر راضي </t>
+          <t>علي محمد ياسين</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>Thani Asmar Radhi </t>
+          <t>Ali Mohammed Yseen</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fxt_jd7q0lg3yv5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/p5lfbs2qu0ceti7.jpg</t>
         </is>
       </c>
       <c r="E79" s="1" t="inlineStr">
         <is>
-          <t>1986-05-10</t>
+          <t>2016-04-15</t>
         </is>
       </c>
       <c r="F79" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G79" s="1" t="inlineStr">
         <is>
-          <t>07705581672</t>
+          <t>07802512426</t>
         </is>
       </c>
       <c r="H79" s="1" t="inlineStr">
         <is>
-          <t>thaniasmar@uomisan.edu.iq</t>
+          <t>alibasket@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I79" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J79" s="1" t="inlineStr">
         <is>
-          <t>2021-12-27</t>
+          <t>2021-11-15</t>
         </is>
       </c>
       <c r="K79" s="1" t="inlineStr">
         <is>
-          <t>التمريض</t>
+          <t>كرة السلة</t>
         </is>
       </c>
       <c r="L79" s="1" t="inlineStr">
         <is>
-          <t>تمريض صحة البالغين </t>
+          <t>التدريب الرياضي</t>
         </is>
       </c>
       <c r="M79" s="1" t="inlineStr">
         <is>
-          <t>nurses&amp;#39; Intervention  Concerning Care of Fracture  Treated with External or  Internal Fixation in Missan  Governorate Hospitals</t>
-[...2 lines deleted...]
-      <c r="N79" s="1"/>
+          <t>منهج تعليمي وفق تمرينات التوافق وأثره في دقة بعض مهارات كرة السلة وعلاقتها بتركيز الانتباه</t>
+        </is>
+      </c>
+      <c r="N79" s="1" t="inlineStr">
+        <is>
+          <t>تأثير تمرينات مقترحة في تطوير بعض القدرات البدنية الخاصة والمهارات الهجومية المركبة وحالات الهجوم الفردي  للاعبي كرة السلة الشباب  </t>
+        </is>
+      </c>
       <c r="O79" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P79" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>533</t>
+          <t>643</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>عدنان راضي فرج</t>
+          <t>رنا علي مهودر داغر </t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>Adnan Radhi Faraj</t>
+          <t>Rana Ali Mhoodar </t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4zl9xgnj0ami6kq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/nw5xoeh_z4tj0qy.jpg</t>
         </is>
       </c>
       <c r="E80" s="1" t="inlineStr">
         <is>
-          <t>2022-01-01</t>
+          <t>2022-05-15</t>
         </is>
       </c>
       <c r="F80" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G80" s="1" t="inlineStr">
         <is>
-          <t>07705575333</t>
+          <t>07714991166</t>
         </is>
       </c>
       <c r="H80" s="1" t="inlineStr">
         <is>
-          <t>adnan_radi@uomisan.edu.iq</t>
+          <t>ranaali82@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I80" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J80" s="1" t="inlineStr">
         <is>
-          <t>2022-02-02</t>
+          <t>2021-12-05</t>
         </is>
       </c>
       <c r="K80" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L80" s="1" t="inlineStr">
         <is>
-          <t>تأهيل إصابات/كرة القدم الصالات والمفتوحة</t>
+          <t>ادب روائي قصصي</t>
         </is>
       </c>
       <c r="M80" s="1" t="inlineStr">
         <is>
-          <t>تقويم المستوى المعرفي للمدربين في مجال تغذية الرياضيين</t>
+          <t>لا يوجد_ نظام الكورسات</t>
         </is>
       </c>
       <c r="N80" s="1" t="inlineStr">
         <is>
-          <t>مقارنة بعض العضلات العاملة والمضادة بدلالة القوة العضلية والنشاط الكهربائي لمعرفة نسب توقع الإصابات الرياضية للاعبي المفتوحة والصالات بكرة القدم</t>
+          <t>Hybridity, Ambivalence and Identity in Selected Short Stories By Nadine Gordimer and Amaata Aidoo.</t>
         </is>
       </c>
       <c r="O80" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P80" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>944</t>
+          <t>636</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>محمد سالم جاسم الطائي </t>
+          <t>الدكتور سالم كاظم عباس خلف </t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Salim Jasim AL-Taie</t>
+          <t>Salim Kadhim Abbas</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/j5odhk46q82riwt.jpeg</t>
+          <t>uploads/files/pxj1n76kurmfgyo.jpg</t>
         </is>
       </c>
       <c r="E81" s="1" t="inlineStr">
         <is>
-          <t>1972-04-29</t>
+          <t>1968-12-06</t>
         </is>
       </c>
       <c r="F81" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G81" s="1" t="inlineStr">
         <is>
-          <t>009647718291421</t>
+          <t>07770847340</t>
         </is>
       </c>
       <c r="H81" s="1" t="inlineStr">
         <is>
-          <t>mohammed.altaie@uomisan.edu.iq</t>
+          <t>salim.k.a@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I81" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J81" s="1" t="inlineStr">
         <is>
-          <t>2022-02-05</t>
+          <t>2021-12-08</t>
         </is>
       </c>
       <c r="K81" s="1" t="inlineStr">
         <is>
-          <t>فيزياء</t>
+          <t>  لغة انكليزية</t>
         </is>
       </c>
       <c r="L81" s="1" t="inlineStr">
         <is>
-          <t>بصريات لاخطية</t>
-[...6 lines deleted...]
-      </c>
+          <t>  أدب انكليزي \ رواية انكليزية وامريكية - نقد - رواية سياسية</t>
+        </is>
+      </c>
+      <c r="M81" s="1"/>
       <c r="N81" s="1" t="inlineStr">
         <is>
-          <t>توليد الانعزال والاستمرارية الفائقة في ألياف البلورات الفوتونية</t>
+          <t> الترابط البيني للسلطة المطلقة والفساد في روايات إنجليزية حداثوية مختارة كما صورها أورويل وبرادبري</t>
         </is>
       </c>
       <c r="O81" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P81" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>569</t>
+          <t>420</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>علي حسن فليح حسون </t>
+          <t>تحسين صدام فندي </t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>ali hassan falih </t>
+          <t>tahseen Saddam Fandi</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/nujd4zehac36f2p.PNG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ep0a95z1fcvy3n4.jpeg</t>
         </is>
       </c>
       <c r="E82" s="1" t="inlineStr">
         <is>
-          <t>1981-02-10</t>
+          <t>2021-06-01</t>
         </is>
       </c>
       <c r="F82" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G82" s="1" t="inlineStr">
         <is>
-          <t>07705767107</t>
+          <t>07718753675</t>
         </is>
       </c>
       <c r="H82" s="1" t="inlineStr">
         <is>
-          <t>aboodgflh@uomisan.edu.iq</t>
+          <t>tahseensaddam@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I82" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J82" s="1" t="inlineStr">
         <is>
-          <t>2022-02-18</t>
+          <t>2021-12-22</t>
         </is>
       </c>
       <c r="K82" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية وعلوم الرياضة </t>
+          <t>كيمياء</t>
         </is>
       </c>
       <c r="L82" s="1" t="inlineStr">
         <is>
-          <t>تدريب معاقين </t>
+          <t>كيمياء عضوية</t>
         </is>
       </c>
       <c r="M82" s="1" t="inlineStr">
         <is>
-          <t>علي حسن فليح حسون البهادلي </t>
+          <t>SYNTHESIS AND CHARECTRAZATION OF SOME β- LCATAMS DERVATIVES FROM 5-PHENYL VALERIC ACID</t>
         </is>
       </c>
       <c r="N82" s="1" t="inlineStr">
         <is>
-          <t>علي حسن فليح جامعة ميسان كلية التربية </t>
+          <t>تحضير ودراسة الفعالية البايلوجية لبعض مركبات 4- ثايازوليدينون 4- ثنائي هايدروبريدين الجديدة , المشتقة من 1</t>
         </is>
       </c>
       <c r="O82" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P82" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>588</t>
+          <t>365</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>مصطفى سلطان حسين</t>
+          <t>ثاني اسمر راضي </t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>Mostafa s hosen</t>
+          <t>Thani Asmar Radhi </t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7ujals34ixwr_zm.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/fxt_jd7q0lg3yv5.jpg</t>
         </is>
       </c>
       <c r="E83" s="1" t="inlineStr">
         <is>
-          <t>1979-02-16</t>
+          <t>1986-05-10</t>
         </is>
       </c>
       <c r="F83" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G83" s="1" t="inlineStr">
         <is>
-          <t>07716853581</t>
+          <t>07705581672</t>
         </is>
       </c>
       <c r="H83" s="1" t="inlineStr">
         <is>
-          <t>mostafa@uomisan.edu.iq</t>
+          <t>thaniasmar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I83" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J83" s="1" t="inlineStr">
         <is>
-          <t>2022-02-20</t>
+          <t>2021-12-27</t>
         </is>
       </c>
       <c r="K83" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>التمريض</t>
         </is>
       </c>
       <c r="L83" s="1" t="inlineStr">
         <is>
-          <t>تدريب معاقين</t>
+          <t>تمريض صحة البالغين </t>
         </is>
       </c>
       <c r="M83" s="1" t="inlineStr">
         <is>
-          <t>مصطفى العيساوي</t>
-[...6 lines deleted...]
-      </c>
+          <t>nurses&amp;#39; Intervention  Concerning Care of Fracture  Treated with External or  Internal Fixation in Missan  Governorate Hospitals</t>
+        </is>
+      </c>
+      <c r="N83" s="1"/>
       <c r="O83" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P83" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>594</t>
+          <t>533</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>جاسم علي محمد </t>
+          <t>عدنان راضي فرج</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>Jassim Ali Mohammed</t>
+          <t>Adnan Radhi Faraj</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/h6bwt8z5gvcanxo.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/4zl9xgnj0ami6kq.jpg</t>
         </is>
       </c>
       <c r="E84" s="1" t="inlineStr">
         <is>
-          <t>1976-10-22</t>
+          <t>2022-01-01</t>
         </is>
       </c>
       <c r="F84" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G84" s="1" t="inlineStr">
         <is>
-          <t>07700119979</t>
+          <t>07705575333</t>
         </is>
       </c>
       <c r="H84" s="1" t="inlineStr">
         <is>
-          <t>Jassmali@uomisan.edu.iq</t>
+          <t>adnan_radi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I84" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J84" s="1" t="inlineStr">
         <is>
-          <t>2022-02-22</t>
+          <t>2022-02-02</t>
         </is>
       </c>
       <c r="K84" s="1" t="inlineStr">
         <is>
-          <t>فلسفة التربيةالرياضية</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L84" s="1" t="inlineStr">
         <is>
-          <t>الادارة الرياضية</t>
+          <t>تأهيل إصابات/كرة القدم الصالات والمفتوحة</t>
         </is>
       </c>
       <c r="M84" s="1" t="inlineStr">
         <is>
-          <t>دراسة تحليلية لواقع برنامج النشاط الرياضي في منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها </t>
+          <t>تقويم المستوى المعرفي للمدربين في مجال تغذية الرياضيين</t>
         </is>
       </c>
       <c r="N84" s="1" t="inlineStr">
         <is>
-          <t>المعرفة الادارية وعلاقتها بالوعي الشخصي ووفقاً لنافذة جوهاري لمديري منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها</t>
+          <t>مقارنة بعض العضلات العاملة والمضادة بدلالة القوة العضلية والنشاط الكهربائي لمعرفة نسب توقع الإصابات الرياضية للاعبي المفتوحة والصالات بكرة القدم</t>
         </is>
       </c>
       <c r="O84" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P84" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>944</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>علي حسن حرفش</t>
+          <t>محمد سالم جاسم الطائي </t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>Ali Hasan harfash</t>
+          <t>Mohammed Salim Jasim AL-Taie</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/dujcvf1qnp_olk4.jpg</t>
+          <t>uploads/files/j5odhk46q82riwt.jpeg</t>
         </is>
       </c>
       <c r="E85" s="1" t="inlineStr">
         <is>
-          <t>1973-03-29</t>
+          <t>1972-04-29</t>
         </is>
       </c>
       <c r="F85" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G85" s="1" t="inlineStr">
         <is>
-          <t>07705505445</t>
+          <t>009647718291421</t>
         </is>
       </c>
       <c r="H85" s="1" t="inlineStr">
         <is>
-          <t>ali.h.h@uomisan.edu.iq</t>
+          <t>mohammed.altaie@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I85" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J85" s="1" t="inlineStr">
         <is>
-          <t>2022-03-10</t>
+          <t>2022-02-05</t>
         </is>
       </c>
       <c r="K85" s="1" t="inlineStr">
         <is>
-          <t>وقاية نبات</t>
+          <t>فيزياء</t>
         </is>
       </c>
       <c r="L85" s="1" t="inlineStr">
         <is>
-          <t>حشرات</t>
+          <t>بصريات لاخطية</t>
         </is>
       </c>
       <c r="M85" s="1" t="inlineStr">
         <is>
-          <t>دراسة تشخيصية وبيئية لذبابة ثمار القرعيات Dacus frontalis  Becker 1922 Tephritidae ): ( Diptera في بعض مناطق محافظتي البصرة و ميسان</t>
+          <t>دراسة التصرف الحركي لليزرات اشباه الموصلات نوع النقطة الكمية الممتدة</t>
         </is>
       </c>
       <c r="N85" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض الاوجه الحيوية والبيئية لذبابة ثمار الخوخ</t>
+          <t>توليد الانعزال والاستمرارية الفائقة في ألياف البلورات الفوتونية</t>
         </is>
       </c>
       <c r="O85" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P85" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>687</t>
+          <t>569</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>محمد كامل حساني </t>
+          <t>علي حسن فليح حسون </t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Kamil Hassani </t>
+          <t>ali hassan falih </t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/d9s6if7olzprjq4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/nujd4zehac36f2p.PNG</t>
         </is>
       </c>
       <c r="E86" s="1" t="inlineStr">
         <is>
-          <t>1983-09-15</t>
+          <t>1981-02-10</t>
         </is>
       </c>
       <c r="F86" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G86" s="1" t="inlineStr">
         <is>
-          <t>07710893400</t>
+          <t>07705767107</t>
         </is>
       </c>
       <c r="H86" s="1" t="inlineStr">
         <is>
-          <t>mohamedkamel@uomisan.edu.iq</t>
+          <t>aboodgflh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I86" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J86" s="1" t="inlineStr">
         <is>
-          <t>2022-03-14</t>
+          <t>2022-02-18</t>
         </is>
       </c>
       <c r="K86" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة / كلية العلوم </t>
+          <t>تربية بدنية وعلوم الرياضة </t>
         </is>
       </c>
       <c r="L86" s="1" t="inlineStr">
         <is>
-          <t>الانسجة </t>
+          <t>تدريب معاقين </t>
         </is>
       </c>
       <c r="M86" s="1" t="inlineStr">
         <is>
-          <t>Histopathological , Histochemical  and Biochemical aspects on myotoxicity induced by Drug ( Bupivacaine ) in Skeletal muscles of experimental rats males Rattus norvegicus</t>
+          <t>علي حسن فليح حسون البهادلي </t>
         </is>
       </c>
       <c r="N86" s="1" t="inlineStr">
         <is>
-          <t>Role of Arginine against myopathy, neuropathy and histological changes of liver and pancreas in diabetic female rats  Rattus norvegicus</t>
+          <t>علي حسن فليح جامعة ميسان كلية التربية </t>
         </is>
       </c>
       <c r="O86" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P86" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>654</t>
+          <t>588</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>عباس كنبار كوسر</t>
+          <t>مصطفى سلطان حسين</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>Abbas Kinbar Kuser</t>
+          <t>Mostafa s hosen</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_u7jcxslz8496rk.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7ujals34ixwr_zm.jpeg</t>
         </is>
       </c>
       <c r="E87" s="1" t="inlineStr">
         <is>
-          <t>1981-10-18</t>
+          <t>1979-02-16</t>
         </is>
       </c>
       <c r="F87" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G87" s="1" t="inlineStr">
         <is>
-          <t>07716235037</t>
+          <t>07716853581</t>
         </is>
       </c>
       <c r="H87" s="1" t="inlineStr">
         <is>
-          <t>abaskk.mcm@uomisan.edu.iq</t>
+          <t>mostafa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I87" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J87" s="1" t="inlineStr">
         <is>
-          <t>2022-03-17</t>
+          <t>2022-02-20</t>
         </is>
       </c>
       <c r="K87" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L87" s="1" t="inlineStr">
         <is>
-          <t>طب الجملة العصبية</t>
+          <t>تدريب معاقين</t>
         </is>
       </c>
       <c r="M87" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>مصطفى العيساوي</t>
         </is>
       </c>
       <c r="N87" s="1" t="inlineStr">
         <is>
-          <t>value of serum procalcitonin and CRP in differntiation between bacterial and viral meningitis</t>
+          <t>مصطفى سلطان حسين</t>
         </is>
       </c>
       <c r="O87" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P87" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>193</t>
+          <t>594</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>عمر منصب كاصد</t>
+          <t>جاسم علي محمد </t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>Omer Mansib Kassid</t>
+          <t>Jassim Ali Mohammed</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/07cwzysf2_3x6op.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/h6bwt8z5gvcanxo.jpeg</t>
         </is>
       </c>
       <c r="E88" s="1" t="inlineStr">
         <is>
-          <t>1986-11-14</t>
+          <t>1976-10-22</t>
         </is>
       </c>
       <c r="F88" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G88" s="1" t="inlineStr">
         <is>
-          <t>07711121314</t>
+          <t>07700119979</t>
         </is>
       </c>
       <c r="H88" s="1" t="inlineStr">
         <is>
-          <t>omar.mcm@uomisan.edu.iq</t>
+          <t>Jassmali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I88" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J88" s="1" t="inlineStr">
         <is>
-          <t>2022-03-17</t>
+          <t>2022-02-22</t>
         </is>
       </c>
       <c r="K88" s="1" t="inlineStr">
         <is>
-          <t>الطب العام</t>
+          <t>فلسفة التربيةالرياضية</t>
         </is>
       </c>
       <c r="L88" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني</t>
+          <t>الادارة الرياضية</t>
         </is>
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
-          <t>اهلا ومرحبا</t>
+          <t>دراسة تحليلية لواقع برنامج النشاط الرياضي في منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها </t>
         </is>
       </c>
       <c r="N88" s="1" t="inlineStr">
         <is>
-          <t>Blood Eosinophils Count in Hospitalized Patients with Acute Exacerbation of Chronic Obstructive Pulmonary Disease</t>
+          <t>المعرفة الادارية وعلاقتها بالوعي الشخصي ووفقاً لنافذة جوهاري لمديري منتديات الشباب والرياضة في بغداد من وجهة نظر العاملين فيها</t>
         </is>
       </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P88" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>997</t>
+          <t>186</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>امل حسين محيميد</t>
+          <t>علي حسن حرفش</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>Amal Hussein Muhaimid</t>
+          <t>Ali Hasan harfash</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/rsy164wfkxi3beo.png</t>
+          <t>uploads/photos/dujcvf1qnp_olk4.jpg</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>1986-04-12</t>
+          <t>1973-03-29</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>000000000</t>
+          <t>07705505445</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>amal.houssen@uomisan.edu.iq</t>
+          <t>ali.h.h@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>2022-03-29</t>
+          <t>2022-03-10</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>وقاية نبات</t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
-          <t> كيمياء تحليليه</t>
+          <t>حشرات</t>
         </is>
       </c>
       <c r="M89" s="1" t="inlineStr">
         <is>
-          <t>تطوير طرق قياس الطيف الضوئي لتحديد السلفاميثوكسازول والسلفاديازين باستخدام اقتران الأزوت</t>
-[...2 lines deleted...]
-      <c r="N89" s="1"/>
+          <t>دراسة تشخيصية وبيئية لذبابة ثمار القرعيات Dacus frontalis  Becker 1922 Tephritidae ): ( Diptera في بعض مناطق محافظتي البصرة و ميسان</t>
+        </is>
+      </c>
+      <c r="N89" s="1" t="inlineStr">
+        <is>
+          <t>دراسة بعض الاوجه الحيوية والبيئية لذبابة ثمار الخوخ</t>
+        </is>
+      </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>667</t>
+          <t>687</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>هيفاء كاظم محمد</t>
+          <t>محمد كامل حساني </t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>Haifaa Kadhim Mohammed</t>
+          <t>Mohammed Kamil Hassani </t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/bnzyle4r981xf6m.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/d9s6if7olzprjq4.jpg</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>1979-11-09</t>
+          <t>1983-09-15</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>07707352910</t>
+          <t>07710893400</t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
-          <t>haifaa_kadum@uomisan.edu.iq</t>
+          <t>mohamedkamel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
-          <t>2022-04-13</t>
+          <t>2022-03-14</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>علوم الحياة / كلية العلوم </t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الانكليزية</t>
+          <t>الانسجة </t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>EFL STUDENTS&amp;#39; PROBLEMS AND ERRORS IN WRITING GRADUATION PROJECTS</t>
-[...2 lines deleted...]
-      <c r="N90" s="1"/>
+          <t>Histopathological , Histochemical  and Biochemical aspects on myotoxicity induced by Drug ( Bupivacaine ) in Skeletal muscles of experimental rats males Rattus norvegicus</t>
+        </is>
+      </c>
+      <c r="N90" s="1" t="inlineStr">
+        <is>
+          <t>Role of Arginine against myopathy, neuropathy and histological changes of liver and pancreas in diabetic female rats  Rattus norvegicus</t>
+        </is>
+      </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P90" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>624</t>
+          <t>654</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>محمد سلمان محمود </t>
+          <t>عباس كنبار كوسر</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>MOHAMMED SALMAN  MAHMOOD</t>
+          <t>Abbas Kinbar Kuser</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2h_q0rgjonkb3pw.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_u7jcxslz8496rk.jpg</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>2022-02-19</t>
+          <t>1981-10-18</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>07705508641</t>
+          <t>07716235037</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>mohamadlaw@uomisan.edu.iq</t>
+          <t>abaskk.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>2022-05-08</t>
+          <t>2022-03-17</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
-          <t>قانون دولي</t>
+          <t>طب الجملة العصبية</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>“INTERNATIONAL TERRORISM AND ITS IMPACT ON CIVIL FREEDOMS IN IRAQ AFTER 2003: A CRITICAL ANALYSIS OF THE RIGHT TO LIFE ANDPERSONAL SECURITY”</t>
-[...2 lines deleted...]
-      <c r="N91" s="1"/>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N91" s="1" t="inlineStr">
+        <is>
+          <t>value of serum procalcitonin and CRP in differntiation between bacterial and viral meningitis</t>
+        </is>
+      </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P91" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>679</t>
+          <t>193</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>احمد حنون خنجر</t>
+          <t>عمر منصب كاصد</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>AHMAD HANON</t>
+          <t>Omer Mansib Kassid</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tc53fy41m0pqi_v.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/07cwzysf2_3x6op.jpg</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>2022-06-29</t>
+          <t>1986-11-14</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>07705604811</t>
+          <t>07711121314</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>ahmed_hanon@uomisan.edu.iq</t>
+          <t>omar.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>2022-06-09</t>
+          <t>2022-03-17</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>الطب العام</t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t>بايوميكانيك العاب قوى</t>
+          <t>الطب الباطني</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>لمحددات الانثروبومترية والبدنية كمؤشر لانتقاء لاعبي مسابقات الرمي بأعمار ( 14 - 15) سنة بالعاب القوى</t>
+          <t>اهلا ومرحبا</t>
         </is>
       </c>
       <c r="N92" s="1" t="inlineStr">
         <is>
-          <t>علاقة مؤشرات النشاط الكهربائي لأهم العضلات العاملة ببعض المتغيرات البايوكينماتيكية وانجاز فعالية رمي الرمح</t>
+          <t>Blood Eosinophils Count in Hospitalized Patients with Acute Exacerbation of Chronic Obstructive Pulmonary Disease</t>
         </is>
       </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P92" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>169</t>
+          <t>997</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>وجدان فالح حسن</t>
+          <t>امل حسين محيميد</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>Wijdan Falih Hasan</t>
+          <t>Amal Hussein Muhaimid</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w_1gmid49z7t3s2.jpg</t>
+          <t>uploads/files/rsy164wfkxi3beo.png</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>1983-10-28</t>
+          <t>1986-04-12</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>07705593014</t>
+          <t>000000000</t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>Wijdan1983@uomisan.edu.iq</t>
+          <t>amal.houssen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>2022-06-30</t>
+          <t>2022-03-29</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
-          <t>العلاقات الدولية</t>
+          <t> كيمياء تحليلية </t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>نمط ادارة الحكم في العراق واثاره السياسية والاقتصادية للمدة (١٩٢١- ٢٠٠٦)</t>
-[...6 lines deleted...]
-      </c>
+          <t>تطوير طرق قياس الطيف الضوئي لتحديد السلفاميثوكسازول والسلفاديازين باستخدام اقتران الأزوت</t>
+        </is>
+      </c>
+      <c r="N93" s="1"/>
       <c r="O93" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P93" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>682</t>
+          <t>667</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>ضياء سالم حافظ</t>
+          <t>هيفاء كاظم محمد</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>Diha Salem hafidh</t>
+          <t>Haifaa Kadhim Mohammed</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wmavyxi7kt2rps3.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/bnzyle4r981xf6m.jpg</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>2022-07-20</t>
+          <t>1979-11-09</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>07705591947</t>
+          <t>07707352910</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>hayder.k.j@uomisan.edu.iq</t>
+          <t>haifaa_kadum@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
-          <t>2022-07-06</t>
+          <t>2022-04-13</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضيه</t>
+          <t>طرائق تدريس اللغة الانكليزية</t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>تأثير استخدام الألعاب المصغرة على مستوى بعض الأداءات المهارية للاعبى كرة القدم بالعراق</t>
+          <t>EFL STUDENTS&amp;#39; PROBLEMS AND ERRORS IN WRITING GRADUATION PROJECTS</t>
         </is>
       </c>
       <c r="N94" s="1"/>
       <c r="O94" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P94" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>624</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t> محمد عبد درويش</t>
+          <t>محمد سلمان محمود </t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Abed Darweesh</t>
+          <t>MOHAMMED SALMAN  MAHMOOD</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jhbzn_evlyp2g39.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/2h_q0rgjonkb3pw.jpg</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>2016-03-18</t>
+          <t>2022-02-19</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>07712419880</t>
+          <t>07705508641</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>mdrweesh.mcm@uomisan.edu.iq</t>
+          <t>mohamadlaw@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
-          <t>2022-08-18</t>
+          <t>2022-05-08</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
-          <t>طب الاطفال وحديثي الولادة</t>
+          <t>قانون دولي</t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
-          <t> لا توجد</t>
-[...6 lines deleted...]
-      </c>
+          <t>“INTERNATIONAL TERRORISM AND ITS IMPACT ON CIVIL FREEDOMS IN IRAQ AFTER 2003: A CRITICAL ANALYSIS OF THE RIGHT TO LIFE ANDPERSONAL SECURITY”</t>
+        </is>
+      </c>
+      <c r="N95" s="1"/>
       <c r="O95" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P95" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>979</t>
+          <t>679</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>د. طه حسن جاسم </t>
+          <t>احمد حنون خنجر</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>Taha hasan jasim</t>
+          <t>AHMAD HANON</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/iz56brstj173cwa.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tc53fy41m0pqi_v.jpeg</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>1974-07-24</t>
+          <t>2022-06-29</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>07709335882</t>
+          <t>07705604811</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>taha_hassan@uomisan.edu.iq</t>
+          <t>ahmed_hanon@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>2022-08-22</t>
+          <t>2022-06-09</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>صحة عامة </t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
-          <t>علم الأحياء المجهرية وسلامة الأغذية والامراض الانتقالية البيطرية</t>
-[...3 lines deleted...]
-      <c r="N96" s="1"/>
+          <t>بايوميكانيك العاب قوى</t>
+        </is>
+      </c>
+      <c r="M96" s="1" t="inlineStr">
+        <is>
+          <t>لمحددات الانثروبومترية والبدنية كمؤشر لانتقاء لاعبي مسابقات الرمي بأعمار ( 14 - 15) سنة بالعاب القوى</t>
+        </is>
+      </c>
+      <c r="N96" s="1" t="inlineStr">
+        <is>
+          <t>علاقة مؤشرات النشاط الكهربائي لأهم العضلات العاملة ببعض المتغيرات البايوكينماتيكية وانجاز فعالية رمي الرمح</t>
+        </is>
+      </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P96" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>952</t>
+          <t>169</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>ا.م.د زينب عبد الكاظم حسن </t>
+          <t>وجدان فالح حسن</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>Zainab Abdul kadhim</t>
-[...2 lines deleted...]
-      <c r="D97" s="1"/>
+          <t>Wijdan Falih Hasan</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w_1gmid49z7t3s2.jpg</t>
+        </is>
+      </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>2025-07-06</t>
+          <t>1983-10-28</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>/</t>
+          <t>07705593014</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
-          <t>zainab-hassan@uomisan.edu.iq</t>
+          <t>Wijdan1983@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
-          <t>2022-11-03</t>
+          <t>2022-06-30</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>القانون </t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
-          <t>فلسفة القانون العام</t>
+          <t>العلاقات الدولية</t>
         </is>
       </c>
       <c r="M97" s="1" t="inlineStr">
         <is>
-          <t>التناسب بين التجريم والعقاب في قانون ضريبة الدخل</t>
+          <t>نمط ادارة الحكم في العراق واثاره السياسية والاقتصادية للمدة (١٩٢١- ٢٠٠٦)</t>
         </is>
       </c>
       <c r="N97" s="1" t="inlineStr">
         <is>
-          <t>الاصلاح القانوني للتشريعات المالية في العراق </t>
+          <t>اليات التفاعل بين الاقطاب المؤثرة في النظام الدولي : دراسة مستقبلية </t>
         </is>
       </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>795</t>
+          <t>682</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>محمد رزاق محمد</t>
+          <t>ضياء سالم حافظ</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Razzaq Mohammed</t>
+          <t>Diha Salem hafidh</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/r4zo2jn760ma35i.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wmavyxi7kt2rps3.jpg</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>1983-11-01</t>
+          <t>2022-07-20</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>07801116243</t>
+          <t>07705591947</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>mohammedrazzaq14@uomisan.edu.iq</t>
+          <t>hayder.k.j@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2022-11-29</t>
+          <t>2022-07-06</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>هندسة المواد</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>المواد الحيوية</t>
+          <t>تربية رياضيه</t>
         </is>
       </c>
       <c r="M98" s="1" t="inlineStr">
         <is>
-          <t>Effect of Temperature and UV on Some Mechanical Properties of PVC Pipes</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير استخدام الألعاب المصغرة على مستوى بعض الأداءات المهارية للاعبى كرة القدم بالعراق</t>
+        </is>
+      </c>
+      <c r="N98" s="1"/>
       <c r="O98" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>688</t>
+          <t>200</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>مرتضى عباس عبد علي</t>
+          <t> محمد عبد درويش</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>Murtada Abbas Abed Ali</t>
+          <t>Mohammed Abed Darweesh</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vd7ms9xq10rho3u.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/jhbzn_evlyp2g39.jpg</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>1983-02-12</t>
+          <t>2016-03-18</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>07728194966</t>
+          <t>07712419880</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>murtadaa@uomisan.edu.iq</t>
+          <t>mdrweesh.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>2023-01-05</t>
+          <t>2022-08-18</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>انشاءات</t>
+          <t>طب الاطفال وحديثي الولادة</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>تطوير الخرسانة الحاوية على  الياف البولي بروبيلين</t>
+          <t> لا توجد</t>
         </is>
       </c>
       <c r="N99" s="1" t="inlineStr">
         <is>
-          <t>تحري التصرف خلال الزمن والتصرف الميكانيكي للمواد المركبة المصنعة من الخشب المعالج حراريا والبلاستك للأستعمال في المنشأت البحرية</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P99" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>463</t>
+          <t>979</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>محمد خلف جمعة</t>
+          <t>د. طه حسن جاسم </t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Khalaf jumaa</t>
+          <t>Taha hasan jasim</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/punx086zvfg35ds.jpg</t>
+          <t>uploads/files/iz56brstj173cwa.jpg</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>1983-11-10</t>
+          <t>1974-07-24</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>07729245003</t>
+          <t>07709335882</t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>muhammed.kh@uomisan.edu.iq</t>
+          <t>taha_hassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>2023-01-13</t>
+          <t>2022-08-22</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكهربائية و الالكترونية</t>
+          <t>صحة عامة </t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
-          <t>القدرة و المكائن</t>
-[...11 lines deleted...]
-      </c>
+          <t>علم الأحياء المجهرية وسلامة الأغذية والامراض الانتقالية البيطرية</t>
+        </is>
+      </c>
+      <c r="M100" s="1"/>
+      <c r="N100" s="1"/>
       <c r="O100" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P100" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>952</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>نصيف جاسم هادي</t>
+          <t>ا.م.د زينب عبد الكاظم حسن </t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>Nsaif Jasim hadi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zainab Abdul kadhim</t>
+        </is>
+      </c>
+      <c r="D101" s="1"/>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>1983-07-15</t>
+          <t>1992-01-20</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>009647716156138</t>
+          <t>/</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>nsf_jsm@uomisan.edu.iq</t>
+          <t>zainab-hassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
-          <t>2023-01-15</t>
+          <t>2022-11-03</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>هندسة الاتصالات وهندسة الحاسبات</t>
+          <t>القانون </t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
-          <t>هندسة الاتصالات الإلكترونية وهندسة الحاسبات</t>
+          <t>فلسفة القانون العام</t>
         </is>
       </c>
       <c r="M101" s="1" t="inlineStr">
         <is>
-          <t>FPGA Implantation of Matrix Processing Cores</t>
-[...2 lines deleted...]
-      <c r="N101" s="1"/>
+          <t>التناسب بين التجريم والعقاب في قانون ضريبة الدخل</t>
+        </is>
+      </c>
+      <c r="N101" s="1" t="inlineStr">
+        <is>
+          <t>الاصلاح القانوني للتشريعات المالية في العراق </t>
+        </is>
+      </c>
       <c r="O101" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P101" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>114</t>
+          <t>795</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>شيماء ربيع بعنون</t>
+          <t>محمد رزاق محمد</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>Shaymaa Rabeaa Baanoun</t>
-[...2 lines deleted...]
-      <c r="D102" s="1"/>
+          <t>Mohammed Razzaq Mohammed</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/r4zo2jn760ma35i.jpg</t>
+        </is>
+      </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
-          <t>2015-12-08</t>
+          <t>1983-11-01</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G102" s="1" t="inlineStr">
         <is>
-          <t>009647828270929</t>
+          <t>07801116243</t>
         </is>
       </c>
       <c r="H102" s="1" t="inlineStr">
         <is>
-          <t>shimarb@uomisan.edu.iq</t>
+          <t>mohammedrazzaq14@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I102" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J102" s="1" t="inlineStr">
         <is>
-          <t>2023-03-01</t>
+          <t>2022-11-29</t>
         </is>
       </c>
       <c r="K102" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>هندسة المواد</t>
         </is>
       </c>
       <c r="L102" s="1" t="inlineStr">
         <is>
-          <t>بايولوجي جزيئي</t>
+          <t>المواد الحيوية</t>
         </is>
       </c>
       <c r="M102" s="1" t="inlineStr">
         <is>
-          <t>Isolation and Characterization of Restriction Enzymes Bli12 and Bli32 from Bacillus licheniformis in some Iraqi Soils </t>
-[...2 lines deleted...]
-      <c r="N102" s="1"/>
+          <t>Effect of Temperature and UV on Some Mechanical Properties of PVC Pipes</t>
+        </is>
+      </c>
+      <c r="N102" s="1" t="inlineStr">
+        <is>
+          <t>Injectable Composite Biomaterials for Cartilage Tissue Engineering</t>
+        </is>
+      </c>
       <c r="O102" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P102" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>707</t>
+          <t>688</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>لؤي جمعة </t>
+          <t>مرتضى عباس عبد علي</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>loay jomah</t>
+          <t>Murtada Abbas Abed Ali</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vgx5dcj17hm0bow.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vd7ms9xq10rho3u.jpg</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>1979-03-01</t>
+          <t>1983-02-12</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
-          <t>يييي</t>
+          <t>07728194966</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>loay@uomisan.edu.iq</t>
+          <t>murtadaa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I103" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J103" s="1" t="inlineStr">
         <is>
-          <t>2023-03-02</t>
+          <t>2023-01-05</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
-          <t>تاريخ </t>
+          <t>هندسة مدنية</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر </t>
+          <t>انشاءات</t>
         </is>
       </c>
       <c r="M103" s="1" t="inlineStr">
         <is>
-          <t>التاريخ</t>
-[...2 lines deleted...]
-      <c r="N103" s="1"/>
+          <t>تطوير الخرسانة الحاوية على  الياف البولي بروبيلين</t>
+        </is>
+      </c>
+      <c r="N103" s="1" t="inlineStr">
+        <is>
+          <t>تحري التصرف خلال الزمن والتصرف الميكانيكي للمواد المركبة المصنعة من الخشب المعالج حراريا والبلاستك للأستعمال في المنشأت البحرية</t>
+        </is>
+      </c>
       <c r="O103" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P103" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>854</t>
+          <t>463</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>سوزان مهدي فياض </t>
+          <t>محمد خلف جمعة</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>Suzan Mahdi Fayyad</t>
+          <t>Mohammed Khalaf jumaa</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/l0puwrc2715aidj.jpg</t>
+          <t>uploads/photos/punx086zvfg35ds.jpg</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>1985-11-28</t>
+          <t>1983-11-10</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>07722268761</t>
+          <t>07729245003</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
-          <t>Suzanalshmary521@gmail.com</t>
+          <t>muhammed.kh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I104" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J104" s="1" t="inlineStr">
         <is>
-          <t>2023-03-08</t>
+          <t>2023-01-13</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
-          <t>الاعلام / الصحافة </t>
+          <t>الهندسة الكهربائية و الالكترونية</t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>الصحافة الالكترونية </t>
+          <t>القدرة و المكائن</t>
         </is>
       </c>
       <c r="M104" s="1" t="inlineStr">
         <is>
-          <t>التغطية الاخبارية لتظاهرات تشرين في الصحافة الالكترونية العراقية دراسة تحليلية مقارنة في مواقع ( الصباح والزمان وطريق الشعب  ) </t>
-[...2 lines deleted...]
-      <c r="N104" s="1"/>
+          <t>INCREASING OF EFFICIENCY OF ENERGY SYSTEM OF THE INDUSTRIAL COMPLEX BY VOLTAGE REGULATION</t>
+        </is>
+      </c>
+      <c r="N104" s="1" t="inlineStr">
+        <is>
+          <t>FPGA BASED FUZZY LOGIC CONTROLLER FOR MULTICONVERTER IN DC DISTRIBUTED POWER SYSTEMS</t>
+        </is>
+      </c>
       <c r="O104" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P104" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>112</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>سارة عبد الحسين بندر </t>
+          <t>نصيف جاسم هادي</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>Sarah Abdel Hussein Bandar</t>
+          <t>Nsaif Jasim hadi</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/vdi4kzn72se5lfw.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cbjsr2w09fnoeud.jpg</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>1972-02-10</t>
+          <t>1983-07-15</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
-          <t>+9647730888125</t>
+          <t>009647716156138</t>
         </is>
       </c>
       <c r="H105" s="1" t="inlineStr">
         <is>
-          <t>Sara.ab@uomisan.edu.iq</t>
+          <t>nsf_jsm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I105" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J105" s="1" t="inlineStr">
         <is>
-          <t>2023-03-12</t>
+          <t>2023-01-15</t>
         </is>
       </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>احصاء</t>
+          <t>هندسة الاتصالات وهندسة الحاسبات</t>
         </is>
       </c>
       <c r="L105" s="1" t="inlineStr">
         <is>
-          <t>احصاء تطبيقي</t>
+          <t>هندسة الاتصالات الإلكترونية وهندسة الحاسبات</t>
         </is>
       </c>
       <c r="M105" s="1" t="inlineStr">
         <is>
-          <t>استخدام نماذج السلاسل الزمنية والشبكات العصبية للتنبؤ بأسعار الصرف في العراق </t>
-[...6 lines deleted...]
-      </c>
+          <t>FPGA Implantation of Matrix Processing Cores</t>
+        </is>
+      </c>
+      <c r="N105" s="1"/>
       <c r="O105" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P105" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>821</t>
+          <t>114</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>ناصر حكيم طعمة </t>
+          <t>شيماء ربيع بعنون</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>Nasser Hakeem Tu&amp;#39;ma</t>
-[...6 lines deleted...]
-      </c>
+          <t>Shaymaa Rabeaa Baanoun</t>
+        </is>
+      </c>
+      <c r="D106" s="1"/>
       <c r="E106" s="1" t="inlineStr">
         <is>
-          <t>1977-12-20</t>
+          <t>2015-12-08</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G106" s="1" t="inlineStr">
         <is>
-          <t>00964-7710020033</t>
+          <t>009647828270929</t>
         </is>
       </c>
       <c r="H106" s="1" t="inlineStr">
         <is>
-          <t>naserhakeem@uomisan.edu.iq</t>
+          <t>shimarb@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I106" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J106" s="1" t="inlineStr">
         <is>
-          <t>2023-03-15</t>
+          <t>2023-03-01</t>
         </is>
       </c>
       <c r="K106" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدنية </t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L106" s="1" t="inlineStr">
         <is>
-          <t>انشاءات </t>
+          <t>بايولوجي جزيئي</t>
         </is>
       </c>
       <c r="M106" s="1" t="inlineStr">
         <is>
-          <t>التأثير الديناميكي للرياح على مجموعة من الابراج و قبة</t>
-[...6 lines deleted...]
-      </c>
+          <t>Isolation and Characterization of Restriction Enzymes Bli12 and Bli32 from Bacillus licheniformis in some Iraqi Soils </t>
+        </is>
+      </c>
+      <c r="N106" s="1"/>
       <c r="O106" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P106" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>766</t>
+          <t>707</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>نور الدين عبد الكريم جاسم</t>
+          <t>لؤي جمعة </t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>Nooralden Abdulkarem Jasim</t>
+          <t>loay jomah</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/wdz9h5_itv3g2u8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vgx5dcj17hm0bow.jpg</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
-          <t>1985-01-02</t>
+          <t>1979-03-01</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G107" s="1" t="inlineStr">
         <is>
-          <t>09647705531145</t>
+          <t>يييي</t>
         </is>
       </c>
       <c r="H107" s="1" t="inlineStr">
         <is>
-          <t>nooraldeenbio_85@uomisan.edu.iq</t>
+          <t>loay@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I107" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J107" s="1" t="inlineStr">
         <is>
-          <t>2023-04-26</t>
+          <t>2023-03-02</t>
         </is>
       </c>
       <c r="K107" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>تاريخ </t>
         </is>
       </c>
       <c r="L107" s="1" t="inlineStr">
         <is>
-          <t>الاحياء المجهرية</t>
+          <t>تاريخ حديث ومعاصر </t>
         </is>
       </c>
       <c r="M107" s="1" t="inlineStr">
         <is>
-          <t>عزل وتشخيص البكتريا المرافقة لحصى المسالك البولية ودور بكتريا Oxalobacter  formigenes  في اختزال تكوين الحصى </t>
-[...6 lines deleted...]
-      </c>
+          <t>التاريخ</t>
+        </is>
+      </c>
+      <c r="N107" s="1"/>
       <c r="O107" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P107" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>804</t>
+          <t>854</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>محمد حسوني جاسم </t>
+          <t>سوزان مهدي فياض </t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hassoni Jasim</t>
+          <t>Suzan Mahdi Fayyad</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/9elb0_5c8xandur.jpeg</t>
+          <t>uploads/photos/l0puwrc2715aidj.jpg</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
-          <t>1994-07-14</t>
+          <t>1985-11-28</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
-          <t>07710922445</t>
+          <t>07722268761</t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
-          <t>mohammedhasson30@gmial.com</t>
+          <t>Suzanalshmary521@gmail.com</t>
         </is>
       </c>
       <c r="I108" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J108" s="1" t="inlineStr">
         <is>
-          <t>2023-05-24</t>
+          <t>2023-03-08</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
         <is>
-          <t>هندسة اتصالات الحاسوب</t>
+          <t>الاعلام / الصحافة </t>
         </is>
       </c>
       <c r="L108" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء وحاسبات </t>
+          <t>الصحافة الالكترونية </t>
         </is>
       </c>
       <c r="M108" s="1" t="inlineStr">
         <is>
-          <t>التقنيات الحديثة المستخدمة للكشف عن أنشطة الروبوتات داخل الشبكة باستخدام بيانات Netflow و اكتشاف الروبوتات في البيئات الافتراضية</t>
+          <t>التغطية الاخبارية لتظاهرات تشرين في الصحافة الالكترونية العراقية دراسة تحليلية مقارنة في مواقع ( الصباح والزمان وطريق الشعب  ) </t>
         </is>
       </c>
       <c r="N108" s="1"/>
       <c r="O108" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P108" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>767</t>
+          <t>11</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>مناف صباح صالح</t>
+          <t>سارة عبد الحسين بندر </t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>Munaf Sabah Saleh Aal-Aaboda</t>
+          <t>Sarah Abdel Hussein Bandar</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/bo8mwi6_rs4qxgk.jpg</t>
+          <t>uploads/photos/vdi4kzn72se5lfw.jpg</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
-          <t>1985-05-16</t>
+          <t>1972-02-10</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G109" s="1" t="inlineStr">
         <is>
-          <t>07705531115</t>
+          <t>+9647730888125</t>
         </is>
       </c>
       <c r="H109" s="1" t="inlineStr">
         <is>
-          <t>munaf_alaboda@uomisan.edu.iq</t>
+          <t>Sara.ab@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I109" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J109" s="1" t="inlineStr">
         <is>
-          <t>2023-05-31</t>
+          <t>2023-03-12</t>
         </is>
       </c>
       <c r="K109" s="1" t="inlineStr">
         <is>
-          <t>الصيدلة</t>
+          <t>احصاء</t>
         </is>
       </c>
       <c r="L109" s="1" t="inlineStr">
         <is>
-          <t>الأدوية</t>
+          <t>احصاء تطبيقي</t>
         </is>
       </c>
       <c r="M109" s="1" t="inlineStr">
         <is>
-          <t>Glutamate Transporter 1 وCystine-Glutamate Antiporter كأهداف محتملة لتخفيف استهلاك الكحول لدى ذكور الفئران P</t>
-[...2 lines deleted...]
-      <c r="N109" s="1"/>
+          <t>استخدام نماذج السلاسل الزمنية والشبكات العصبية للتنبؤ بأسعار الصرف في العراق </t>
+        </is>
+      </c>
+      <c r="N109" s="1" t="inlineStr">
+        <is>
+          <t>قياس كفاءة مرشحات التحليل المويجي في تحليل السلاسل الزمنية </t>
+        </is>
+      </c>
       <c r="O109" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P109" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>170</t>
+          <t>821</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>علي عباس هاشم </t>
+          <t>ناصر حكيم طعمة </t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>ALI ABBAS HASHIM</t>
+          <t>Nasser Hakeem Tu&amp;#39;ma</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/n_v9wcgb4x0psaf.jpg</t>
+          <t>uploads/photos/qfekclx_61g50th.png</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
-          <t>1981-11-23</t>
+          <t>1977-12-20</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G110" s="1" t="inlineStr">
         <is>
-          <t>07730033899</t>
+          <t>00964-7710020033</t>
         </is>
       </c>
       <c r="H110" s="1" t="inlineStr">
         <is>
-          <t>ali_abbas@uomisan.edu.iq</t>
+          <t>naserhakeem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I110" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J110" s="1" t="inlineStr">
         <is>
-          <t>2023-10-15</t>
+          <t>2023-03-15</t>
         </is>
       </c>
       <c r="K110" s="1" t="inlineStr">
         <is>
-          <t>مكننة زراعيه </t>
+          <t>هندسة مدنية </t>
         </is>
       </c>
       <c r="L110" s="1" t="inlineStr">
         <is>
-          <t>ساحبات وقوى </t>
+          <t>انشاءات </t>
         </is>
       </c>
       <c r="M110" s="1" t="inlineStr">
         <is>
-          <t>تحديد افضل المؤشرات للبذار والزرع المباشر وتوضيحهم </t>
+          <t>التأثير الديناميكي للرياح على مجموعة من الابراج و قبة</t>
         </is>
       </c>
       <c r="N110" s="1" t="inlineStr">
         <is>
-          <t>￼  &amp;#34; تحسين نظام تغذية الوقود لمحركات الغاز والديزل العاملة في المعدات الزراعية  </t>
+          <t>سلوك عتبا ت خرسانة المساحيق الفعالة المسلحة بقضبان الياف البوليمرات المسلحة</t>
         </is>
       </c>
       <c r="O110" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P110" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>481</t>
+          <t>766</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جاسب جاسم</t>
+          <t>نور الدين عبد الكريم جاسم</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Chasib Jasim </t>
+          <t>Nooralden Abdulkarem Jasim</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/veh3ajd9wrxl48m.png</t>
+          <t>uploads/photos/wdz9h5_itv3g2u8.jpg</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>1986-01-01</t>
+          <t>1985-01-02</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
         <is>
-          <t>07727920444</t>
+          <t>09647705531145</t>
         </is>
       </c>
       <c r="H111" s="1" t="inlineStr">
         <is>
-          <t>mustafa-jasim@uomisan.edu.iq</t>
+          <t>nooraldeenbio_85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I111" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J111" s="1" t="inlineStr">
         <is>
-          <t>2023-10-31</t>
+          <t>2023-04-26</t>
         </is>
       </c>
       <c r="K111" s="1" t="inlineStr">
         <is>
-          <t>Civil Engineering</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L111" s="1" t="inlineStr">
         <is>
-          <t>Structural</t>
+          <t>الاحياء المجهرية</t>
         </is>
       </c>
       <c r="M111" s="1" t="inlineStr">
         <is>
-          <t>PREDICTION OF LOAD CARRYING CAPACITY OF REINFORCED CONCRETE DEEP BEAMS WITH AND WITHOUT WEB OPENING USING ARTIFICIAL NEURAL NETWORK</t>
+          <t>عزل وتشخيص البكتريا المرافقة لحصى المسالك البولية ودور بكتريا Oxalobacter  formigenes  في اختزال تكوين الحصى </t>
         </is>
       </c>
       <c r="N111" s="1" t="inlineStr">
         <is>
-          <t>Damage-Tolerant Optimal Design of Structures Subjected to Blast Loading</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O111" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P111" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>804</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>حلمي إبراهيم منشد</t>
+          <t>محمد حسوني جاسم </t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>Helmy Ibraheem Menshad</t>
+          <t>Mohammed Hassoni Jasim</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/0ri7ozylewhuq_5.jpg</t>
+          <t>uploads/photos/9elb0_5c8xandur.jpeg</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>1964-05-27</t>
+          <t>1994-07-14</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G112" s="1" t="inlineStr">
         <is>
-          <t>07705597322</t>
+          <t>07710922445</t>
         </is>
       </c>
       <c r="H112" s="1" t="inlineStr">
         <is>
-          <t>Helmy_IbraheemMenshed@uomisan.adu.iq</t>
+          <t>mohammedhasson30@gmial.com</t>
         </is>
       </c>
       <c r="I112" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J112" s="1" t="inlineStr">
         <is>
-          <t>2023-11-01</t>
+          <t>2023-05-24</t>
         </is>
       </c>
       <c r="K112" s="1" t="inlineStr">
         <is>
-          <t>الإقتصاد</t>
+          <t>هندسة اتصالات الحاسوب</t>
         </is>
       </c>
       <c r="L112" s="1" t="inlineStr">
         <is>
-          <t>النظرية الاقتصادية الكلية، السياسات المالية والنقدية</t>
+          <t>هندسة كهرباء وحاسبات </t>
         </is>
       </c>
       <c r="M112" s="1" t="inlineStr">
         <is>
-          <t>الواقع والآفاق المستقبلية لصناعة الأسمدة الفوسفاتية في بلدان مجلس التعاون العربي</t>
-[...6 lines deleted...]
-      </c>
+          <t>التقنيات الحديثة المستخدمة للكشف عن أنشطة الروبوتات داخل الشبكة باستخدام بيانات Netflow و اكتشاف الروبوتات في البيئات الافتراضية</t>
+        </is>
+      </c>
+      <c r="N112" s="1"/>
       <c r="O112" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P112" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>796</t>
+          <t>767</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>صادق دعير عنيد</t>
+          <t>مناف صباح صالح</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>Sadeq D. Al-Majidi</t>
+          <t>Munaf Sabah Saleh Aal-Aaboda</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/nf6ykmget2_5jch.jpg</t>
+          <t>uploads/photos/bo8mwi6_rs4qxgk.jpg</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>1984-09-08</t>
+          <t>1985-05-16</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G113" s="1" t="inlineStr">
         <is>
-          <t>07728488869</t>
+          <t>07705531115</t>
         </is>
       </c>
       <c r="H113" s="1" t="inlineStr">
         <is>
-          <t>sadeqalmajidi@uomisan.edu.iq</t>
+          <t>munaf_alaboda@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I113" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J113" s="1" t="inlineStr">
         <is>
-          <t>2023-11-08</t>
+          <t>2023-05-31</t>
         </is>
       </c>
       <c r="K113" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهرباء</t>
+          <t>الصيدلة</t>
         </is>
       </c>
       <c r="L113" s="1" t="inlineStr">
         <is>
-          <t>قدرة</t>
+          <t>الأدوية</t>
         </is>
       </c>
       <c r="M113" s="1" t="inlineStr">
         <is>
-          <t>Efficient Maximum Power Point Tracking  Techniques for a Grid-connected  Photovoltaic System using Artificial  Intelligence</t>
-[...6 lines deleted...]
-      </c>
+          <t>Glutamate Transporter 1 وCystine-Glutamate Antiporter كأهداف محتملة لتخفيف استهلاك الكحول لدى ذكور الفئران P</t>
+        </is>
+      </c>
+      <c r="N113" s="1"/>
       <c r="O113" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P113" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>789</t>
+          <t>170</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>فراس جواد كاظم</t>
+          <t>علي عباس هاشم </t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>Firas Jawad Kadhim</t>
+          <t>ALI ABBAS HASHIM</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/9zdetym7wa6253u.jpg</t>
+          <t>uploads/photos/n_v9wcgb4x0psaf.jpg</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>1980-04-03</t>
+          <t>1981-11-23</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G114" s="1" t="inlineStr">
         <is>
-          <t>07737195100</t>
+          <t>07730033899</t>
         </is>
       </c>
       <c r="H114" s="1" t="inlineStr">
         <is>
-          <t>firasjk@uomisan.edu.iq</t>
+          <t>ali_abbas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I114" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J114" s="1" t="inlineStr">
         <is>
-          <t>2024-01-18</t>
+          <t>2023-10-15</t>
         </is>
       </c>
       <c r="K114" s="1" t="inlineStr">
         <is>
-          <t>هتدسة بناء وانشاءات</t>
+          <t>مكننة زراعيه </t>
         </is>
       </c>
       <c r="L114" s="1" t="inlineStr">
         <is>
-          <t>هندسة جيوتكنيك</t>
+          <t>ساحبات وقوى </t>
         </is>
       </c>
       <c r="M114" s="1" t="inlineStr">
         <is>
-          <t>خصائص الانضمام في الترب غير المشبعة</t>
+          <t>تحديد افضل المؤشرات للبذار والزرع المباشر وتوضيحهم </t>
         </is>
       </c>
       <c r="N114" s="1" t="inlineStr">
         <is>
-          <t>Experimental Investigation on the Effect of Biogrouting  by Using Different Calcium Sources on the Improvement  and Performance of Poorly Graded Fine Sand</t>
+          <t>￼  &amp;#34; تحسين نظام تغذية الوقود لمحركات الغاز والديزل العاملة في المعدات الزراعية  </t>
         </is>
       </c>
       <c r="O114" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P114" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>481</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>احمد مالك جمعة </t>
+          <t>مصطفى جاسب جاسم</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Malik Jumaah</t>
+          <t>Mustafa Chasib Jasim </t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/onhjtque2iwk0c9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/veh3ajd9wrxl48m.png</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
-          <t>1985-09-18</t>
+          <t>1986-01-01</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G115" s="1" t="inlineStr">
         <is>
-          <t>07707026066</t>
+          <t>07727920444</t>
         </is>
       </c>
       <c r="H115" s="1" t="inlineStr">
         <is>
-          <t>Ahmed.m@uomisan.edu.iq</t>
+          <t>mustafa-jasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I115" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J115" s="1" t="inlineStr">
         <is>
-          <t>2024-02-25</t>
+          <t>2023-10-31</t>
         </is>
       </c>
       <c r="K115" s="1" t="inlineStr">
         <is>
-          <t>وقاية نبات</t>
+          <t>Civil Engineering</t>
         </is>
       </c>
       <c r="L115" s="1" t="inlineStr">
         <is>
-          <t>امراض نبات - نيماتودا</t>
+          <t>Structural</t>
         </is>
       </c>
       <c r="M115" s="1" t="inlineStr">
         <is>
-          <t>استخدام الزراعة البينية في السيطرة على انتشار فايروس MBYMV بواسطة الذبابة البيضاء على الماش </t>
+          <t>PREDICTION OF LOAD CARRYING CAPACITY OF REINFORCED CONCRETE DEEP BEAMS WITH AND WITHOUT WEB OPENING USING ARTIFICIAL NEURAL NETWORK</t>
         </is>
       </c>
       <c r="N115" s="1" t="inlineStr">
         <is>
-          <t>عزل وتشخیص النیماودا المتطفله علی النبات فی محافظه میسان جنوب شرق العراق</t>
+          <t>Damage-Tolerant Optimal Design of Structures Subjected to Blast Loading</t>
         </is>
       </c>
       <c r="O115" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P115" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>136</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>اسماء جاسم حرفش </t>
+          <t>حلمي إبراهيم منشد</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>Asmaa Jasim Harfash</t>
+          <t>Helmy Ibraheem Menshad</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/yqnm37l_b1tg69z.jpg</t>
+          <t>uploads/files/0ri7ozylewhuq_5.jpg</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>1974-12-14</t>
+          <t>1964-05-27</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G116" s="1" t="inlineStr">
         <is>
-          <t>07802763093</t>
+          <t>07705597322</t>
         </is>
       </c>
       <c r="H116" s="1" t="inlineStr">
         <is>
-          <t>assmaj1974@uomisan.edu.iq</t>
+          <t>Helmy_IbraheemMenshed@uomisan.adu.iq</t>
         </is>
       </c>
       <c r="I116" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J116" s="1" t="inlineStr">
         <is>
-          <t>2024-03-24</t>
+          <t>2023-11-01</t>
         </is>
       </c>
       <c r="K116" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>الإقتصاد</t>
         </is>
       </c>
       <c r="L116" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>النظرية الاقتصادية الكلية، السياسات المالية والنقدية</t>
         </is>
       </c>
       <c r="M116" s="1" t="inlineStr">
         <is>
-          <t>اساليب فروقات محددة جديدة متضمنة صيغ النقاط الخمس لحل معادلة الانتقال ثنائية البعد</t>
+          <t>الواقع والآفاق المستقبلية لصناعة الأسمدة الفوسفاتية في بلدان مجلس التعاون العربي</t>
         </is>
       </c>
       <c r="N116" s="1" t="inlineStr">
         <is>
-          <t>New analytical formulas for the analysis and simulation of incompressible flow problems</t>
+          <t>تحليل وقياس ظاهرة العجز المزدوج في مصر وتونس والمغرب للمدة (1975-2000) </t>
         </is>
       </c>
       <c r="O116" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P116" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>167</t>
+          <t>796</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>ليث صبار جابر كويطع الكعبي</t>
+          <t>صادق دعير عنيد</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>Laith Sabbar Jaber</t>
+          <t>Sadeq D. Al-Majidi</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/6szpwkmioq13uv0.jpg</t>
+          <t>uploads/photos/nf6ykmget2_5jch.jpg</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
-          <t>1987-03-19</t>
+          <t>1984-09-08</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G117" s="1" t="inlineStr">
         <is>
-          <t>07710893055</t>
+          <t>07728488869</t>
         </is>
       </c>
       <c r="H117" s="1" t="inlineStr">
         <is>
-          <t>leith_sabar@uomisan.edu.iq</t>
+          <t>sadeqalmajidi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I117" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J117" s="1" t="inlineStr">
         <is>
-          <t>2024-04-02</t>
+          <t>2023-11-08</t>
         </is>
       </c>
       <c r="K117" s="1" t="inlineStr">
         <is>
-          <t>الاعلام </t>
+          <t>هندسة كهرباء</t>
         </is>
       </c>
       <c r="L117" s="1" t="inlineStr">
         <is>
-          <t>العلاقات العامة</t>
+          <t>قدرة</t>
         </is>
       </c>
       <c r="M117" s="1" t="inlineStr">
         <is>
-          <t>دور العلاقات العامة في الترويج لمشروع ضم الاهوار والمواقع الأثرية إلى لائحة التراث العالمي </t>
+          <t>Efficient Maximum Power Point Tracking  Techniques for a Grid-connected  Photovoltaic System using Artificial  Intelligence</t>
         </is>
       </c>
       <c r="N117" s="1" t="inlineStr">
         <is>
-          <t>توظيف برامج العلاقات العامة في تشكيل اتجاهات الرأي العام أزاء الممارسات الديمقراطية في العراق</t>
+          <t>Efficient Maximum Power Point Tracking  Techniques for a Grid-connected  Photovoltaic System using Artificial  Intelligence</t>
         </is>
       </c>
       <c r="O117" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P117" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>678</t>
+          <t>789</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>عباس طه حسين</t>
+          <t>فراس جواد كاظم</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>Abbas Taha Hussein </t>
+          <t>Firas Jawad Kadhim</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7rxohseuwgp8v6n.jpeg</t>
+          <t>uploads/photos/9zdetym7wa6253u.jpg</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>1983-05-28</t>
+          <t>1980-04-03</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G118" s="1" t="inlineStr">
         <is>
-          <t>07705549458</t>
+          <t>07737195100</t>
         </is>
       </c>
       <c r="H118" s="1" t="inlineStr">
         <is>
-          <t>Abbas_taha@uomisan.edu.iq</t>
+          <t>firasjk@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I118" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J118" s="1" t="inlineStr">
         <is>
-          <t>2024-05-13</t>
+          <t>2024-01-18</t>
         </is>
       </c>
       <c r="K118" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>هتدسة بناء وانشاءات</t>
         </is>
       </c>
       <c r="L118" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس/ كرة اليد</t>
+          <t>هندسة جيوتكنيك</t>
         </is>
       </c>
       <c r="M118" s="1" t="inlineStr">
         <is>
-          <t>نظام مقررات</t>
-[...2 lines deleted...]
-      <c r="N118" s="1"/>
+          <t>خصائص الانضمام في الترب غير المشبعة</t>
+        </is>
+      </c>
+      <c r="N118" s="1" t="inlineStr">
+        <is>
+          <t>Experimental Investigation on the Effect of Biogrouting  by Using Different Calcium Sources on the Improvement  and Performance of Poorly Graded Fine Sand</t>
+        </is>
+      </c>
       <c r="O118" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P118" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>236</t>
+          <t>175</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>سامي عطيه سيد </t>
+          <t>احمد مالك جمعة </t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>Sami Atiyah Sayyid </t>
+          <t>Ahmed Malik Jumaah</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7enp_u1xfi5g9jq.jpg</t>
+          <t>uploads/photos/onhjtque2iwk0c9.jpg</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>1977-03-02</t>
+          <t>1985-09-18</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G119" s="1" t="inlineStr">
         <is>
-          <t>07705574669</t>
+          <t>07707026066</t>
         </is>
       </c>
       <c r="H119" s="1" t="inlineStr">
         <is>
-          <t>sami@uomisan.edu.iq</t>
+          <t>Ahmed.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I119" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J119" s="1" t="inlineStr">
         <is>
-          <t>2024-06-02</t>
+          <t>2024-02-25</t>
         </is>
       </c>
       <c r="K119" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>وقاية نبات</t>
         </is>
       </c>
       <c r="L119" s="1" t="inlineStr">
         <is>
-          <t>احصاء</t>
+          <t>امراض نبات - نيماتودا</t>
         </is>
       </c>
       <c r="M119" s="1" t="inlineStr">
         <is>
-          <t>( Statistic methods of programming as exemplified in the relation between the blood systolic pressure and the cholesterol level , age and other parameters in the central district of AL-Amarah city (Iraq)</t>
-[...2 lines deleted...]
-      <c r="N119" s="1"/>
+          <t>استخدام الزراعة البينية في السيطرة على انتشار فايروس MBYMV بواسطة الذبابة البيضاء على الماش </t>
+        </is>
+      </c>
+      <c r="N119" s="1" t="inlineStr">
+        <is>
+          <t>عزل وتشخیص النیماودا المتطفله علی النبات فی محافظه میسان جنوب شرق العراق</t>
+        </is>
+      </c>
       <c r="O119" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P119" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>270</t>
+          <t>10</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>لطيف جبار فرحان</t>
+          <t>اسماء جاسم حرفش </t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>latif Jabbar farhan</t>
+          <t>Asmaa Jasim Harfash</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/1fs2tdlm479qvw0.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/yqnm37l_b1tg69z.jpg</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>1968-07-01</t>
+          <t>1974-12-14</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
-          <t>07811523929</t>
+          <t>07802763093</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
-          <t>ltyfjbar86@gmail.com</t>
+          <t>assmaj1974@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>2024-06-30</t>
+          <t>2024-03-24</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
-          <t>جغرافيا</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>علم اشكال سطح الارض / الجيومورفولوجي</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
-          <t>كورسات</t>
+          <t>اساليب فروقات محددة جديدة متضمنة صيغ النقاط الخمس لحل معادلة الانتقال ثنائية البعد</t>
         </is>
       </c>
       <c r="N120" s="1" t="inlineStr">
         <is>
-          <t>تقدير حجم التعرية والجريان السطحي لأحواض وديان منطقة الجنى شمال شرق محافظة ميسان</t>
+          <t>New analytical formulas for the analysis and simulation of incompressible flow problems</t>
         </is>
       </c>
       <c r="O120" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P120" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>310</t>
+          <t>167</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>سارة طعمة رزاق</t>
+          <t>ليث صبار جابر كويطع الكعبي</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>Sarah Tuama Razzaq</t>
+          <t>Laith Sabbar Jaber</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rmzqfw7nkxcpd46.JPG</t>
+          <t>uploads/photos/6szpwkmioq13uv0.jpg</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
-          <t>1984-06-16</t>
+          <t>1987-03-19</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G121" s="1" t="inlineStr">
         <is>
-          <t>+9647712416198</t>
+          <t>07710893055</t>
         </is>
       </c>
       <c r="H121" s="1" t="inlineStr">
         <is>
-          <t>saraalsaray@uomisan.edu.iq</t>
+          <t>leith_sabar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I121" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J121" s="1" t="inlineStr">
         <is>
-          <t>2024-06-30</t>
+          <t>2024-04-02</t>
         </is>
       </c>
       <c r="K121" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>الاعلام </t>
         </is>
       </c>
       <c r="L121" s="1" t="inlineStr">
         <is>
-          <t>علم الأجنة والأنسجة</t>
+          <t>العلاقات العامة</t>
         </is>
       </c>
       <c r="M121" s="1" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="N121" s="1"/>
+          <t>دور العلاقات العامة في الترويج لمشروع ضم الاهوار والمواقع الأثرية إلى لائحة التراث العالمي </t>
+        </is>
+      </c>
+      <c r="N121" s="1" t="inlineStr">
+        <is>
+          <t>توظيف برامج العلاقات العامة في تشكيل اتجاهات الرأي العام أزاء الممارسات الديمقراطية في العراق</t>
+        </is>
+      </c>
       <c r="O121" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P121" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>381</t>
+          <t>678</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>أسوان صابر ماجد</t>
+          <t>عباس طه حسين</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>Aswan Saber Majeed</t>
+          <t>Abbas Taha Hussein </t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_4lfdnt1gwmxhr2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7rxohseuwgp8v6n.jpeg</t>
         </is>
       </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
-          <t>1979-07-02</t>
+          <t>1983-05-28</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G122" s="1" t="inlineStr">
         <is>
-          <t>07705552238</t>
+          <t>07705549458</t>
         </is>
       </c>
       <c r="H122" s="1" t="inlineStr">
         <is>
-          <t>aswan_saber_majed@uomisan.edu.iq</t>
+          <t>Abbas_taha@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I122" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J122" s="1" t="inlineStr">
         <is>
-          <t>2024-07-08</t>
+          <t>2024-05-13</t>
         </is>
       </c>
       <c r="K122" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L122" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الراضيات</t>
+          <t>طرائق تدريس/ كرة اليد</t>
         </is>
       </c>
       <c r="M122" s="1" t="inlineStr">
         <is>
-          <t>القوة الراضية وعلاقتها بالاداء التدريسي للطلبة المطبقين في كليات التربية الاساسية</t>
-[...6 lines deleted...]
-      </c>
+          <t>نظام مقررات</t>
+        </is>
+      </c>
+      <c r="N122" s="1"/>
       <c r="O122" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P122" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>758</t>
+          <t>236</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>محمد طالب جاسم</t>
+          <t>سامي عطيه سيد </t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Talib Jasim</t>
+          <t>Sami Atiyah Sayyid </t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/ql9hscao_t5187n.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7enp_u1xfi5g9jq.jpg</t>
         </is>
       </c>
       <c r="E123" s="1" t="inlineStr">
         <is>
-          <t>2023-10-14</t>
+          <t>1977-03-02</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G123" s="1" t="inlineStr">
         <is>
-          <t>07719938989</t>
+          <t>07705574669</t>
         </is>
       </c>
       <c r="H123" s="1" t="inlineStr">
         <is>
-          <t>dr.mohammed_talib@uomisan.edu.iq</t>
+          <t>sami@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I123" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J123" s="1" t="inlineStr">
         <is>
-          <t>2024-08-27</t>
+          <t>2024-06-02</t>
         </is>
       </c>
       <c r="K123" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L123" s="1" t="inlineStr">
         <is>
-          <t>Biotechnology</t>
+          <t>احصاء</t>
         </is>
       </c>
       <c r="M123" s="1" t="inlineStr">
         <is>
-          <t>A Maternal Low Glycemic Index Diet for  Improving Neonatal Metabolic Outcomes</t>
-[...6 lines deleted...]
-      </c>
+          <t>( Statistic methods of programming as exemplified in the relation between the blood systolic pressure and the cholesterol level , age and other parameters in the central district of AL-Amarah city (Iraq)</t>
+        </is>
+      </c>
+      <c r="N123" s="1"/>
       <c r="O123" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P123" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>926</t>
+          <t>270</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>يحيى عاجب عوده</t>
+          <t>لطيف جبار فرحان</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t>Yahya Ajib Oudeh</t>
+          <t>latif Jabbar farhan</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/fvt6r19aehb3z8g.jpg</t>
+          <t>uploads/photos/1fs2tdlm479qvw0.jpg</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>1989-07-15</t>
+          <t>1968-07-01</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
         <is>
-          <t>07700062088</t>
+          <t>07811523929</t>
         </is>
       </c>
       <c r="H124" s="1" t="inlineStr">
         <is>
-          <t>Yahya.ajjb@uomisan.edu.iq</t>
+          <t>ltyfjbar86@gmail.com</t>
         </is>
       </c>
       <c r="I124" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J124" s="1" t="inlineStr">
         <is>
-          <t>2024-11-03</t>
+          <t>2024-06-30</t>
         </is>
       </c>
       <c r="K124" s="1" t="inlineStr">
         <is>
-          <t>علوم التربة والموارد المائية</t>
+          <t>جغرافيا</t>
         </is>
       </c>
       <c r="L124" s="1" t="inlineStr">
         <is>
-          <t>فيزياء التربة</t>
+          <t>علم اشكال سطح الارض / الجيومورفولوجي</t>
         </is>
       </c>
       <c r="M124" s="1" t="inlineStr">
         <is>
-          <t>تأثير إضافة المحسنات و المستويات الرطوبية في الخصائص الفيزيائية للتربة الطينية و كفاءة استعمال الماء لمحصول الذرة الصفراء (Zea mays L.) تحت نظامي الري بالتنقيط و السيحي</t>
+          <t>كورسات</t>
         </is>
       </c>
       <c r="N124" s="1" t="inlineStr">
         <is>
-          <t>استخدام اسلوبين مختلفين لإضافة ماء الري لاختبار فعالية تكنولوجيا SWRT ولمعاملات إدارة تربة مختلفة وأثر ذلك في نمو وحاصل الذرة الصفراء Zea mays L.</t>
+          <t>تقدير حجم التعرية والجريان السطحي لأحواض وديان منطقة الجنى شمال شرق محافظة ميسان</t>
         </is>
       </c>
       <c r="O124" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P124" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>477</t>
+          <t>310</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>ميس كريم جبار </t>
+          <t>سارة طعمة رزاق</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>Mays Kareem Jabbar </t>
+          <t>Sarah Tuama Razzaq</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5ps0j3y_w61rquz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rmzqfw7nkxcpd46.JPG</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>1985-12-01</t>
+          <t>1984-06-16</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
         <is>
-          <t>07705512312</t>
+          <t>+9647712416198</t>
         </is>
       </c>
       <c r="H125" s="1" t="inlineStr">
         <is>
-          <t>m_mays85@uomisan.edu.iq</t>
+          <t>saraalsaray@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I125" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J125" s="1" t="inlineStr">
         <is>
-          <t>2024-11-14</t>
+          <t>2024-06-30</t>
         </is>
       </c>
       <c r="K125" s="1" t="inlineStr">
         <is>
-          <t>هندسة حاسبات</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L125" s="1" t="inlineStr">
         <is>
-          <t>هندسة الحاسبات والاتصالات</t>
+          <t>علم الأجنة والأنسجة</t>
         </is>
       </c>
       <c r="M125" s="1" t="inlineStr">
         <is>
-          <t>An Efficient Handoff Scheme for WiMAX Networks with Load Balancing</t>
-[...6 lines deleted...]
-      </c>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="N125" s="1"/>
       <c r="O125" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P125" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>364</t>
+          <t>381</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>فرحان جاسم محمد</t>
+          <t>أسوان صابر ماجد</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>Farhan Jasim Mohammed </t>
+          <t>Aswan Saber Majeed</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/a764b_goil9hdfz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_4lfdnt1gwmxhr2.jpg</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
-          <t>1973-07-01</t>
+          <t>1979-07-02</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
         <is>
-          <t>07715315352</t>
+          <t>07705552238</t>
         </is>
       </c>
       <c r="H126" s="1" t="inlineStr">
         <is>
-          <t>farhanalhakim@uomisan.edu.iq</t>
+          <t>aswan_saber_majed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I126" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J126" s="1" t="inlineStr">
         <is>
-          <t>2024-12-04</t>
+          <t>2024-07-08</t>
         </is>
       </c>
       <c r="K126" s="1" t="inlineStr">
         <is>
-          <t>وقاية النبات</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L126" s="1" t="inlineStr">
         <is>
-          <t>حشرات</t>
+          <t>طرائق تدريس الراضيات</t>
         </is>
       </c>
       <c r="M126" s="1" t="inlineStr">
         <is>
-          <t> ( بيئة وحياتية حشرة حفار أوراق أوراق الطما Tuta absoluta Meyrick Lepidoptera:Gelechiidae    ومكافحتها في محافظتي البصرة وميسان</t>
+          <t>القوة الراضية وعلاقتها بالاداء التدريسي للطلبة المطبقين في كليات التربية الاساسية</t>
         </is>
       </c>
       <c r="N126" s="1" t="inlineStr">
         <is>
-          <t>Studies of Non-Chemical Strategies for Postharvest Management of Mediterranean Fruit Fly (Ceratitis capitata)</t>
+          <t>فاعلبة برنامج تدريبي قائم على بعض استراتيجيات التعلم المنظم ذاتيا لمعلمي الرياضيات وأثره في الرياضيات العلاقية لديهم والتحصيل لتلامذتهم</t>
         </is>
       </c>
       <c r="O126" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P126" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>758</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>عقيل عبدالواحد قاسم </t>
+          <t>محمد طالب جاسم</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>Akeel Abdul Wahid Qasim</t>
+          <t>Mohammed Talib Jasim</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/546nbdcmr0hy18t.jpg</t>
+          <t>uploads/photos/ql9hscao_t5187n.jpg</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>1971-11-06</t>
+          <t>2023-10-14</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
-          <t>07710944916</t>
+          <t>07719938989</t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>Akeelmath@uomisan.edu.iq</t>
+          <t>dr.mohammed_talib@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I127" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J127" s="1" t="inlineStr">
         <is>
-          <t>2024-12-08</t>
+          <t>2024-08-27</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>العلوم</t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>التحليل العددي  </t>
+          <t>Biotechnology</t>
         </is>
       </c>
       <c r="M127" s="1" t="inlineStr">
         <is>
-          <t>B-spline Weighted Residual Methods For Solving Modified Equal Width Wave Problem</t>
+          <t>A Maternal Low Glycemic Index Diet for  Improving Neonatal Metabolic Outcomes</t>
         </is>
       </c>
       <c r="N127" s="1" t="inlineStr">
         <is>
-          <t>Numerical Solutions of Time-Fractional Burger&amp;#39;s Equation by Using B-Spline Finite Elements</t>
+          <t>Identification of genes responsible for ochratoxin-A  biodegradation by Cupriavidus basilensis ŐR16 and  valuation of Cupriavidus genus for mycotoxins  biodegradation potential</t>
         </is>
       </c>
       <c r="O127" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P127" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>380</t>
+          <t>926</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>احمد اسماعيل محمد </t>
+          <t>يحيى عاجب عوده</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Ismail Mohammed</t>
+          <t>Yahya Ajib Oudeh</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v8ze62axbip37rf.jpeg</t>
+          <t>uploads/photos/fvt6r19aehb3z8g.jpg</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>1978-11-05</t>
+          <t>1989-07-15</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٥٣٧٧٧٩</t>
+          <t>07700062088</t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>ahmedismailmath78@gmail.com</t>
+          <t>Yahya.ajjb@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I128" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J128" s="1" t="inlineStr">
         <is>
-          <t>2024-12-22</t>
+          <t>2024-11-03</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
-          <t>رياضيات</t>
+          <t>علوم التربة والموارد المائية</t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t> علوم الرياضيات</t>
+          <t>فيزياء التربة</t>
         </is>
       </c>
       <c r="M128" s="1" t="inlineStr">
         <is>
-          <t>Solvabilty of som nonliner partial differential equations </t>
+          <t>تأثير إضافة المحسنات و المستويات الرطوبية في الخصائص الفيزيائية للتربة الطينية و كفاءة استعمال الماء لمحصول الذرة الصفراء (Zea mays L.) تحت نظامي الري بالتنقيط و السيحي</t>
         </is>
       </c>
       <c r="N128" s="1" t="inlineStr">
         <is>
-          <t>Characterization of m th   Order P-Self Semi Homogeneous System of Difference Equations</t>
+          <t>استخدام اسلوبين مختلفين لإضافة ماء الري لاختبار فعالية تكنولوجيا SWRT ولمعاملات إدارة تربة مختلفة وأثر ذلك في نمو وحاصل الذرة الصفراء Zea mays L.</t>
         </is>
       </c>
       <c r="O128" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P128" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>359</t>
+          <t>477</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>زيدون طارق هاشم</t>
+          <t>ميس كريم جبار </t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>Zaidon Al-aqbi</t>
+          <t>Mays Kareem Jabbar </t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/plx_v3ais5ubyc2.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5ps0j3y_w61rquz.jpg</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>1988-01-17</t>
+          <t>1985-12-01</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
-          <t>07711509044</t>
+          <t>07705512312</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
-          <t>zaidon.alaqbi@uomisan.edu.iq</t>
+          <t>m_mays85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J129" s="1" t="inlineStr">
         <is>
-          <t>2024-12-30</t>
+          <t>2024-11-14</t>
         </is>
       </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
-          <t>علوم الكيمياء </t>
+          <t>هندسة حاسبات</t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>كيمياء تحليلية</t>
+          <t>هندسة الحاسبات والاتصالات</t>
         </is>
       </c>
       <c r="M129" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>An Efficient Handoff Scheme for WiMAX Networks with Load Balancing</t>
         </is>
       </c>
       <c r="N129" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>HyperGraph Based Stable Clustering in VANET</t>
         </is>
       </c>
       <c r="O129" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>764</t>
+          <t>364</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t> وداد علي عبد سلمان </t>
+          <t>فرحان جاسم محمد</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>Widad Ali Abed Salman </t>
+          <t>Farhan Jasim Mohammed </t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/4j3enuzf8_9obwi.jpg</t>
+          <t>uploads/photos/a764b_goil9hdfz.jpg</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>2023-03-21</t>
+          <t>1973-07-01</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
-          <t>07705529523</t>
+          <t>07715315352</t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
-          <t>widad84ss@uomisan.edu.iq</t>
+          <t>farhanalhakim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I130" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J130" s="1" t="inlineStr">
         <is>
-          <t>2025-02-18</t>
+          <t>2024-12-04</t>
         </is>
       </c>
       <c r="K130" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>وقاية النبات</t>
         </is>
       </c>
       <c r="L130" s="1" t="inlineStr">
         <is>
-          <t>نباتات طبية </t>
+          <t>حشرات</t>
         </is>
       </c>
       <c r="M130" s="1" t="inlineStr">
         <is>
-          <t>تأثير موعد الزراعة ومسافتها والمعاملة بالمحفز الحيوي  Bio Health وتداخلاتها في نمو وحاصل الثمار والزيت الطيار لنبات الك ا رويه وفعالياته الكيمواحيائية Carum carvi L.</t>
+          <t> ( بيئة وحياتية حشرة حفار أوراق أوراق الطما Tuta absoluta Meyrick Lepidoptera:Gelechiidae    ومكافحتها في محافظتي البصرة وميسان</t>
         </is>
       </c>
       <c r="N130" s="1" t="inlineStr">
         <is>
-          <t>التحفيز الالحيوي والحيوي في إكثار و استحثاث الكالس و انتاج المركبات الثانوية لنبات الزنجبيل     Zingier officinal var. Roscoe cv. White خارج الجسم الحي</t>
+          <t>Studies of Non-Chemical Strategies for Postharvest Management of Mediterranean Fruit Fly (Ceratitis capitata)</t>
         </is>
       </c>
       <c r="O130" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P130" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>660</t>
+          <t>16</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>ثائر صالح صبر</t>
+          <t>عقيل عبدالواحد قاسم </t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>Thaer Saleh Sabor</t>
+          <t>Akeel Abdul Wahid Qasim</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/am2g45h7lrcokb3.jpg</t>
+          <t>uploads/photos/546nbdcmr0hy18t.jpg</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
-          <t>1980-10-29</t>
+          <t>1971-11-06</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G131" s="1" t="inlineStr">
         <is>
-          <t>07705613859</t>
+          <t>07710944916</t>
         </is>
       </c>
       <c r="H131" s="1" t="inlineStr">
         <is>
-          <t>thaeruro.mcm@uomisan.edu.iq</t>
+          <t>Akeelmath@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I131" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J131" s="1" t="inlineStr">
         <is>
-          <t>2025-03-09</t>
+          <t>2024-12-08</t>
         </is>
       </c>
       <c r="K131" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L131" s="1" t="inlineStr">
         <is>
-          <t>جراحة الكلى والمسالك البولية والعقم</t>
+          <t>التحليل العددي  </t>
         </is>
       </c>
       <c r="M131" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>B-spline Weighted Residual Methods For Solving Modified Equal Width Wave Problem</t>
         </is>
       </c>
       <c r="N131" s="1" t="inlineStr">
         <is>
-          <t>To assess the efficacy of emergancy extracorporeal shockwave lithotripsy (ESWL) in treatment of ureteric calculi during first 24hours of uretric colic .	</t>
+          <t>Numerical Solutions of Time-Fractional Burger&amp;#39;s Equation by Using B-Spline Finite Elements</t>
         </is>
       </c>
       <c r="O131" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P131" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>380</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>حسنين رحيم كريم </t>
+          <t>احمد اسماعيل محمد </t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>Hassanain Raheem Kareem</t>
+          <t>Ahmed Ismail Mohammed</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/oiu4vq8e2fptzwk.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v8ze62axbip37rf.jpeg</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
-          <t>1980-08-26</t>
+          <t>1978-11-05</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G132" s="1" t="inlineStr">
         <is>
-          <t>077000000</t>
+          <t>٠٧٧١٢٥٣٧٧٧٩</t>
         </is>
       </c>
       <c r="H132" s="1" t="inlineStr">
         <is>
-          <t>hassanainraheem@uomisan.edu.iq</t>
+          <t>ahmedismailmath78@gmail.com</t>
         </is>
       </c>
       <c r="I132" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J132" s="1" t="inlineStr">
         <is>
-          <t>2025-03-11</t>
+          <t>2024-12-22</t>
         </is>
       </c>
       <c r="K132" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>رياضيات</t>
         </is>
       </c>
       <c r="L132" s="1" t="inlineStr">
         <is>
-          <t>تقنية المعلومات</t>
+          <t> علوم الرياضيات</t>
         </is>
       </c>
       <c r="M132" s="1" t="inlineStr">
         <is>
-          <t>ontology model for privacy user&amp;#39;s profile in web usage mining</t>
+          <t>Solvabilty of som nonliner partial differential equations </t>
         </is>
       </c>
       <c r="N132" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Characterization of m th   Order P-Self Semi Homogeneous System of Difference Equations</t>
         </is>
       </c>
       <c r="O132" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P132" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>943</t>
+          <t>359</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>محمد سهام سادة الالوسي</t>
+          <t>زيدون طارق هاشم</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Siham Sada</t>
+          <t>Zaidon Al-aqbi</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/am12hoq0bkgdwnf.png</t>
+          <t>uploads/files/plx_v3ais5ubyc2.jpeg</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
-          <t>1988-11-27</t>
+          <t>1988-01-17</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G133" s="1" t="inlineStr">
         <is>
-          <t>07816186169</t>
+          <t>07711509044</t>
         </is>
       </c>
       <c r="H133" s="1" t="inlineStr">
         <is>
-          <t>Msahaam624@uomisan.edu.iq</t>
+          <t>zaidon.alaqbi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I133" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J133" s="1" t="inlineStr">
         <is>
-          <t>2025-04-16</t>
+          <t>2024-12-30</t>
         </is>
       </c>
       <c r="K133" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>علوم الكيمياء </t>
         </is>
       </c>
       <c r="L133" s="1" t="inlineStr">
         <is>
-          <t>فيزياء الحالة الصلبة/النانوتكنولوجي</t>
+          <t>كيمياء تحليلية</t>
         </is>
       </c>
       <c r="M133" s="1" t="inlineStr">
         <is>
-          <t>Design and construction of Multimode plastic Optical Fiber Sensor for gas detection</t>
+          <t>.</t>
         </is>
       </c>
       <c r="N133" s="1" t="inlineStr">
         <is>
-          <t>Design and Implementation of Multi-Purpose Optical Fiber Sensor to Detect Environmental Pollution</t>
+          <t>.</t>
         </is>
       </c>
       <c r="O133" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P133" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>337</t>
+          <t>764</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>مرتضى حسن جاسم</t>
+          <t> وداد علي عبد سلمان </t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>Murtadah Hasan Jasim</t>
+          <t>Widad Ali Abed Salman </t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/of9_r7uxkbqm4l1.jpg</t>
+          <t>uploads/files/mlza4gt5bw1u0oh.jpeg</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
-          <t>1986-02-05</t>
+          <t>1984-03-21</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G134" s="1" t="inlineStr">
         <is>
-          <t>07705530717</t>
+          <t>07705529523</t>
         </is>
       </c>
       <c r="H134" s="1" t="inlineStr">
         <is>
-          <t>murtadha.hasan@uomisan.edu.iq</t>
+          <t>widad84ss@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I134" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J134" s="1" t="inlineStr">
         <is>
-          <t>2025-05-22</t>
+          <t>2025-02-18</t>
         </is>
       </c>
       <c r="K134" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L134" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
+          <t>نباتات طبية </t>
         </is>
       </c>
       <c r="M134" s="1" t="inlineStr">
         <is>
-          <t>تحليل النظام القضائي العشائري على اساس تعاليم العدالة التصالحية </t>
-[...2 lines deleted...]
-      <c r="N134" s="1"/>
+          <t>تأثير موعد الزراعة ومسافتها والمعاملة بالمحفز الحيوي  Bio Health وتداخلاتها في نمو وحاصل الثمار والزيت الطيار لنبات الك ا رويه وفعالياته الكيمواحيائية Carum carvi L.</t>
+        </is>
+      </c>
+      <c r="N134" s="1" t="inlineStr">
+        <is>
+          <t>التحفيز الالحيوي والحيوي في إكثار و استحثاث الكالس و انتاج المركبات الثانوية لنبات الزنجبيل     Zingier officinal var. Roscoe cv. White خارج الجسم الحي</t>
+        </is>
+      </c>
       <c r="O134" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P134" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>769</t>
+          <t>660</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>ميس عبد علي</t>
+          <t>ثائر صالح صبر</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>mays.a.j@uomisan.edu.iq</t>
+          <t>Thaer Saleh Sabor</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/_q5k9yi30ldt18r.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/am2g45h7lrcokb3.jpg</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>0000-00-00</t>
+          <t>1980-10-29</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G135" s="1" t="inlineStr">
         <is>
-          <t>000000000000</t>
+          <t>07705613859</t>
         </is>
       </c>
       <c r="H135" s="1" t="inlineStr">
         <is>
-          <t>mays.a.j@uomisan.edu.iq</t>
+          <t>thaeruro.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I135" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J135" s="1" t="inlineStr">
         <is>
-          <t>0000-00-00</t>
+          <t>2025-03-09</t>
         </is>
       </c>
       <c r="K135" s="1" t="inlineStr">
         <is>
-          <t>تعلم حركي</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L135" s="1" t="inlineStr">
         <is>
-          <t>جمناستك ايقاعي</t>
+          <t>جراحة الكلى والمسالك البولية والعقم</t>
         </is>
       </c>
       <c r="M135" s="1" t="inlineStr">
         <is>
-          <t>أثير وحدات تعليميه بأستراتيجية حل المشكلات المصاحبه للحقيبه التعليمية في التعلم والاحتفاظ لبعض المهارات في الجمناستك الايقاعي</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N135" s="1" t="inlineStr">
         <is>
-          <t>لايوجد</t>
+          <t>To assess the efficacy of emergancy extracorporeal shockwave lithotripsy (ESWL) in treatment of ureteric calculi during first 24hours of uretric colic .	</t>
         </is>
       </c>
       <c r="O135" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P135" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>686</t>
+          <t>1</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>علي محمد علي</t>
+          <t>حسنين رحيم كريم </t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>ali mohammed ali</t>
+          <t>Hassanain Raheem Kareem</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5dehva_utknj8x9.jpg</t>
+          <t>uploads/files/oiu4vq8e2fptzwk.jpg</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>1970-12-13</t>
+          <t>1980-08-26</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G136" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>077000000</t>
         </is>
       </c>
       <c r="H136" s="1" t="inlineStr">
         <is>
-          <t>Alialfredawy1970@yahoo.com</t>
+          <t>hassanainraheem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I136" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J136" s="1" t="inlineStr">
         <is>
-          <t>1973-12-10</t>
+          <t>2025-03-11</t>
         </is>
       </c>
       <c r="K136" s="1" t="inlineStr">
         <is>
-          <t>احصاء</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L136" s="1" t="inlineStr">
         <is>
-          <t>احصاء</t>
+          <t>تقنية المعلومات</t>
         </is>
       </c>
       <c r="M136" s="1" t="inlineStr">
         <is>
-          <t>analyze the financial performance  of the Company</t>
-[...2 lines deleted...]
-      <c r="N136" s="1"/>
+          <t>ontology model for privacy user&amp;#39;s profile in web usage mining</t>
+        </is>
+      </c>
+      <c r="N136" s="1" t="inlineStr">
+        <is>
+          <t>لا توجد</t>
+        </is>
+      </c>
       <c r="O136" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P136" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>943</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>انوار ياسر حسين </t>
+          <t>محمد سهام سادة الالوسي</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t> Anwaar yaser Hussein</t>
+          <t>Mohammed Siham Sada</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/d6vhrmsilp74oqc.jpg</t>
+          <t>uploads/files/am12hoq0bkgdwnf.png</t>
         </is>
       </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
-          <t>1975-09-18</t>
+          <t>1988-11-27</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G137" s="1" t="inlineStr">
         <is>
-          <t>07703160323</t>
+          <t>07816186169</t>
         </is>
       </c>
       <c r="H137" s="1" t="inlineStr">
         <is>
-          <t>anwaaryaser@uomisan.edu.iq</t>
+          <t>Msahaam624@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I137" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J137" s="1" t="inlineStr">
         <is>
-          <t>2009-09-03</t>
+          <t>2025-04-16</t>
         </is>
       </c>
       <c r="K137" s="1" t="inlineStr">
         <is>
-          <t>علوم زراعية</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L137" s="1" t="inlineStr">
         <is>
-          <t>صناعة اغذية</t>
+          <t>فيزياء الحالة الصلبة/النانوتكنولوجي</t>
         </is>
       </c>
       <c r="M137" s="1" t="inlineStr">
         <is>
-          <t>استخدام طحين الرز المنبت و بروتين فول الصويا المعزول في تخضير اغذيه الاطفال المصنعه </t>
+          <t>Design and construction of Multimode plastic Optical Fiber Sensor for gas detection</t>
         </is>
       </c>
       <c r="N137" s="1" t="inlineStr">
         <is>
-          <t>.Utilization of germinated mung bean and cowpea in complentary baby food</t>
+          <t>Design and Implementation of Multi-Purpose Optical Fiber Sensor to Detect Environmental Pollution</t>
         </is>
       </c>
       <c r="O137" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P137" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>473</t>
+          <t>147</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>ابوذر طالب حلبوص</t>
+          <t>محمد أحمد وهم</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>Abouther Thalib Halboose</t>
+          <t>Mohammed Ahmed Waham</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xhdgoic62f9r4sa.jpg</t>
+          <t>uploads/files/3firle_vtzxp670.jpeg</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
-          <t>1978-09-07</t>
+          <t>1983-07-25</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G138" s="1" t="inlineStr">
         <is>
-          <t>07803332112</t>
+          <t>07719939145</t>
         </is>
       </c>
       <c r="H138" s="1" t="inlineStr">
         <is>
-          <t>abouther@uomisan.edu.iq</t>
+          <t>mohammedwaham@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I138" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J138" s="1" t="inlineStr">
         <is>
-          <t>2010-10-10</t>
+          <t>2025-05-18</t>
         </is>
       </c>
       <c r="K138" s="1" t="inlineStr">
         <is>
-          <t>Chemical Engineering</t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L138" s="1" t="inlineStr">
         <is>
-          <t>Petrochemicals</t>
+          <t>نظرية المنظمة والسلوك التنظيمي</t>
         </is>
       </c>
       <c r="M138" s="1" t="inlineStr">
         <is>
-          <t>Oil Removal from Wastewater of Al-Bezerqan Crude Oil Field by Air Flotation</t>
+          <t>Knowledge Management and Its Role in Development of Business Organization</t>
         </is>
       </c>
       <c r="N138" s="1" t="inlineStr">
         <is>
-          <t>3D printed membranes for oil water separation processes </t>
+          <t>The Effect of Transformational Leadership on  Organizational Performance Through the  Mediating Role of Organizational Culture in  Higher Education Institutions in Iraq</t>
         </is>
       </c>
       <c r="O138" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P138" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>337</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>محمد طاهر جاسم</t>
+          <t>مرتضى حسن جاسم</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t>Muhammad Taher Jasim</t>
+          <t>Murtadah Hasan Jasim</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w4sld_83tnheuc5.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/of9_r7uxkbqm4l1.jpg</t>
         </is>
       </c>
       <c r="E139" s="1" t="inlineStr">
         <is>
-          <t>1979-07-27</t>
+          <t>1986-02-05</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G139" s="1" t="inlineStr">
         <is>
-          <t>07700064017</t>
+          <t>07705530717</t>
         </is>
       </c>
       <c r="H139" s="1" t="inlineStr">
         <is>
-          <t>dr.mohammed.taher@uomisan.edu.iq</t>
+          <t>murtadha.hasan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I139" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J139" s="1" t="inlineStr">
         <is>
-          <t>2011-10-01</t>
+          <t>2025-05-22</t>
         </is>
       </c>
       <c r="K139" s="1" t="inlineStr">
         <is>
-          <t>لغه انكليزيه</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L139" s="1" t="inlineStr">
         <is>
-          <t>علم اللغه التداوالي</t>
+          <t>القانون الجنائي</t>
         </is>
       </c>
       <c r="M139" s="1" t="inlineStr">
         <is>
-          <t>CULTURAL DIMENSIONS AFFECTING POLITENESS STRATEGIES IN ENGLISH  AND ARABIC</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحليل النظام القضائي العشائري على اساس تعاليم العدالة التصالحية </t>
+        </is>
+      </c>
+      <c r="N139" s="1"/>
       <c r="O139" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P139" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>403</t>
+          <t>978</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>ضياء بدر حبش</t>
+          <t>عفاف عبدالله</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t>Diaa Badr Habash</t>
-[...6 lines deleted...]
-      </c>
+          <t>afaf abdullah</t>
+        </is>
+      </c>
+      <c r="D140" s="1"/>
       <c r="E140" s="1" t="inlineStr">
         <is>
-          <t>1983-01-26</t>
+          <t>1976-02-20</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G140" s="1" t="inlineStr">
         <is>
-          <t>07827705231</t>
+          <t>07831750594</t>
         </is>
       </c>
       <c r="H140" s="1" t="inlineStr">
         <is>
-          <t>dheyaa.alameri@uomisan.edu.iq</t>
+          <t>dr-afaf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I140" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J140" s="1" t="inlineStr">
         <is>
-          <t>2012-04-08</t>
+          <t>2025-06-01</t>
         </is>
       </c>
       <c r="K140" s="1" t="inlineStr">
         <is>
-          <t>Solid State Physics</t>
+          <t>ادوية وسموم</t>
         </is>
       </c>
       <c r="L140" s="1" t="inlineStr">
         <is>
-          <t>Nanomaterials and Condensed Matter </t>
+          <t>ادوية</t>
         </is>
       </c>
       <c r="M140" s="1" t="inlineStr">
         <is>
-          <t>Monoatomic Lattice Thermal Conductivity and Correction Term. Application on Solid Helium He4</t>
-[...6 lines deleted...]
-      </c>
+          <t>الجرعة العلاجية المؤثرة لعالق اللوز الحلو مقارنة مع بعض الادوية المنخفضة لدهنية الدم في الفئران المستحدث بها تجريبيا فرط الدهنية في الدم </t>
+        </is>
+      </c>
+      <c r="N140" s="1"/>
       <c r="O140" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P140" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>525</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>زينب </t>
+          <t>نبيل مهدي هداد</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t>Zainab </t>
+          <t>NABEEL MAHDY HADAAD</t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l7kgec2pm9f_3uj.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m10e2olj6ydhwvr.jpg</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
-          <t>1977-09-05</t>
+          <t>1975-01-10</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G141" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>07836898745</t>
         </is>
       </c>
       <c r="H141" s="1" t="inlineStr">
         <is>
-          <t>_marem@uomisan.edu.iq</t>
+          <t>nabeel.mahdy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I141" s="1" t="inlineStr">
         <is>
-          <t>مدرس</t>
+          <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J141" s="1" t="inlineStr">
         <is>
-          <t>2012-09-05</t>
+          <t>2025-06-04</t>
         </is>
       </c>
       <c r="K141" s="1" t="inlineStr">
         <is>
-          <t>انتاج حيواني </t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L141" s="1" t="inlineStr">
         <is>
-          <t>فسلجة تناسل و وراثة جزيئية</t>
+          <t>تكنولوجيا المعلومات</t>
         </is>
       </c>
       <c r="M141" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
         </is>
       </c>
       <c r="N141" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>STAKEHOLDER SECURITY ANALYSIS – A NEW APPROACH TO SECURITY DESIGN WITH EXAMPLE APPLICATION</t>
         </is>
       </c>
       <c r="O141" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P141" s="1" t="inlineStr">
         <is>
-          <t>طب الاسنان</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>769</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>مازن ناجي سلمان </t>
+          <t>ميس عبد علي</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t>mazen naji salman</t>
+          <t>mays.a.j@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g3qn7fizao5sced.jpg</t>
+          <t>uploads/photos/_q5k9yi30ldt18r.jpg</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
-          <t>1973-03-12</t>
+          <t>0000-00-00</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G142" s="1" t="inlineStr">
         <is>
-          <t>07709299842</t>
+          <t>000000000000</t>
         </is>
       </c>
       <c r="H142" s="1" t="inlineStr">
         <is>
-          <t>mazin511@yahoo.com</t>
+          <t>mays.a.j@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I142" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J142" s="1" t="inlineStr">
         <is>
-          <t>2013-06-24</t>
+          <t>0000-00-00</t>
         </is>
       </c>
       <c r="K142" s="1" t="inlineStr">
         <is>
-          <t>درتسات سياسية </t>
+          <t>تعلم حركي</t>
         </is>
       </c>
       <c r="L142" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامي </t>
+          <t>جمناستك ايقاعي</t>
         </is>
       </c>
       <c r="M142" s="1" t="inlineStr">
         <is>
-          <t>المستعصم بالله ودوره في مواجهة التحديات الخارجية </t>
-[...2 lines deleted...]
-      <c r="N142" s="1"/>
+          <t>أثير وحدات تعليميه بأستراتيجية حل المشكلات المصاحبه للحقيبه التعليمية في التعلم والاحتفاظ لبعض المهارات في الجمناستك الايقاعي</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>لايوجد</t>
+        </is>
+      </c>
       <c r="O142" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P142" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>210</t>
+          <t>686</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>باسم علوان حسن رضا </t>
+          <t>علي محمد علي</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t>basim Alwan Hassan Redha</t>
+          <t>ali mohammed ali</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h2paw936kq8v5g1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5dehva_utknj8x9.jpg</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
-          <t>1973-06-06</t>
+          <t>1970-12-13</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G143" s="1" t="inlineStr">
         <is>
-          <t>07710904434</t>
+          <t>-</t>
         </is>
       </c>
       <c r="H143" s="1" t="inlineStr">
         <is>
-          <t>basem_alwan@uomisam.eud.iq</t>
+          <t>Alialfredawy1970@yahoo.com</t>
         </is>
       </c>
       <c r="I143" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J143" s="1" t="inlineStr">
         <is>
-          <t>2013-09-26</t>
+          <t>1973-12-10</t>
         </is>
       </c>
       <c r="K143" s="1" t="inlineStr">
         <is>
-          <t>فنون مسرحيه</t>
+          <t>احصاء</t>
         </is>
       </c>
       <c r="L143" s="1" t="inlineStr">
         <is>
-          <t>ادب ونقد مسرحي</t>
+          <t>احصاء</t>
         </is>
       </c>
       <c r="M143" s="1" t="inlineStr">
         <is>
-          <t>خصائص البناء الدرامي في نصوص محي الدين زنكنه </t>
-[...6 lines deleted...]
-      </c>
+          <t>analyze the financial performance  of the Company</t>
+        </is>
+      </c>
+      <c r="N143" s="1"/>
       <c r="O143" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P143" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>641</t>
+          <t>180</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>علي اطعيمة جبر اللامي</t>
+          <t>انوار ياسر حسين </t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t>Ali Ataeemh Jebur Allami</t>
+          <t> Anwaar yaser Hussein</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/17tmdrbevz540ui.jpg</t>
+          <t>uploads/photos/d6vhrmsilp74oqc.jpg</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
-          <t>1982-12-19</t>
+          <t>1975-09-18</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G144" s="1" t="inlineStr">
         <is>
-          <t>+9647741234080</t>
+          <t>07703160323</t>
         </is>
       </c>
       <c r="H144" s="1" t="inlineStr">
         <is>
-          <t>ali_ataeemh@uomisan.edu.iq</t>
+          <t>anwaaryaser@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I144" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J144" s="1" t="inlineStr">
         <is>
-          <t>2013-10-10</t>
+          <t>2009-09-03</t>
         </is>
       </c>
       <c r="K144" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسبات</t>
+          <t>علوم زراعية</t>
         </is>
       </c>
       <c r="L144" s="1" t="inlineStr">
         <is>
-          <t>تحليل البيانات مع الحفاظ على الخصوصية والمعالجة الأخلاقية للبيانات</t>
+          <t>صناعة اغذية</t>
         </is>
       </c>
       <c r="M144" s="1" t="inlineStr">
         <is>
-          <t>تحسين اكتشاف الحركة باستخدام طريقة هجينة</t>
+          <t>استخدام طحين الرز المنبت و بروتين فول الصويا المعزول في تخضير اغذيه الاطفال المصنعه </t>
         </is>
       </c>
       <c r="N144" s="1" t="inlineStr">
         <is>
-          <t>مقارنة آمنة وفعالة في بيئة الأغلبية غير النزيهة</t>
+          <t>.Utilization of germinated mung bean and cowpea in complentary baby food</t>
         </is>
       </c>
       <c r="O144" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P144" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>612</t>
+          <t>473</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>نمارق هادي منصور </t>
+          <t>ابوذر طالب حلبوص</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>Namariq Hadi Mansoor</t>
+          <t>Abouther Thalib Halboose</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/g54w6ked8lmuvsy.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xhdgoic62f9r4sa.jpg</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>1981-05-10</t>
+          <t>1978-09-07</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G145" s="1" t="inlineStr">
         <is>
-          <t>‪+964 770 305 0890‬</t>
+          <t>07803332112</t>
         </is>
       </c>
       <c r="H145" s="1" t="inlineStr">
         <is>
-          <t>mrnamar81@yahoo.com</t>
+          <t>abouther@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I145" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J145" s="1" t="inlineStr">
         <is>
-          <t>2013-10-27</t>
+          <t>2010-10-10</t>
         </is>
       </c>
       <c r="K145" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة </t>
+          <t>Chemical Engineering</t>
         </is>
       </c>
       <c r="L145" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية ووراثة جزيئية </t>
+          <t>Petrochemicals</t>
         </is>
       </c>
       <c r="M145" s="1" t="inlineStr">
         <is>
-          <t>تاثير نبات المديد Covululs arvensis على الانقسام الخلوي </t>
+          <t>Oil Removal from Wastewater of Al-Bezerqan Crude Oil Field by Air Flotation</t>
         </is>
       </c>
       <c r="N145" s="1" t="inlineStr">
         <is>
-          <t>modulating the ROS to regulate cytoskeleton remodeling </t>
+          <t>3D printed membranes for oil water separation processes </t>
         </is>
       </c>
       <c r="O145" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P145" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>696</t>
+          <t>192</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>حميد ابو لول جبجباب</t>
+          <t>محمد طاهر جاسم</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>hameed abu lwl jibjab</t>
+          <t>Muhammad Taher Jasim</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9f_ql1exrpw5ua4.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w4sld_83tnheuc5.jpg</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>1977-01-01</t>
+          <t>1979-07-27</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G146" s="1" t="inlineStr">
         <is>
-          <t>⁦+964 770 552 0816⁩</t>
+          <t>07700064017</t>
         </is>
       </c>
       <c r="H146" s="1" t="inlineStr">
         <is>
-          <t>hamid@uomisan.edu.iq</t>
+          <t>dr.mohammed.taher@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I146" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J146" s="1" t="inlineStr">
         <is>
-          <t>2014-01-08</t>
+          <t>2011-10-01</t>
         </is>
       </c>
       <c r="K146" s="1" t="inlineStr">
         <is>
-          <t>تاريخ </t>
+          <t>لغه انكليزيه</t>
         </is>
       </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر </t>
+          <t>علم اللغه التداوالي</t>
         </is>
       </c>
       <c r="M146" s="1" t="inlineStr">
         <is>
-          <t>  1953 -1975 العلاقات السياسية الايرانية التركية </t>
-[...2 lines deleted...]
-      <c r="N146" s="1"/>
+          <t>CULTURAL DIMENSIONS AFFECTING POLITENESS STRATEGIES IN ENGLISH  AND ARABIC</t>
+        </is>
+      </c>
+      <c r="N146" s="1" t="inlineStr">
+        <is>
+          <t>Refusals of Requests and Offers in Iraqi Arabic And British English</t>
+        </is>
+      </c>
       <c r="O146" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P146" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>403</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>تغريد عبد الكريم حاتم</t>
+          <t>ضياء بدر حبش</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>taghrid eabd alkarim hatim</t>
+          <t>Diaa Badr Habash</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/41i7ud9qckytfjg.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vi4yz6af7jb5suo.jpeg</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
-          <t>1985-06-06</t>
+          <t>1983-01-26</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G147" s="1" t="inlineStr">
         <is>
-          <t>07740783353</t>
+          <t>07827705231</t>
         </is>
       </c>
       <c r="H147" s="1" t="inlineStr">
         <is>
-          <t>taghreedabdulkareem2017@gmail.com</t>
+          <t>dheyaa.alameri@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I147" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J147" s="1" t="inlineStr">
         <is>
-          <t>2014-01-16</t>
+          <t>2012-04-08</t>
         </is>
       </c>
       <c r="K147" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>Solid State Physics</t>
         </is>
       </c>
       <c r="L147" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>Nanomaterials and Condensed Matter </t>
         </is>
       </c>
       <c r="M147" s="1" t="inlineStr">
         <is>
-          <t>the variational iteration method for solving some models of partial differential equations </t>
+          <t>Monoatomic Lattice Thermal Conductivity and Correction Term. Application on Solid Helium He4</t>
         </is>
       </c>
       <c r="N147" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>Synthesis and Characterization of Engineered Low-Dimensional Semiconductors Using Mask-Free Patterning Approach </t>
         </is>
       </c>
       <c r="O147" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P147" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>323</t>
+          <t>176</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>هبه احمد جميل</t>
+          <t>زينب </t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>Heba Ahmed Jameel</t>
+          <t>Zainab </t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nqmzl0dy5x_48kg.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l7kgec2pm9f_3uj.jpg</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
-          <t>1986-11-20</t>
+          <t>1977-09-05</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G148" s="1" t="inlineStr">
         <is>
-          <t>07712441348</t>
+          <t>0</t>
         </is>
       </c>
       <c r="H148" s="1" t="inlineStr">
         <is>
-          <t>hibah3348@gmail.com</t>
+          <t>_marem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I148" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J148" s="1" t="inlineStr">
         <is>
-          <t>2014-05-20</t>
+          <t>2012-09-05</t>
         </is>
       </c>
       <c r="K148" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث</t>
+          <t>انتاج حيواني </t>
         </is>
       </c>
       <c r="L148" s="1" t="inlineStr">
         <is>
-          <t>تاريخ تركيا المعاصر</t>
+          <t>فسلجة تناسل و وراثة جزيئية</t>
         </is>
       </c>
       <c r="M148" s="1" t="inlineStr">
         <is>
-          <t>1918/1923دور مصطفى كمال في تحقيق مشروع استقلال تركيا ا </t>
+          <t>.</t>
         </is>
       </c>
       <c r="N148" s="1" t="inlineStr">
         <is>
-          <t>دلا يوج. </t>
+          <t>.</t>
         </is>
       </c>
       <c r="O148" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P148" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>239</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>نيران عدنان عباس موسى </t>
+          <t>مازن ناجي سلمان </t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t>Neran Adnan Abaas </t>
+          <t>mazen naji salman</t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ar_x1gq72ktc5lf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/g3qn7fizao5sced.jpg</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
-          <t>1974-07-02</t>
+          <t>1973-03-12</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G149" s="1" t="inlineStr">
         <is>
-          <t>07811100912</t>
+          <t>07709299842</t>
         </is>
       </c>
       <c r="H149" s="1" t="inlineStr">
         <is>
-          <t>neranecology@uomisan.edu.iq</t>
+          <t>mazin511@yahoo.com</t>
         </is>
       </c>
       <c r="I149" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J149" s="1" t="inlineStr">
         <is>
-          <t>2014-06-01</t>
+          <t>2013-06-24</t>
         </is>
       </c>
       <c r="K149" s="1" t="inlineStr">
         <is>
-          <t>ecology</t>
+          <t>درتسات سياسية </t>
         </is>
       </c>
       <c r="L149" s="1" t="inlineStr">
         <is>
-          <t>Algae/GIS</t>
+          <t>تاريخ اسلامي </t>
         </is>
       </c>
       <c r="M149" s="1" t="inlineStr">
         <is>
-          <t>دراسة بيئية وحياتية للنوع Dreissena polymorpha (Pallas,1771) (نواعم-ثنائية المصراع) في محطة المسيب الحرارية لتوليد الطاقة الكهربائية</t>
-[...6 lines deleted...]
-      </c>
+          <t>المستعصم بالله ودوره في مواجهة التحديات الخارجية </t>
+        </is>
+      </c>
+      <c r="N149" s="1"/>
       <c r="O149" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P149" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>394</t>
+          <t>210</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>اسيل اسعد عبد الزهرة </t>
+          <t>باسم علوان حسن رضا </t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t>Asel Aaasad abdulzahrra </t>
+          <t>basim Alwan Hassan Redha</t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sbqkp4d79wg1o28.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h2paw936kq8v5g1.jpg</t>
         </is>
       </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
-          <t>1979-01-24</t>
+          <t>1973-06-06</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G150" s="1" t="inlineStr">
         <is>
-          <t>07703200448</t>
+          <t>07710904434</t>
         </is>
       </c>
       <c r="H150" s="1" t="inlineStr">
         <is>
-          <t>aseel0079@gmail.com</t>
+          <t>basem_alwan@uomisam.eud.iq</t>
         </is>
       </c>
       <c r="I150" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J150" s="1" t="inlineStr">
         <is>
-          <t>2014-06-10</t>
+          <t>2013-09-26</t>
         </is>
       </c>
       <c r="K150" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس التربية الفنية </t>
+          <t>فنون مسرحيه</t>
         </is>
       </c>
       <c r="L150" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس التربية الفنية </t>
+          <t>ادب ونقد مسرحي</t>
         </is>
       </c>
       <c r="M150" s="1" t="inlineStr">
         <is>
-          <t>بناء برنامج تدريبي لتوظيف الاداء التمثيلي في تدريس التربية الفنية </t>
-[...2 lines deleted...]
-      <c r="N150" s="1"/>
+          <t>خصائص البناء الدرامي في نصوص محي الدين زنكنه </t>
+        </is>
+      </c>
+      <c r="N150" s="1" t="inlineStr">
+        <is>
+          <t>اليات التحليل الظاهراتي للخطاب المسرحي العراقي المعاصر</t>
+        </is>
+      </c>
       <c r="O150" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P150" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>641</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>حسين مطشر عزيز </t>
+          <t>علي اطعيمة جبر اللامي</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t>Hussein Mutashar Aziz</t>
+          <t>Ali Ataeemh Jebur Allami</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tdfmvk5c13bgezw.jpg</t>
+          <t>uploads/files/17tmdrbevz540ui.jpg</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
-          <t>1962-07-01</t>
+          <t>1982-12-19</t>
         </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G151" s="1" t="inlineStr">
         <is>
-          <t>+9647705553298</t>
+          <t>+9647741234080</t>
         </is>
       </c>
       <c r="H151" s="1" t="inlineStr">
         <is>
-          <t>hma@gmali.com</t>
+          <t>ali_ataeemh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I151" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J151" s="1" t="inlineStr">
         <is>
-          <t>2014-09-30</t>
+          <t>2013-10-10</t>
         </is>
       </c>
       <c r="K151" s="1" t="inlineStr">
         <is>
-          <t>طب عام </t>
+          <t>علوم الحاسبات</t>
         </is>
       </c>
       <c r="L151" s="1" t="inlineStr">
         <is>
-          <t>جراحة كسور </t>
+          <t>تحليل البيانات مع الحفاظ على الخصوصية والمعالجة الأخلاقية للبيانات</t>
         </is>
       </c>
       <c r="M151" s="1" t="inlineStr">
         <is>
-          <t>prospective study for below knee amputation in ischemic limb</t>
-[...2 lines deleted...]
-      <c r="N151" s="1"/>
+          <t>تحسين اكتشاف الحركة باستخدام طريقة هجينة</t>
+        </is>
+      </c>
+      <c r="N151" s="1" t="inlineStr">
+        <is>
+          <t>مقارنة آمنة وفعالة في بيئة الأغلبية غير النزيهة</t>
+        </is>
+      </c>
       <c r="O151" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P151" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>209</t>
+          <t>612</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>قاسم نجم عبد </t>
+          <t>نمارق هادي منصور </t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t>qassim Najm Abed</t>
+          <t>Namariq Hadi Mansoor</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w4y9gkfdi_0c531.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/g54w6ked8lmuvsy.jpeg</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
-          <t>1969-12-12</t>
+          <t>1981-05-10</t>
         </is>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G152" s="1" t="inlineStr">
         <is>
-          <t>07727085953</t>
+          <t>‪+964 770 305 0890‬</t>
         </is>
       </c>
       <c r="H152" s="1" t="inlineStr">
         <is>
-          <t>khasim_najem_abed@uomisan.edu.iq</t>
+          <t>mrnamar81@yahoo.com</t>
         </is>
       </c>
       <c r="I152" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J152" s="1" t="inlineStr">
         <is>
-          <t>2014-12-05</t>
+          <t>2013-10-27</t>
         </is>
       </c>
       <c r="K152" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية وآدابها</t>
+          <t>علوم الحياة </t>
         </is>
       </c>
       <c r="L152" s="1" t="inlineStr">
         <is>
-          <t>الأدب الحديث ونقده</t>
+          <t>احياء مجهرية ووراثة جزيئية </t>
         </is>
       </c>
       <c r="M152" s="1" t="inlineStr">
         <is>
-          <t>أدب الشهيدة بنت الهدى القصصي دراسة في الفن </t>
+          <t>تاثير نبات المديد Covululs arvensis على الانقسام الخلوي </t>
         </is>
       </c>
       <c r="N152" s="1" t="inlineStr">
         <is>
-          <t>أهل البيت عليهم السلام في الرواية العربية المعاصرة</t>
+          <t>modulating the ROS to regulate cytoskeleton remodeling </t>
         </is>
       </c>
       <c r="O152" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P152" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>696</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>صادق موسى احمد سندال </t>
+          <t>حميد ابو لول جبجباب</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t> SADIQ MUSA AHMED SINDAL </t>
+          <t>hameed abu lwl jibjab</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lnda6mzi0jhr1vu.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/9f_ql1exrpw5ua4.jpeg</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
-          <t>1962-11-01</t>
+          <t>1977-01-01</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G153" s="1" t="inlineStr">
         <is>
-          <t>07801126294</t>
+          <t>⁦+964 770 552 0816⁩</t>
         </is>
       </c>
       <c r="H153" s="1" t="inlineStr">
         <is>
-          <t>sadiqsindal@yahoo.com</t>
+          <t>hamid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I153" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J153" s="1" t="inlineStr">
         <is>
-          <t>2015-02-15</t>
+          <t>2014-01-08</t>
         </is>
       </c>
       <c r="K153" s="1" t="inlineStr">
         <is>
-          <t>الطب</t>
+          <t>تاريخ </t>
         </is>
       </c>
       <c r="L153" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة الاذن والانف والحنجرة</t>
+          <t>تاريخ حديث ومعاصر </t>
         </is>
       </c>
       <c r="M153" s="1" t="inlineStr">
         <is>
-          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
-[...6 lines deleted...]
-      </c>
+          <t>  1953 -1975 العلاقات السياسية الايرانية التركية </t>
+        </is>
+      </c>
+      <c r="N153" s="1"/>
       <c r="O153" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P153" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>635</t>
+          <t>6</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>مصطفى ناصر مناتي </t>
+          <t>تغريد عبد الكريم حاتم</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Naser</t>
+          <t>taghrid eabd alkarim hatim</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5biy0cd_24wo8tf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/41i7ud9qckytfjg.jpg</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
-          <t>1981-12-26</t>
+          <t>1985-06-06</t>
         </is>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G154" s="1" t="inlineStr">
         <is>
-          <t>07805554222</t>
+          <t>07740783353</t>
         </is>
       </c>
       <c r="H154" s="1" t="inlineStr">
         <is>
-          <t>mnmallami@gmail.com</t>
+          <t>taghreedabdulkareem2017@gmail.com</t>
         </is>
       </c>
       <c r="I154" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J154" s="1" t="inlineStr">
         <is>
-          <t>2015-04-30</t>
+          <t>2014-01-16</t>
         </is>
       </c>
       <c r="K154" s="1" t="inlineStr">
         <is>
-          <t>Software engineering </t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L154" s="1" t="inlineStr">
         <is>
-          <t>Image processing </t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M154" s="1" t="inlineStr">
         <is>
-          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
+          <t>the variational iteration method for solving some models of partial differential equations </t>
         </is>
       </c>
       <c r="N154" s="1" t="inlineStr">
         <is>
-          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O154" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P154" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>573</t>
+          <t>323</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الرضا حسان</t>
+          <t>هبه احمد جميل</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t>mohammed abdulridha hassan</t>
+          <t>Heba Ahmed Jameel</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n52peqg4ofdjtwm.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nqmzl0dy5x_48kg.jpg</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
-          <t>1975-04-04</t>
+          <t>1986-11-20</t>
         </is>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G155" s="1" t="inlineStr">
         <is>
-          <t>07705571501</t>
+          <t>07712441348</t>
         </is>
       </c>
       <c r="H155" s="1" t="inlineStr">
         <is>
-          <t>kaled.salh2004@gmail.com</t>
+          <t>hibah3348@gmail.com</t>
         </is>
       </c>
       <c r="I155" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J155" s="1" t="inlineStr">
         <is>
-          <t>2015-05-07</t>
+          <t>2014-05-20</t>
         </is>
       </c>
       <c r="K155" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية وعلوم الرياضة</t>
+          <t>تاريخ حديث</t>
         </is>
       </c>
       <c r="L155" s="1" t="inlineStr">
         <is>
-          <t>علم الاجتماع الرياضي</t>
+          <t>تاريخ تركيا المعاصر</t>
         </is>
       </c>
       <c r="M155" s="1" t="inlineStr">
         <is>
-          <t>الرياضة وسيلة لتحقيق الاندماج بالمجتمع كرة القدم انموذجاً</t>
+          <t>1918/1923دور مصطفى كمال في تحقيق مشروع استقلال تركيا ا </t>
         </is>
       </c>
       <c r="N155" s="1" t="inlineStr">
         <is>
-          <t>دراسة تاريخية لاسباب الانحراف الاجتماعي للمدة من (١٩٩٠-٢٠١١)لدى لاعبي اندية الدرجة الاولى والممتاز بكرة القدم</t>
+          <t>دلا يوج. </t>
         </is>
       </c>
       <c r="O155" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P155" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>336</t>
+          <t>410</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>سرى سمير علوان </t>
+          <t>نيران عدنان عباس موسى </t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t>Sura Samer Alwan</t>
+          <t>Neran Adnan Abaas </t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_8k7vzglxfm6dn4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ar_x1gq72ktc5lf.jpg</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
-          <t>2019-11-17</t>
+          <t>1974-07-02</t>
         </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G156" s="1" t="inlineStr">
         <is>
-          <t>07730256124</t>
+          <t>07811100912</t>
         </is>
       </c>
       <c r="H156" s="1" t="inlineStr">
         <is>
-          <t>surasamer37@gmail.com</t>
+          <t>neranecology@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I156" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J156" s="1" t="inlineStr">
         <is>
-          <t>2015-05-12</t>
+          <t>2014-06-01</t>
         </is>
       </c>
       <c r="K156" s="1" t="inlineStr">
         <is>
-          <t>علم الحيوان</t>
+          <t>ecology</t>
         </is>
       </c>
       <c r="L156" s="1" t="inlineStr">
         <is>
-          <t>علم الطفيليات</t>
+          <t>Algae/GIS</t>
         </is>
       </c>
       <c r="M156" s="1" t="inlineStr">
         <is>
-          <t>تأثيرحليب وبول الابل في حيوية الرؤيسات الاولية لطفيلي المشوكات الحبيبية داخل وخارج الجسم الحي</t>
-[...2 lines deleted...]
-      <c r="N156" s="1"/>
+          <t>دراسة بيئية وحياتية للنوع Dreissena polymorpha (Pallas,1771) (نواعم-ثنائية المصراع) في محطة المسيب الحرارية لتوليد الطاقة الكهربائية</t>
+        </is>
+      </c>
+      <c r="N156" s="1" t="inlineStr">
+        <is>
+          <t>استخدام الطحالب القاعية ونظام المعلومات الجغرافي لتقييم نوعية مياه هور الحويزة جنوب </t>
+        </is>
+      </c>
       <c r="O156" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P156" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>311</t>
+          <t>394</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>رباب عبد حسين حمود </t>
+          <t>اسيل اسعد عبد الزهرة </t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t>rabab eabd husayn hamuwd</t>
+          <t>Asel Aaasad abdulzahrra </t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n_edoa90vr4pg3q.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sbqkp4d79wg1o28.jpg</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
-          <t>1976-03-29</t>
+          <t>1979-01-24</t>
         </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G157" s="1" t="inlineStr">
         <is>
-          <t>07716682890</t>
+          <t>07703200448</t>
         </is>
       </c>
       <c r="H157" s="1" t="inlineStr">
         <is>
-          <t>rabababdhussin@gmaiI.com</t>
+          <t>aseel0079@gmail.com</t>
         </is>
       </c>
       <c r="I157" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J157" s="1" t="inlineStr">
         <is>
-          <t>2015-06-01</t>
+          <t>2014-06-10</t>
         </is>
       </c>
       <c r="K157" s="1" t="inlineStr">
         <is>
-          <t>رياضيات</t>
+          <t>طرائق تدريس التربية الفنية </t>
         </is>
       </c>
       <c r="L157" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>طرائق تدريس التربية الفنية </t>
         </is>
       </c>
       <c r="M157" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام التعلم التعاوني والتعلم الفردي في حل التمارين الرياضية لطلبة كلية المعلمين</t>
-[...6 lines deleted...]
-      </c>
+          <t>بناء برنامج تدريبي لتوظيف الاداء التمثيلي في تدريس التربية الفنية </t>
+        </is>
+      </c>
+      <c r="N157" s="1"/>
       <c r="O157" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P157" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>443</t>
+          <t>207</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>الاء عباس عبادي </t>
+          <t>حسين مطشر عزيز </t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t>Alaa Abbas Ibadi </t>
+          <t>Hussein Mutashar Aziz</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sny3z1k2d9i6ea4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tdfmvk5c13bgezw.jpg</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>1984-01-22</t>
+          <t>1962-07-01</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G158" s="1" t="inlineStr">
         <is>
-          <t>07802810394 </t>
+          <t>+9647705553298</t>
         </is>
       </c>
       <c r="H158" s="1" t="inlineStr">
         <is>
-          <t>alaa.abed84@uomisan.edu.iq</t>
+          <t>hma@gmali.com</t>
         </is>
       </c>
       <c r="I158" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J158" s="1" t="inlineStr">
         <is>
-          <t>2015-07-20</t>
+          <t>2014-09-30</t>
         </is>
       </c>
       <c r="K158" s="1" t="inlineStr">
         <is>
-          <t>كيمياء </t>
+          <t>طب عام </t>
         </is>
       </c>
       <c r="L158" s="1" t="inlineStr">
         <is>
-          <t>كيمياء تحليلية </t>
+          <t>جراحة كسور </t>
         </is>
       </c>
       <c r="M158" s="1" t="inlineStr">
         <is>
-          <t>. </t>
+          <t>prospective study for below knee amputation in ischemic limb</t>
         </is>
       </c>
       <c r="N158" s="1"/>
       <c r="O158" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P158" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>438</t>
+          <t>209</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>حوراء حميد راضي</t>
+          <t>قاسم نجم عبد </t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>Hawraa Hameed Rady</t>
+          <t>qassim Najm Abed</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nbd2hmz6_0tjocl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w4y9gkfdi_0c531.jpg</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
-          <t>1986-01-03</t>
+          <t>1969-12-12</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G159" s="1" t="inlineStr">
         <is>
-          <t>07732149462</t>
+          <t>07727085953</t>
         </is>
       </c>
       <c r="H159" s="1" t="inlineStr">
         <is>
-          <t>howraaatchem@uomisan.edu.iq</t>
+          <t>khasim_najem_abed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I159" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J159" s="1" t="inlineStr">
         <is>
-          <t>2015-09-08</t>
+          <t>2014-12-05</t>
         </is>
       </c>
       <c r="K159" s="1" t="inlineStr">
         <is>
-          <t>chemistru</t>
+          <t>اللغة العربية وآدابها</t>
         </is>
       </c>
       <c r="L159" s="1" t="inlineStr">
         <is>
-          <t>physical chemistry</t>
+          <t>الأدب الحديث ونقده</t>
         </is>
       </c>
       <c r="M159" s="1" t="inlineStr">
         <is>
-          <t>Synthesis, Characterization of Some graphene oxide derivatives And their Corrosion Inhibitor ability for carbon Steel in Acidic media</t>
+          <t>أدب الشهيدة بنت الهدى القصصي دراسة في الفن </t>
         </is>
       </c>
       <c r="N159" s="1" t="inlineStr">
         <is>
-          <t>Synthesis, Characterization of Some graphene oxide derivatives And their Corrosion Inhibitor ability for carbon Steel in Acidic media</t>
+          <t>أهل البيت عليهم السلام في الرواية العربية المعاصرة</t>
         </is>
       </c>
       <c r="O159" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P159" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>509</t>
+          <t>205</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>ابراهيم كاطع علو</t>
+          <t>صادق موسى احمد سندال </t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t>Ibrahim qata alaw</t>
+          <t> SADIQ MUSA AHMED SINDAL </t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/azk84h2oyb_j0cm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lnda6mzi0jhr1vu.jpg</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
-          <t>1975-07-01</t>
+          <t>1962-11-01</t>
         </is>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G160" s="1" t="inlineStr">
         <is>
-          <t>07719000788</t>
+          <t>07801126294</t>
         </is>
       </c>
       <c r="H160" s="1" t="inlineStr">
         <is>
-          <t>drabraheem124@gmail.com</t>
+          <t>sadiqsindal@yahoo.com</t>
         </is>
       </c>
       <c r="I160" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J160" s="1" t="inlineStr">
         <is>
-          <t>2015-12-01</t>
+          <t>2015-02-15</t>
         </is>
       </c>
       <c r="K160" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد</t>
+          <t>الطب</t>
         </is>
       </c>
       <c r="L160" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد بيئي</t>
+          <t>طب وجراحة الاذن والانف والحنجرة</t>
         </is>
       </c>
       <c r="M160" s="1" t="inlineStr">
         <is>
-          <t>سياسات الاصلاح الاقتصادي ودورها في معالجة ظاهرتي الفقر والبطالة</t>
+          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
         </is>
       </c>
       <c r="N160" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد الاخضر مسار جديد في التنمية المستدامة</t>
+          <t>Carcinoma of larynx: prevalence &amp; clinico-histopathological study</t>
         </is>
       </c>
       <c r="O160" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P160" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>168</t>
+          <t>635</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>ناصر كاظم خلف </t>
+          <t>مصطفى ناصر مناتي </t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t>Nasser Kazem Khalaf</t>
+          <t>Mustafa Naser</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v1ug_6lirh9et5m.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5biy0cd_24wo8tf.jpg</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
-          <t>1960-09-10</t>
+          <t>1981-12-26</t>
         </is>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G161" s="1" t="inlineStr">
         <is>
-          <t>07735978126</t>
+          <t>07805554222</t>
         </is>
       </c>
       <c r="H161" s="1" t="inlineStr">
         <is>
-          <t>nasser.kadhim22@gmail.com</t>
+          <t>mnmallami@gmail.com</t>
         </is>
       </c>
       <c r="I161" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J161" s="1" t="inlineStr">
         <is>
-          <t>2016-02-03</t>
+          <t>2015-04-30</t>
         </is>
       </c>
       <c r="K161" s="1" t="inlineStr">
         <is>
-          <t>علوم سياسية </t>
+          <t>Software engineering </t>
         </is>
       </c>
       <c r="L161" s="1" t="inlineStr">
         <is>
-          <t>نظم  سياسية وسياسات عامة</t>
+          <t>Image processing </t>
         </is>
       </c>
       <c r="M161" s="1" t="inlineStr">
         <is>
-          <t>الحكومات الإئتلافية و ظاهرة عدم الاستقرار الحكومي في اسرائيل</t>
+          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
         </is>
       </c>
       <c r="N161" s="1" t="inlineStr">
         <is>
-          <t>التغيير السياسي وأثره على الإستقرار في الدول العربية بعد عام 2011 تونس وليبيا: دراسة مقارنة</t>
+          <t>BIOMECHANICAL MEASURES FROM USING SMART BODY-WEAR SENSORS FOR GAIT ANALYSIS</t>
         </is>
       </c>
       <c r="O161" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P161" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>920</t>
+          <t>573</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>اوراس ناجي حمد</t>
+          <t>محمد عبد الرضا حسان</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t>Oras Naji Hamad</t>
-[...2 lines deleted...]
-      <c r="D162" s="1"/>
+          <t>mohammed abdulridha hassan</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n52peqg4ofdjtwm.jpeg</t>
+        </is>
+      </c>
       <c r="E162" s="1" t="inlineStr">
         <is>
-          <t>1983-08-03</t>
+          <t>1975-04-04</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G162" s="1" t="inlineStr">
         <is>
-          <t>07833170891</t>
+          <t>07705571501</t>
         </is>
       </c>
       <c r="H162" s="1" t="inlineStr">
         <is>
-          <t>orasn.mcm@uomisan.edu.iq</t>
+          <t>kaled.salh2004@gmail.com</t>
         </is>
       </c>
       <c r="I162" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J162" s="1" t="inlineStr">
         <is>
-          <t>2016-03-06</t>
+          <t>2015-05-07</t>
         </is>
       </c>
       <c r="K162" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>تربية بدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L162" s="1" t="inlineStr">
         <is>
-          <t>معلوماتية حيوية</t>
+          <t>علم الاجتماع الرياضي</t>
         </is>
       </c>
       <c r="M162" s="1" t="inlineStr">
         <is>
-          <t>Optimization and Detection of MDR1 gene in Acute Myelogenous Leukemia Patients in Iraq</t>
+          <t>الرياضة وسيلة لتحقيق الاندماج بالمجتمع كرة القدم انموذجاً</t>
         </is>
       </c>
       <c r="N162" s="1" t="inlineStr">
         <is>
-          <t>CONSTRUCTION AND ANALYSIS OF THE PROTEIN INTERACTION NETWORK BETWEEN MYLOID AND LYMPHOID LEUKAEMIA TYPES</t>
+          <t>دراسة تاريخية لاسباب الانحراف الاجتماعي للمدة من (١٩٩٠-٢٠١١)لدى لاعبي اندية الدرجة الاولى والممتاز بكرة القدم</t>
         </is>
       </c>
       <c r="O162" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P162" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>705</t>
+          <t>336</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عبد سعيد  </t>
+          <t>سرى سمير علوان </t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t>fatema abed saaed</t>
+          <t>Sura Samer Alwan</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/uia7jvyxc0kzefq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/_8k7vzglxfm6dn4.jpg</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
-          <t>1989-06-28</t>
+          <t>2019-11-17</t>
         </is>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G163" s="1" t="inlineStr">
         <is>
-          <t>88866</t>
+          <t>07730256124</t>
         </is>
       </c>
       <c r="H163" s="1" t="inlineStr">
         <is>
-          <t>abed@uomisan.edu.iq</t>
+          <t>surasamer37@gmail.com</t>
         </is>
       </c>
       <c r="I163" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J163" s="1" t="inlineStr">
         <is>
-          <t>2016-03-09</t>
+          <t>2015-05-12</t>
         </is>
       </c>
       <c r="K163" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي   </t>
+          <t>علم الحيوان</t>
         </is>
       </c>
       <c r="L163" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الفكر الاسلامي  </t>
+          <t>علم الطفيليات</t>
         </is>
       </c>
       <c r="M163" s="1" t="inlineStr">
         <is>
-          <t>الطلقاء دراسة في المعنى وإشكالية القراءة التاريخية </t>
+          <t>تأثيرحليب وبول الابل في حيوية الرؤيسات الاولية لطفيلي المشوكات الحبيبية داخل وخارج الجسم الحي</t>
         </is>
       </c>
       <c r="N163" s="1"/>
       <c r="O163" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P163" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>671</t>
+          <t>311</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>احمد كاظم حمد علي</t>
+          <t>رباب عبد حسين حمود </t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Kadem Hamad Ali </t>
+          <t>rabab eabd husayn hamuwd</t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y21efoq50pagh7k.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/n_edoa90vr4pg3q.jpeg</t>
         </is>
       </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
-          <t>1975-06-27</t>
+          <t>1976-03-29</t>
         </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G164" s="1" t="inlineStr">
         <is>
-          <t>07704670032</t>
+          <t>07716682890</t>
         </is>
       </c>
       <c r="H164" s="1" t="inlineStr">
         <is>
-          <t>ahmed_kazim2007r@yahoo.com</t>
+          <t>rabababdhussin@gmaiI.com</t>
         </is>
       </c>
       <c r="I164" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J164" s="1" t="inlineStr">
         <is>
-          <t>2016-05-23</t>
+          <t>2015-06-01</t>
         </is>
       </c>
       <c r="K164" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسوب</t>
+          <t>رياضيات</t>
         </is>
       </c>
       <c r="L164" s="1" t="inlineStr">
         <is>
-          <t>معالجة صور وذكاء اصطناعي</t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M164" s="1" t="inlineStr">
         <is>
-          <t>Detection and Diagnosis of Microcalcifications in Mammograms of Breast Towards the Early Detection of Breast Cancer</t>
+          <t>اثر استخدام التعلم التعاوني والتعلم الفردي في حل التمارين الرياضية لطلبة كلية المعلمين</t>
         </is>
       </c>
       <c r="N164" s="1" t="inlineStr">
         <is>
-          <t>Real Time Hand Gestures Recognition Systems Using Traditional Method    and Deep Learning </t>
+          <t>.</t>
         </is>
       </c>
       <c r="O164" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P164" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>213</t>
+          <t>443</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>كامل جاسم دهش </t>
+          <t>الاء عباس عبادي </t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>Kamel Jassim dahash</t>
+          <t>Alaa Abbas Ibadi </t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6yv0x1rlqtfnp7c.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sny3z1k2d9i6ea4.jpg</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
-          <t>1975-03-21</t>
+          <t>1984-01-22</t>
         </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G165" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٥٣٣٩٨١٥</t>
+          <t>07802810394 </t>
         </is>
       </c>
       <c r="H165" s="1" t="inlineStr">
         <is>
-          <t>kamil.jasim@uomisan.edu.iq</t>
+          <t>alaa.abed84@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I165" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J165" s="1" t="inlineStr">
         <is>
-          <t>2016-05-26</t>
+          <t>2015-07-20</t>
         </is>
       </c>
       <c r="K165" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر</t>
+          <t>كيمياء </t>
         </is>
       </c>
       <c r="L165" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اوربا الوسيط</t>
+          <t>كيمياء تحليلية </t>
         </is>
       </c>
       <c r="M165" s="1" t="inlineStr">
         <is>
-          <t>الامارة البابانية في العهد العثماني </t>
-[...6 lines deleted...]
-      </c>
+          <t>. </t>
+        </is>
+      </c>
+      <c r="N165" s="1"/>
       <c r="O165" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P165" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>438</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>علي مصدق دلفي علي</t>
+          <t>حوراء حميد راضي</t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t>Ali Musaddak Delphi Ali</t>
+          <t>Hawraa Hameed Rady</t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6wrj7n18shgoby0.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nbd2hmz6_0tjocl.jpg</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>1985-02-19</t>
+          <t>1986-01-03</t>
         </is>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G166" s="1" t="inlineStr">
         <is>
-          <t>07804600871</t>
+          <t>07732149462</t>
         </is>
       </c>
       <c r="H166" s="1" t="inlineStr">
         <is>
-          <t>alidelphi@uomisan.edu.iq</t>
+          <t>howraaatchem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I166" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J166" s="1" t="inlineStr">
         <is>
-          <t>2016-06-05</t>
+          <t>2015-09-08</t>
         </is>
       </c>
       <c r="K166" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>chemistru</t>
         </is>
       </c>
       <c r="L166" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات الصرفة</t>
+          <t>physical chemistry</t>
         </is>
       </c>
       <c r="M166" s="1" t="inlineStr">
         <is>
-          <t>Algorithms to Solve Multicriteria Scheduling Problems on Single Machine </t>
+          <t>Synthesis, Characterization of Some graphene oxide derivatives And their Corrosion Inhibitor ability for carbon Steel in Acidic media</t>
         </is>
       </c>
       <c r="N166" s="1" t="inlineStr">
         <is>
-          <t>A Study of Some Topics in Geometric  Function Theory Related to Certain Classes  of Analytic Functions Associated with  Differential Operators</t>
+          <t>Synthesis, Characterization of Some graphene oxide derivatives And their Corrosion Inhibitor ability for carbon Steel in Acidic media</t>
         </is>
       </c>
       <c r="O166" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P166" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>790</t>
+          <t>509</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>ماب علاء حسين</t>
+          <t>ابراهيم كاطع علو</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t>Maab alaa hussain</t>
+          <t>Ibrahim qata alaw</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/u6cwqm17fh0yt_o.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/azk84h2oyb_j0cm.jpg</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
-          <t>1986-01-12</t>
+          <t>1975-07-01</t>
         </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G167" s="1" t="inlineStr">
         <is>
-          <t>07716159795</t>
+          <t>07719000788</t>
         </is>
       </c>
       <c r="H167" s="1" t="inlineStr">
         <is>
-          <t>maab-alaa@uomisan.edu.iq</t>
+          <t>drabraheem124@gmail.com</t>
         </is>
       </c>
       <c r="I167" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J167" s="1" t="inlineStr">
         <is>
-          <t>2016-06-25</t>
+          <t>2015-12-01</t>
         </is>
       </c>
       <c r="K167" s="1" t="inlineStr">
         <is>
-          <t>هندسة الكترونيك واتصالات</t>
+          <t>اقتصاد</t>
         </is>
       </c>
       <c r="L167" s="1" t="inlineStr">
         <is>
-          <t>حاسبات</t>
+          <t>اقتصاد بيئي</t>
         </is>
       </c>
       <c r="M167" s="1" t="inlineStr">
         <is>
-          <t>تجميع البيانات من الشبكات اللاسلكية باستخدام الطرق الذكية</t>
-[...2 lines deleted...]
-      <c r="N167" s="1"/>
+          <t>سياسات الاصلاح الاقتصادي ودورها في معالجة ظاهرتي الفقر والبطالة</t>
+        </is>
+      </c>
+      <c r="N167" s="1" t="inlineStr">
+        <is>
+          <t>الاقتصاد الاخضر مسار جديد في التنمية المستدامة</t>
+        </is>
+      </c>
       <c r="O167" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P167" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>148</t>
+          <t>168</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>احمد جاسم محمد </t>
+          <t>ناصر كاظم خلف </t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t>Ahmed jasim mohammed </t>
+          <t>Nasser Kazem Khalaf</t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mgl01wsv9jainxe.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/v1ug_6lirh9et5m.jpg</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
-          <t>1985-05-01</t>
+          <t>1960-09-10</t>
         </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G168" s="1" t="inlineStr">
         <is>
-          <t>07711976677</t>
+          <t>07735978126</t>
         </is>
       </c>
       <c r="H168" s="1" t="inlineStr">
         <is>
-          <t>ahmedjm85@uomisan.edu.iq</t>
+          <t>nasser.kadhim22@gmail.com</t>
         </is>
       </c>
       <c r="I168" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J168" s="1" t="inlineStr">
         <is>
-          <t>2016-07-31</t>
+          <t>2016-02-03</t>
         </is>
       </c>
       <c r="K168" s="1" t="inlineStr">
         <is>
-          <t>علوم مالية </t>
+          <t>علوم سياسية </t>
         </is>
       </c>
       <c r="L168" s="1" t="inlineStr">
         <is>
-          <t>علوم مالية </t>
+          <t>نظم  سياسية وسياسات عامة</t>
         </is>
       </c>
       <c r="M168" s="1" t="inlineStr">
         <is>
-          <t>Bank Stock Returns and Macroeconomic Variables: Empirical Evidence from Selected ASEAN Countries</t>
-[...2 lines deleted...]
-      <c r="N168" s="1"/>
+          <t>الحكومات الإئتلافية و ظاهرة عدم الاستقرار الحكومي في اسرائيل</t>
+        </is>
+      </c>
+      <c r="N168" s="1" t="inlineStr">
+        <is>
+          <t>التغيير السياسي وأثره على الإستقرار في الدول العربية بعد عام 2011 تونس وليبيا: دراسة مقارنة</t>
+        </is>
+      </c>
       <c r="O168" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P168" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>920</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>حيدر صباح طعمه</t>
+          <t>اوراس ناجي حمد</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t>Sadiq Hussein Nabhan Ali</t>
-[...6 lines deleted...]
-      </c>
+          <t>Oras Naji Hamad</t>
+        </is>
+      </c>
+      <c r="D169" s="1"/>
       <c r="E169" s="1" t="inlineStr">
         <is>
-          <t>1983-11-17</t>
+          <t>1983-08-03</t>
         </is>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G169" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٤٠٢٤٩٧٤</t>
+          <t>07833170891</t>
         </is>
       </c>
       <c r="H169" s="1" t="inlineStr">
         <is>
-          <t>haidar_1100@yahoo.com</t>
+          <t>orasn.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I169" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J169" s="1" t="inlineStr">
         <is>
-          <t>2016-08-05</t>
+          <t>2016-03-06</t>
         </is>
       </c>
       <c r="K169" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية والمعلوماتية/احصاء</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L169" s="1" t="inlineStr">
         <is>
-          <t>الاحصاء</t>
+          <t>معلوماتية حيوية</t>
         </is>
       </c>
       <c r="M169" s="1" t="inlineStr">
         <is>
-          <t>العمليات العشوائية لطرق النقل</t>
+          <t>Optimization and Detection of MDR1 gene in Acute Myelogenous Leukemia Patients in Iraq</t>
         </is>
       </c>
       <c r="N169" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>CONSTRUCTION AND ANALYSIS OF THE PROTEIN INTERACTION NETWORK BETWEEN MYLOID AND LYMPHOID LEUKAEMIA TYPES</t>
         </is>
       </c>
       <c r="O169" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P169" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>705</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>علي خزعل جبار</t>
+          <t>فاطمة عبد سعيد  </t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t>ali khazaal jabbar</t>
+          <t>fatema abed saaed</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1in5aq9esfy3b8r.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/uia7jvyxc0kzefq.jpg</t>
         </is>
       </c>
       <c r="E170" s="1" t="inlineStr">
         <is>
-          <t>1985-10-05</t>
+          <t>1989-06-28</t>
         </is>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G170" s="1" t="inlineStr">
         <is>
-          <t>07702804654</t>
+          <t>88866</t>
         </is>
       </c>
       <c r="H170" s="1" t="inlineStr">
         <is>
-          <t>ali-khazaal@uomisan.edu.iq</t>
+          <t>abed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I170" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J170" s="1" t="inlineStr">
         <is>
-          <t>2016-09-21</t>
+          <t>2016-03-09</t>
         </is>
       </c>
       <c r="K170" s="1" t="inlineStr">
         <is>
-          <t>المحاسبة</t>
+          <t>التاريخ الاسلامي   </t>
         </is>
       </c>
       <c r="L170" s="1" t="inlineStr">
         <is>
-          <t>محاسبة التكاليف</t>
+          <t>تاريخ الفكر الاسلامي  </t>
         </is>
       </c>
       <c r="M170" s="1" t="inlineStr">
         <is>
-          <t>_RECONCEPTUALISATION OF THE COMPETITIVE ADVANTAGE OF PROCESS COSTING AS A FUNDAMENTAL METHOD OF COST ACCOUNTING: AN OVERVIEW</t>
+          <t>الطلقاء دراسة في المعنى وإشكالية القراءة التاريخية </t>
         </is>
       </c>
       <c r="N170" s="1"/>
       <c r="O170" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P170" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>399</t>
+          <t>671</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>علاء كاظم فرحان</t>
+          <t>احمد كاظم حمد علي</t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t>Alaa Kadhim Farhan</t>
+          <t>Ahmed Kadem Hamad Ali </t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/p9ifl70cwrkhjzm.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y21efoq50pagh7k.jpg</t>
         </is>
       </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
-          <t>1966-10-12</t>
+          <t>1975-06-27</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G171" s="1" t="inlineStr">
         <is>
-          <t>07730888165</t>
+          <t>07704670032</t>
         </is>
       </c>
       <c r="H171" s="1" t="inlineStr">
         <is>
-          <t>Ahmed.m@uomisan.edu.iq</t>
+          <t>ahmed_kazim2007r@yahoo.com</t>
         </is>
       </c>
       <c r="I171" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J171" s="1" t="inlineStr">
         <is>
-          <t>2016-10-12</t>
+          <t>2016-05-23</t>
         </is>
       </c>
       <c r="K171" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد زراعي </t>
+          <t>علوم الحاسوب</t>
         </is>
       </c>
       <c r="L171" s="1" t="inlineStr">
         <is>
-          <t>اقتصاد زراعي</t>
+          <t>معالجة صور وذكاء اصطناعي</t>
         </is>
       </c>
       <c r="M171" s="1" t="inlineStr">
         <is>
-          <t>دراسه تحليلية لاقتصاديات انتاج بعض محاصيل الحبوب في الجمهورية العراقية</t>
+          <t>Detection and Diagnosis of Microcalcifications in Mammograms of Breast Towards the Early Detection of Breast Cancer</t>
         </is>
       </c>
       <c r="N171" s="1" t="inlineStr">
         <is>
-          <t>.دراسة تحليلية اقتصادية لكفاءة استخدام الموارد المائية في الزراعة العراقية</t>
+          <t>Real Time Hand Gestures Recognition Systems Using Traditional Method    and Deep Learning </t>
         </is>
       </c>
       <c r="O171" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P171" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>213</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>علي ماجد عذاري منصور </t>
+          <t>كامل جاسم دهش </t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t>Ali Majeed Adhari Mansour</t>
+          <t>Kamel Jassim dahash</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q9sc428ib3xmuyk.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6yv0x1rlqtfnp7c.jpg</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
-          <t>1978-09-19</t>
+          <t>1975-03-21</t>
         </is>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G172" s="1" t="inlineStr">
         <is>
-          <t>07702743203</t>
+          <t>٠٧٧٠٥٣٣٩٨١٥</t>
         </is>
       </c>
       <c r="H172" s="1" t="inlineStr">
         <is>
-          <t>ali_majed@uomisan.edu.iq</t>
+          <t>kamil.jasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I172" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J172" s="1" t="inlineStr">
         <is>
-          <t>2016-11-16</t>
+          <t>2016-05-26</t>
         </is>
       </c>
       <c r="K172" s="1" t="inlineStr">
         <is>
-          <t>مناهج و طرائق التدريس </t>
+          <t>تاريخ حديث ومعاصر</t>
         </is>
       </c>
       <c r="L172" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس </t>
+          <t>تاريخ اوربا الوسيط</t>
         </is>
       </c>
       <c r="M172" s="1" t="inlineStr">
         <is>
-          <t>صعوبات تعلم مادة قواعد اللغة العربية في الصفين الخامس والسادس الابتدائي من وجهة نظر معلمي المادة. </t>
+          <t>الامارة البابانية في العهد العثماني </t>
         </is>
       </c>
       <c r="N172" s="1" t="inlineStr">
         <is>
-          <t>أثر أنموذجي جانيه وكلوز ماير في اكتساب المفاهيم النحوية ة</t>
+          <t>وليم الفاتح حياته ودوره السياسي في إنجلترا </t>
         </is>
       </c>
       <c r="O172" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P172" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>579</t>
+          <t>227</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>شهاب احمد كاظم </t>
+          <t>علي مصدق دلفي علي</t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t>Shihab Ahmed Kahdim </t>
+          <t>Ali Musaddak Delphi Ali</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tkcub4vadx5jho9.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6wrj7n18shgoby0.jpg</t>
         </is>
       </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
-          <t>1974-10-14</t>
+          <t>1985-02-19</t>
         </is>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G173" s="1" t="inlineStr">
         <is>
-          <t>07709096074</t>
+          <t>07804600871</t>
         </is>
       </c>
       <c r="H173" s="1" t="inlineStr">
         <is>
-          <t>shihabahmed33@gmail.com</t>
+          <t>alidelphi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I173" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J173" s="1" t="inlineStr">
         <is>
-          <t>2017-02-09</t>
+          <t>2016-06-05</t>
         </is>
       </c>
       <c r="K173" s="1" t="inlineStr">
         <is>
-          <t>التدريب الرياضي - فسلجة</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L173" s="1" t="inlineStr">
         <is>
-          <t>جمناستك</t>
+          <t>الرياضيات الصرفة</t>
         </is>
       </c>
       <c r="M173" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة لتطوير قدرة العضلات الغاملة في أداء مهارة الوقوف  على اليدين - بالضغط- على جهاز الحلق لناشئي الجمناستك</t>
+          <t>Algorithms to Solve Multicriteria Scheduling Problems on Single Machine </t>
         </is>
       </c>
       <c r="N173" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة باستخدام جهاز مقترح لتطوير القوة النسبية للاطراف العليا وبعض القدرات البدنية والمهارية وهرمون النمو للاعبي الجمناستك الناشئين</t>
+          <t>A Study of Some Topics in Geometric  Function Theory Related to Certain Classes  of Analytic Functions Associated with  Differential Operators</t>
         </is>
       </c>
       <c r="O173" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P173" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>445</t>
+          <t>790</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>علي طه صالح طه</t>
+          <t>ماب علاء حسين</t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t>Ali Taha Saleh</t>
+          <t>Maab alaa hussain</t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7j1bi_5m9w36dpa.jpg</t>
+          <t>uploads/photos/u6cwqm17fh0yt_o.jpeg</t>
         </is>
       </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
-          <t>1962-07-03</t>
+          <t>1986-01-12</t>
         </is>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G174" s="1" t="inlineStr">
         <is>
-          <t>+9647716272759</t>
+          <t>07716159795</t>
         </is>
       </c>
       <c r="H174" s="1" t="inlineStr">
         <is>
-          <t>alitaldosari@uomisan.edu.iq</t>
+          <t>maab-alaa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I174" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J174" s="1" t="inlineStr">
         <is>
-          <t>2017-03-16</t>
+          <t>2016-06-25</t>
         </is>
       </c>
       <c r="K174" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء</t>
+          <t>هندسة الكترونيك واتصالات</t>
         </is>
       </c>
       <c r="L174" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء اللاعضويه</t>
+          <t>حاسبات</t>
         </is>
       </c>
       <c r="M174" s="1" t="inlineStr">
         <is>
-          <t>تثبيت الكاربون والنتروجين من الطحالب الخضراء المزرقه المعزوله من منطقه الكرمه</t>
-[...6 lines deleted...]
-      </c>
+          <t>تجميع البيانات من الشبكات اللاسلكية باستخدام الطرق الذكية</t>
+        </is>
+      </c>
+      <c r="N174" s="1"/>
       <c r="O174" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P174" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>921</t>
+          <t>148</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>ختام عبد العادل وحيد</t>
+          <t>احمد جاسم محمد </t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t>Khitam Abd Al-adil</t>
+          <t>Ahmed jasim mohammed </t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/lf1oghjcbvyxiuw.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mgl01wsv9jainxe.jpg</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
-          <t>1979-05-01</t>
+          <t>1985-05-01</t>
         </is>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G175" s="1" t="inlineStr">
         <is>
-          <t>07709087844</t>
+          <t>07711976677</t>
         </is>
       </c>
       <c r="H175" s="1" t="inlineStr">
         <is>
-          <t>khitam_79@uomisan.edu.iq</t>
+          <t>ahmedjm85@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I175" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J175" s="1" t="inlineStr">
         <is>
-          <t>2017-04-12</t>
+          <t>2016-07-31</t>
         </is>
       </c>
       <c r="K175" s="1" t="inlineStr">
         <is>
-          <t>Physical sciences</t>
+          <t>علوم مالية </t>
         </is>
       </c>
       <c r="L175" s="1" t="inlineStr">
         <is>
-          <t>Electro-optics</t>
+          <t>علوم مالية </t>
         </is>
       </c>
       <c r="M175" s="1" t="inlineStr">
         <is>
-          <t>دراسة الخواص البصريه اللاخطيه وأنماط  حيود  الحلقات للاصباغ الازو</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bank Stock Returns and Macroeconomic Variables: Empirical Evidence from Selected ASEAN Countries</t>
+        </is>
+      </c>
+      <c r="N175" s="1"/>
       <c r="O175" s="1" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P175" s="1" t="inlineStr">
         <is>
-          <t>طب الاسنان</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>94</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>سراج محمد يعقوب </t>
+          <t>حيدر صباح طعمه</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t>Siraj Muhammad Yaqoub</t>
+          <t>Sadiq Hussein Nabhan Ali</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7b6yfukgz0ir1_2.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5nzpjq6kghc0m9o.jpg</t>
         </is>
       </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
-          <t>1982-01-20</t>
+          <t>1983-11-17</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G176" s="1" t="inlineStr">
         <is>
-          <t>07705572020</t>
+          <t>٠٧٧١٤٠٢٤٩٧٤</t>
         </is>
       </c>
       <c r="H176" s="1" t="inlineStr">
         <is>
-          <t>mjdaeel@gmail.com</t>
+          <t>haidar_1100@yahoo.com</t>
         </is>
       </c>
       <c r="I176" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J176" s="1" t="inlineStr">
         <is>
-          <t>2017-04-19</t>
+          <t>2016-08-05</t>
         </is>
       </c>
       <c r="K176" s="1" t="inlineStr">
         <is>
-          <t>الأدب</t>
+          <t>الرياضيات التطبيقية والمعلوماتية/احصاء</t>
         </is>
       </c>
       <c r="L176" s="1" t="inlineStr">
         <is>
-          <t>النقد الأدبي الحديث</t>
+          <t>الاحصاء</t>
         </is>
       </c>
       <c r="M176" s="1" t="inlineStr">
         <is>
-          <t>القراءة بين خصوصية النص وإجراءات المنهج البنيوي - العراق أنموذجا</t>
+          <t>العمليات العشوائية لطرق النقل</t>
         </is>
       </c>
       <c r="N176" s="1" t="inlineStr">
         <is>
-          <t>التداخل المنهجي في طرائق تحليل النص الشعري - السيميائية أنموذجا</t>
+          <t>-</t>
         </is>
       </c>
       <c r="O176" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P176" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>844</t>
+          <t>150</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>د. حيدر خلف جبار اللامي</t>
+          <t>علي خزعل جبار</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t>Dr. Haider Khalaf Jabbar</t>
+          <t>ali khazaal jabbar</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/32bk_eivq15n6ax.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1in5aq9esfy3b8r.jpg</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
-          <t>1983-08-18</t>
+          <t>1985-10-05</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G177" s="1" t="inlineStr">
         <is>
-          <t>07714444600</t>
+          <t>07702804654</t>
         </is>
       </c>
       <c r="H177" s="1" t="inlineStr">
         <is>
-          <t>haider.allamy@uomisan.edu.iq</t>
+          <t>ali-khazaal@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I177" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J177" s="1" t="inlineStr">
         <is>
-          <t>2017-05-15</t>
+          <t>2016-09-21</t>
         </is>
       </c>
       <c r="K177" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>المحاسبة</t>
         </is>
       </c>
       <c r="L177" s="1" t="inlineStr">
         <is>
-          <t>الذكاء الاصطناعي والانظمة الخبيرة</t>
+          <t>محاسبة التكاليف</t>
         </is>
       </c>
       <c r="M177" s="1" t="inlineStr">
         <is>
-          <t>قواعد بيانات  ربط العملاء  الهاتف المحمول</t>
-[...6 lines deleted...]
-      </c>
+          <t>_RECONCEPTUALISATION OF THE COMPETITIVE ADVANTAGE OF PROCESS COSTING AS A FUNDAMENTAL METHOD OF COST ACCOUNTING: AN OVERVIEW</t>
+        </is>
+      </c>
+      <c r="N177" s="1"/>
       <c r="O177" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P177" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>450</t>
+          <t>399</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الرحمن  فاضل</t>
+          <t>علاء كاظم فرحان</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t>Ali abdulrahman fadhil</t>
+          <t>Alaa Kadhim Farhan</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/90jxz81v4cbawt5.jpg</t>
+          <t>uploads/photos/p9ifl70cwrkhjzm.jpg</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
-          <t>1987-01-10</t>
+          <t>1966-10-12</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G178" s="1" t="inlineStr">
         <is>
-          <t>07710614710</t>
+          <t>07730888165</t>
         </is>
       </c>
       <c r="H178" s="1" t="inlineStr">
         <is>
-          <t>alibiologist87@uomisan.edu.iq</t>
+          <t>Ahmed.m@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I178" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J178" s="1" t="inlineStr">
         <is>
-          <t>2017-10-05</t>
+          <t>2016-10-12</t>
         </is>
       </c>
       <c r="K178" s="1" t="inlineStr">
         <is>
-          <t>علوم الحياة</t>
+          <t>اقتصاد زراعي </t>
         </is>
       </c>
       <c r="L178" s="1" t="inlineStr">
         <is>
-          <t>فسلجة نبات</t>
+          <t>اقتصاد زراعي</t>
         </is>
       </c>
       <c r="M178" s="1" t="inlineStr">
         <is>
-          <t>  الدقيق خارج الجسم الحيالإكثار الدقيق  لنبات البطاطا  وتأثير  السكروز في  تكوين  الدرنات </t>
-[...2 lines deleted...]
-      <c r="N178" s="1"/>
+          <t>دراسه تحليلية لاقتصاديات انتاج بعض محاصيل الحبوب في الجمهورية العراقية</t>
+        </is>
+      </c>
+      <c r="N178" s="1" t="inlineStr">
+        <is>
+          <t>.دراسة تحليلية اقتصادية لكفاءة استخدام الموارد المائية في الزراعة العراقية</t>
+        </is>
+      </c>
       <c r="O178" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P178" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>593</t>
+          <t>371</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>علي عزيز داود</t>
+          <t>علي ماجد عذاري منصور </t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t>Ali Aziz Dawood </t>
+          <t>Ali Majeed Adhari Mansour</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fdkwe3a6goszyhp.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q9sc428ib3xmuyk.jpg</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
-          <t>1971-02-20</t>
+          <t>1978-09-19</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G179" s="1" t="inlineStr">
         <is>
-          <t>00 9647719900339</t>
+          <t>07702743203</t>
         </is>
       </c>
       <c r="H179" s="1" t="inlineStr">
         <is>
-          <t>aliendawoodaz@gmail.com</t>
+          <t>ali_majed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I179" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J179" s="1" t="inlineStr">
         <is>
-          <t>2017-11-29</t>
+          <t>2016-11-16</t>
         </is>
       </c>
       <c r="K179" s="1" t="inlineStr">
         <is>
-          <t>Philosophy of physical education sciences and sports sciences </t>
+          <t>مناهج و طرائق التدريس </t>
         </is>
       </c>
       <c r="L179" s="1" t="inlineStr">
         <is>
-          <t>Sociology-  physical fitness </t>
+          <t>طرائق تدريس </t>
         </is>
       </c>
       <c r="M179" s="1" t="inlineStr">
         <is>
-          <t>تأثير التدريب الدائري الفتري المرتفع والمنخفض الشده في تطوير بعض المهارات الاساسية بكرة السلة</t>
+          <t>صعوبات تعلم مادة قواعد اللغة العربية في الصفين الخامس والسادس الابتدائي من وجهة نظر معلمي المادة. </t>
         </is>
       </c>
       <c r="N179" s="1" t="inlineStr">
         <is>
-          <t>الحياة الجامعية واثرها على النشاط البدني واللياقة الحركية والقياسات الانثربومترية خلال مرحلتي الدراسة ( الاولى - الرابعة ) لطلاب جامعة ميسان</t>
+          <t>أثر أنموذجي جانيه وكلوز ماير في اكتساب المفاهيم النحوية ة</t>
         </is>
       </c>
       <c r="O179" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P179" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>579</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>حنان كاظم عبد </t>
+          <t>شهاب احمد كاظم </t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t>hanan kadhim abed</t>
+          <t>Shihab Ahmed Kahdim </t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h2supfm97y483g1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/tkcub4vadx5jho9.jpg</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
-          <t>1978-03-26</t>
+          <t>1974-10-14</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G180" s="1" t="inlineStr">
         <is>
-          <t>0770</t>
+          <t>07709096074</t>
         </is>
       </c>
       <c r="H180" s="1" t="inlineStr">
         <is>
-          <t>hanankhadem@uomisan.edu.iq</t>
+          <t>shihabahmed33@gmail.com</t>
         </is>
       </c>
       <c r="I180" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J180" s="1" t="inlineStr">
         <is>
-          <t>2017-12-20</t>
+          <t>2017-02-09</t>
         </is>
       </c>
       <c r="K180" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس العلوم </t>
+          <t>التدريب الرياضي - فسلجة</t>
         </is>
       </c>
       <c r="L180" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس العلوم </t>
+          <t>جمناستك</t>
         </is>
       </c>
       <c r="M180" s="1" t="inlineStr">
         <is>
-          <t>المهارات الحياتية المتضمنة في كتابي العلوم للصفين  الخامس والسادس الابتدائي في مادة العلوم   </t>
-[...2 lines deleted...]
-      <c r="N180" s="1"/>
+          <t>تأثير تمرينات خاصة لتطوير قدرة العضلات الغاملة في أداء مهارة الوقوف  على اليدين - بالضغط- على جهاز الحلق لناشئي الجمناستك</t>
+        </is>
+      </c>
+      <c r="N180" s="1" t="inlineStr">
+        <is>
+          <t>تأثير تمرينات خاصة باستخدام جهاز مقترح لتطوير القوة النسبية للاطراف العليا وبعض القدرات البدنية والمهارية وهرمون النمو للاعبي الجمناستك الناشئين</t>
+        </is>
+      </c>
       <c r="O180" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P180" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>405</t>
+          <t>445</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>ميادة جاسم محمد</t>
+          <t>علي طه صالح طه</t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t>Mayada Jassim Mohammed</t>
+          <t>Ali Taha Saleh</t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iu5c9kg8ahw_zj1.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7j1bi_5m9w36dpa.jpg</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
-          <t>1983-11-25</t>
+          <t>1962-07-03</t>
         </is>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G181" s="1" t="inlineStr">
         <is>
-          <t>‭٠٧٧ ١٢٥٩ ٥٦٦٨‬</t>
+          <t>+9647716272759</t>
         </is>
       </c>
       <c r="H181" s="1" t="inlineStr">
         <is>
-          <t>mayadajassim@uomisan.edu.iq</t>
+          <t>alitaldosari@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I181" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J181" s="1" t="inlineStr">
         <is>
-          <t>2017-12-22</t>
+          <t>2017-03-16</t>
         </is>
       </c>
       <c r="K181" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="L181" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء النظرية والجزيئية</t>
+          <t>الكيمياء اللاعضويه</t>
         </is>
       </c>
       <c r="M181" s="1" t="inlineStr">
         <is>
-          <t>Studying the x- ray atomic Scattering form Factor for Be atom in its Excited state (1s2 2s 3s) and the Be - like ions</t>
-[...2 lines deleted...]
-      <c r="N181" s="1"/>
+          <t>تثبيت الكاربون والنتروجين من الطحالب الخضراء المزرقه المعزوله من منطقه الكرمه</t>
+        </is>
+      </c>
+      <c r="N181" s="1" t="inlineStr">
+        <is>
+          <t>Synthesis and Characterization of Injectable Magnesium, Strontium and Silver doped Dicalcium Phosphate Cements for Potential Orthopedic Application</t>
+        </is>
+      </c>
       <c r="O181" s="1" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="P181" s="1" t="inlineStr">
         <is>
           <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>269</t>
+          <t>921</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>انس صبري ابو علي</t>
+          <t>ختام عبد العادل وحيد</t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t>anass sabri abu ali</t>
+          <t>Khitam Abd Al-adil</t>
         </is>
       </c>
       <c r="D182" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qroix1jtl2bgpuk.jpg</t>
+          <t>uploads/photos/lf1oghjcbvyxiuw.jpg</t>
         </is>
       </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
-          <t>1980-09-22</t>
+          <t>1979-05-01</t>
         </is>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G182" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١١٢١٧٧١٦</t>
+          <t>07709087844</t>
         </is>
       </c>
       <c r="H182" s="1" t="inlineStr">
         <is>
-          <t>anas8@uomisan.edu.iq</t>
+          <t>khitam_79@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I182" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J182" s="1" t="inlineStr">
         <is>
-          <t>2018-01-18</t>
+          <t>2017-04-12</t>
         </is>
       </c>
       <c r="K182" s="1" t="inlineStr">
         <is>
-          <t>فسلجة</t>
+          <t>Physical sciences</t>
         </is>
       </c>
       <c r="L182" s="1" t="inlineStr">
         <is>
-          <t>فسلجة</t>
+          <t>Electro-optics</t>
         </is>
       </c>
       <c r="M182" s="1" t="inlineStr">
         <is>
-          <t>في تاثير الكافور على بعض المعايرالفسلجيةو  الكيمائية والنسيجة في ذكور الجرذان البيضاءو </t>
-[...2 lines deleted...]
-      <c r="N182" s="1"/>
+          <t>دراسة الخواص البصريه اللاخطيه وأنماط  حيود  الحلقات للاصباغ الازو</t>
+        </is>
+      </c>
+      <c r="N182" s="1" t="inlineStr">
+        <is>
+          <t>Experimental investigation of the optical  polarization on the thermal nonlinear  refractive index and absorption </t>
+        </is>
+      </c>
       <c r="O182" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>2</t>
         </is>
       </c>
       <c r="P182" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>طب الاسنان</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>510</t>
+          <t>94</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>علي حسين جبار</t>
+          <t>سراج محمد يعقوب </t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t>ALI HUSSEIN JABBAR </t>
+          <t>Siraj Muhammad Yaqoub</t>
         </is>
       </c>
       <c r="D183" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/97d4eysh8_0ra2l.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/7b6yfukgz0ir1_2.png</t>
         </is>
       </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
-          <t>1982-10-26</t>
+          <t>1982-01-20</t>
         </is>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G183" s="1" t="inlineStr">
         <is>
-          <t>07705574169</t>
+          <t>07705572020</t>
         </is>
       </c>
       <c r="H183" s="1" t="inlineStr">
         <is>
-          <t>alihussein.mcm@uomisan.edu.iq</t>
+          <t>mjdaeel@gmail.com</t>
         </is>
       </c>
       <c r="I183" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J183" s="1" t="inlineStr">
         <is>
-          <t>2018-03-28</t>
+          <t>2017-04-19</t>
         </is>
       </c>
       <c r="K183" s="1" t="inlineStr">
         <is>
-          <t>ميكانيك</t>
+          <t>الأدب</t>
         </is>
       </c>
       <c r="L183" s="1" t="inlineStr">
         <is>
-          <t>حراريات</t>
+          <t>النقد الأدبي الحديث</t>
         </is>
       </c>
       <c r="M183" s="1" t="inlineStr">
         <is>
-          <t>Experimental and numerical investigation of mechanisms governing the performance of electrodialysis for liquid desiccant regeneration</t>
+          <t>القراءة بين خصوصية النص وإجراءات المنهج البنيوي - العراق أنموذجا</t>
         </is>
       </c>
       <c r="N183" s="1" t="inlineStr">
         <is>
-          <t>Experimental and numerical investigation of mechanisms governing the performance of electrodialysis for liquid desiccant regeneration</t>
+          <t>التداخل المنهجي في طرائق تحليل النص الشعري - السيميائية أنموذجا</t>
         </is>
       </c>
       <c r="O183" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P183" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>483</t>
+          <t>844</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>غزوان عبدالحسين </t>
+          <t>د. حيدر خلف جبار اللامي</t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t>Ghazwan Abdulhussein</t>
+          <t>Dr. Haider Khalaf Jabbar</t>
         </is>
       </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q71pce4uz_kjwir.jpg</t>
+          <t>uploads/photos/32bk_eivq15n6ax.jpeg</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
-          <t>1982-01-03</t>
+          <t>1983-08-18</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G184" s="1" t="inlineStr">
         <is>
-          <t>07705571856</t>
+          <t>07714444600</t>
         </is>
       </c>
       <c r="H184" s="1" t="inlineStr">
         <is>
-          <t>Ghazwanabdulhussein@uomisan.edu.iq</t>
+          <t>haider.allamy@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I184" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J184" s="1" t="inlineStr">
         <is>
-          <t>2018-04-28</t>
+          <t>2017-05-15</t>
         </is>
       </c>
       <c r="K184" s="1" t="inlineStr">
         <is>
-          <t>تمريض</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L184" s="1" t="inlineStr">
         <is>
-          <t>تمريض صحة المجتمع</t>
+          <t>الذكاء الاصطناعي والانظمة الخبيرة</t>
         </is>
       </c>
       <c r="M184" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Evaluation of Nurses’ Knowledge and Practices Concerning Childhood Vaccination at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
+          <t>قواعد بيانات  ربط العملاء  الهاتف المحمول</t>
         </is>
       </c>
       <c r="N184" s="1" t="inlineStr">
         <is>
-          <t>&amp;#34;Effectiveness of Physical Activity-Oriented Educational Program on Elderly Quality of Life at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
+          <t>تطوير نظام خبير باستخدام الشبكات العصبية الاصطناعية الذكية</t>
         </is>
       </c>
       <c r="O184" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P184" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>417</t>
+          <t>450</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>ابتسام بشير كاظم</t>
+          <t>علي عبد الرحمن  فاضل</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t>Ebtesam Basheer Kadhim</t>
+          <t>Ali abdulrahman fadhil</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2ycvioazkwupj6e.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/90jxz81v4cbawt5.jpg</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
-          <t>1981-03-01</t>
+          <t>1987-01-10</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G185" s="1" t="inlineStr">
         <is>
-          <t>07802479625</t>
+          <t>07710614710</t>
         </is>
       </c>
       <c r="H185" s="1" t="inlineStr">
         <is>
-          <t>ebtesambasheer@uomisan.edu.iq</t>
+          <t>alibiologist87@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I185" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J185" s="1" t="inlineStr">
         <is>
-          <t>2018-05-08</t>
+          <t>2017-10-05</t>
         </is>
       </c>
       <c r="K185" s="1" t="inlineStr">
         <is>
-          <t>Biotechnology</t>
+          <t>علوم الحياة</t>
         </is>
       </c>
       <c r="L185" s="1" t="inlineStr">
         <is>
-          <t>Molecular biology</t>
+          <t>فسلجة نبات</t>
         </is>
       </c>
       <c r="M185" s="1" t="inlineStr">
         <is>
-          <t>توصيف عزلات الفطر Aspergillus spp. الحاملة لجين aflR الملوثة  لبعض الأغذية في أسواق النجف الأشرف وإمكانية مقاومتها إحيائيا</t>
-[...6 lines deleted...]
-      </c>
+          <t>  الدقيق خارج الجسم الحيالإكثار الدقيق  لنبات البطاطا  وتأثير  السكروز في  تكوين  الدرنات </t>
+        </is>
+      </c>
+      <c r="N185" s="1"/>
       <c r="O185" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P185" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>644</t>
+          <t>593</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>محمد مهدي حسين سلمان </t>
+          <t>علي عزيز داود</t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t>muhammed mahdi hussen salman</t>
+          <t>Ali Aziz Dawood </t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fyvc8904z5obkr1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fdkwe3a6goszyhp.jpeg</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
-          <t>1984-11-20</t>
+          <t>1971-02-20</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G186" s="1" t="inlineStr">
         <is>
-          <t>07728120102</t>
+          <t>00 9647719900339</t>
         </is>
       </c>
       <c r="H186" s="1" t="inlineStr">
         <is>
-          <t>Mohammed.mahdi@uomisan.edu.iq</t>
+          <t>aliendawoodaz@gmail.com</t>
         </is>
       </c>
       <c r="I186" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J186" s="1" t="inlineStr">
         <is>
-          <t>2018-05-09</t>
+          <t>2017-11-29</t>
         </is>
       </c>
       <c r="K186" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية </t>
+          <t>Philosophy of physical education sciences and sports sciences </t>
         </is>
       </c>
       <c r="L186" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>Sociology-  physical fitness </t>
         </is>
       </c>
       <c r="M186" s="1" t="inlineStr">
         <is>
-          <t>مستوايات التلقي في شروح نهج البلاغة حتى نهاية  قرن السابع الهجري</t>
+          <t>تأثير التدريب الدائري الفتري المرتفع والمنخفض الشده في تطوير بعض المهارات الاساسية بكرة السلة</t>
         </is>
       </c>
       <c r="N186" s="1" t="inlineStr">
         <is>
-          <t>  الأبعد التداولية في شروح نهج البلاغة </t>
+          <t>الحياة الجامعية واثرها على النشاط البدني واللياقة الحركية والقياسات الانثربومترية خلال مرحلتي الدراسة ( الاولى - الرابعة ) لطلاب جامعة ميسان</t>
         </is>
       </c>
       <c r="O186" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P186" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>248</t>
+          <t>293</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>حسين جاسم محمد </t>
+          <t>حنان كاظم عبد </t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t>hussein jasim mohammed</t>
+          <t>hanan kadhim abed</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m8facnjbqz4u6s0.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/h2supfm97y483g1.jpg</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
-          <t>1968-05-02</t>
+          <t>1978-03-26</t>
         </is>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G187" s="1" t="inlineStr">
         <is>
-          <t>07704094026</t>
+          <t>0770</t>
         </is>
       </c>
       <c r="H187" s="1" t="inlineStr">
         <is>
-          <t>hussainalhussainy14@gmail.com</t>
+          <t>hanankhadem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I187" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J187" s="1" t="inlineStr">
         <is>
-          <t>2018-06-28</t>
+          <t>2017-12-20</t>
         </is>
       </c>
       <c r="K187" s="1" t="inlineStr">
         <is>
-          <t>اللغة الأنكليزية</t>
+          <t>طرائق تدريس العلوم </t>
         </is>
       </c>
       <c r="L187" s="1" t="inlineStr">
         <is>
-          <t>الأدب الأنكليزي</t>
+          <t>طرائق تدريس العلوم </t>
         </is>
       </c>
       <c r="M187" s="1" t="inlineStr">
         <is>
-          <t>n/a</t>
-[...6 lines deleted...]
-      </c>
+          <t>المهارات الحياتية المتضمنة في كتابي العلوم للصفين  الخامس والسادس الابتدائي في مادة العلوم   </t>
+        </is>
+      </c>
+      <c r="N187" s="1"/>
       <c r="O187" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P187" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>817</t>
+          <t>405</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>صباح فالح حبيب الحمدي</t>
+          <t>ميادة جاسم محمد</t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t>Sabah F. H. Alhamdi</t>
+          <t>Mayada Jassim Mohammed</t>
         </is>
       </c>
       <c r="D188" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/cgnu8ezm7ib9tkh.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iu5c9kg8ahw_zj1.png</t>
         </is>
       </c>
       <c r="E188" s="1" t="inlineStr">
         <is>
-          <t>1980-11-22</t>
+          <t>1983-11-25</t>
         </is>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G188" s="1" t="inlineStr">
         <is>
-          <t>07728024982</t>
+          <t>‭٠٧٧ ١٢٥٩ ٥٦٦٨‬</t>
         </is>
       </c>
       <c r="H188" s="1" t="inlineStr">
         <is>
-          <t>sabahalhamdi@uomisan.edu.iq</t>
+          <t>mayadajassim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I188" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J188" s="1" t="inlineStr">
         <is>
-          <t>2018-08-08</t>
+          <t>2017-12-22</t>
         </is>
       </c>
       <c r="K188" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الميكانيكية</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L188" s="1" t="inlineStr">
         <is>
-          <t>حراريات</t>
+          <t>الفيزياء النظرية والجزيئية</t>
         </is>
       </c>
       <c r="M188" s="1" t="inlineStr">
         <is>
-          <t>دراسة أنفصال الجريان بين ريشتي الضاغطة المحورية</t>
-[...6 lines deleted...]
-      </c>
+          <t>Studying the x- ray atomic Scattering form Factor for Be atom in its Excited state (1s2 2s 3s) and the Be - like ions</t>
+        </is>
+      </c>
+      <c r="N188" s="1"/>
       <c r="O188" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P188" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>341</t>
+          <t>269</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>فاطمة عبد سعيد</t>
+          <t>انس صبري ابو علي</t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t>Alaa Ali Hussein</t>
+          <t>anass sabri abu ali</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rz5_8b7cymkwgjl.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qroix1jtl2bgpuk.jpg</t>
         </is>
       </c>
       <c r="E189" s="1" t="inlineStr">
         <is>
-          <t>2017-05-24</t>
+          <t>1980-09-22</t>
         </is>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G189" s="1" t="inlineStr">
         <is>
-          <t>07827653319</t>
+          <t>٠٧٧١١٢١٧٧١٦</t>
         </is>
       </c>
       <c r="H189" s="1" t="inlineStr">
         <is>
-          <t>fatima_abed@uomisan.edu.iq</t>
+          <t>anas8@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I189" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J189" s="1" t="inlineStr">
         <is>
-          <t>2018-09-15</t>
+          <t>2018-01-18</t>
         </is>
       </c>
       <c r="K189" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي</t>
+          <t>فسلجة</t>
         </is>
       </c>
       <c r="L189" s="1" t="inlineStr">
         <is>
-          <t>تاريخ الفكر الاسلامي</t>
+          <t>فسلجة</t>
         </is>
       </c>
       <c r="M189" s="1" t="inlineStr">
         <is>
-          <t>الطلقاء دراسة في المعنى وأشكالية القراءة التاريخية</t>
-[...6 lines deleted...]
-      </c>
+          <t>في تاثير الكافور على بعض المعايرالفسلجيةو  الكيمائية والنسيجة في ذكور الجرذان البيضاءو </t>
+        </is>
+      </c>
+      <c r="N189" s="1"/>
       <c r="O189" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P189" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>287</t>
+          <t>510</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>هند علي محمد</t>
+          <t>علي حسين جبار</t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t>hind ali jbr</t>
+          <t>ALI HUSSEIN JABBAR </t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dtxp2o613mzleu0.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/97d4eysh8_0ra2l.jpg</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
-          <t>1978-12-01</t>
+          <t>1982-10-26</t>
         </is>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G190" s="1" t="inlineStr">
         <is>
-          <t>07716300334</t>
+          <t>07705574169</t>
         </is>
       </c>
       <c r="H190" s="1" t="inlineStr">
         <is>
-          <t>fadc2012@yahoo.com</t>
+          <t>alihussein.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I190" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J190" s="1" t="inlineStr">
         <is>
-          <t>2018-10-01</t>
+          <t>2018-03-28</t>
         </is>
       </c>
       <c r="K190" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>ميكانيك</t>
         </is>
       </c>
       <c r="L190" s="1" t="inlineStr">
         <is>
-          <t>القانون الدستوري</t>
+          <t>حراريات</t>
         </is>
       </c>
       <c r="M190" s="1" t="inlineStr">
         <is>
-          <t>سلطات رئيس الدولة على الوزراء دراسة مقارنة</t>
+          <t>Experimental and numerical investigation of mechanisms governing the performance of electrodialysis for liquid desiccant regeneration</t>
         </is>
       </c>
       <c r="N190" s="1" t="inlineStr">
         <is>
-          <t>THE POWERS OF THE FEDERAL SUPREME COURT IN LEGAL SUPERVISION AND INTERPRETATION ON THE COSTITUTIONALITY OF LAWS: A CASE STUDY OF THE IRAQI CONSTITUTION</t>
+          <t>Experimental and numerical investigation of mechanisms governing the performance of electrodialysis for liquid desiccant regeneration</t>
         </is>
       </c>
       <c r="O190" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P190" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>358</t>
+          <t>483</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>اسعد شامل عطية </t>
+          <t>غزوان عبدالحسين </t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t>Asaad Shamil  Atiya 	</t>
+          <t>Ghazwan Abdulhussein</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/md23jyv9ls_afux.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/q71pce4uz_kjwir.jpg</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
-          <t>1986-02-25</t>
+          <t>1982-01-03</t>
         </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G191" s="1" t="inlineStr">
         <is>
-          <t>07711999300 </t>
+          <t>07705571856</t>
         </is>
       </c>
       <c r="H191" s="1" t="inlineStr">
         <is>
-          <t>asaad.shameel@uomisan.edu.iq</t>
+          <t>Ghazwanabdulhussein@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I191" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J191" s="1" t="inlineStr">
         <is>
-          <t>2018-11-13</t>
+          <t>2018-04-28</t>
         </is>
       </c>
       <c r="K191" s="1" t="inlineStr">
         <is>
-          <t>علوم اغذية</t>
+          <t>تمريض</t>
         </is>
       </c>
       <c r="L191" s="1" t="inlineStr">
         <is>
-          <t>تقانات احيائية</t>
+          <t>تمريض صحة المجتمع</t>
         </is>
       </c>
       <c r="M191" s="1" t="inlineStr">
         <is>
-          <t>عزل وتنقية وتوصيف لاكتوفيرين شرش حليب الابل الأبقار وتقييم فعاليته المضادة للأكسدة </t>
+          <t>&amp;#34;Evaluation of Nurses’ Knowledge and Practices Concerning Childhood Vaccination at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
         </is>
       </c>
       <c r="N191" s="1" t="inlineStr">
         <is>
-          <t>التغليف الدقيق لبكتريا Limosilactobacillus reuteri المجفف تحت التفريغ ودراسة تأثيرها خارج وداخل الجسم الحي </t>
+          <t>&amp;#34;Effectiveness of Physical Activity-Oriented Educational Program on Elderly Quality of Life at Primary Health Care Centers in Al-Amara City&amp;#34;</t>
         </is>
       </c>
       <c r="O191" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P191" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>506</t>
+          <t>417</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>ميثم فالح حسين </t>
+          <t>ابتسام بشير كاظم</t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t>Maytham F alih Hussain </t>
+          <t>Ebtesam Basheer Kadhim</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4hlq7dv8wretsf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2ycvioazkwupj6e.jpg</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
-          <t>1985-03-14</t>
+          <t>1981-03-01</t>
         </is>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G192" s="1" t="inlineStr">
         <is>
-          <t>07713625724</t>
+          <t>07802479625</t>
         </is>
       </c>
       <c r="H192" s="1" t="inlineStr">
         <is>
-          <t>Maythah_fa@uomisan.edu.iq</t>
+          <t>ebtesambasheer@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I192" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J192" s="1" t="inlineStr">
         <is>
-          <t>2018-11-14</t>
+          <t>2018-05-08</t>
         </is>
       </c>
       <c r="K192" s="1" t="inlineStr">
         <is>
-          <t>القانون العام </t>
+          <t>Biotechnology</t>
         </is>
       </c>
       <c r="L192" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
+          <t>Molecular biology</t>
         </is>
       </c>
       <c r="M192" s="1" t="inlineStr">
         <is>
-          <t>حق السرعة في اجراءات الدعوى الجزائية</t>
+          <t>توصيف عزلات الفطر Aspergillus spp. الحاملة لجين aflR الملوثة  لبعض الأغذية في أسواق النجف الأشرف وإمكانية مقاومتها إحيائيا</t>
         </is>
       </c>
       <c r="N192" s="1" t="inlineStr">
         <is>
-          <t>القصور التشريعي في قانون العقوبات العراقي</t>
+          <t>Studying the Effects of some Physical and Chemical Mutagens on the Regulatory Elements of the Cellulase Gene Transcription in Local Thermophilic Bacillus sp. Isolate </t>
         </is>
       </c>
       <c r="O192" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P192" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>644</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>ضحى حسن فليح </t>
+          <t>محمد مهدي حسين سلمان </t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t>Duha Hassan Faleh</t>
+          <t>muhammed mahdi hussen salman</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e9vrz503s4_cubx.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fyvc8904z5obkr1.jpg</t>
         </is>
       </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
-          <t>1993-01-01</t>
+          <t>1984-11-20</t>
         </is>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G193" s="1" t="inlineStr">
         <is>
-          <t>07722139661</t>
+          <t>07728120102</t>
         </is>
       </c>
       <c r="H193" s="1" t="inlineStr">
         <is>
-          <t>algh413@gmail.com</t>
+          <t>Mohammed.mahdi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I193" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J193" s="1" t="inlineStr">
         <is>
-          <t>2018-12-06</t>
+          <t>2018-05-09</t>
         </is>
       </c>
       <c r="K193" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>اللغة العربية </t>
         </is>
       </c>
       <c r="L193" s="1" t="inlineStr">
         <is>
-          <t>قانون جنائي</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M193" s="1" t="inlineStr">
         <is>
-          <t>التعويض عن التوقيف عند الحكم بالبراءة </t>
+          <t>مستوايات التلقي في شروح نهج البلاغة حتى نهاية  قرن السابع الهجري</t>
         </is>
       </c>
       <c r="N193" s="1" t="inlineStr">
         <is>
-          <t>لايوجد</t>
+          <t>  الأبعد التداولية في شروح نهج البلاغة </t>
         </is>
       </c>
       <c r="O193" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P193" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>157</t>
+          <t>248</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>صدام عبد الحسين رميش</t>
+          <t>حسين جاسم محمد </t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t>Saddam Abdul Hussein Rmeish</t>
+          <t>hussein jasim mohammed</t>
         </is>
       </c>
       <c r="D194" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wl9yu54bsg6c0dm.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/m8facnjbqz4u6s0.jpg</t>
         </is>
       </c>
       <c r="E194" s="1" t="inlineStr">
         <is>
-          <t>1983-06-10</t>
+          <t>1968-05-02</t>
         </is>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G194" s="1" t="inlineStr">
         <is>
-          <t>07705581303</t>
+          <t>07704094026</t>
         </is>
       </c>
       <c r="H194" s="1" t="inlineStr">
         <is>
-          <t>polt22@uomisan.edu.iq</t>
+          <t>hussainalhussainy14@gmail.com</t>
         </is>
       </c>
       <c r="I194" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J194" s="1" t="inlineStr">
         <is>
-          <t>2018-12-14</t>
+          <t>2018-06-28</t>
         </is>
       </c>
       <c r="K194" s="1" t="inlineStr">
         <is>
-          <t>القانون</t>
+          <t>اللغة الأنكليزية</t>
         </is>
       </c>
       <c r="L194" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>الأدب الأنكليزي</t>
         </is>
       </c>
       <c r="M194" s="1" t="inlineStr">
         <is>
-          <t>سندات الشحن الالكترونية في النقل البحري وحجيتها في الاثبات</t>
+          <t>n/a</t>
         </is>
       </c>
       <c r="N194" s="1" t="inlineStr">
         <is>
-          <t>وثيقة النقل متعدد الوسائط الالكترونية</t>
+          <t>n/a</t>
         </is>
       </c>
       <c r="O194" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P194" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>969</t>
+          <t>817</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>فرح مجبل الجابري </t>
+          <t>صباح فالح حبيب الحمدي</t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t>Farah Mejbel Al Jaberi</t>
-[...2 lines deleted...]
-      <c r="D195" s="1"/>
+          <t>Sabah F. H. Alhamdi</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/cgnu8ezm7ib9tkh.jpg</t>
+        </is>
+      </c>
       <c r="E195" s="1" t="inlineStr">
         <is>
-          <t>1980-10-10</t>
+          <t>1980-11-22</t>
         </is>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G195" s="1" t="inlineStr">
         <is>
-          <t>07705561502</t>
+          <t>07728024982</t>
         </is>
       </c>
       <c r="H195" s="1" t="inlineStr">
         <is>
-          <t>farah.m.biochem@gmail.com</t>
+          <t>sabahalhamdi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I195" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J195" s="1" t="inlineStr">
         <is>
-          <t>2018-12-19</t>
+          <t>2018-08-08</t>
         </is>
       </c>
       <c r="K195" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء </t>
+          <t>الهندسة الميكانيكية</t>
         </is>
       </c>
       <c r="L195" s="1" t="inlineStr">
         <is>
-          <t>كيمياء صيدلانية </t>
-[...3 lines deleted...]
-      <c r="N195" s="1"/>
+          <t>حراريات</t>
+        </is>
+      </c>
+      <c r="M195" s="1" t="inlineStr">
+        <is>
+          <t>دراسة أنفصال الجريان بين ريشتي الضاغطة المحورية</t>
+        </is>
+      </c>
+      <c r="N195" s="1" t="inlineStr">
+        <is>
+          <t>INTERMITTENCY EFFECTS ON THE UNIVERSALITY OF LOCAL DISSIPATION SCALES IN TURBULENT BOUNDARY LAYER FLOWS WITH AND WITHOUT FREE-STREAM TURBULENCE</t>
+        </is>
+      </c>
       <c r="O195" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P195" s="1" t="inlineStr">
         <is>
-          <t>كلية الصيدلة</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>540</t>
+          <t>341</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>شهاب احمد نعمه </t>
+          <t>فاطمة عبد سعيد</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t>Shihab Ahmed Nima</t>
+          <t>Alaa Ali Hussein</t>
         </is>
       </c>
       <c r="D196" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8gnxmrawpo9k_q3.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rz5_8b7cymkwgjl.jpg</t>
         </is>
       </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
-          <t>1987-01-21</t>
+          <t>2017-05-24</t>
         </is>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G196" s="1" t="inlineStr">
         <is>
-          <t>07705720414</t>
+          <t>07827653319</t>
         </is>
       </c>
       <c r="H196" s="1" t="inlineStr">
         <is>
-          <t>SHiHuB.S@uomisan.edu.iq</t>
+          <t>fatima_abed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I196" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J196" s="1" t="inlineStr">
         <is>
-          <t>2018-12-19</t>
+          <t>2018-09-15</t>
         </is>
       </c>
       <c r="K196" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية </t>
+          <t>التاريخ الاسلامي</t>
         </is>
       </c>
       <c r="L196" s="1" t="inlineStr">
         <is>
-          <t>فسلجة تدريب / كرة السلة </t>
+          <t>تاريخ الفكر الاسلامي</t>
         </is>
       </c>
       <c r="M196" s="1" t="inlineStr">
         <is>
-          <t>تمرينات بدنية متزايدة الشدة لتطوير بعض القدرات البدنية وتأثيرها في تأخير MLSS  ودقة التصويب المحسوب بالبرنامج الاحصائي بكرة السلة للمتقدمين</t>
+          <t>الطلقاء دراسة في المعنى وأشكالية القراءة التاريخية</t>
         </is>
       </c>
       <c r="N196" s="1" t="inlineStr">
         <is>
-          <t>تمرينات تحمل الاداء بأستخدام جهاز مقترح وفق مناطق التصويب لتطوير بعض القدرات الوظيفية والبدنية ودقة التصويب بالقفز للاعبي الدوري الممتاز بكرة السلة</t>
+          <t>بناء الدولة بين فكر الإمام علي بن أبي طالب (عليه السلام) ومنهج ابن خلدون (ت ٨٠٨ هجريه) دراسة تحليلية</t>
         </is>
       </c>
       <c r="O196" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P196" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>492</t>
+          <t>287</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>سعد صبري شامخ علي </t>
+          <t>هند علي محمد</t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t>Saad Sabri Shamkh Ali </t>
+          <t>hind ali jbr</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/lst2vf14rgpnix_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dtxp2o613mzleu0.jpg</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
-          <t>1981-09-23</t>
+          <t>1978-12-01</t>
         </is>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G197" s="1" t="inlineStr">
         <is>
-          <t>07710899898</t>
+          <t>07716300334</t>
         </is>
       </c>
       <c r="H197" s="1" t="inlineStr">
         <is>
-          <t>saadsabri@uomisan.edu.iq</t>
+          <t>fadc2012@yahoo.com</t>
         </is>
       </c>
       <c r="I197" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J197" s="1" t="inlineStr">
         <is>
-          <t>2019-01-08</t>
+          <t>2018-10-01</t>
         </is>
       </c>
       <c r="K197" s="1" t="inlineStr">
         <is>
-          <t>علوم في التمريض </t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L197" s="1" t="inlineStr">
         <is>
-          <t>تمريض صحه المجتمع </t>
+          <t>القانون الدستوري</t>
         </is>
       </c>
       <c r="M197" s="1" t="inlineStr">
         <is>
-          <t>Quality of life for patients with tuberculosis who undergo directly observed treatment short-course (DOTS) Strategy in Al-Amara City </t>
-[...2 lines deleted...]
-      <c r="N197" s="1"/>
+          <t>سلطات رئيس الدولة على الوزراء دراسة مقارنة</t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>THE POWERS OF THE FEDERAL SUPREME COURT IN LEGAL SUPERVISION AND INTERPRETATION ON THE COSTITUTIONALITY OF LAWS: A CASE STUDY OF THE IRAQI CONSTITUTION</t>
+        </is>
+      </c>
       <c r="O197" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P197" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>358</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>وفاء حسين جبر </t>
+          <t>اسعد شامل عطية </t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t>Wafaa Hussein Jabr</t>
+          <t>Asaad Shamil  Atiya 	</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/qz5y2nwhjic0x4a.jpg</t>
+          <t>uploads/photos/md23jyv9ls_afux.jpg</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
-          <t>1986-02-20</t>
+          <t>1986-02-25</t>
         </is>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G198" s="1" t="inlineStr">
         <is>
-          <t>7705543350</t>
+          <t>07711999300 </t>
         </is>
       </c>
       <c r="H198" s="1" t="inlineStr">
         <is>
-          <t>wafaaaltimimi@uomisan.edu.iq</t>
+          <t>asaad.shameel@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I198" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J198" s="1" t="inlineStr">
         <is>
-          <t>2019-01-17</t>
+          <t>2018-11-13</t>
         </is>
       </c>
       <c r="K198" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>علوم اغذية</t>
         </is>
       </c>
       <c r="L198" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة الانكليزية كلغة اجنبية </t>
+          <t>تقانات احيائية</t>
         </is>
       </c>
       <c r="M198" s="1" t="inlineStr">
         <is>
-          <t>Eradication of Mute English Phenomenon Inside Iraqi EFL College Classrooms</t>
+          <t>عزل وتنقية وتوصيف لاكتوفيرين شرش حليب الابل الأبقار وتقييم فعاليته المضادة للأكسدة </t>
         </is>
       </c>
       <c r="N198" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>التغليف الدقيق لبكتريا Limosilactobacillus reuteri المجفف تحت التفريغ ودراسة تأثيرها خارج وداخل الجسم الحي </t>
         </is>
       </c>
       <c r="O198" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P198" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>964</t>
+          <t>506</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>مصطفى محسن غيثان</t>
+          <t>ميثم فالح حسين </t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t>Mostfa Mohsin Albdair</t>
-[...2 lines deleted...]
-      <c r="D199" s="1"/>
+          <t>Maytham F alih Hussain </t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4hlq7dv8wretsf.jpg</t>
+        </is>
+      </c>
       <c r="E199" s="1" t="inlineStr">
         <is>
-          <t>1974-01-01</t>
+          <t>1985-03-14</t>
         </is>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G199" s="1" t="inlineStr">
         <is>
-          <t>07866431188</t>
+          <t>07713625724</t>
         </is>
       </c>
       <c r="H199" s="1" t="inlineStr">
         <is>
-          <t>mostfa.albdair@gmail.com</t>
+          <t>Maythah_fa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I199" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J199" s="1" t="inlineStr">
         <is>
-          <t>2019-02-03</t>
+          <t>2018-11-14</t>
         </is>
       </c>
       <c r="K199" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>القانون العام </t>
         </is>
       </c>
       <c r="L199" s="1" t="inlineStr">
         <is>
-          <t>شبكات</t>
-[...3 lines deleted...]
-      <c r="N199" s="1"/>
+          <t>القانون الجنائي</t>
+        </is>
+      </c>
+      <c r="M199" s="1" t="inlineStr">
+        <is>
+          <t>حق السرعة في اجراءات الدعوى الجزائية</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>القصور التشريعي في قانون العقوبات العراقي</t>
+        </is>
+      </c>
       <c r="O199" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P199" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>516</t>
+          <t>162</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>علي حميد مؤمن</t>
+          <t>ضحى حسن فليح </t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t>ali hamid moamen</t>
+          <t>Duha Hassan Faleh</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u8sjwqafp02y369.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e9vrz503s4_cubx.jpg</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
-          <t>1981-02-12</t>
+          <t>1993-01-01</t>
         </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G200" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>07722139661</t>
         </is>
       </c>
       <c r="H200" s="1" t="inlineStr">
         <is>
-          <t>ahm.ac@yahoo.cim</t>
+          <t>algh413@gmail.com</t>
         </is>
       </c>
       <c r="I200" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J200" s="1" t="inlineStr">
         <is>
-          <t>2019-02-13</t>
+          <t>2018-12-06</t>
         </is>
       </c>
       <c r="K200" s="1" t="inlineStr">
         <is>
-          <t>هندسة المكائن والمواد</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L200" s="1" t="inlineStr">
         <is>
-          <t>ali@hm2021</t>
+          <t>قانون جنائي</t>
         </is>
       </c>
       <c r="M200" s="1" t="inlineStr">
         <is>
-          <t>تنصيع ودراسة اداء جهاز تكييف منفصل ذي منظومة امتصاصية</t>
-[...2 lines deleted...]
-      <c r="N200" s="1"/>
+          <t>التعويض عن التوقيف عند الحكم بالبراءة </t>
+        </is>
+      </c>
+      <c r="N200" s="1" t="inlineStr">
+        <is>
+          <t>لايوجد</t>
+        </is>
+      </c>
       <c r="O200" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P200" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>229</t>
+          <t>157</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>علاء كاظم ربع</t>
+          <t>صدام عبد الحسين رميش</t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t>Alaa kadhim Rupa</t>
+          <t>Saddam Abdul Hussein Rmeish</t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/r7clkdz2quavnx4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/wl9yu54bsg6c0dm.jpeg</t>
         </is>
       </c>
       <c r="E201" s="1" t="inlineStr">
         <is>
-          <t>1983-01-23</t>
+          <t>1983-06-10</t>
         </is>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G201" s="1" t="inlineStr">
         <is>
-          <t>07719933991</t>
+          <t>07705581303</t>
         </is>
       </c>
       <c r="H201" s="1" t="inlineStr">
         <is>
-          <t>alaa.kadhim@uomisan.edu.iq</t>
+          <t>polt22@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I201" s="1" t="inlineStr">
         <is>
           <t>مدرس</t>
         </is>
       </c>
       <c r="J201" s="1" t="inlineStr">
         <is>
-          <t>2019-02-20</t>
+          <t>2018-12-14</t>
         </is>
       </c>
       <c r="K201" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية / أدب</t>
+          <t>القانون</t>
         </is>
       </c>
       <c r="L201" s="1" t="inlineStr">
         <is>
-          <t>أدب ونقد حديث</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="M201" s="1" t="inlineStr">
         <is>
-          <t> 2017-2011المقموع في روايات الربيع العربي</t>
-[...2 lines deleted...]
-      <c r="N201" s="1"/>
+          <t>سندات الشحن الالكترونية في النقل البحري وحجيتها في الاثبات</t>
+        </is>
+      </c>
+      <c r="N201" s="1" t="inlineStr">
+        <is>
+          <t>وثيقة النقل متعدد الوسائط الالكترونية</t>
+        </is>
+      </c>
       <c r="O201" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P201" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>