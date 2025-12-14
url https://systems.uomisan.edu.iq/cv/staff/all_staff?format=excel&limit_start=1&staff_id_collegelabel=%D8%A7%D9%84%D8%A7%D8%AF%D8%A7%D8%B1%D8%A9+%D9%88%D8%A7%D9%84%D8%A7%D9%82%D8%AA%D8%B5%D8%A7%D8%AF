--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -3339,51 +3339,51 @@
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>رشا عبد الحسين صاحب عبد الحسن</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
           <t> Rasha Abdel Hussein Sahib Abdel Hassan</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
           <t>uploads/files/p15khyl3iq2bx69.jpg</t>
         </is>
       </c>
       <c r="E40" s="1" t="inlineStr">
         <is>
-          <t>1982-03-29</t>
+          <t>1986-03-29</t>
         </is>
       </c>
       <c r="F40" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G40" s="1" t="inlineStr">
         <is>
           <t>07703237921</t>
         </is>
       </c>
       <c r="H40" s="1" t="inlineStr">
         <is>
           <t>rasha.a.sahib@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I40" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J40" s="1" t="inlineStr">
         <is>
           <t>2018-03-06</t>
@@ -5954,51 +5954,51 @@
       </c>
       <c r="P71" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>نعمة ساهي حسن </t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
           <t>nehme hasn sahey</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/fa53dbew6v4m07c.png</t>
+          <t>uploads/files/juolt7dv3qmy0g4.jpeg</t>
         </is>
       </c>
       <c r="E72" s="1" t="inlineStr">
         <is>
           <t>2020-11-21</t>
         </is>
       </c>
       <c r="F72" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G72" s="1" t="inlineStr">
         <is>
           <t>07711147310</t>
         </is>
       </c>
       <c r="H72" s="1" t="inlineStr">
         <is>
           <t>dnmhalmwswy@gmeil.com</t>
         </is>
       </c>
       <c r="I72" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
@@ -7333,9218 +7333,9222 @@
       </c>
       <c r="M88" s="1" t="inlineStr">
         <is>
           <t>علاقة بعض العلاقه الكينماتيكيه لرجل المرجحة بانجاز القفز العالي لابطال القطر العراقي</t>
         </is>
       </c>
       <c r="N88" s="1" t="inlineStr">
         <is>
           <t>تقويم حالة الرياضي التدريبيه على وفق المؤشرات البنيه والوظيفيه والنفسيه خلال فترة الالانتقاليه</t>
         </is>
       </c>
       <c r="O88" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P88" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>620</t>
+          <t>1011</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>محمد عامر محمد </t>
+          <t>ساجدة منادي ثامر </t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>Mohammed amer mohammed</t>
+          <t>sajida munadi thamer</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/w6v4e7jmy8n3g0o.jpg</t>
+          <t>uploads/files/zqya41inu3ogsrf.png</t>
         </is>
       </c>
       <c r="E89" s="1" t="inlineStr">
         <is>
-          <t>1976-07-01</t>
+          <t>1977-04-18</t>
         </is>
       </c>
       <c r="F89" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G89" s="1" t="inlineStr">
         <is>
-          <t>07712517088</t>
+          <t>000000000</t>
         </is>
       </c>
       <c r="H89" s="1" t="inlineStr">
         <is>
-          <t>mohammed-amer@uomisan.edu.iq</t>
+          <t>sajida_munadi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I89" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J89" s="1" t="inlineStr">
         <is>
-          <t>2021-11-07</t>
+          <t>2021-09-19</t>
         </is>
       </c>
       <c r="K89" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>علوم كيمياء </t>
         </is>
       </c>
       <c r="L89" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>كيمياء عضوية</t>
         </is>
       </c>
       <c r="M89" s="1" t="inlineStr">
         <is>
-          <t>الفعل في العربية بين القدماء والمحدثين دراسة وتخليل</t>
+          <t>تخليق وتوصيف مشتقات من 2،5- ثنائي ميثوكسي بنزوفينون</t>
         </is>
       </c>
       <c r="N89" s="1" t="inlineStr">
         <is>
-          <t>اثر المناسبة في توجيه المعنى في النص القراني</t>
+          <t>تخليق مشتقات جديدة لحمض الديهيدروأسيتيك تحتوي على مجموعات حلقية غير متجانسة مختلفة</t>
         </is>
       </c>
       <c r="O89" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>3</t>
         </is>
       </c>
       <c r="P89" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الصيدلة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>488</t>
+          <t>620</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>ماجد شندي والي </t>
+          <t>محمد عامر محمد </t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>Majed Shendi Wali</t>
+          <t>Mohammed amer mohammed</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vcwz_2n6bah8iqr.jpg</t>
+          <t>uploads/photos/w6v4e7jmy8n3g0o.jpg</t>
         </is>
       </c>
       <c r="E90" s="1" t="inlineStr">
         <is>
-          <t>2021-11-02</t>
+          <t>1976-07-01</t>
         </is>
       </c>
       <c r="F90" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G90" s="1" t="inlineStr">
         <is>
-          <t>07705604870</t>
+          <t>07712517088</t>
         </is>
       </c>
       <c r="H90" s="1" t="inlineStr">
         <is>
-          <t>Majid@uomisan.edu.iq</t>
+          <t>mohammed-amer@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I90" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J90" s="1" t="inlineStr">
         <is>
-          <t>2021-11-13</t>
+          <t>2021-11-07</t>
         </is>
       </c>
       <c r="K90" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية </t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L90" s="1" t="inlineStr">
         <is>
-          <t>الفسلجة</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="M90" s="1" t="inlineStr">
         <is>
-          <t>تاثير التدريب الدائري المرتفع الشدة في بعض مؤشرات الدم والكلى</t>
+          <t>الفعل في العربية بين القدماء والمحدثين دراسة وتخليل</t>
         </is>
       </c>
       <c r="N90" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض المتغيرات البايوكيميائية والفسلجية المصاحبة لظاهرة الافراط في التدريب</t>
+          <t>اثر المناسبة في توجيه المعنى في النص القراني</t>
         </is>
       </c>
       <c r="O90" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P90" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>634</t>
+          <t>488</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>مؤيد فيصل ربيع</t>
+          <t>ماجد شندي والي </t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>Moaed faisal rabea</t>
+          <t>Majed Shendi Wali</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/87r0u4gixambvtc.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/vcwz_2n6bah8iqr.jpg</t>
         </is>
       </c>
       <c r="E91" s="1" t="inlineStr">
         <is>
-          <t>2022-07-28</t>
+          <t>2021-11-02</t>
         </is>
       </c>
       <c r="F91" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G91" s="1" t="inlineStr">
         <is>
-          <t>07705507576</t>
+          <t>07705604870</t>
         </is>
       </c>
       <c r="H91" s="1" t="inlineStr">
         <is>
-          <t>dr.moaed2015@uomisan.edu.iq</t>
+          <t>Majid@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I91" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J91" s="1" t="inlineStr">
         <is>
-          <t>2022-01-16</t>
+          <t>2021-11-13</t>
         </is>
       </c>
       <c r="K91" s="1" t="inlineStr">
         <is>
-          <t>علوم اسلامية </t>
+          <t>التربية البدنية </t>
         </is>
       </c>
       <c r="L91" s="1" t="inlineStr">
         <is>
-          <t>علوم كلام</t>
+          <t>الفسلجة</t>
         </is>
       </c>
       <c r="M91" s="1" t="inlineStr">
         <is>
-          <t>الوجود عند متكلمي المسلمين</t>
+          <t>تاثير التدريب الدائري المرتفع الشدة في بعض مؤشرات الدم والكلى</t>
         </is>
       </c>
       <c r="N91" s="1" t="inlineStr">
         <is>
-          <t>الوجود عند متكلمي المسلمين</t>
+          <t>دراسة بعض المتغيرات البايوكيميائية والفسلجية المصاحبة لظاهرة الافراط في التدريب</t>
         </is>
       </c>
       <c r="O91" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P91" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>518</t>
+          <t>634</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>عبد الله كاظم عبد </t>
+          <t>مؤيد فيصل ربيع</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Kadhim Abed</t>
+          <t>Moaed faisal rabea</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ak6x0pblit5j21d.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/87r0u4gixambvtc.JPG</t>
         </is>
       </c>
       <c r="E92" s="1" t="inlineStr">
         <is>
-          <t>2022-02-06</t>
+          <t>2022-07-28</t>
         </is>
       </c>
       <c r="F92" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G92" s="1" t="inlineStr">
         <is>
-          <t>07705577418 </t>
+          <t>07705507576</t>
         </is>
       </c>
       <c r="H92" s="1" t="inlineStr">
         <is>
-          <t>abdullah@uivstiymaisan.edu.iq</t>
+          <t>dr.moaed2015@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I92" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J92" s="1" t="inlineStr">
         <is>
-          <t>2022-02-06</t>
+          <t>2022-01-16</t>
         </is>
       </c>
       <c r="K92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الخديث</t>
+          <t>علوم اسلامية </t>
         </is>
       </c>
       <c r="L92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الحديث</t>
+          <t>علوم كلام</t>
         </is>
       </c>
       <c r="M92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
+          <t>الوجود عند متكلمي المسلمين</t>
         </is>
       </c>
       <c r="N92" s="1" t="inlineStr">
         <is>
-          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
+          <t>الوجود عند متكلمي المسلمين</t>
         </is>
       </c>
       <c r="O92" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P92" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>842</t>
+          <t>518</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>رائد ساعي جاسم </t>
+          <t>عبد الله كاظم عبد </t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>Riaed Al siaede</t>
+          <t>Abdullah Kadhim Abed</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/6u0pb3wixy8o2ar.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ak6x0pblit5j21d.jpg</t>
         </is>
       </c>
       <c r="E93" s="1" t="inlineStr">
         <is>
-          <t>2024-06-23</t>
+          <t>2022-02-06</t>
         </is>
       </c>
       <c r="F93" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G93" s="1" t="inlineStr">
         <is>
-          <t>07705500033</t>
+          <t>07705577418 </t>
         </is>
       </c>
       <c r="H93" s="1" t="inlineStr">
         <is>
-          <t>dr.ra.iraq@uomisan.edu.iq</t>
+          <t>abdullah@uivstiymaisan.edu.iq</t>
         </is>
       </c>
       <c r="I93" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J93" s="1" t="inlineStr">
         <is>
-          <t>2022-07-06</t>
+          <t>2022-02-06</t>
         </is>
       </c>
       <c r="K93" s="1" t="inlineStr">
         <is>
-          <t>جيولوجي</t>
+          <t>تاريخ العراق الخديث</t>
         </is>
       </c>
       <c r="L93" s="1" t="inlineStr">
         <is>
-          <t>جيوتكنيك </t>
+          <t>تاريخ العراق الحديث</t>
         </is>
       </c>
       <c r="M93" s="1" t="inlineStr">
         <is>
-          <t>الاراضي الجيولوجية الدخيلة في الحزام الاوروجني الالبي في شمال العراق</t>
+          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
         </is>
       </c>
       <c r="N93" s="1" t="inlineStr">
         <is>
-          <t>الموديل التحليلي للمشاكل الجيوتكنيكية حول الانفاق. مشروع مترو بغداد</t>
+          <t>تاريخ العراق الحديث جامعة بغداد كلية الآداب </t>
         </is>
       </c>
       <c r="O93" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P93" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>662</t>
+          <t>842</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>رحيم عطيه جناني</t>
+          <t>رائد ساعي جاسم </t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>Rahim Atiya Janani</t>
+          <t>Riaed Al siaede</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da9ch1_r7ut465y.jpeg</t>
+          <t>uploads/photos/6u0pb3wixy8o2ar.jpg</t>
         </is>
       </c>
       <c r="E94" s="1" t="inlineStr">
         <is>
-          <t>2022-07-01</t>
+          <t>2024-06-23</t>
         </is>
       </c>
       <c r="F94" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G94" s="1" t="inlineStr">
         <is>
-          <t>07712537737</t>
+          <t>07705500033</t>
         </is>
       </c>
       <c r="H94" s="1" t="inlineStr">
         <is>
-          <t>Dr.raheem@uomisan.edu.iq</t>
+          <t>dr.ra.iraq@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I94" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J94" s="1" t="inlineStr">
         <is>
-          <t>2022-07-13</t>
+          <t>2022-07-06</t>
         </is>
       </c>
       <c r="K94" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>جيولوجي</t>
         </is>
       </c>
       <c r="L94" s="1" t="inlineStr">
         <is>
-          <t>اختبارات وقياس كرة القدم</t>
+          <t>جيوتكنيك </t>
         </is>
       </c>
       <c r="M94" s="1" t="inlineStr">
         <is>
-          <t>تحديد اختبارت بدنيه ومهاريه للاعبي الشباب لكرة القدم</t>
-[...2 lines deleted...]
-      <c r="N94" s="1"/>
+          <t>الاراضي الجيولوجية الدخيلة في الحزام الاوروجني الالبي في شمال العراق</t>
+        </is>
+      </c>
+      <c r="N94" s="1" t="inlineStr">
+        <is>
+          <t>الموديل التحليلي للمشاكل الجيوتكنيكية حول الانفاق. مشروع مترو بغداد</t>
+        </is>
+      </c>
       <c r="O94" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P94" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>662</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>علي موسى عكلة </t>
+          <t>رحيم عطيه جناني</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>Ali Mousa Oglah</t>
+          <t>Rahim Atiya Janani</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e5fx4zc2vr_o6p1.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/da9ch1_r7ut465y.jpeg</t>
         </is>
       </c>
       <c r="E95" s="1" t="inlineStr">
         <is>
-          <t>1955-07-01</t>
+          <t>2022-07-01</t>
         </is>
       </c>
       <c r="F95" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G95" s="1" t="inlineStr">
         <is>
-          <t>07712413898</t>
+          <t>07712537737</t>
         </is>
       </c>
       <c r="H95" s="1" t="inlineStr">
         <is>
-          <t>alimussa56@uomisan.edu.iq</t>
+          <t>Dr.raheem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I95" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J95" s="1" t="inlineStr">
         <is>
-          <t>2022-08-01</t>
+          <t>2022-07-13</t>
         </is>
       </c>
       <c r="K95" s="1" t="inlineStr">
         <is>
-          <t>لغة</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L95" s="1" t="inlineStr">
         <is>
-          <t>لغة ونحو</t>
+          <t>اختبارات وقياس كرة القدم</t>
         </is>
       </c>
       <c r="M95" s="1" t="inlineStr">
         <is>
-          <t>كتاب المواقف للنفري - دراسة في التراكيب ودلالاتها</t>
-[...6 lines deleted...]
-      </c>
+          <t>تحديد اختبارت بدنيه ومهاريه للاعبي الشباب لكرة القدم</t>
+        </is>
+      </c>
+      <c r="N95" s="1"/>
       <c r="O95" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P95" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>246</t>
+          <t>89</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>ايمان خماس سبع</t>
+          <t>علي موسى عكلة </t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t> Eman Khammas Sabi</t>
+          <t>Ali Mousa Oglah</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8_6yl0qd9msg7jb.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e5fx4zc2vr_o6p1.jpg</t>
         </is>
       </c>
       <c r="E96" s="1" t="inlineStr">
         <is>
-          <t>1961-04-18</t>
+          <t>1955-07-01</t>
         </is>
       </c>
       <c r="F96" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G96" s="1" t="inlineStr">
         <is>
-          <t>07716167411</t>
+          <t>07712413898</t>
         </is>
       </c>
       <c r="H96" s="1" t="inlineStr">
         <is>
-          <t>eman.mcm@uomisan.edu.iq</t>
+          <t>alimussa56@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I96" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J96" s="1" t="inlineStr">
         <is>
-          <t>2022-11-08</t>
+          <t>2022-08-01</t>
         </is>
       </c>
       <c r="K96" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>لغة</t>
         </is>
       </c>
       <c r="L96" s="1" t="inlineStr">
         <is>
-          <t>طب الاطفال</t>
+          <t>لغة ونحو</t>
         </is>
       </c>
       <c r="M96" s="1" t="inlineStr">
         <is>
-          <t>none</t>
+          <t>كتاب المواقف للنفري - دراسة في التراكيب ودلالاتها</t>
         </is>
       </c>
       <c r="N96" s="1" t="inlineStr">
         <is>
-          <t>none/ Arabic Board</t>
+          <t>مُوضِحُ أسرارِ النَّحو للشيخ بهاء الدين محمد بن الحسن الأصفهاني (الفاضل الهندي) 1062 - 1137 هـ‍</t>
         </is>
       </c>
       <c r="O96" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P96" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>913</t>
+          <t>246</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>عزالدين خزعل نجم </t>
+          <t>ايمان خماس سبع</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>Azalldeen Kazal  AL-Zubaidi</t>
+          <t> Eman Khammas Sabi</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/i5scyb6o72nje4z.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8_6yl0qd9msg7jb.jpg</t>
         </is>
       </c>
       <c r="E97" s="1" t="inlineStr">
         <is>
-          <t>1966-11-09</t>
+          <t>1961-04-18</t>
         </is>
       </c>
       <c r="F97" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G97" s="1" t="inlineStr">
         <is>
-          <t>07715733114</t>
+          <t>07716167411</t>
         </is>
       </c>
       <c r="H97" s="1" t="inlineStr">
         <is>
-          <t>ez_aldeen@uomisan.edu.iq</t>
+          <t>eman.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I97" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J97" s="1" t="inlineStr">
         <is>
-          <t>2023-02-22</t>
+          <t>2022-11-08</t>
         </is>
       </c>
       <c r="K97" s="1" t="inlineStr">
         <is>
-          <t>علوم الأغذية</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L97" s="1" t="inlineStr">
         <is>
-          <t>كيمياء الأغذية</t>
-[...3 lines deleted...]
-      <c r="N97" s="1"/>
+          <t>طب الاطفال</t>
+        </is>
+      </c>
+      <c r="M97" s="1" t="inlineStr">
+        <is>
+          <t>none</t>
+        </is>
+      </c>
+      <c r="N97" s="1" t="inlineStr">
+        <is>
+          <t>none/ Arabic Board</t>
+        </is>
+      </c>
       <c r="O97" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P97" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>563</t>
+          <t>913</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>حيدر صبيح نجم خاجي التميمي </t>
+          <t>عزالدين خزعل نجم </t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>Haider Sabih Najem Khaji </t>
+          <t>Azalldeen Kazal  AL-Zubaidi</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/mfq04unls2or3ib.jpg</t>
+          <t>uploads/photos/i5scyb6o72nje4z.jpeg</t>
         </is>
       </c>
       <c r="E98" s="1" t="inlineStr">
         <is>
-          <t>1970-06-16</t>
+          <t>1966-11-09</t>
         </is>
       </c>
       <c r="F98" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G98" s="1" t="inlineStr">
         <is>
-          <t>07705746530</t>
+          <t>07715733114</t>
         </is>
       </c>
       <c r="H98" s="1" t="inlineStr">
         <is>
-          <t>iraqhayder30@uomisan.edu.iq</t>
+          <t>ez_aldeen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I98" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J98" s="1" t="inlineStr">
         <is>
-          <t>2023-03-17</t>
+          <t>2023-02-22</t>
         </is>
       </c>
       <c r="K98" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>علوم الأغذية</t>
         </is>
       </c>
       <c r="L98" s="1" t="inlineStr">
         <is>
-          <t>بايوميكانيك جمناستك</t>
-[...11 lines deleted...]
-      </c>
+          <t>كيمياء الأغذية</t>
+        </is>
+      </c>
+      <c r="M98" s="1"/>
+      <c r="N98" s="1"/>
       <c r="O98" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P98" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>652</t>
+          <t>563</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>معن عبود علي</t>
+          <t>حيدر صبيح نجم خاجي التميمي </t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>Maan Abood Ali </t>
+          <t>Haider Sabih Najem Khaji </t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/590qfc1lmb8ht7d.jpg</t>
+          <t>uploads/photos/mfq04unls2or3ib.jpg</t>
         </is>
       </c>
       <c r="E99" s="1" t="inlineStr">
         <is>
-          <t>2022-06-05</t>
+          <t>1970-06-16</t>
         </is>
       </c>
       <c r="F99" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G99" s="1" t="inlineStr">
         <is>
-          <t>07707377386</t>
+          <t>07705746530</t>
         </is>
       </c>
       <c r="H99" s="1" t="inlineStr">
         <is>
-          <t>maanabood3@gmail.com</t>
+          <t>iraqhayder30@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I99" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J99" s="1" t="inlineStr">
         <is>
-          <t>2023-06-02</t>
+          <t>2023-03-17</t>
         </is>
       </c>
       <c r="K99" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد</t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L99" s="1" t="inlineStr">
         <is>
-          <t>النظرية الجزئية واقتصاديات الطاقة</t>
+          <t>بايوميكانيك جمناستك</t>
         </is>
       </c>
       <c r="M99" s="1" t="inlineStr">
         <is>
-          <t>سوق بغداد للاوارق المالية الوضع الحالي وسبل التطوير</t>
+          <t>تأثير منهج تدريبي مقترح لتطوير القدرات البدنية والحركية الخاصة ببعض الحركات على جهاز المتوازي للناشئين</t>
         </is>
       </c>
       <c r="N99" s="1" t="inlineStr">
         <is>
-          <t>سوق النفط الدولية والانعاكسات المحتملة على السياسة النفطية في العراق باستخدام نظرية الالعاب</t>
+          <t>تأثير تمرينات خاصة مصاحبة لوسائل مساعدة في بعض المتغيرات البدنية والبيوميكانيكية لمهارة القلبة الهوائية الخلفية المستقيمة المتبوعة بلفة كاملة بالحركات الأرضية للجمناستك</t>
         </is>
       </c>
       <c r="O99" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P99" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>95</t>
+          <t>652</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>عبد الزهرة عودة جبر </t>
+          <t>معن عبود علي</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>Abdul Zahra Odeh Jabr</t>
+          <t>Maan Abood Ali </t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/g72o_qiz98hpsr4.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/590qfc1lmb8ht7d.jpg</t>
         </is>
       </c>
       <c r="E100" s="1" t="inlineStr">
         <is>
-          <t>1978-03-26</t>
+          <t>2022-06-05</t>
         </is>
       </c>
       <c r="F100" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G100" s="1" t="inlineStr">
         <is>
-          <t>07717092155</t>
+          <t>07707377386</t>
         </is>
       </c>
       <c r="H100" s="1" t="inlineStr">
         <is>
-          <t>abdul-zahra@uomisan.edu.iq</t>
+          <t>maanabood3@gmail.com</t>
         </is>
       </c>
       <c r="I100" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J100" s="1" t="inlineStr">
         <is>
-          <t>2024-04-08</t>
+          <t>2023-06-02</t>
         </is>
       </c>
       <c r="K100" s="1" t="inlineStr">
         <is>
-          <t>فلسفة اللغة العربية/ اللغة</t>
+          <t>الاقتصاد</t>
         </is>
       </c>
       <c r="L100" s="1" t="inlineStr">
         <is>
-          <t>اللسانيات</t>
+          <t>النظرية الجزئية واقتصاديات الطاقة</t>
         </is>
       </c>
       <c r="M100" s="1" t="inlineStr">
         <is>
-          <t>شعر بشار بن برد  - دراسة لغوية</t>
+          <t>سوق بغداد للاوارق المالية الوضع الحالي وسبل التطوير</t>
         </is>
       </c>
       <c r="N100" s="1" t="inlineStr">
         <is>
-          <t>اللسانيات الوظيفية في الدراسات العربية المعاصرة- دراسة في جهود أحمد المتوكل</t>
+          <t>سوق النفط الدولية والانعاكسات المحتملة على السياسة النفطية في العراق باستخدام نظرية الالعاب</t>
         </is>
       </c>
       <c r="O100" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P100" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>75</t>
+          <t>95</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
+          <t>عبد الزهرة عودة جبر </t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>Mahmoud Abdel Hussein Abed Ali</t>
+          <t>Abdul Zahra Odeh Jabr</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/zw6d93xuj4_hvry.jpg</t>
+          <t>uploads/files/g72o_qiz98hpsr4.jpg</t>
         </is>
       </c>
       <c r="E101" s="1" t="inlineStr">
         <is>
-          <t>1971-10-23</t>
+          <t>1978-03-26</t>
         </is>
       </c>
       <c r="F101" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G101" s="1" t="inlineStr">
         <is>
-          <t>07700758479</t>
+          <t>07717092155</t>
         </is>
       </c>
       <c r="H101" s="1" t="inlineStr">
         <is>
-          <t>mhmwdalthalby@gmail.com</t>
+          <t>abdul-zahra@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I101" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J101" s="1" t="inlineStr">
         <is>
-          <t>2024-06-09</t>
+          <t>2024-04-08</t>
         </is>
       </c>
       <c r="K101" s="1" t="inlineStr">
         <is>
-          <t>العلوم الاسلامية</t>
+          <t>فلسفة اللغة العربية/ اللغة</t>
         </is>
       </c>
       <c r="L101" s="1" t="inlineStr">
         <is>
-          <t>علوم القرآن</t>
+          <t>اللسانيات</t>
         </is>
       </c>
       <c r="M101" s="1" t="inlineStr">
         <is>
-          <t>الحكومه الاسلاميه في فكر السيد محمد باقر الصدر </t>
+          <t>شعر بشار بن برد  - دراسة لغوية</t>
         </is>
       </c>
       <c r="N101" s="1" t="inlineStr">
         <is>
-          <t> الماركسية والراسمالية في منهج المقارن للسيد محمد باقر الصدر</t>
+          <t>اللسانيات الوظيفية في الدراسات العربية المعاصرة- دراسة في جهود أحمد المتوكل</t>
         </is>
       </c>
       <c r="O101" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P101" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>259</t>
+          <t>75</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>أ.د.أحمد هاشم عبد </t>
+          <t>محمود عبد الحسين عبد علي الثعالبي الحسني</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>Prof.Dr. Ahmed Hashim Abed</t>
+          <t>Mahmoud Abdel Hussein Abed Ali</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/3yvqsfdcj29h78m.jpg</t>
+          <t>uploads/files/zw6d93xuj4_hvry.jpg</t>
         </is>
       </c>
       <c r="E102" s="1" t="inlineStr">
         <is>
-          <t>1982-08-06</t>
+          <t>1971-10-23</t>
         </is>
       </c>
       <c r="F102" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G102" s="1" t="inlineStr">
         <is>
-          <t>07705664647</t>
+          <t>07700758479</t>
         </is>
       </c>
       <c r="H102" s="1" t="inlineStr">
         <is>
-          <t>ahmedhashimabed@uomisan.edu.iq</t>
+          <t>mhmwdalthalby@gmail.com</t>
         </is>
       </c>
       <c r="I102" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J102" s="1" t="inlineStr">
         <is>
-          <t>2024-11-24</t>
+          <t>2024-06-09</t>
         </is>
       </c>
       <c r="K102" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>العلوم الاسلامية</t>
         </is>
       </c>
       <c r="L102" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>علوم القرآن</t>
         </is>
       </c>
       <c r="M102" s="1" t="inlineStr">
         <is>
-          <t>الالتزام بالاعلام في عقد العلاج الطبي(دراسة مقارنة)</t>
+          <t>الحكومه الاسلاميه في فكر السيد محمد باقر الصدر </t>
         </is>
       </c>
       <c r="N102" s="1" t="inlineStr">
         <is>
-          <t>عقد اتاحة المصنفات الالكترونية- دراسة مقارنة</t>
+          <t> الماركسية والراسمالية في منهج المقارن للسيد محمد باقر الصدر</t>
         </is>
       </c>
       <c r="O102" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P102" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>565</t>
+          <t>259</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>مثنى ليث حاتم</t>
+          <t>أ.د.أحمد هاشم عبد </t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>Muthana Layth Hatem</t>
+          <t>Prof.Dr. Ahmed Hashim Abed</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/nykoj3s6qm78t59.jpg</t>
+          <t>uploads/files/3yvqsfdcj29h78m.jpg</t>
         </is>
       </c>
       <c r="E103" s="1" t="inlineStr">
         <is>
-          <t>1969-06-19</t>
+          <t>1982-08-06</t>
         </is>
       </c>
       <c r="F103" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G103" s="1" t="inlineStr">
         <is>
-          <t>07802780630</t>
+          <t>07705664647</t>
         </is>
       </c>
       <c r="H103" s="1" t="inlineStr">
         <is>
-          <t>muthanalhatem@gmail.com</t>
+          <t>ahmedhashimabed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I103" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J103" s="1" t="inlineStr">
         <is>
-          <t>2025-01-09</t>
+          <t>2024-11-24</t>
         </is>
       </c>
       <c r="K103" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L103" s="1" t="inlineStr">
         <is>
-          <t>فسلجة التدريب الرياضي /كرة القدم</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M103" s="1" t="inlineStr">
         <is>
-          <t>ثر الجهد البدني الهوائي واللاهوائي وبعض المواقف الخططية (دفاعية – هجومية) على  الموجات الكهربائية للدماغ لدى  لاعبي  كرة القدم المتقدمين</t>
+          <t>الالتزام بالاعلام في عقد العلاج الطبي(دراسة مقارنة)</t>
         </is>
       </c>
       <c r="N103" s="1" t="inlineStr">
         <is>
-          <t>مقارنة بعض متغيرات النشاط الكهربائي للدماغ والقلب وعضلات الأطراف السفلى والبيوكيميائية وفقاً للذكاء الخططي والأداء البدني والمهاري للاعبي كرة القدم المحترفين (المحليين والاجانب)</t>
+          <t>عقد اتاحة المصنفات الالكترونية- دراسة مقارنة</t>
         </is>
       </c>
       <c r="O103" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P103" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>299</t>
+          <t>565</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>احمد هادي حافظ</t>
+          <t>مثنى ليث حاتم</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hadi Hafedh</t>
+          <t>Muthana Layth Hatem</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8ea26zkcmolwgit.jpg</t>
+          <t>uploads/photos/nykoj3s6qm78t59.jpg</t>
         </is>
       </c>
       <c r="E104" s="1" t="inlineStr">
         <is>
-          <t>1985-01-05</t>
+          <t>1969-06-19</t>
         </is>
       </c>
       <c r="F104" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G104" s="1" t="inlineStr">
         <is>
-          <t>0770981</t>
+          <t>07802780630</t>
         </is>
       </c>
       <c r="H104" s="1" t="inlineStr">
         <is>
-          <t>ms.ahmedhadi@uomisan.edu.iq</t>
+          <t>muthanalhatem@gmail.com</t>
         </is>
       </c>
       <c r="I104" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J104" s="1" t="inlineStr">
         <is>
-          <t>2025-01-16</t>
+          <t>2025-01-09</t>
         </is>
       </c>
       <c r="K104" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L104" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>فسلجة التدريب الرياضي /كرة القدم</t>
         </is>
       </c>
       <c r="M104" s="1" t="inlineStr">
         <is>
-          <t>الالتزام بضمان السلامة في عقد السياحة واثار الاخلال به</t>
+          <t>ثر الجهد البدني الهوائي واللاهوائي وبعض المواقف الخططية (دفاعية – هجومية) على  الموجات الكهربائية للدماغ لدى  لاعبي  كرة القدم المتقدمين</t>
         </is>
       </c>
       <c r="N104" s="1" t="inlineStr">
         <is>
-          <t>not have</t>
+          <t>مقارنة بعض متغيرات النشاط الكهربائي للدماغ والقلب وعضلات الأطراف السفلى والبيوكيميائية وفقاً للذكاء الخططي والأداء البدني والمهاري للاعبي كرة القدم المحترفين (المحليين والاجانب)</t>
         </is>
       </c>
       <c r="O104" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P104" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>28</t>
+          <t>299</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>نجم عبدالله برهان</t>
+          <t>احمد هادي حافظ</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>Najm Abdullah Burah</t>
+          <t>Ahmed Hadi Hafedh</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5aipq23m7xbjwy0.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/8ea26zkcmolwgit.jpg</t>
         </is>
       </c>
       <c r="E105" s="1" t="inlineStr">
         <is>
-          <t>1980-03-16</t>
+          <t>1985-01-05</t>
         </is>
       </c>
       <c r="F105" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G105" s="1" t="inlineStr">
         <is>
-          <t>07711921696</t>
+          <t>0770981</t>
         </is>
       </c>
       <c r="H105" s="1" t="inlineStr">
         <is>
-          <t>najim@uomisan.edu.iq</t>
+          <t>ms.ahmedhadi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I105" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J105" s="1" t="inlineStr">
         <is>
-          <t>2025-05-04</t>
+          <t>2025-01-16</t>
         </is>
       </c>
       <c r="K105" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L105" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس اللغة الانكليزية</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M105" s="1" t="inlineStr">
         <is>
-          <t>Evaluating the Pre-Service Training Programme of Teaching EFL at the College of Basic Education in the Light of its Behavioral Objectives </t>
+          <t>الالتزام بضمان السلامة في عقد السياحة واثار الاخلال به</t>
         </is>
       </c>
       <c r="N105" s="1" t="inlineStr">
         <is>
-          <t>The Effect of Round Robin and Final Report Strategies in Reading Comprehension   Skills Development and the Achievement of English Department Students in Education Faculties in the Comprehension</t>
+          <t>not have</t>
         </is>
       </c>
       <c r="O105" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P105" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>256</t>
+          <t>28</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>أ.د.علاء نافع كطافة </t>
+          <t>نجم عبدالله برهان</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t> Prof.Dr Alaa Nafea Kttafah</t>
+          <t>Najm Abdullah Burah</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1eluv7fhspa6bg2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5aipq23m7xbjwy0.jpg</t>
         </is>
       </c>
       <c r="E106" s="1" t="inlineStr">
         <is>
-          <t>2018-11-24</t>
+          <t>1980-03-16</t>
         </is>
       </c>
       <c r="F106" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G106" s="1" t="inlineStr">
         <is>
-          <t>07703107745</t>
+          <t>07711921696</t>
         </is>
       </c>
       <c r="H106" s="1" t="inlineStr">
         <is>
-          <t>a_aledane@uomisan.edu.iq</t>
+          <t>najim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I106" s="1" t="inlineStr">
         <is>
           <t>استاذ</t>
         </is>
       </c>
       <c r="J106" s="1" t="inlineStr">
         <is>
-          <t>2025-05-05</t>
+          <t>2025-05-04</t>
         </is>
       </c>
       <c r="K106" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L106" s="1" t="inlineStr">
         <is>
-          <t>القانون الاداري</t>
+          <t>مناهج وطرائق تدريس اللغة الانكليزية</t>
         </is>
       </c>
       <c r="M106" s="1" t="inlineStr">
         <is>
-          <t>حدود اختصاص القضاء الاداري في منازعات عقد البناء والتشغيل ونقل الملكية (دراسة مقارنة)</t>
+          <t>Evaluating the Pre-Service Training Programme of Teaching EFL at the College of Basic Education in the Light of its Behavioral Objectives </t>
         </is>
       </c>
       <c r="N106" s="1" t="inlineStr">
         <is>
-          <t>TRANSPARENCY AND ACCOUNTABILITY IN PUBLIC SECTOR: LEGAL OBSTACLES TO THE IRAQI SUPREME AUDIT INSTITUTION IN COMBATING CORRUPTION</t>
+          <t>The Effect of Round Robin and Final Report Strategies in Reading Comprehension   Skills Development and the Achievement of English Department Students in Education Faculties in the Comprehension</t>
         </is>
       </c>
       <c r="O106" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P106" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>265</t>
+          <t>256</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>شهاب احمد صالح</t>
+          <t>أ.د.علاء نافع كطافة </t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>Shehab Ahmed Salih</t>
+          <t> Prof.Dr Alaa Nafea Kttafah</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3wk2y6jgi_r1bnp.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/1eluv7fhspa6bg2.jpg</t>
         </is>
       </c>
       <c r="E107" s="1" t="inlineStr">
         <is>
-          <t>1957-07-01</t>
+          <t>2018-11-24</t>
         </is>
       </c>
       <c r="F107" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G107" s="1" t="inlineStr">
         <is>
-          <t>07705572129</t>
+          <t>07703107745</t>
         </is>
       </c>
       <c r="H107" s="1" t="inlineStr">
         <is>
-          <t>srght662@Gmail.com</t>
+          <t>a_aledane@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I107" s="1" t="inlineStr">
         <is>
-          <t>استاذ مساعد</t>
+          <t>استاذ</t>
         </is>
       </c>
       <c r="J107" s="1" t="inlineStr">
         <is>
-          <t>2008-06-04</t>
+          <t>2025-05-05</t>
         </is>
       </c>
       <c r="K107" s="1" t="inlineStr">
         <is>
-          <t>زراعه</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L107" s="1" t="inlineStr">
         <is>
-          <t>تغذية حيوان</t>
+          <t>القانون الاداري</t>
         </is>
       </c>
       <c r="M107" s="1" t="inlineStr">
         <is>
-          <t> لتبني الحنطهتاثير السيلجه والمعامله باليوريا في القيمه الغذائيه</t>
+          <t>حدود اختصاص القضاء الاداري في منازعات عقد البناء والتشغيل ونقل الملكية (دراسة مقارنة)</t>
         </is>
       </c>
       <c r="N107" s="1" t="inlineStr">
         <is>
-          <t>استخدنام نسب مختلفه من محتويات الكرش بدلا من الشعير في تغذية الاغنام العرابيه</t>
+          <t>TRANSPARENCY AND ACCOUNTABILITY IN PUBLIC SECTOR: LEGAL OBSTACLES TO THE IRAQI SUPREME AUDIT INSTITUTION IN COMBATING CORRUPTION</t>
         </is>
       </c>
       <c r="O107" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P107" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>265</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>مولود محمد زايد </t>
+          <t>شهاب احمد صالح</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>mouloud mohammed zaeed</t>
+          <t>Shehab Ahmed Salih</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y2oedx_k1ilzjsv.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3wk2y6jgi_r1bnp.jpg</t>
         </is>
       </c>
       <c r="E108" s="1" t="inlineStr">
         <is>
-          <t>1973-08-04</t>
+          <t>1957-07-01</t>
         </is>
       </c>
       <c r="F108" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G108" s="1" t="inlineStr">
         <is>
-          <t>07705670117</t>
+          <t>07705572129</t>
         </is>
       </c>
       <c r="H108" s="1" t="inlineStr">
         <is>
-          <t>mmddmmdd1973@gmail.com</t>
+          <t>srght662@Gmail.com</t>
         </is>
       </c>
       <c r="I108" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J108" s="1" t="inlineStr">
         <is>
-          <t>2008-10-05</t>
+          <t>2008-06-04</t>
         </is>
       </c>
       <c r="K108" s="1" t="inlineStr">
         <is>
-          <t>الادب الحديث</t>
+          <t>زراعه</t>
         </is>
       </c>
       <c r="L108" s="1" t="inlineStr">
         <is>
-          <t>النقد الحديث</t>
+          <t>تغذية حيوان</t>
         </is>
       </c>
       <c r="M108" s="1" t="inlineStr">
         <is>
-          <t>رمزية الماء في شعر السياب</t>
+          <t> لتبني الحنطهتاثير السيلجه والمعامله باليوريا في القيمه الغذائيه</t>
         </is>
       </c>
       <c r="N108" s="1" t="inlineStr">
         <is>
-          <t>ادبية النص القراني.دراسة جمالية</t>
+          <t>استخدنام نسب مختلفه من محتويات الكرش بدلا من الشعير في تغذية الاغنام العرابيه</t>
         </is>
       </c>
       <c r="O108" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P108" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>309</t>
+          <t>85</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>جعفر كاظم جبر</t>
+          <t>مولود محمد زايد </t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>Jafar Kadhum Jaber</t>
+          <t>mouloud mohammed zaeed</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qs6w47lb5ujkvdr.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y2oedx_k1ilzjsv.png</t>
         </is>
       </c>
       <c r="E109" s="1" t="inlineStr">
         <is>
-          <t>1972-07-01</t>
+          <t>1973-08-04</t>
         </is>
       </c>
       <c r="F109" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G109" s="1" t="inlineStr">
         <is>
-          <t>07700094600</t>
+          <t>07705670117</t>
         </is>
       </c>
       <c r="H109" s="1" t="inlineStr">
         <is>
-          <t>jaafar.kadhim.jebur@uomisan.edu.iq</t>
+          <t>mmddmmdd1973@gmail.com</t>
         </is>
       </c>
       <c r="I109" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J109" s="1" t="inlineStr">
         <is>
-          <t>2009-02-12</t>
+          <t>2008-10-05</t>
         </is>
       </c>
       <c r="K109" s="1" t="inlineStr">
         <is>
-          <t>الفانون الخاص</t>
+          <t>الادب الحديث</t>
         </is>
       </c>
       <c r="L109" s="1" t="inlineStr">
         <is>
-          <t>القانون التجاري</t>
+          <t>النقد الحديث</t>
         </is>
       </c>
       <c r="M109" s="1" t="inlineStr">
         <is>
-          <t>الرجوع الصرفي في الحوالة التجارية</t>
+          <t>رمزية الماء في شعر السياب</t>
         </is>
       </c>
       <c r="N109" s="1" t="inlineStr">
         <is>
-          <t>الاىتمان التاجيري</t>
+          <t>ادبية النص القراني.دراسة جمالية</t>
         </is>
       </c>
       <c r="O109" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P109" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>614</t>
+          <t>309</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>عصام نجم عبد </t>
+          <t>جعفر كاظم جبر</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>Issam Negm Abed</t>
+          <t>Jafar Kadhum Jaber</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ybz907x6ar2dkul.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qs6w47lb5ujkvdr.jpg</t>
         </is>
       </c>
       <c r="E110" s="1" t="inlineStr">
         <is>
-          <t>1962-03-18</t>
+          <t>1972-07-01</t>
         </is>
       </c>
       <c r="F110" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G110" s="1" t="inlineStr">
         <is>
-          <t>07713121100</t>
+          <t>07700094600</t>
         </is>
       </c>
       <c r="H110" s="1" t="inlineStr">
         <is>
-          <t>kkjjj@uomisan.edu.iq</t>
+          <t>jaafar.kadhim.jebur@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I110" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J110" s="1" t="inlineStr">
         <is>
-          <t>2009-03-01</t>
+          <t>2009-02-12</t>
         </is>
       </c>
       <c r="K110" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>الفانون الخاص</t>
         </is>
       </c>
       <c r="L110" s="1" t="inlineStr">
         <is>
-          <t>تاريخ</t>
+          <t>القانون التجاري</t>
         </is>
       </c>
       <c r="M110" s="1" t="inlineStr">
         <is>
-          <t>السياسة الخارجية لليمن في عهد الامام احمد 1962- 1962 معهد التاريخ العربي والتراث العلمي الدراسات العليا </t>
+          <t>الرجوع الصرفي في الحوالة التجارية</t>
         </is>
       </c>
       <c r="N110" s="1" t="inlineStr">
         <is>
-          <t>سياسة الاردن الخارجيه اتجاة الاقطار العربية 1953- 1967 </t>
+          <t>الاىتمان التاجيري</t>
         </is>
       </c>
       <c r="O110" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P110" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>607</t>
+          <t>614</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>سليم حسين ياسين</t>
+          <t>عصام نجم عبد </t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>Salim Hussein Yassin</t>
+          <t>Issam Negm Abed</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n1qgh56cu837k0a.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ybz907x6ar2dkul.jpg</t>
         </is>
       </c>
       <c r="E111" s="1" t="inlineStr">
         <is>
-          <t>1952-03-13</t>
+          <t>1962-03-18</t>
         </is>
       </c>
       <c r="F111" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G111" s="1" t="inlineStr">
         <is>
-          <t>07724822212</t>
+          <t>07713121100</t>
         </is>
       </c>
       <c r="H111" s="1" t="inlineStr">
         <is>
-          <t>kkklsaad@gmail.com</t>
+          <t>kkjjj@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I111" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J111" s="1" t="inlineStr">
         <is>
-          <t>2010-03-11</t>
+          <t>2009-03-01</t>
         </is>
       </c>
       <c r="K111" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="L111" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>تاريخ</t>
         </is>
       </c>
       <c r="M111" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>السياسة الخارجية لليمن في عهد الامام احمد 1962- 1962 معهد التاريخ العربي والتراث العلمي الدراسات العليا </t>
         </is>
       </c>
       <c r="N111" s="1" t="inlineStr">
         <is>
-          <t>عبد الفتاح ابراهيم حياتة ودورة السياسي في العراق</t>
+          <t>سياسة الاردن الخارجيه اتجاة الاقطار العربية 1953- 1967 </t>
         </is>
       </c>
       <c r="O111" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P111" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>607</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الواحد غضبان</t>
+          <t>سليم حسين ياسين</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>hayder abd alwahid</t>
+          <t>Salim Hussein Yassin</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5f3d8n1jbpze4ru.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n1qgh56cu837k0a.jpg</t>
         </is>
       </c>
       <c r="E112" s="1" t="inlineStr">
         <is>
-          <t>1981-12-12</t>
+          <t>1952-03-13</t>
         </is>
       </c>
       <c r="F112" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G112" s="1" t="inlineStr">
         <is>
-          <t>07707362055</t>
+          <t>07724822212</t>
         </is>
       </c>
       <c r="H112" s="1" t="inlineStr">
         <is>
-          <t>drhaideralm15@gmail.com</t>
+          <t>kkklsaad@gmail.com</t>
         </is>
       </c>
       <c r="I112" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J112" s="1" t="inlineStr">
         <is>
-          <t>2013-02-16</t>
+          <t>2010-03-11</t>
         </is>
       </c>
       <c r="K112" s="1" t="inlineStr">
         <is>
-          <t>تربية رياضية</t>
+          <t>.</t>
         </is>
       </c>
       <c r="L112" s="1" t="inlineStr">
         <is>
-          <t>علم النفس الرياضي</t>
+          <t>.</t>
         </is>
       </c>
       <c r="M112" s="1" t="inlineStr">
         <is>
-          <t>علاقة القلق تعدد الابعاد لاداء مهارات بعض المهارات الهجومية لدى لاعبي كرة القدم</t>
+          <t>.</t>
         </is>
       </c>
       <c r="N112" s="1" t="inlineStr">
         <is>
-          <t>تاثير تمرينات خاصة على وفق بعض مظاهر الانتباه في تطوير الكفاءة الذاتية والاداء المهاري والخططي للاعبي كرة القدم الشباب </t>
+          <t>عبد الفتاح ابراهيم حياتة ودورة السياسي في العراق</t>
         </is>
       </c>
       <c r="O112" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P112" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>439</t>
+          <t>700</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>علاء حسين خنوبه</t>
+          <t>حيدر عبد الواحد غضبان</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>Alaa Hussein khanoba</t>
+          <t>hayder abd alwahid</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/grkju89n2ya3id7.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5f3d8n1jbpze4ru.jpg</t>
         </is>
       </c>
       <c r="E113" s="1" t="inlineStr">
         <is>
-          <t>1976-09-28</t>
+          <t>1981-12-12</t>
         </is>
       </c>
       <c r="F113" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G113" s="1" t="inlineStr">
         <is>
-          <t>07802564429</t>
+          <t>07707362055</t>
         </is>
       </c>
       <c r="H113" s="1" t="inlineStr">
         <is>
-          <t>alaa.hussein@uomisan.edu.iq</t>
+          <t>drhaideralm15@gmail.com</t>
         </is>
       </c>
       <c r="I113" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J113" s="1" t="inlineStr">
         <is>
-          <t>2013-09-13</t>
+          <t>2013-02-16</t>
         </is>
       </c>
       <c r="K113" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء </t>
+          <t>تربية رياضية</t>
         </is>
       </c>
       <c r="L113" s="1" t="inlineStr">
         <is>
-          <t>كيمياء حياتية</t>
+          <t>علم النفس الرياضي</t>
         </is>
       </c>
       <c r="M113" s="1" t="inlineStr">
         <is>
-          <t>تحضير</t>
-[...2 lines deleted...]
-      <c r="N113" s="1"/>
+          <t>علاقة القلق تعدد الابعاد لاداء مهارات بعض المهارات الهجومية لدى لاعبي كرة القدم</t>
+        </is>
+      </c>
+      <c r="N113" s="1" t="inlineStr">
+        <is>
+          <t>تاثير تمرينات خاصة على وفق بعض مظاهر الانتباه في تطوير الكفاءة الذاتية والاداء المهاري والخططي للاعبي كرة القدم الشباب </t>
+        </is>
+      </c>
       <c r="O113" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P113" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>702</t>
+          <t>439</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>عباس كامل عثمان </t>
+          <t>علاء حسين خنوبه</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>abbas kamil othman</t>
+          <t>Alaa Hussein khanoba</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5kob8mfyewtiv70.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/grkju89n2ya3id7.jpg</t>
         </is>
       </c>
       <c r="E114" s="1" t="inlineStr">
         <is>
-          <t>1966-02-02</t>
+          <t>1976-09-28</t>
         </is>
       </c>
       <c r="F114" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G114" s="1" t="inlineStr">
         <is>
-          <t>99090909</t>
+          <t>07802564429</t>
         </is>
       </c>
       <c r="H114" s="1" t="inlineStr">
         <is>
-          <t>abas@uomisan.edu.iq</t>
+          <t>alaa.hussein@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I114" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J114" s="1" t="inlineStr">
         <is>
-          <t>2014-02-13</t>
+          <t>2013-09-13</t>
         </is>
       </c>
       <c r="K114" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>علوم كيمياء </t>
         </is>
       </c>
       <c r="L114" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>كيمياء حياتية</t>
         </is>
       </c>
       <c r="M114" s="1" t="inlineStr">
         <is>
-          <t>العلوم</t>
+          <t>تحضير</t>
         </is>
       </c>
       <c r="N114" s="1"/>
       <c r="O114" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P114" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>659</t>
+          <t>702</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>احسان سكر ساهي</t>
+          <t>عباس كامل عثمان </t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>Ihsan Sukker Sahi</t>
+          <t>abbas kamil othman</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/eai6wt5s_mohkgq.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5kob8mfyewtiv70.jpg</t>
         </is>
       </c>
       <c r="E115" s="1" t="inlineStr">
         <is>
-          <t>1969-12-15</t>
+          <t>1966-02-02</t>
         </is>
       </c>
       <c r="F115" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G115" s="1" t="inlineStr">
         <is>
-          <t>07703229520</t>
+          <t>99090909</t>
         </is>
       </c>
       <c r="H115" s="1" t="inlineStr">
         <is>
-          <t>ihsan.mcm@uomisan.edu.iq</t>
+          <t>abas@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I115" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J115" s="1" t="inlineStr">
         <is>
-          <t>2014-02-16</t>
+          <t>2014-02-13</t>
         </is>
       </c>
       <c r="K115" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>العلوم</t>
         </is>
       </c>
       <c r="L115" s="1" t="inlineStr">
         <is>
-          <t>الجراحة العامة والجراحة الناظورية</t>
+          <t>العلوم</t>
         </is>
       </c>
       <c r="M115" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...6 lines deleted...]
-      </c>
+          <t>العلوم</t>
+        </is>
+      </c>
+      <c r="N115" s="1"/>
       <c r="O115" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P115" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>344</t>
+          <t>659</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>غسان كاظم جبر </t>
+          <t>احسان سكر ساهي</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>Ghassan Kadhim Jabr</t>
+          <t>Ihsan Sukker Sahi</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/trw02ykmveg371o.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/eai6wt5s_mohkgq.png</t>
         </is>
       </c>
       <c r="E116" s="1" t="inlineStr">
         <is>
-          <t>1977-10-27</t>
+          <t>1969-12-15</t>
         </is>
       </c>
       <c r="F116" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G116" s="1" t="inlineStr">
         <is>
-          <t>07708894546</t>
+          <t>07703229520</t>
         </is>
       </c>
       <c r="H116" s="1" t="inlineStr">
         <is>
-          <t>ghassankazem@uomisan.edu.iq</t>
+          <t>ihsan.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I116" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J116" s="1" t="inlineStr">
         <is>
-          <t>2014-06-15</t>
+          <t>2014-02-16</t>
         </is>
       </c>
       <c r="K116" s="1" t="inlineStr">
         <is>
-          <t>علوم تربوية ونفسية </t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L116" s="1" t="inlineStr">
         <is>
-          <t>المناهج وطرائق التدريس العامة </t>
+          <t>الجراحة العامة والجراحة الناظورية</t>
         </is>
       </c>
       <c r="M116" s="1" t="inlineStr">
         <is>
-          <t>بناء وتطبيق وحدة تعليمية نمطية في مادة المسرح المدرسي</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N116" s="1" t="inlineStr">
         <is>
-          <t>تصور مقترح لمنهج في مادة التربية الفنية بالتكامل مع مناهج المواد الدراسية الأخرى للصفوف الثلاثة الاولى في المرحلة الأبتدائية </t>
+          <t>The role of Surgery in Bleeding Duodenal Ulcer</t>
         </is>
       </c>
       <c r="O116" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P116" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>566</t>
+          <t>344</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>محمد عبد الله صيهود</t>
+          <t>غسان كاظم جبر </t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Abdullah Saihood</t>
+          <t>Ghassan Kadhim Jabr</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pbdj7tyf80453kn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/trw02ykmveg371o.jpeg</t>
         </is>
       </c>
       <c r="E117" s="1" t="inlineStr">
         <is>
-          <t>1965-12-01</t>
+          <t>1977-10-27</t>
         </is>
       </c>
       <c r="F117" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G117" s="1" t="inlineStr">
         <is>
-          <t>07709010700</t>
+          <t>07708894546</t>
         </is>
       </c>
       <c r="H117" s="1" t="inlineStr">
         <is>
-          <t>dr.mohammed7abdullah@gmail.com</t>
+          <t>ghassankazem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I117" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J117" s="1" t="inlineStr">
         <is>
-          <t>2015-01-01</t>
+          <t>2014-06-15</t>
         </is>
       </c>
       <c r="K117" s="1" t="inlineStr">
         <is>
-          <t> </t>
+          <t>علوم تربوية ونفسية </t>
         </is>
       </c>
       <c r="L117" s="1" t="inlineStr">
         <is>
-          <t> </t>
+          <t>المناهج وطرائق التدريس العامة </t>
         </is>
       </c>
       <c r="M117" s="1" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="N117" s="1"/>
+          <t>بناء وتطبيق وحدة تعليمية نمطية في مادة المسرح المدرسي</t>
+        </is>
+      </c>
+      <c r="N117" s="1" t="inlineStr">
+        <is>
+          <t>تصور مقترح لمنهج في مادة التربية الفنية بالتكامل مع مناهج المواد الدراسية الأخرى للصفوف الثلاثة الاولى في المرحلة الأبتدائية </t>
+        </is>
+      </c>
       <c r="O117" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P117" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>82</t>
+          <t>566</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>رضاته حسين صالح </t>
+          <t>محمد عبد الله صيهود</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>Ridatah Hussein Salih</t>
+          <t>Mohammed Abdullah Saihood</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/aiouym1ftgqz96j.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pbdj7tyf80453kn.jpg</t>
         </is>
       </c>
       <c r="E118" s="1" t="inlineStr">
         <is>
-          <t>1956-07-01</t>
+          <t>1965-12-01</t>
         </is>
       </c>
       <c r="F118" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G118" s="1" t="inlineStr">
         <is>
-          <t>07709494925</t>
+          <t>07709010700</t>
         </is>
       </c>
       <c r="H118" s="1" t="inlineStr">
         <is>
-          <t>rima.mohammed92@gmail.com</t>
+          <t>dr.mohammed7abdullah@gmail.com</t>
         </is>
       </c>
       <c r="I118" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J118" s="1" t="inlineStr">
         <is>
-          <t>2015-01-26</t>
+          <t>2015-01-01</t>
         </is>
       </c>
       <c r="K118" s="1" t="inlineStr">
         <is>
-          <t>لغة ونحو </t>
+          <t> </t>
         </is>
       </c>
       <c r="L118" s="1" t="inlineStr">
         <is>
-          <t>لغة </t>
+          <t> </t>
         </is>
       </c>
       <c r="M118" s="1" t="inlineStr">
         <is>
-          <t>ابن سيده وكتابه المخصص دراسة في مصادره </t>
-[...6 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="N118" s="1"/>
       <c r="O118" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P118" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>320</t>
+          <t>82</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>وسن جعفر ابراهيم </t>
+          <t>رضاته حسين صالح </t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>Wasan Jaafar Ibraheem</t>
+          <t>Ridatah Hussein Salih</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5py9qx2amerghs_.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/aiouym1ftgqz96j.png</t>
         </is>
       </c>
       <c r="E119" s="1" t="inlineStr">
         <is>
-          <t>1967-04-15</t>
+          <t>1956-07-01</t>
         </is>
       </c>
       <c r="F119" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G119" s="1" t="inlineStr">
         <is>
-          <t>07716657663</t>
+          <t>07709494925</t>
         </is>
       </c>
       <c r="H119" s="1" t="inlineStr">
         <is>
-          <t>wasan.jaafar@uomisan.edu.iq</t>
+          <t>rima.mohammed92@gmail.com</t>
         </is>
       </c>
       <c r="I119" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J119" s="1" t="inlineStr">
         <is>
-          <t>2015-02-11</t>
+          <t>2015-01-26</t>
         </is>
       </c>
       <c r="K119" s="1" t="inlineStr">
         <is>
-          <t>Agriculture sciences</t>
+          <t>لغة ونحو </t>
         </is>
       </c>
       <c r="L119" s="1" t="inlineStr">
         <is>
-          <t>Biotechnology</t>
+          <t>لغة </t>
         </is>
       </c>
       <c r="M119" s="1" t="inlineStr">
         <is>
-          <t>انتاج وتحسين انزيم مخثر للحايب من الفطر Trichoderma hamatum</t>
+          <t>ابن سيده وكتابه المخصص دراسة في مصادره </t>
         </is>
       </c>
       <c r="N119" s="1" t="inlineStr">
         <is>
-          <t>Studying the consuming effect of therapeutic fermented product manufactured by local isolate Lactobacillus salivarius on some physiological parameters in experimental rats</t>
+          <t>من المباحث اللغوية في شروح الفصيح </t>
         </is>
       </c>
       <c r="O119" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P119" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>456</t>
+          <t>320</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>أسامة علي محسن</t>
+          <t>وسن جعفر ابراهيم </t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>Usama Ali Muhsen</t>
+          <t>Wasan Jaafar Ibraheem</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i1asnec2ym8fdgt.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5py9qx2amerghs_.jpeg</t>
         </is>
       </c>
       <c r="E120" s="1" t="inlineStr">
         <is>
-          <t>1976-10-25</t>
+          <t>1967-04-15</t>
         </is>
       </c>
       <c r="F120" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G120" s="1" t="inlineStr">
         <is>
-          <t>07721555022</t>
+          <t>07716657663</t>
         </is>
       </c>
       <c r="H120" s="1" t="inlineStr">
         <is>
-          <t>usama.muhsen@uomisan.edu.iq</t>
+          <t>wasan.jaafar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I120" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J120" s="1" t="inlineStr">
         <is>
-          <t>2015-04-16</t>
+          <t>2015-02-11</t>
         </is>
       </c>
       <c r="K120" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء</t>
+          <t>Agriculture sciences</t>
         </is>
       </c>
       <c r="L120" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء العضوية</t>
+          <t>Biotechnology</t>
         </is>
       </c>
       <c r="M120" s="1" t="inlineStr">
         <is>
-          <t>Study of the components of the leaves of the henna plant Lawsoni inermis L. and the effect of its extracts and the isolated compound of Lawson on some dermatophytes.</t>
+          <t>انتاج وتحسين انزيم مخثر للحايب من الفطر Trichoderma hamatum</t>
         </is>
       </c>
       <c r="N120" s="1" t="inlineStr">
         <is>
-          <t>Toward the Development of Novel and Selective Bisubstrate Inhibitors of Protein Arginine Methyltransferase</t>
+          <t>Studying the consuming effect of therapeutic fermented product manufactured by local isolate Lactobacillus salivarius on some physiological parameters in experimental rats</t>
         </is>
       </c>
       <c r="O120" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P120" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>93</t>
+          <t>456</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>صباح عيدان حمود </t>
+          <t>أسامة علي محسن</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>Sabah Idan Hammoud</t>
+          <t>Usama Ali Muhsen</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_ihtn1m3j9wyg8z.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/i1asnec2ym8fdgt.jpg</t>
         </is>
       </c>
       <c r="E121" s="1" t="inlineStr">
         <is>
-          <t>1966-07-01</t>
+          <t>1976-10-25</t>
         </is>
       </c>
       <c r="F121" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G121" s="1" t="inlineStr">
         <is>
-          <t>07709013654</t>
+          <t>07721555022</t>
         </is>
       </c>
       <c r="H121" s="1" t="inlineStr">
         <is>
-          <t>Ssaabbaahh75@gmail.com</t>
+          <t>usama.muhsen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I121" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J121" s="1" t="inlineStr">
         <is>
-          <t>2015-04-30</t>
+          <t>2015-04-16</t>
         </is>
       </c>
       <c r="K121" s="1" t="inlineStr">
         <is>
-          <t>اللغة</t>
+          <t>الكيمياء</t>
         </is>
       </c>
       <c r="L121" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة </t>
+          <t>الكيمياء العضوية</t>
         </is>
       </c>
       <c r="M121" s="1" t="inlineStr">
         <is>
-          <t>البحث الدلالي في ايات الأحكام عند السيد الخوئي</t>
+          <t>Study of the components of the leaves of the henna plant Lawsoni inermis L. and the effect of its extracts and the isolated compound of Lawson on some dermatophytes.</t>
         </is>
       </c>
       <c r="N121" s="1" t="inlineStr">
         <is>
-          <t>فهم الخطاب القراني بين الامامية والإشاعرة</t>
+          <t>Toward the Development of Novel and Selective Bisubstrate Inhibitors of Protein Arginine Methyltransferase</t>
         </is>
       </c>
       <c r="O121" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P121" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>909</t>
+          <t>93</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>محمد رحيم كريم</t>
+          <t>صباح عيدان حمود </t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>mohammed rahim</t>
-[...2 lines deleted...]
-      <c r="D122" s="1"/>
+          <t>Sabah Idan Hammoud</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/_ihtn1m3j9wyg8z.png</t>
+        </is>
+      </c>
       <c r="E122" s="1" t="inlineStr">
         <is>
-          <t>1975-09-06</t>
+          <t>1966-07-01</t>
         </is>
       </c>
       <c r="F122" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G122" s="1" t="inlineStr">
         <is>
-          <t>07746292889</t>
+          <t>07709013654</t>
         </is>
       </c>
       <c r="H122" s="1" t="inlineStr">
         <is>
-          <t>mohammedrahim@uomisan.edu.iq</t>
+          <t>Ssaabbaahh75@gmail.com</t>
         </is>
       </c>
       <c r="I122" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J122" s="1" t="inlineStr">
         <is>
-          <t>2015-05-21</t>
+          <t>2015-04-30</t>
         </is>
       </c>
       <c r="K122" s="1" t="inlineStr">
         <is>
-          <t>فلسفة في التربية وعلم النفس</t>
+          <t>اللغة</t>
         </is>
       </c>
       <c r="L122" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية</t>
-[...3 lines deleted...]
-      <c r="N122" s="1"/>
+          <t>علم اللغة </t>
+        </is>
+      </c>
+      <c r="M122" s="1" t="inlineStr">
+        <is>
+          <t>البحث الدلالي في ايات الأحكام عند السيد الخوئي</t>
+        </is>
+      </c>
+      <c r="N122" s="1" t="inlineStr">
+        <is>
+          <t>فهم الخطاب القراني بين الامامية والإشاعرة</t>
+        </is>
+      </c>
       <c r="O122" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P122" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>254</t>
+          <t>909</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>أنوار صباح عبد المجيد </t>
+          <t>محمد رحيم كريم</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>Anwar Sabah abdulhameed</t>
-[...6 lines deleted...]
-      </c>
+          <t>mohammed rahim</t>
+        </is>
+      </c>
+      <c r="D123" s="1"/>
       <c r="E123" s="1" t="inlineStr">
         <is>
-          <t>1979-11-05</t>
+          <t>1975-09-06</t>
         </is>
       </c>
       <c r="F123" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G123" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٥٥٨٤١٣١</t>
+          <t>07746292889</t>
         </is>
       </c>
       <c r="H123" s="1" t="inlineStr">
         <is>
-          <t>anwar_sabah@uomisan.edu.iq</t>
+          <t>mohammedrahim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I123" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J123" s="1" t="inlineStr">
         <is>
-          <t>2015-06-07</t>
+          <t>2015-05-21</t>
         </is>
       </c>
       <c r="K123" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس </t>
+          <t>فلسفة في التربية وعلم النفس</t>
         </is>
       </c>
       <c r="L123" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات </t>
-[...11 lines deleted...]
-      </c>
+          <t>طرائق تدريس اللغة العربية</t>
+        </is>
+      </c>
+      <c r="M123" s="1"/>
+      <c r="N123" s="1"/>
       <c r="O123" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P123" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>302</t>
+          <t>254</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>عدي علي صبيح الجراح</t>
+          <t>أنوار صباح عبد المجيد </t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t> Uday Ali Sabeeh Al-Jarah</t>
+          <t>Anwar Sabah abdulhameed</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mdqacs17t0gfwer.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xnicbd5lye9h074.jpeg</t>
         </is>
       </c>
       <c r="E124" s="1" t="inlineStr">
         <is>
-          <t>1976-01-01</t>
+          <t>1979-11-05</t>
         </is>
       </c>
       <c r="F124" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G124" s="1" t="inlineStr">
         <is>
-          <t>07716659940</t>
+          <t>٠٧٧٠٥٥٨٤١٣١</t>
         </is>
       </c>
       <c r="H124" s="1" t="inlineStr">
         <is>
-          <t>drudayaaljarah@uomisan.edu.iq</t>
+          <t>anwar_sabah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I124" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J124" s="1" t="inlineStr">
         <is>
-          <t>2015-07-23</t>
+          <t>2015-06-07</t>
         </is>
       </c>
       <c r="K124" s="1" t="inlineStr">
         <is>
-          <t>الفيزياء</t>
+          <t>طرائق تدريس </t>
         </is>
       </c>
       <c r="L124" s="1" t="inlineStr">
         <is>
-          <t>البصريات والليزر</t>
+          <t>طرائق تدريس الرياضيات </t>
         </is>
       </c>
       <c r="M124" s="1" t="inlineStr">
         <is>
-          <t>دراسة سمك طبقة الزيت على سطح الماء من خلال ظاهرة رامان</t>
+          <t>أثر خرائط المفاهيم في التحصيل والتفكير الرياضي </t>
         </is>
       </c>
       <c r="N124" s="1" t="inlineStr">
         <is>
-          <t>Modification and Monitoring of Magnetic Properties with Ultrafast Laser Pulses</t>
+          <t>.</t>
         </is>
       </c>
       <c r="O124" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P124" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>78</t>
+          <t>302</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>اياد نعيم مجيد </t>
+          <t>عدي علي صبيح الجراح</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>Iyad Naeem Majeed</t>
+          <t> Uday Ali Sabeeh Al-Jarah</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1af_u6tqhpkjdnb.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mdqacs17t0gfwer.jpg</t>
         </is>
       </c>
       <c r="E125" s="1" t="inlineStr">
         <is>
-          <t>1966-04-03</t>
+          <t>1976-01-01</t>
         </is>
       </c>
       <c r="F125" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G125" s="1" t="inlineStr">
         <is>
-          <t>07705604352</t>
+          <t>07716659940</t>
         </is>
       </c>
       <c r="H125" s="1" t="inlineStr">
         <is>
-          <t>ayadalsaadi630@jmail.com</t>
+          <t>drudayaaljarah@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I125" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J125" s="1" t="inlineStr">
         <is>
-          <t>2015-09-06</t>
+          <t>2015-07-23</t>
         </is>
       </c>
       <c r="K125" s="1" t="inlineStr">
         <is>
-          <t>فلسفة</t>
+          <t>الفيزياء</t>
         </is>
       </c>
       <c r="L125" s="1" t="inlineStr">
         <is>
-          <t>فلسفة وكلام إسلامي</t>
+          <t>البصريات والليزر</t>
         </is>
       </c>
       <c r="M125" s="1" t="inlineStr">
         <is>
-          <t>المعاد حسب رأي الحكيمين ابن سينا وملاصدرا</t>
+          <t>دراسة سمك طبقة الزيت على سطح الماء من خلال ظاهرة رامان</t>
         </is>
       </c>
       <c r="N125" s="1" t="inlineStr">
         <is>
-          <t>فلسفة التعليم والتربية حسب آراء ملاصدرا</t>
+          <t>Modification and Monitoring of Magnetic Properties with Ultrafast Laser Pulses</t>
         </is>
       </c>
       <c r="O125" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P125" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>546</t>
+          <t>78</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>ماجد محمد مساعد </t>
+          <t>اياد نعيم مجيد </t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>Majid Mohammed Msaed </t>
+          <t>Iyad Naeem Majeed</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pur2d46sqlxg03i.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/1af_u6tqhpkjdnb.png</t>
         </is>
       </c>
       <c r="E126" s="1" t="inlineStr">
         <is>
-          <t>1979-06-01</t>
+          <t>1966-04-03</t>
         </is>
       </c>
       <c r="F126" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G126" s="1" t="inlineStr">
         <is>
-          <t>07718581227 </t>
+          <t>07705604352</t>
         </is>
       </c>
       <c r="H126" s="1" t="inlineStr">
         <is>
-          <t>majidalkaapi@uomisan.edu.iq</t>
+          <t>ayadalsaadi630@jmail.com</t>
         </is>
       </c>
       <c r="I126" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J126" s="1" t="inlineStr">
         <is>
-          <t>2015-10-15</t>
+          <t>2015-09-06</t>
         </is>
       </c>
       <c r="K126" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة</t>
+          <t>فلسفة</t>
         </is>
       </c>
       <c r="L126" s="1" t="inlineStr">
         <is>
-          <t>إصابات وتأهيل كرة اليد </t>
+          <t>فلسفة وكلام إسلامي</t>
         </is>
       </c>
       <c r="M126" s="1" t="inlineStr">
         <is>
-          <t> </t>
+          <t>المعاد حسب رأي الحكيمين ابن سينا وملاصدرا</t>
         </is>
       </c>
       <c r="N126" s="1" t="inlineStr">
         <is>
-          <t>يي تأثير تمرينات تأهيلية بالوسط المائي و جهاز التبريد على إصابة التهاب أوتار الركبة الخلفية وفق المدى الحركي وبعض القدرات البدنية والمؤشرات البيو كيميائية للاعبي كرة اليد ل</t>
+          <t>فلسفة التعليم والتربية حسب آراء ملاصدرا</t>
         </is>
       </c>
       <c r="O126" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P126" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>546</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>رياض ضياء عزيز فتحي </t>
+          <t>ماجد محمد مساعد </t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>Riadh Dhia Aziz Fathi</t>
+          <t>Majid Mohammed Msaed </t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/d439jwab75umo0p.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pur2d46sqlxg03i.jpg</t>
         </is>
       </c>
       <c r="E127" s="1" t="inlineStr">
         <is>
-          <t>1984-08-14</t>
+          <t>1979-06-01</t>
         </is>
       </c>
       <c r="F127" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G127" s="1" t="inlineStr">
         <is>
-          <t>+9647725440156</t>
+          <t>07718581227 </t>
         </is>
       </c>
       <c r="H127" s="1" t="inlineStr">
         <is>
-          <t>reyath@uomisan.edu.iq</t>
+          <t>majidalkaapi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I127" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J127" s="1" t="inlineStr">
         <is>
-          <t>2015-11-19</t>
+          <t>2015-10-15</t>
         </is>
       </c>
       <c r="K127" s="1" t="inlineStr">
         <is>
-          <t>ادارة الاعمال</t>
+          <t>التربية البدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L127" s="1" t="inlineStr">
         <is>
-          <t>انظمة المعلومات/نظم المعلومات الادارية</t>
+          <t>إصابات وتأهيل كرة اليد </t>
         </is>
       </c>
       <c r="M127" s="1" t="inlineStr">
         <is>
-          <t>عناصر إستراتيجية العمليات وأثرها في بعض مجالات الأداء دراسة استطلاعية لآراء المدراء في الشركة العامة لصناعة الأدوية والمستلزمات الطبية في نينوى</t>
+          <t> </t>
         </is>
       </c>
       <c r="N127" s="1" t="inlineStr">
         <is>
-          <t>THE MEDIATING EFFECT OF TOTAL QUALITY MANAGEMENT ON THE RELATIONSHIP BETWEEN MANAGEMENT INFORMATION SYSTEMS AND ORGANIZATIONAL PERFORMANCE</t>
+          <t>يي تأثير تمرينات تأهيلية بالوسط المائي و جهاز التبريد على إصابة التهاب أوتار الركبة الخلفية وفق المدى الحركي وبعض القدرات البدنية والمؤشرات البيو كيميائية للاعبي كرة اليد ل</t>
         </is>
       </c>
       <c r="O127" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P127" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>670</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>نصيف جاسم عاتي </t>
+          <t>رياض ضياء عزيز فتحي </t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>Nsaif jasim ati</t>
+          <t>Riadh Dhia Aziz Fathi</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4hocyb6wrefjimn.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/d439jwab75umo0p.jpg</t>
         </is>
       </c>
       <c r="E128" s="1" t="inlineStr">
         <is>
-          <t>1972-05-01</t>
+          <t>1984-08-14</t>
         </is>
       </c>
       <c r="F128" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G128" s="1" t="inlineStr">
         <is>
-          <t>07830931111</t>
+          <t>+9647725440156</t>
         </is>
       </c>
       <c r="H128" s="1" t="inlineStr">
         <is>
-          <t>nseif.jasim72@gmail.com</t>
+          <t>reyath@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I128" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J128" s="1" t="inlineStr">
         <is>
-          <t>2015-12-14</t>
+          <t>2015-11-19</t>
         </is>
       </c>
       <c r="K128" s="1" t="inlineStr">
         <is>
-          <t>علم الاجتماع</t>
+          <t>ادارة الاعمال</t>
         </is>
       </c>
       <c r="L128" s="1" t="inlineStr">
         <is>
-          <t>علم اجتماع التنوع الثقافي</t>
+          <t>انظمة المعلومات/نظم المعلومات الادارية</t>
         </is>
       </c>
       <c r="M128" s="1" t="inlineStr">
         <is>
-          <t>العشائرية والتحول الديمقراطي في العراق</t>
+          <t>عناصر إستراتيجية العمليات وأثرها في بعض مجالات الأداء دراسة استطلاعية لآراء المدراء في الشركة العامة لصناعة الأدوية والمستلزمات الطبية في نينوى</t>
         </is>
       </c>
       <c r="N128" s="1" t="inlineStr">
         <is>
-          <t>التنوع الثقافي وبناء الدولة المدنية في العراق</t>
+          <t>THE MEDIATING EFFECT OF TOTAL QUALITY MANAGEMENT ON THE RELATIONSHIP BETWEEN MANAGEMENT INFORMATION SYSTEMS AND ORGANIZATIONAL PERFORMANCE</t>
         </is>
       </c>
       <c r="O128" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P128" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>372</t>
+          <t>670</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>زين العابدين عبدعلي طاهر </t>
+          <t>نصيف جاسم عاتي </t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>Zine El Abidine Abdel Ali Taher</t>
+          <t>Nsaif jasim ati</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gnb7sjtc4uhd5r6.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/4hocyb6wrefjimn.jpeg</t>
         </is>
       </c>
       <c r="E129" s="1" t="inlineStr">
         <is>
-          <t>1963-10-25</t>
+          <t>1972-05-01</t>
         </is>
       </c>
       <c r="F129" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G129" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧١٢٦٥٩٠٦٣ </t>
+          <t>07830931111</t>
         </is>
       </c>
       <c r="H129" s="1" t="inlineStr">
         <is>
-          <t>dr.zain6363@gmail.com</t>
+          <t>nseif.jasim72@gmail.com</t>
         </is>
       </c>
       <c r="I129" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J129" s="1" t="inlineStr">
         <is>
-          <t>2016-02-17</t>
+          <t>2015-12-14</t>
         </is>
       </c>
       <c r="K129" s="1" t="inlineStr">
         <is>
-          <t>الشريعة والعلوم الإسلامية </t>
+          <t>علم الاجتماع</t>
         </is>
       </c>
       <c r="L129" s="1" t="inlineStr">
         <is>
-          <t>القرآن الكريم والحديث الشريف </t>
+          <t>علم اجتماع التنوع الثقافي</t>
         </is>
       </c>
       <c r="M129" s="1" t="inlineStr">
         <is>
-          <t>ايات عتاب الانبياء في القرآن الكريم </t>
+          <t>العشائرية والتحول الديمقراطي في العراق</t>
         </is>
       </c>
       <c r="N129" s="1" t="inlineStr">
         <is>
-          <t>البحث القرآني في موسوعة اهل البيت الحضارية</t>
+          <t>التنوع الثقافي وبناء الدولة المدنية في العراق</t>
         </is>
       </c>
       <c r="O129" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P129" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>589</t>
+          <t>372</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>احمد عبد الأئمة كاظم محمد </t>
+          <t>زين العابدين عبدعلي طاهر </t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Abd ALImamah Kazemi Muhammad </t>
+          <t>Zine El Abidine Abdel Ali Taher</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/lv5qh0gok1_stx3.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/gnb7sjtc4uhd5r6.jpg</t>
         </is>
       </c>
       <c r="E130" s="1" t="inlineStr">
         <is>
-          <t>1970-07-01</t>
+          <t>1963-10-25</t>
         </is>
       </c>
       <c r="F130" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G130" s="1" t="inlineStr">
         <is>
-          <t>07711988055</t>
+          <t>٠٧٧١٢٦٥٩٠٦٣ </t>
         </is>
       </c>
       <c r="H130" s="1" t="inlineStr">
         <is>
-          <t>Ahmedabad64477@gmail.com</t>
+          <t>dr.zain6363@gmail.com</t>
         </is>
       </c>
       <c r="I130" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J130" s="1" t="inlineStr">
         <is>
-          <t>2016-03-18</t>
+          <t>2016-02-17</t>
         </is>
       </c>
       <c r="K130" s="1" t="inlineStr">
         <is>
-          <t>تربيه بدنيه </t>
+          <t>الشريعة والعلوم الإسلامية </t>
         </is>
       </c>
       <c r="L130" s="1" t="inlineStr">
         <is>
-          <t>تدريب رياضي _كرة السله</t>
+          <t>القرآن الكريم والحديث الشريف </t>
         </is>
       </c>
       <c r="M130" s="1" t="inlineStr">
         <is>
-          <t>تأثير استخدام أساليب تدريس مختلفه في  تعلم بعض انواع التهديد بكرة السله</t>
+          <t>ايات عتاب الانبياء في القرآن الكريم </t>
         </is>
       </c>
       <c r="N130" s="1" t="inlineStr">
         <is>
-          <t>منهج تدريبي مقترح بأحمال مختلفة لتطوير الصفات البدنية الخاصة وأثرها في الأداء المهاري وفاعلية الأداء للاعبي  كرة السلة الشباب</t>
+          <t>البحث القرآني في موسوعة اهل البيت الحضارية</t>
         </is>
       </c>
       <c r="O130" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P130" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>238</t>
+          <t>589</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t> زيد طالب فالح </t>
+          <t>احمد عبد الأئمة كاظم محمد </t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>zaid talib falih</t>
+          <t>Ahmed Abd ALImamah Kazemi Muhammad </t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tx345dlwv0aref1.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/lv5qh0gok1_stx3.jpg</t>
         </is>
       </c>
       <c r="E131" s="1" t="inlineStr">
         <is>
-          <t>1972-06-25</t>
+          <t>1970-07-01</t>
         </is>
       </c>
       <c r="F131" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G131" s="1" t="inlineStr">
         <is>
-          <t>07705766028</t>
+          <t>07711988055</t>
         </is>
       </c>
       <c r="H131" s="1" t="inlineStr">
         <is>
-          <t>zaid.t.falih@uomisan.edu.iq</t>
+          <t>Ahmedabad64477@gmail.com</t>
         </is>
       </c>
       <c r="I131" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J131" s="1" t="inlineStr">
         <is>
-          <t>2016-06-16</t>
+          <t>2016-03-18</t>
         </is>
       </c>
       <c r="K131" s="1" t="inlineStr">
         <is>
-          <t>فنون جميلة </t>
+          <t>تربيه بدنيه </t>
         </is>
       </c>
       <c r="L131" s="1" t="inlineStr">
         <is>
-          <t>تربية فنية</t>
+          <t>تدريب رياضي _كرة السله</t>
         </is>
       </c>
       <c r="M131" s="1" t="inlineStr">
         <is>
-          <t>مقومات كتابة نص مسرحي تعليمي للمرحلةالمتوسطة في ضوء منهج برشت</t>
+          <t>تأثير استخدام أساليب تدريس مختلفه في  تعلم بعض انواع التهديد بكرة السله</t>
         </is>
       </c>
       <c r="N131" s="1" t="inlineStr">
         <is>
-          <t>دافعية التعبير في نتاجات طلبة قسم التربية الفنية على وفق مفاهيم فنون ما بعد الحداثة</t>
+          <t>منهج تدريبي مقترح بأحمال مختلفة لتطوير الصفات البدنية الخاصة وأثرها في الأداء المهاري وفاعلية الأداء للاعبي  كرة السلة الشباب</t>
         </is>
       </c>
       <c r="O131" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P131" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>228</t>
+          <t>238</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>نزار كاظم عباس </t>
+          <t> زيد طالب فالح </t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>Nazar Kadhim Abbas</t>
+          <t>zaid talib falih</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/og0u3xe2wqtkahf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tx345dlwv0aref1.jpeg</t>
         </is>
       </c>
       <c r="E132" s="1" t="inlineStr">
         <is>
-          <t>1978-04-21</t>
+          <t>1972-06-25</t>
         </is>
       </c>
       <c r="F132" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G132" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٥٥٢٩٩٥٠ </t>
+          <t>07705766028</t>
         </is>
       </c>
       <c r="H132" s="1" t="inlineStr">
         <is>
-          <t>nazar_khadum@uomisan.edu.iq</t>
+          <t>zaid.t.falih@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I132" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J132" s="1" t="inlineStr">
         <is>
-          <t>2016-08-07</t>
+          <t>2016-06-16</t>
         </is>
       </c>
       <c r="K132" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>فنون جميلة </t>
         </is>
       </c>
       <c r="L132" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات </t>
+          <t>تربية فنية</t>
         </is>
       </c>
       <c r="M132" s="1" t="inlineStr">
         <is>
-          <t>التفكير الاستدلالي وعلاقته بالتحصيل والاتجاه نحو الرياضيات </t>
-[...2 lines deleted...]
-      <c r="N132" s="1"/>
+          <t>مقومات كتابة نص مسرحي تعليمي للمرحلةالمتوسطة في ضوء منهج برشت</t>
+        </is>
+      </c>
+      <c r="N132" s="1" t="inlineStr">
+        <is>
+          <t>دافعية التعبير في نتاجات طلبة قسم التربية الفنية على وفق مفاهيم فنون ما بعد الحداثة</t>
+        </is>
+      </c>
       <c r="O132" s="1" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="P132" s="1" t="inlineStr">
         <is>
           <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>352</t>
+          <t>228</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>محمد هاتو  محمد </t>
+          <t>نزار كاظم عباس </t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Hato Mohammed</t>
+          <t>Nazar Kadhim Abbas</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/buhrn7comjd0ye2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/og0u3xe2wqtkahf.jpg</t>
         </is>
       </c>
       <c r="E133" s="1" t="inlineStr">
         <is>
-          <t>1967-10-11</t>
+          <t>1978-04-21</t>
         </is>
       </c>
       <c r="F133" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G133" s="1" t="inlineStr">
         <is>
-          <t>07713458849</t>
+          <t>٠٧٧٠٥٥٢٩٩٥٠ </t>
         </is>
       </c>
       <c r="H133" s="1" t="inlineStr">
         <is>
-          <t>Imar.alnajo@uomisan.edu.iq</t>
+          <t>nazar_khadum@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I133" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J133" s="1" t="inlineStr">
         <is>
-          <t>2016-09-01</t>
+          <t>2016-08-07</t>
         </is>
       </c>
       <c r="K133" s="1" t="inlineStr">
         <is>
-          <t>علم الاسماك</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L133" s="1" t="inlineStr">
         <is>
-          <t>انتاج اسماك</t>
+          <t>طرائق تدريس الرياضيات </t>
         </is>
       </c>
       <c r="M133" s="1" t="inlineStr">
         <is>
-          <t>حياتية سمكة لسان الثور الاملس (cyno glossus arei) و المزلق المسنن ( pseudorhumbus arssius) في شمال غرب الخليج العربي </t>
-[...6 lines deleted...]
-      </c>
+          <t>التفكير الاستدلالي وعلاقته بالتحصيل والاتجاه نحو الرياضيات </t>
+        </is>
+      </c>
+      <c r="N133" s="1"/>
       <c r="O133" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P133" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>307</t>
+          <t>352</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>رملة جبار كاظم </t>
+          <t>محمد هاتو  محمد </t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>Ramla Jabbar Kadhim</t>
+          <t>Mohammed Hato Mohammed</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z359m2ijbfektsp.jpeg</t>
+          <t>uploads/photos/buhrn7comjd0ye2.jpg</t>
         </is>
       </c>
       <c r="E134" s="1" t="inlineStr">
         <is>
-          <t>1970-05-17</t>
+          <t>1967-10-11</t>
         </is>
       </c>
       <c r="F134" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G134" s="1" t="inlineStr">
         <is>
-          <t>07716554458</t>
+          <t>07713458849</t>
         </is>
       </c>
       <c r="H134" s="1" t="inlineStr">
         <is>
-          <t>r.m.alsaidi09@gmail.com</t>
+          <t>Imar.alnajo@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I134" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J134" s="1" t="inlineStr">
         <is>
-          <t>2016-11-03</t>
+          <t>2016-09-01</t>
         </is>
       </c>
       <c r="K134" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس</t>
+          <t>علم الاسماك</t>
         </is>
       </c>
       <c r="L134" s="1" t="inlineStr">
         <is>
-          <t>مناهج وطرائق تدريس عامة</t>
+          <t>انتاج اسماك</t>
         </is>
       </c>
       <c r="M134" s="1" t="inlineStr">
         <is>
-          <t>اثر استخدام أنموذجي ميرل- تينسونوهيلداتابا في اكتساب المفاهيم العلمية واستبقائها لدى تلميذات المرحلة الابتدائية</t>
+          <t>حياتية سمكة لسان الثور الاملس (cyno glossus arei) و المزلق المسنن ( pseudorhumbus arssius) في شمال غرب الخليج العربي </t>
         </is>
       </c>
       <c r="N134" s="1" t="inlineStr">
         <is>
-          <t>اثر أنموذجي ابلتون وثيلين في اكتساب المفاهيم الإحيائية لدى طالبات الصف الخامس العلمي</t>
+          <t>0</t>
         </is>
       </c>
       <c r="O134" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P134" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>590</t>
+          <t>307</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>ناطق عبدالرحمن وريثة </t>
+          <t>رملة جبار كاظم </t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>NATIQ ABDULRAHMAN WERYTHA </t>
+          <t>Ramla Jabbar Kadhim</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/oavpfhj4gc6n5_b.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/z359m2ijbfektsp.jpeg</t>
         </is>
       </c>
       <c r="E135" s="1" t="inlineStr">
         <is>
-          <t>2022-03-14</t>
+          <t>1970-05-17</t>
         </is>
       </c>
       <c r="F135" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G135" s="1" t="inlineStr">
         <is>
-          <t>07712025252</t>
+          <t>07716554458</t>
         </is>
       </c>
       <c r="H135" s="1" t="inlineStr">
         <is>
-          <t>natikallami1970@gmail.com</t>
+          <t>r.m.alsaidi09@gmail.com</t>
         </is>
       </c>
       <c r="I135" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J135" s="1" t="inlineStr">
         <is>
-          <t>2016-11-28</t>
+          <t>2016-11-03</t>
         </is>
       </c>
       <c r="K135" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية </t>
+          <t>طرائق تدريس</t>
         </is>
       </c>
       <c r="L135" s="1" t="inlineStr">
         <is>
-          <t>فسلجة تدريب </t>
+          <t>مناهج وطرائق تدريس عامة</t>
         </is>
       </c>
       <c r="M135" s="1" t="inlineStr">
         <is>
-          <t>تأثير منهج تدريبي مقترح باستخدام الأحماض الامينية على التضخم العضلي الفسيولوجي والتغيرات البيوكيميائية وانجاز الرفعات الاولمبية </t>
-[...2 lines deleted...]
-      <c r="N135" s="1"/>
+          <t>اثر استخدام أنموذجي ميرل- تينسونوهيلداتابا في اكتساب المفاهيم العلمية واستبقائها لدى تلميذات المرحلة الابتدائية</t>
+        </is>
+      </c>
+      <c r="N135" s="1" t="inlineStr">
+        <is>
+          <t>اثر أنموذجي ابلتون وثيلين في اكتساب المفاهيم الإحيائية لدى طالبات الصف الخامس العلمي</t>
+        </is>
+      </c>
       <c r="O135" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P135" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>591</t>
+          <t>590</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>رياض صيهود هاشم</t>
+          <t>ناطق عبدالرحمن وريثة </t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>Riyadh Saihood Hashim</t>
+          <t>NATIQ ABDULRAHMAN WERYTHA </t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ykwv8zts9d6iaor.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/oavpfhj4gc6n5_b.jpg</t>
         </is>
       </c>
       <c r="E136" s="1" t="inlineStr">
         <is>
-          <t>1975-09-27</t>
+          <t>2022-03-14</t>
         </is>
       </c>
       <c r="F136" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G136" s="1" t="inlineStr">
         <is>
-          <t>077126530</t>
+          <t>07712025252</t>
         </is>
       </c>
       <c r="H136" s="1" t="inlineStr">
         <is>
-          <t>riadsehood@uomisan.edu.iq</t>
+          <t>natikallami1970@gmail.com</t>
         </is>
       </c>
       <c r="I136" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J136" s="1" t="inlineStr">
         <is>
-          <t>2016-12-13</t>
+          <t>2016-11-28</t>
         </is>
       </c>
       <c r="K136" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية </t>
         </is>
       </c>
       <c r="L136" s="1" t="inlineStr">
         <is>
-          <t>علم النفس الرياضي / كرة اليد</t>
+          <t>فسلجة تدريب </t>
         </is>
       </c>
       <c r="M136" s="1" t="inlineStr">
         <is>
-          <t>قياس المستوى المعرفي لمدربي كرة اليد في العراق بناء وتطبيق</t>
-[...6 lines deleted...]
-      </c>
+          <t>تأثير منهج تدريبي مقترح باستخدام الأحماض الامينية على التضخم العضلي الفسيولوجي والتغيرات البيوكيميائية وانجاز الرفعات الاولمبية </t>
+        </is>
+      </c>
+      <c r="N136" s="1"/>
       <c r="O136" s="1" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="P136" s="1" t="inlineStr">
         <is>
           <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>202</t>
+          <t>591</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t> ميساء غازي جمعة</t>
+          <t>رياض صيهود هاشم</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t>Maysaa Ghazi Jumaa</t>
+          <t>Riyadh Saihood Hashim</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pnzrya_1m97tlwg.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ykwv8zts9d6iaor.jpg</t>
         </is>
       </c>
       <c r="E137" s="1" t="inlineStr">
         <is>
-          <t>1978-05-15</t>
+          <t>1975-09-27</t>
         </is>
       </c>
       <c r="F137" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G137" s="1" t="inlineStr">
         <is>
-          <t>07705575967</t>
+          <t>077126530</t>
         </is>
       </c>
       <c r="H137" s="1" t="inlineStr">
         <is>
-          <t>maisaagazi@yahoo.com</t>
+          <t>riadsehood@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I137" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J137" s="1" t="inlineStr">
         <is>
-          <t>2017-02-04</t>
+          <t>2016-12-13</t>
         </is>
       </c>
       <c r="K137" s="1" t="inlineStr">
         <is>
-          <t>Microbiology </t>
+          <t>التربية الرياضية </t>
         </is>
       </c>
       <c r="L137" s="1" t="inlineStr">
         <is>
-          <t>Molecular Immunology </t>
+          <t>علم النفس الرياضي / كرة اليد</t>
         </is>
       </c>
       <c r="M137" s="1" t="inlineStr">
         <is>
-          <t>Isolation and identification of Helicobacter pylori in drinking water of Basra governorate  </t>
+          <t>قياس المستوى المعرفي لمدربي كرة اليد في العراق بناء وتطبيق</t>
         </is>
       </c>
       <c r="N137" s="1" t="inlineStr">
         <is>
-          <t>Angiogenesis in ovarian cancer using molecular and immunological approached</t>
+          <t>التنبؤ بالتوجه نحو أبعاد التفوق الرياضي بدلالة الكفاءةالاجتماعية  وأساليب مواجهة الضغوط النفسية للاعبي الدرجة الممتازة  بكرة اليد في العراق</t>
         </is>
       </c>
       <c r="O137" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P137" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>369</t>
+          <t>202</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>رعد نعمة راضي</t>
+          <t> ميساء غازي جمعة</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>Raad Nima Radi</t>
+          <t>Maysaa Ghazi Jumaa</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ajz4yf75pnvbgx8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/pnzrya_1m97tlwg.jpeg</t>
         </is>
       </c>
       <c r="E138" s="1" t="inlineStr">
         <is>
-          <t>1966-07-21</t>
+          <t>1978-05-15</t>
         </is>
       </c>
       <c r="F138" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G138" s="1" t="inlineStr">
         <is>
-          <t>07803056910</t>
+          <t>07705575967</t>
         </is>
       </c>
       <c r="H138" s="1" t="inlineStr">
         <is>
-          <t>usamaraad12@gmail.com</t>
+          <t>maisaagazi@yahoo.com</t>
         </is>
       </c>
       <c r="I138" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J138" s="1" t="inlineStr">
         <is>
-          <t>2017-02-17</t>
+          <t>2017-02-04</t>
         </is>
       </c>
       <c r="K138" s="1" t="inlineStr">
         <is>
-          <t>اللغة</t>
+          <t>Microbiology </t>
         </is>
       </c>
       <c r="L138" s="1" t="inlineStr">
         <is>
-          <t>النحو</t>
+          <t>Molecular Immunology </t>
         </is>
       </c>
       <c r="M138" s="1" t="inlineStr">
         <is>
-          <t>شعر معروف الرصافي دراسة لغوية 1875-1945</t>
+          <t>Isolation and identification of Helicobacter pylori in drinking water of Basra governorate  </t>
         </is>
       </c>
       <c r="N138" s="1" t="inlineStr">
         <is>
-          <t>التعليل اللغوي عند الفراء 207هـ</t>
+          <t>Angiogenesis in ovarian cancer using molecular and immunological approached</t>
         </is>
       </c>
       <c r="O138" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P138" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>449</t>
+          <t>369</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>صفاء صبري نجم</t>
+          <t>رعد نعمة راضي</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t>Safaa Sabri Najim</t>
+          <t>Raad Nima Radi</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j76h0alv1e4_wgr.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ajz4yf75pnvbgx8.jpg</t>
         </is>
       </c>
       <c r="E139" s="1" t="inlineStr">
         <is>
-          <t>1956-11-02</t>
+          <t>1966-07-21</t>
         </is>
       </c>
       <c r="F139" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G139" s="1" t="inlineStr">
         <is>
-          <t>07712446594</t>
+          <t>07803056910</t>
         </is>
       </c>
       <c r="H139" s="1" t="inlineStr">
         <is>
-          <t>safchem2000@uomisan.edu.iq</t>
+          <t>usamaraad12@gmail.com</t>
         </is>
       </c>
       <c r="I139" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J139" s="1" t="inlineStr">
         <is>
-          <t>2017-03-30</t>
+          <t>2017-02-17</t>
         </is>
       </c>
       <c r="K139" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء </t>
+          <t>اللغة</t>
         </is>
       </c>
       <c r="L139" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء التحليلية</t>
+          <t>النحو</t>
         </is>
       </c>
       <c r="M139" s="1" t="inlineStr">
         <is>
-          <t>DESIGN AND CONSTRUCT A HOME – MADE SEMI AUTOMATED             FLOW INJECTION SYSTEM AND A BASELINE STUDY FOR  DETERMINATION OF HUMAN SERUM ALBUMIN</t>
-[...2 lines deleted...]
-      <c r="N139" s="1"/>
+          <t>شعر معروف الرصافي دراسة لغوية 1875-1945</t>
+        </is>
+      </c>
+      <c r="N139" s="1" t="inlineStr">
+        <is>
+          <t>التعليل اللغوي عند الفراء 207هـ</t>
+        </is>
+      </c>
       <c r="O139" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P139" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>244</t>
+          <t>449</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>سامي خلف جبار  </t>
+          <t>صفاء صبري نجم</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t>sami khalaf Jabar</t>
+          <t>Safaa Sabri Najim</t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sivuhrqawyp_9z2.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/j76h0alv1e4_wgr.jpg</t>
         </is>
       </c>
       <c r="E140" s="1" t="inlineStr">
         <is>
-          <t>1970-01-19</t>
+          <t>1956-11-02</t>
         </is>
       </c>
       <c r="F140" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G140" s="1" t="inlineStr">
         <is>
-          <t>07711996699</t>
+          <t>07712446594</t>
         </is>
       </c>
       <c r="H140" s="1" t="inlineStr">
         <is>
-          <t>sami_khalaf2006@yahoo.com</t>
+          <t>safchem2000@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I140" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J140" s="1" t="inlineStr">
         <is>
-          <t>2017-05-22</t>
+          <t>2017-03-30</t>
         </is>
       </c>
       <c r="K140" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة الفم والاسنان</t>
+          <t>الكيمياء </t>
         </is>
       </c>
       <c r="L140" s="1" t="inlineStr">
         <is>
-          <t>امراض الفم والوجه والفكين</t>
+          <t>الكيمياء التحليلية</t>
         </is>
       </c>
       <c r="M140" s="1" t="inlineStr">
         <is>
-          <t>The expression of p53,MDM4 and sonic hedgehog...</t>
+          <t>DESIGN AND CONSTRUCT A HOME – MADE SEMI AUTOMATED             FLOW INJECTION SYSTEM AND A BASELINE STUDY FOR  DETERMINATION OF HUMAN SERUM ALBUMIN</t>
         </is>
       </c>
       <c r="N140" s="1"/>
       <c r="O140" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P140" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>543</t>
+          <t>244</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>رؤى صلاح قدوري</t>
+          <t>سامي خلف جبار  </t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t>Ruaa salah qaddoori</t>
+          <t>sami khalaf Jabar</t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bc38e74xi09zwjv.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/sivuhrqawyp_9z2.jpg</t>
         </is>
       </c>
       <c r="E141" s="1" t="inlineStr">
         <is>
-          <t>1982-09-13</t>
+          <t>1970-01-19</t>
         </is>
       </c>
       <c r="F141" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G141" s="1" t="inlineStr">
         <is>
-          <t>07707221964</t>
+          <t>07711996699</t>
         </is>
       </c>
       <c r="H141" s="1" t="inlineStr">
         <is>
-          <t>rusaualah82@gmail.com</t>
+          <t>sami_khalaf2006@yahoo.com</t>
         </is>
       </c>
       <c r="I141" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J141" s="1" t="inlineStr">
         <is>
-          <t>2017-06-22</t>
+          <t>2017-05-22</t>
         </is>
       </c>
       <c r="K141" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية</t>
+          <t>طب وجراحة الفم والاسنان</t>
         </is>
       </c>
       <c r="L141" s="1" t="inlineStr">
         <is>
-          <t>تدريب رياضي</t>
+          <t>امراض الفم والوجه والفكين</t>
         </is>
       </c>
       <c r="M141" s="1" t="inlineStr">
         <is>
-          <t>التدريب الذهني المصاحب للمهاري وتأثيره في تعلم بعض المهارات الأساسية بكرة السلة</t>
-[...6 lines deleted...]
-      </c>
+          <t>The expression of p53,MDM4 and sonic hedgehog...</t>
+        </is>
+      </c>
+      <c r="N141" s="1"/>
       <c r="O141" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P141" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>416</t>
+          <t>543</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>رشيد رحيم حتيت</t>
+          <t>رؤى صلاح قدوري</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t>Rashid Rahim Hateet</t>
+          <t>Ruaa salah qaddoori</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w2rl_fqg4oi3hzn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bc38e74xi09zwjv.jpeg</t>
         </is>
       </c>
       <c r="E142" s="1" t="inlineStr">
         <is>
-          <t>1972-10-01</t>
+          <t>1982-09-13</t>
         </is>
       </c>
       <c r="F142" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G142" s="1" t="inlineStr">
         <is>
-          <t>07716134011</t>
+          <t>07707221964</t>
         </is>
       </c>
       <c r="H142" s="1" t="inlineStr">
         <is>
-          <t>biorashed@uomisan.edu.iq</t>
+          <t>rusaualah82@gmail.com</t>
         </is>
       </c>
       <c r="I142" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J142" s="1" t="inlineStr">
         <is>
-          <t>2017-07-01</t>
+          <t>2017-06-22</t>
         </is>
       </c>
       <c r="K142" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>تربية بدنية</t>
         </is>
       </c>
       <c r="L142" s="1" t="inlineStr">
         <is>
-          <t>احياء مجهرية</t>
+          <t>تدريب رياضي</t>
         </is>
       </c>
       <c r="M142" s="1" t="inlineStr">
         <is>
-          <t>لاحقا</t>
-[...2 lines deleted...]
-      <c r="N142" s="1"/>
+          <t>التدريب الذهني المصاحب للمهاري وتأثيره في تعلم بعض المهارات الأساسية بكرة السلة</t>
+        </is>
+      </c>
+      <c r="N142" s="1" t="inlineStr">
+        <is>
+          <t>تأثير تمرينات خاصة باستعمال جهاز (VertiMax) في بعض أنواع القوة العضلية وفاعلية الأداء المهاري للاعبي كرة السلة الشباب</t>
+        </is>
+      </c>
       <c r="O142" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P142" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>92</t>
+          <t>416</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>علي عبد الرحيم كريم </t>
+          <t>رشيد رحيم حتيت</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t>Ali Abdul Raheem Kareem</t>
+          <t>Rashid Rahim Hateet</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/3zvl9yjqfr7140n.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w2rl_fqg4oi3hzn.jpg</t>
         </is>
       </c>
       <c r="E143" s="1" t="inlineStr">
         <is>
-          <t>1978-12-20</t>
+          <t>1972-10-01</t>
         </is>
       </c>
       <c r="F143" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G143" s="1" t="inlineStr">
         <is>
-          <t>07728349181</t>
+          <t>07716134011</t>
         </is>
       </c>
       <c r="H143" s="1" t="inlineStr">
         <is>
-          <t>dr_ali259@uomisan.edu.iq</t>
+          <t>biorashed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I143" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J143" s="1" t="inlineStr">
         <is>
-          <t>2017-07-25</t>
+          <t>2017-07-01</t>
         </is>
       </c>
       <c r="K143" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية وآدابها</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L143" s="1" t="inlineStr">
         <is>
-          <t>الادب الحديث ونقده</t>
+          <t>احياء مجهرية</t>
         </is>
       </c>
       <c r="M143" s="1" t="inlineStr">
         <is>
-          <t>ثنائية الذات والآخر في شعر السياب(دراسة في ضوء النقد الثقافي)</t>
-[...6 lines deleted...]
-      </c>
+          <t>لاحقا</t>
+        </is>
+      </c>
+      <c r="N143" s="1"/>
       <c r="O143" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P143" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>568</t>
+          <t>92</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>سيف عباس جهاد سيف</t>
+          <t>علي عبد الرحيم كريم </t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t>saif abbas jihad</t>
+          <t>Ali Abdul Raheem Kareem</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nsgvtm_wefqr9xp.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/3zvl9yjqfr7140n.png</t>
         </is>
       </c>
       <c r="E144" s="1" t="inlineStr">
         <is>
-          <t>1985-04-08</t>
+          <t>1978-12-20</t>
         </is>
       </c>
       <c r="F144" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G144" s="1" t="inlineStr">
         <is>
-          <t>07706279759</t>
+          <t>07728349181</t>
         </is>
       </c>
       <c r="H144" s="1" t="inlineStr">
         <is>
-          <t>seff.seff@uomisan.edu.iq</t>
+          <t>dr_ali259@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I144" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J144" s="1" t="inlineStr">
         <is>
-          <t>2017-07-30</t>
+          <t>2017-07-25</t>
         </is>
       </c>
       <c r="K144" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية وعلوم الرياضة</t>
+          <t>اللغة العربية وآدابها</t>
         </is>
       </c>
       <c r="L144" s="1" t="inlineStr">
         <is>
-          <t>تدريب رياضي_العاب مضري</t>
+          <t>الادب الحديث ونقده</t>
         </is>
       </c>
       <c r="M144" s="1" t="inlineStr">
         <is>
-          <t>تطبيق بعض تمارين البلايومترك لتطوير القوة الانفجارية والسرعة الحركية وأثرها في مهارة الضربة الساحقة للريشة الطائرة</t>
+          <t>ثنائية الذات والآخر في شعر السياب(دراسة في ضوء النقد الثقافي)</t>
         </is>
       </c>
       <c r="N144" s="1" t="inlineStr">
         <is>
-          <t>أثر تمرينات مهارية في تطوير حركة الرجلين وبعض القابليات الحركية وقوة ودقة مهارتي الضربة الأمامية والخلفية للاعبي التنس الشباب</t>
+          <t>الحكاية الشعبية في الشعر العراقي الحديث من نهاية الحرب العالمية الثانية الى عام 1990م دراسة سيميائية ثقافية</t>
         </is>
       </c>
       <c r="O144" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P144" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>568</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>حيدر حسان فرج دهم </t>
+          <t>سيف عباس جهاد سيف</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>Haider Hassan Faraj</t>
+          <t>saif abbas jihad</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xsqth0vgip975o2.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/nsgvtm_wefqr9xp.jpg</t>
         </is>
       </c>
       <c r="E145" s="1" t="inlineStr">
         <is>
-          <t>1984-04-11</t>
+          <t>1985-04-08</t>
         </is>
       </c>
       <c r="F145" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G145" s="1" t="inlineStr">
         <is>
-          <t>07739123442</t>
+          <t>07706279759</t>
         </is>
       </c>
       <c r="H145" s="1" t="inlineStr">
         <is>
-          <t>h.dahm@uomisan.edu.iq</t>
+          <t>seff.seff@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I145" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J145" s="1" t="inlineStr">
         <is>
-          <t>2017-07-31</t>
+          <t>2017-07-30</t>
         </is>
       </c>
       <c r="K145" s="1" t="inlineStr">
         <is>
-          <t>Geophysics</t>
+          <t>تربية بدنية وعلوم الرياضة</t>
         </is>
       </c>
       <c r="L145" s="1" t="inlineStr">
         <is>
-          <t>Seismic Exploration</t>
+          <t>تدريب رياضي_العاب مضري</t>
         </is>
       </c>
       <c r="M145" s="1" t="inlineStr">
         <is>
-          <t>Determination of Physical and Geotechnical Properties of Calcareous rocks for Kufa Cement plant</t>
+          <t>تطبيق بعض تمارين البلايومترك لتطوير القوة الانفجارية والسرعة الحركية وأثرها في مهارة الضربة الساحقة للريشة الطائرة</t>
         </is>
       </c>
       <c r="N145" s="1" t="inlineStr">
         <is>
-          <t>Applications of Machine Learning and Artificial Intelligence to enhance the 3D seismic attributes for reservoir characterization</t>
+          <t>أثر تمرينات مهارية في تطوير حركة الرجلين وبعض القابليات الحركية وقوة ودقة مهارتي الضربة الأمامية والخلفية للاعبي التنس الشباب</t>
         </is>
       </c>
       <c r="O145" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P145" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>419</t>
+          <t>204</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>محمد عباس عبد علي سبهان </t>
+          <t>حيدر حسان فرج دهم </t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Abbas Abed Ali </t>
+          <t>Haider Hassan Faraj</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ucb6s_8otp53ia.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/xsqth0vgip975o2.JPG</t>
         </is>
       </c>
       <c r="E146" s="1" t="inlineStr">
         <is>
-          <t>1965-10-10</t>
+          <t>1984-04-11</t>
         </is>
       </c>
       <c r="F146" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G146" s="1" t="inlineStr">
         <is>
-          <t>07712536600</t>
+          <t>07739123442</t>
         </is>
       </c>
       <c r="H146" s="1" t="inlineStr">
         <is>
-          <t>mohaa975@gmail.com</t>
+          <t>h.dahm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I146" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J146" s="1" t="inlineStr">
         <is>
-          <t>2017-10-16</t>
+          <t>2017-07-31</t>
         </is>
       </c>
       <c r="K146" s="1" t="inlineStr">
         <is>
-          <t>Bacterial Genetics /Biotechnology</t>
+          <t>Geophysics</t>
         </is>
       </c>
       <c r="L146" s="1" t="inlineStr">
         <is>
-          <t>Bacterial Genetics /Biotechnology </t>
+          <t>Seismic Exploration</t>
         </is>
       </c>
       <c r="M146" s="1" t="inlineStr">
         <is>
-          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
+          <t>Determination of Physical and Geotechnical Properties of Calcareous rocks for Kufa Cement plant</t>
         </is>
       </c>
       <c r="N146" s="1" t="inlineStr">
         <is>
-          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
+          <t>Applications of Machine Learning and Artificial Intelligence to enhance the 3D seismic attributes for reservoir characterization</t>
         </is>
       </c>
       <c r="O146" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P146" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>419</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>فاضل عباس عبد الرسول راضي </t>
+          <t>محمد عباس عبد علي سبهان </t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>Fadhil Abbas Abdel Rasoul Radi</t>
+          <t>Mohammed Abbas Abed Ali </t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w_vxepy8og36zfq.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ucb6s_8otp53ia.jpg</t>
         </is>
       </c>
       <c r="E147" s="1" t="inlineStr">
         <is>
-          <t>1969-11-15</t>
+          <t>1965-10-10</t>
         </is>
       </c>
       <c r="F147" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G147" s="1" t="inlineStr">
         <is>
-          <t>07702995886</t>
+          <t>07712536600</t>
         </is>
       </c>
       <c r="H147" s="1" t="inlineStr">
         <is>
-          <t>fadhil881@gmail.com</t>
+          <t>mohaa975@gmail.com</t>
         </is>
       </c>
       <c r="I147" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J147" s="1" t="inlineStr">
         <is>
-          <t>2017-11-27</t>
+          <t>2017-10-16</t>
         </is>
       </c>
       <c r="K147" s="1" t="inlineStr">
         <is>
-          <t>بكلوريوس بالطب والجراحة العامة</t>
+          <t>Bacterial Genetics /Biotechnology</t>
         </is>
       </c>
       <c r="L147" s="1" t="inlineStr">
         <is>
-          <t>بورد امراض جلدية</t>
+          <t>Bacterial Genetics /Biotechnology </t>
         </is>
       </c>
       <c r="M147" s="1" t="inlineStr">
         <is>
-          <t>non</t>
+          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
         </is>
       </c>
       <c r="N147" s="1" t="inlineStr">
         <is>
-          <t>The Frequency of Skin Diseases among Smokers Compared with that of the NonSmokers Individuals</t>
+          <t>Bacteriological and Molecular study to Diagnoses the Bacteria that cause Dental Caries in Al-Amarah City </t>
         </is>
       </c>
       <c r="O147" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P147" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>651</t>
+          <t>206</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>هيثم عبد راضي عبد الرضا </t>
+          <t>فاضل عباس عبد الرسول راضي </t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>Haithem Abed Radhy </t>
+          <t>Fadhil Abbas Abdel Rasoul Radi</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5rl1sfmcugk89bv.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w_vxepy8og36zfq.jpg</t>
         </is>
       </c>
       <c r="E148" s="1" t="inlineStr">
         <is>
-          <t>1968-08-01</t>
+          <t>1969-11-15</t>
         </is>
       </c>
       <c r="F148" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G148" s="1" t="inlineStr">
         <is>
-          <t>07716245482</t>
+          <t>07702995886</t>
         </is>
       </c>
       <c r="H148" s="1" t="inlineStr">
         <is>
-          <t>haithemkh@yahoo.com</t>
+          <t>fadhil881@gmail.com</t>
         </is>
       </c>
       <c r="I148" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J148" s="1" t="inlineStr">
         <is>
-          <t>2017-12-12</t>
+          <t>2017-11-27</t>
         </is>
       </c>
       <c r="K148" s="1" t="inlineStr">
         <is>
-          <t>جراحه عامة</t>
+          <t>بكلوريوس بالطب والجراحة العامة</t>
         </is>
       </c>
       <c r="L148" s="1" t="inlineStr">
         <is>
-          <t>جراحة عامة</t>
+          <t>بورد امراض جلدية</t>
         </is>
       </c>
       <c r="M148" s="1" t="inlineStr">
         <is>
-          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
+          <t>non</t>
         </is>
       </c>
       <c r="N148" s="1" t="inlineStr">
         <is>
-          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
+          <t>The Frequency of Skin Diseases among Smokers Compared with that of the NonSmokers Individuals</t>
         </is>
       </c>
       <c r="O148" s="1" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="P148" s="1" t="inlineStr">
         <is>
           <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>556</t>
+          <t>651</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>عمار علي اسماعيل</t>
+          <t>هيثم عبد راضي عبد الرضا </t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t>Ammar Ali ismael </t>
+          <t>Haithem Abed Radhy </t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/axvprnj_hu5i9kt.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/5rl1sfmcugk89bv.jpg</t>
         </is>
       </c>
       <c r="E149" s="1" t="inlineStr">
         <is>
-          <t>1970-03-21</t>
+          <t>1968-08-01</t>
         </is>
       </c>
       <c r="F149" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G149" s="1" t="inlineStr">
         <is>
-          <t>07707051440</t>
+          <t>07716245482</t>
         </is>
       </c>
       <c r="H149" s="1" t="inlineStr">
         <is>
-          <t>timimy6666@uomisan.edu.iq</t>
+          <t>haithemkh@yahoo.com</t>
         </is>
       </c>
       <c r="I149" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J149" s="1" t="inlineStr">
         <is>
-          <t>2017-12-26</t>
+          <t>2017-12-12</t>
         </is>
       </c>
       <c r="K149" s="1" t="inlineStr">
         <is>
-          <t>علوم تربية بدنية </t>
+          <t>جراحه عامة</t>
         </is>
       </c>
       <c r="L149" s="1" t="inlineStr">
         <is>
-          <t>فسلجة</t>
+          <t>جراحة عامة</t>
         </is>
       </c>
       <c r="M149" s="1" t="inlineStr">
         <is>
-          <t>تأثير الماء المشبع بالاوكسجين بفترات مختلفة على بعض المتغيرات الفسيولوجية وإنجاز سباحة ١٥٠٠م لمنتخب شباب العراق </t>
+          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
         </is>
       </c>
       <c r="N149" s="1" t="inlineStr">
         <is>
-          <t>تأثير التدريب بنقص وزيادة الأوكسجين على اليابسة في عدد من المتغيرات الفسيولوجية والانجاز لسباحي ٥٠٠٠ م للاعمار (١٦-١٨ )سنه</t>
+          <t>THE OUTCOME IN THE UPPER GASTROINTESTINAL HAEMORRHAGE</t>
         </is>
       </c>
       <c r="O149" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P149" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>885</t>
+          <t>556</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>طلال حسين صالح</t>
+          <t>عمار علي اسماعيل</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t>Talal Hussein Saleh</t>
+          <t>Ammar Ali ismael </t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/946sega8h3qxr2j.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/axvprnj_hu5i9kt.jpeg</t>
         </is>
       </c>
       <c r="E150" s="1" t="inlineStr">
         <is>
-          <t>1961-07-08</t>
+          <t>1970-03-21</t>
         </is>
       </c>
       <c r="F150" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G150" s="1" t="inlineStr">
         <is>
-          <t>07703200415</t>
+          <t>07707051440</t>
         </is>
       </c>
       <c r="H150" s="1" t="inlineStr">
         <is>
-          <t>talal196161@uomisan.ed.iq</t>
+          <t>timimy6666@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I150" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J150" s="1" t="inlineStr">
         <is>
-          <t>2018-01-02</t>
+          <t>2017-12-26</t>
         </is>
       </c>
       <c r="K150" s="1" t="inlineStr">
         <is>
-          <t>وقاية النبات</t>
+          <t>علوم تربية بدنية </t>
         </is>
       </c>
       <c r="L150" s="1" t="inlineStr">
         <is>
-          <t>امراض نبات</t>
+          <t>فسلجة</t>
         </is>
       </c>
       <c r="M150" s="1" t="inlineStr">
         <is>
-          <t>دراسة حول الفطريات الجلدية والأنتهازية المعزولة من اللبائن والطيور في ميسان</t>
+          <t>تأثير الماء المشبع بالاوكسجين بفترات مختلفة على بعض المتغيرات الفسيولوجية وإنجاز سباحة ١٥٠٠م لمنتخب شباب العراق </t>
         </is>
       </c>
       <c r="N150" s="1" t="inlineStr">
         <is>
-          <t>دراسه الفطریات الجلدیه والکیراتینیه المعزوله من بعض الحيوانات والأشخاص الملامسين لها في محافظة ميسان</t>
+          <t>تأثير التدريب بنقص وزيادة الأوكسجين على اليابسة في عدد من المتغيرات الفسيولوجية والانجاز لسباحي ٥٠٠٠ م للاعمار (١٦-١٨ )سنه</t>
         </is>
       </c>
       <c r="O150" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P150" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>819</t>
+          <t>885</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>جبار رحيم راشد مريشد الراشدي</t>
+          <t>طلال حسين صالح</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t>Jabbar Raheem Rashed</t>
+          <t>Talal Hussein Saleh</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/gawdfertj56mscq.jpg</t>
+          <t>uploads/photos/946sega8h3qxr2j.jpg</t>
         </is>
       </c>
       <c r="E151" s="1" t="inlineStr">
         <is>
-          <t>1972-05-12</t>
+          <t>1961-07-08</t>
         </is>
       </c>
       <c r="F151" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G151" s="1" t="inlineStr">
         <is>
-          <t>07705536519</t>
+          <t>07703200415</t>
         </is>
       </c>
       <c r="H151" s="1" t="inlineStr">
         <is>
-          <t>dr.jabar72@uomisan.edu.iq</t>
+          <t>talal196161@uomisan.ed.iq</t>
         </is>
       </c>
       <c r="I151" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J151" s="1" t="inlineStr">
         <is>
-          <t>2018-01-18</t>
+          <t>2018-01-02</t>
         </is>
       </c>
       <c r="K151" s="1" t="inlineStr">
         <is>
-          <t>الهندسة الكهربائية</t>
+          <t>وقاية النبات</t>
         </is>
       </c>
       <c r="L151" s="1" t="inlineStr">
         <is>
-          <t>هندسة القدرة الكهربائية</t>
+          <t>امراض نبات</t>
         </is>
       </c>
       <c r="M151" s="1" t="inlineStr">
         <is>
-          <t>دراسة نظرية وعملية  على مرشحات القدرة الفعالة لتعويض القدرة غير الفعالة وإزالة التوافقيات</t>
+          <t>دراسة حول الفطريات الجلدية والأنتهازية المعزولة من اللبائن والطيور في ميسان</t>
         </is>
       </c>
       <c r="N151" s="1" t="inlineStr">
         <is>
-          <t>استخدام طريقة مونتي كارلو لإيجاد دلائل وثوقية الشبكة العراقية   kV 400  </t>
+          <t>دراسه الفطریات الجلدیه والکیراتینیه المعزوله من بعض الحيوانات والأشخاص الملامسين لها في محافظة ميسان</t>
         </is>
       </c>
       <c r="O151" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P151" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>223</t>
+          <t>819</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>عمار جبار حسين </t>
+          <t>جبار رحيم راشد مريشد الراشدي</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t>omaar jabaar hussein</t>
+          <t>Jabbar Raheem Rashed</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ou5m36q4tpk9ia.jpg</t>
+          <t>uploads/photos/gawdfertj56mscq.jpg</t>
         </is>
       </c>
       <c r="E152" s="1" t="inlineStr">
         <is>
-          <t>1968-05-08</t>
+          <t>1972-05-12</t>
         </is>
       </c>
       <c r="F152" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G152" s="1" t="inlineStr">
         <is>
-          <t>07728871888</t>
+          <t>07705536519</t>
         </is>
       </c>
       <c r="H152" s="1" t="inlineStr">
         <is>
-          <t>drammaralwahaj@gmail.com</t>
+          <t>dr.jabar72@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I152" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J152" s="1" t="inlineStr">
         <is>
-          <t>2018-01-21</t>
+          <t>2018-01-18</t>
         </is>
       </c>
       <c r="K152" s="1" t="inlineStr">
         <is>
-          <t>الفنون الجميلة </t>
+          <t>الهندسة الكهربائية</t>
         </is>
       </c>
       <c r="L152" s="1" t="inlineStr">
         <is>
-          <t>فلسفة التربية الفنية</t>
+          <t>هندسة القدرة الكهربائية</t>
         </is>
       </c>
       <c r="M152" s="1" t="inlineStr">
         <is>
-          <t>توظيف استراتيجيات تحليل المهمات في تدريب طلبة قسم التربية الفنية على مهارات الإنشاء النحتي</t>
+          <t>دراسة نظرية وعملية  على مرشحات القدرة الفعالة لتعويض القدرة غير الفعالة وإزالة التوافقيات</t>
         </is>
       </c>
       <c r="N152" s="1" t="inlineStr">
         <is>
-          <t>جماليات التعبير الفني في النحت المعاصر ودورها في تنمية التفكير الابداعي لطلبة التربية الفنية</t>
+          <t>استخدام طريقة مونتي كارلو لإيجاد دلائل وثوقية الشبكة العراقية   kV 400  </t>
         </is>
       </c>
       <c r="O152" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P152" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>512</t>
+          <t>223</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>رائد مسلم محيبس </t>
+          <t>عمار جبار حسين </t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t>Raed Muslim Muhiebs </t>
+          <t>omaar jabaar hussein</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dt6k2w35fmvxaso.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7ou5m36q4tpk9ia.jpg</t>
         </is>
       </c>
       <c r="E153" s="1" t="inlineStr">
         <is>
-          <t>1978-04-10</t>
+          <t>1968-05-08</t>
         </is>
       </c>
       <c r="F153" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G153" s="1" t="inlineStr">
         <is>
-          <t>07721014811</t>
+          <t>07728871888</t>
         </is>
       </c>
       <c r="H153" s="1" t="inlineStr">
         <is>
-          <t>raadmuslim7@gmail.com</t>
+          <t>drammaralwahaj@gmail.com</t>
         </is>
       </c>
       <c r="I153" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J153" s="1" t="inlineStr">
         <is>
-          <t>2018-05-03</t>
+          <t>2018-01-21</t>
         </is>
       </c>
       <c r="K153" s="1" t="inlineStr">
         <is>
-          <t>Chemistry </t>
+          <t>الفنون الجميلة </t>
         </is>
       </c>
       <c r="L153" s="1" t="inlineStr">
         <is>
-          <t>Organic chemistry </t>
+          <t>فلسفة التربية الفنية</t>
         </is>
       </c>
       <c r="M153" s="1" t="inlineStr">
         <is>
-          <t>  Synthesis  of new derivatives of N-aryl 1,2,4-triazole</t>
+          <t>توظيف استراتيجيات تحليل المهمات في تدريب طلبة قسم التربية الفنية على مهارات الإنشاء النحتي</t>
         </is>
       </c>
       <c r="N153" s="1" t="inlineStr">
         <is>
-          <t>Synthesis and Characterization of Some New Heterocyclic Compounds from (2-N-arylidene amino and 2-N-chloro acetamido) Creatinine and Study their Biological activity.</t>
+          <t>جماليات التعبير الفني في النحت المعاصر ودورها في تنمية التفكير الابداعي لطلبة التربية الفنية</t>
         </is>
       </c>
       <c r="O153" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P153" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>149</t>
+          <t>512</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>ماجد صدام سالم</t>
+          <t>رائد مسلم محيبس </t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t>Majed Saddam Salem</t>
+          <t>Raed Muslim Muhiebs </t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ibfzm24ovuycp3r.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dt6k2w35fmvxaso.jpg</t>
         </is>
       </c>
       <c r="E154" s="1" t="inlineStr">
         <is>
-          <t>1968-10-26</t>
+          <t>1978-04-10</t>
         </is>
       </c>
       <c r="F154" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G154" s="1" t="inlineStr">
         <is>
-          <t>07702709259</t>
+          <t>07721014811</t>
         </is>
       </c>
       <c r="H154" s="1" t="inlineStr">
         <is>
-          <t>magidsaddamsalim@uomisan.edu.iq</t>
+          <t>raadmuslim7@gmail.com</t>
         </is>
       </c>
       <c r="I154" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J154" s="1" t="inlineStr">
         <is>
-          <t>2018-05-15</t>
+          <t>2018-05-03</t>
         </is>
       </c>
       <c r="K154" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية البشرية</t>
+          <t>Chemistry </t>
         </is>
       </c>
       <c r="L154" s="1" t="inlineStr">
         <is>
-          <t>الجغرافية السياسية</t>
+          <t>Organic chemistry </t>
         </is>
       </c>
       <c r="M154" s="1" t="inlineStr">
         <is>
-          <t>الاهمية الجيوستراتيجية لحقول النفط في محافظة كركوك ( دراسة في الجغرافية السياسية)</t>
+          <t>  Synthesis  of new derivatives of N-aryl 1,2,4-triazole</t>
         </is>
       </c>
       <c r="N154" s="1" t="inlineStr">
         <is>
-          <t>التنافس التركي_ الايراني المعاصر في منطقة المشرق العربي (دراسة في الجغرافية السياسية)</t>
+          <t>Synthesis and Characterization of Some New Heterocyclic Compounds from (2-N-arylidene amino and 2-N-chloro acetamido) Creatinine and Study their Biological activity.</t>
         </is>
       </c>
       <c r="O154" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P154" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>245</t>
+          <t>149</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>صبا جاسم مهدي</t>
+          <t>ماجد صدام سالم</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t>Saba Jassim Mehdi</t>
+          <t>Majed Saddam Salem</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/w1yctie2jl0gpzb.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ibfzm24ovuycp3r.jpg</t>
         </is>
       </c>
       <c r="E155" s="1" t="inlineStr">
         <is>
-          <t>1969-12-27</t>
+          <t>1968-10-26</t>
         </is>
       </c>
       <c r="F155" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G155" s="1" t="inlineStr">
         <is>
-          <t>07712499489</t>
+          <t>07702709259</t>
         </is>
       </c>
       <c r="H155" s="1" t="inlineStr">
         <is>
-          <t>saba.mcm@uomisan.edu.iq</t>
+          <t>magidsaddamsalim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I155" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J155" s="1" t="inlineStr">
         <is>
-          <t>2018-05-31</t>
+          <t>2018-05-15</t>
         </is>
       </c>
       <c r="K155" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة</t>
+          <t>الجغرافية البشرية</t>
         </is>
       </c>
       <c r="L155" s="1" t="inlineStr">
         <is>
-          <t>نسائية وتوليد</t>
+          <t>الجغرافية السياسية</t>
         </is>
       </c>
       <c r="M155" s="1" t="inlineStr">
         <is>
-          <t>no</t>
+          <t>الاهمية الجيوستراتيجية لحقول النفط في محافظة كركوك ( دراسة في الجغرافية السياسية)</t>
         </is>
       </c>
       <c r="N155" s="1" t="inlineStr">
         <is>
-          <t>Umbilical cord circumference as an estimate of birth weight</t>
+          <t>التنافس التركي_ الايراني المعاصر في منطقة المشرق العربي (دراسة في الجغرافية السياسية)</t>
         </is>
       </c>
       <c r="O155" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P155" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>977</t>
+          <t>245</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>حيدركريم عبود</t>
+          <t>صبا جاسم مهدي</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t>Hyder Kareem Abbood</t>
+          <t>Saba Jassim Mehdi</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
-          <t>uploads/files/xioqlbf6yzecnh8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/w1yctie2jl0gpzb.jpg</t>
         </is>
       </c>
       <c r="E156" s="1" t="inlineStr">
         <is>
-          <t>1974-03-16</t>
+          <t>1969-12-27</t>
         </is>
       </c>
       <c r="F156" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G156" s="1" t="inlineStr">
         <is>
-          <t>07706752564</t>
+          <t>07712499489</t>
         </is>
       </c>
       <c r="H156" s="1" t="inlineStr">
         <is>
-          <t>dr.hyder@uomisan.edu.iq</t>
+          <t>saba.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I156" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J156" s="1" t="inlineStr">
         <is>
-          <t>2018-06-05</t>
+          <t>2018-05-31</t>
         </is>
       </c>
       <c r="K156" s="1" t="inlineStr">
         <is>
-          <t>طب بيطري</t>
+          <t>طب وجراحة</t>
         </is>
       </c>
       <c r="L156" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني والوقائي</t>
+          <t>نسائية وتوليد</t>
         </is>
       </c>
       <c r="M156" s="1" t="inlineStr">
         <is>
-          <t>بعض معايير الدم الايضية في ابقار الحليب في محطة الاسحاقي</t>
+          <t>no</t>
         </is>
       </c>
       <c r="N156" s="1" t="inlineStr">
         <is>
-          <t>استحداث نقص فيتامين ه والسلينيوم في الاغنام العواسية وحملانها</t>
+          <t>Umbilical cord circumference as an estimate of birth weight</t>
         </is>
       </c>
       <c r="O156" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P156" s="1" t="inlineStr">
         <is>
-          <t>كلية التمريض</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>535</t>
+          <t>977</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>مرتضى محسن عبد </t>
+          <t>حيدركريم عبود</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t>Mortada Mohsen Abed</t>
+          <t>Hyder Kareem Abbood</t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e56c0qiul23hxsw.jpg</t>
+          <t>uploads/files/xioqlbf6yzecnh8.jpg</t>
         </is>
       </c>
       <c r="E157" s="1" t="inlineStr">
         <is>
-          <t>1979-10-09</t>
+          <t>1974-03-16</t>
         </is>
       </c>
       <c r="F157" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G157" s="1" t="inlineStr">
         <is>
-          <t>07705581538</t>
+          <t>07706752564</t>
         </is>
       </c>
       <c r="H157" s="1" t="inlineStr">
         <is>
-          <t>martdimuhsen@uomisan.edu.iq</t>
+          <t>dr.hyder@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I157" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J157" s="1" t="inlineStr">
         <is>
-          <t>2018-07-02</t>
+          <t>2018-06-05</t>
         </is>
       </c>
       <c r="K157" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية وعلوم الرياضة </t>
+          <t>طب بيطري</t>
         </is>
       </c>
       <c r="L157" s="1" t="inlineStr">
         <is>
-          <t>التعلم الحركي</t>
+          <t>الطب الباطني والوقائي</t>
         </is>
       </c>
       <c r="M157" s="1" t="inlineStr">
         <is>
-          <t>تأثير برنامجين تعليميين باستخدام التعلّم التعاوني بالتمرين المتسلسل والعشوائي في التعلم والاحتفاظ ببعض المهارات الأرضية بالجمناستك الفني للرجال </t>
+          <t>بعض معايير الدم الايضية في ابقار الحليب في محطة الاسحاقي</t>
         </is>
       </c>
       <c r="N157" s="1" t="inlineStr">
         <is>
-          <t>تأثير برنامج تعليمي مقترح باستخدام بعض الأجهزة والأدوات المساعدة في تطوير أهم جوانب تعلم مهارة الدورة الخلفية الكبرى على جهاز العقلة والاحتفاظ بها</t>
+          <t>استحداث نقص فيتامين ه والسلينيوم في الاغنام العواسية وحملانها</t>
         </is>
       </c>
       <c r="O157" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>6</t>
         </is>
       </c>
       <c r="P157" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التمريض</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>84</t>
+          <t>535</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>باسم محمد عيادة </t>
+          <t>مرتضى محسن عبد </t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t>Bassem Muhammad Eyada</t>
+          <t>Mortada Mohsen Abed</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y70jhiw953ot1ul.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/e56c0qiul23hxsw.jpg</t>
         </is>
       </c>
       <c r="E158" s="1" t="inlineStr">
         <is>
-          <t>1974-07-21</t>
+          <t>1979-10-09</t>
         </is>
       </c>
       <c r="F158" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G158" s="1" t="inlineStr">
         <is>
-          <t>07705526906</t>
+          <t>07705581538</t>
         </is>
       </c>
       <c r="H158" s="1" t="inlineStr">
         <is>
-          <t>basmcom184@gmail.com</t>
+          <t>martdimuhsen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I158" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J158" s="1" t="inlineStr">
         <is>
-          <t>2018-07-21</t>
+          <t>2018-07-02</t>
         </is>
       </c>
       <c r="K158" s="1" t="inlineStr">
         <is>
-          <t>اللغة</t>
+          <t>تربية بدنية وعلوم الرياضة </t>
         </is>
       </c>
       <c r="L158" s="1" t="inlineStr">
         <is>
-          <t>الصرف</t>
+          <t>التعلم الحركي</t>
         </is>
       </c>
       <c r="M158" s="1" t="inlineStr">
         <is>
-          <t>المباحث اللغوية في تفسيرالشريف المرتضى المسمى بنفائس التأويل</t>
+          <t>تأثير برنامجين تعليميين باستخدام التعلّم التعاوني بالتمرين المتسلسل والعشوائي في التعلم والاحتفاظ ببعض المهارات الأرضية بالجمناستك الفني للرجال </t>
         </is>
       </c>
       <c r="N158" s="1" t="inlineStr">
         <is>
-          <t>الاحتجاج الصرفي عندشراح الشافية في القرن الثامن الهجري</t>
+          <t>تأثير برنامج تعليمي مقترح باستخدام بعض الأجهزة والأدوات المساعدة في تطوير أهم جوانب تعلم مهارة الدورة الخلفية الكبرى على جهاز العقلة والاحتفاظ بها</t>
         </is>
       </c>
       <c r="O158" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P158" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>303</t>
+          <t>84</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>صباح حسن جاسم صالح </t>
+          <t>باسم محمد عيادة </t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>Sabah Hasan jasim</t>
+          <t>Bassem Muhammad Eyada</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3fzgt1jwdqux8sn.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/y70jhiw953ot1ul.png</t>
         </is>
       </c>
       <c r="E159" s="1" t="inlineStr">
         <is>
-          <t>1973-07-10</t>
+          <t>1974-07-21</t>
         </is>
       </c>
       <c r="F159" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G159" s="1" t="inlineStr">
         <is>
-          <t>+7705500645</t>
+          <t>07705526906</t>
         </is>
       </c>
       <c r="H159" s="1" t="inlineStr">
         <is>
-          <t>sabah.jasim@uomisan.edu.iq</t>
+          <t>basmcom184@gmail.com</t>
         </is>
       </c>
       <c r="I159" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J159" s="1" t="inlineStr">
         <is>
-          <t>2018-07-31</t>
+          <t>2018-07-21</t>
         </is>
       </c>
       <c r="K159" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات </t>
+          <t>اللغة</t>
         </is>
       </c>
       <c r="L159" s="1" t="inlineStr">
         <is>
-          <t>الإحصاء </t>
+          <t>الصرف</t>
         </is>
       </c>
       <c r="M159" s="1" t="inlineStr">
         <is>
-          <t> Statistical forecasting methods for necessary amount of gas for the life of the central area of the city Al-Amarah (Iraq)</t>
-[...2 lines deleted...]
-      <c r="N159" s="1"/>
+          <t>المباحث اللغوية في تفسيرالشريف المرتضى المسمى بنفائس التأويل</t>
+        </is>
+      </c>
+      <c r="N159" s="1" t="inlineStr">
+        <is>
+          <t>الاحتجاج الصرفي عندشراح الشافية في القرن الثامن الهجري</t>
+        </is>
+      </c>
       <c r="O159" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P159" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>26</t>
+          <t>303</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>إقبال صاحب دشر عطيوي </t>
+          <t>صباح حسن جاسم صالح </t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
-          <t>aqbal saheb dusher</t>
+          <t>Sabah Hasan jasim</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/m7iva8_ersnuxth.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3fzgt1jwdqux8sn.jpg</t>
         </is>
       </c>
       <c r="E160" s="1" t="inlineStr">
         <is>
-          <t>1978-07-29</t>
+          <t>1973-07-10</t>
         </is>
       </c>
       <c r="F160" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G160" s="1" t="inlineStr">
         <is>
-          <t>07728141811</t>
+          <t>+7705500645</t>
         </is>
       </c>
       <c r="H160" s="1" t="inlineStr">
         <is>
-          <t>assistant.prof.iqbal@gmail.com</t>
+          <t>sabah.jasim@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I160" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J160" s="1" t="inlineStr">
         <is>
-          <t>2018-08-09</t>
+          <t>2018-07-31</t>
         </is>
       </c>
       <c r="K160" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>الرياضيات </t>
         </is>
       </c>
       <c r="L160" s="1" t="inlineStr">
         <is>
-          <t>لغة تداولية</t>
+          <t>الإحصاء </t>
         </is>
       </c>
       <c r="M160" s="1" t="inlineStr">
         <is>
-          <t>The speech acts of directives in standared English and Arabic political speeches</t>
-[...6 lines deleted...]
-      </c>
+          <t> Statistical forecasting methods for necessary amount of gas for the life of the central area of the city Al-Amarah (Iraq)</t>
+        </is>
+      </c>
+      <c r="N160" s="1"/>
       <c r="O160" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P160" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>97</t>
+          <t>26</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>قاسم عبد سعدون </t>
+          <t>إقبال صاحب دشر عطيوي </t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t>kassem Abd Saadoun</t>
+          <t>aqbal saheb dusher</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3tecw0vh1p8gm9f.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/m7iva8_ersnuxth.jpg</t>
         </is>
       </c>
       <c r="E161" s="1" t="inlineStr">
         <is>
-          <t>1975-12-28</t>
+          <t>1978-07-29</t>
         </is>
       </c>
       <c r="F161" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G161" s="1" t="inlineStr">
         <is>
-          <t>07732329011</t>
+          <t>07728141811</t>
         </is>
       </c>
       <c r="H161" s="1" t="inlineStr">
         <is>
-          <t>ukm_2012@yahoo.com</t>
+          <t>assistant.prof.iqbal@gmail.com</t>
         </is>
       </c>
       <c r="I161" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J161" s="1" t="inlineStr">
         <is>
-          <t>2018-09-02</t>
+          <t>2018-08-09</t>
         </is>
       </c>
       <c r="K161" s="1" t="inlineStr">
         <is>
-          <t>التاريخ الاسلامي </t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L161" s="1" t="inlineStr">
         <is>
-          <t>تاريخ المغرب والاندلس </t>
+          <t>لغة تداولية</t>
         </is>
       </c>
       <c r="M161" s="1" t="inlineStr">
         <is>
-          <t>الموريسيكيون والعالم الاسلامي من سقوط غرناطة حتى نهاية محاكم التفتيش الاسبانية دراية تاريخية </t>
+          <t>The speech acts of directives in standared English and Arabic political speeches</t>
         </is>
       </c>
       <c r="N161" s="1" t="inlineStr">
         <is>
-          <t>حروب الاسترداد الاسبانية (الريكونيكيستا) ٩٨_ ٨٩٧ هجرية / ٧١٧_ ١٤٩٢ ميلادية </t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O161" s="1" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P161" s="1" t="inlineStr">
         <is>
-          <t>الرئاسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>97</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>وسام عبود درجال</t>
+          <t>قاسم عبد سعدون </t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t>wisam Abod drjal</t>
+          <t>kassem Abd Saadoun</t>
         </is>
       </c>
       <c r="D162" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y0wvphz6a5dx2qf.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/3tecw0vh1p8gm9f.jpeg</t>
         </is>
       </c>
       <c r="E162" s="1" t="inlineStr">
         <is>
-          <t>1981-08-21</t>
+          <t>1975-12-28</t>
         </is>
       </c>
       <c r="F162" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G162" s="1" t="inlineStr">
         <is>
-          <t>07700042021</t>
+          <t>07732329011</t>
         </is>
       </c>
       <c r="H162" s="1" t="inlineStr">
         <is>
-          <t>wasam@gmail.com</t>
+          <t>ukm_2012@yahoo.com</t>
         </is>
       </c>
       <c r="I162" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J162" s="1" t="inlineStr">
         <is>
-          <t>2018-09-04</t>
+          <t>2018-09-02</t>
         </is>
       </c>
       <c r="K162" s="1" t="inlineStr">
         <is>
-          <t>جغرافيا</t>
+          <t>التاريخ الاسلامي </t>
         </is>
       </c>
       <c r="L162" s="1" t="inlineStr">
         <is>
-          <t>سكان</t>
+          <t>تاريخ المغرب والاندلس </t>
         </is>
       </c>
       <c r="M162" s="1" t="inlineStr">
         <is>
-          <t>جغرافية التعليم في ميسان</t>
+          <t>الموريسيكيون والعالم الاسلامي من سقوط غرناطة حتى نهاية محاكم التفتيش الاسبانية دراية تاريخية </t>
         </is>
       </c>
       <c r="N162" s="1" t="inlineStr">
         <is>
-          <t>السلوك الانجابي وتباينه المكاني في محافظة ميسان</t>
+          <t>حروب الاسترداد الاسبانية (الريكونيكيستا) ٩٨_ ٨٩٧ هجرية / ٧١٧_ ١٤٩٢ ميلادية </t>
         </is>
       </c>
       <c r="O162" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>14</t>
         </is>
       </c>
       <c r="P162" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>الرئاسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>485</t>
+          <t>272</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>حسن غالي مهاوي </t>
+          <t>وسام عبود درجال</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ghali Mhawi </t>
+          <t>wisam Abod drjal</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/46a530i97vfdbhg.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/y0wvphz6a5dx2qf.jpeg</t>
         </is>
       </c>
       <c r="E163" s="1" t="inlineStr">
         <is>
-          <t>1982-03-20</t>
+          <t>1981-08-21</t>
         </is>
       </c>
       <c r="F163" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G163" s="1" t="inlineStr">
         <is>
-          <t>07706911633 </t>
+          <t>07700042021</t>
         </is>
       </c>
       <c r="H163" s="1" t="inlineStr">
         <is>
-          <t>hassan_gale@uomisan.edu.iq</t>
+          <t>wasam@gmail.com</t>
         </is>
       </c>
       <c r="I163" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J163" s="1" t="inlineStr">
         <is>
-          <t>2018-09-10</t>
+          <t>2018-09-04</t>
         </is>
       </c>
       <c r="K163" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة </t>
+          <t>جغرافيا</t>
         </is>
       </c>
       <c r="L163" s="1" t="inlineStr">
         <is>
-          <t>الإدارة والتنظيم </t>
+          <t>سكان</t>
         </is>
       </c>
       <c r="M163" s="1" t="inlineStr">
         <is>
-          <t>تقويم السلوك الإداري في إدارة وتنظيم المهرجانات الرياضية </t>
+          <t>جغرافية التعليم في ميسان</t>
         </is>
       </c>
       <c r="N163" s="1" t="inlineStr">
         <is>
-          <t>الواقع والرؤية المستقبلية للاستثمار في الأندية الرياضية </t>
+          <t>السلوك الانجابي وتباينه المكاني في محافظة ميسان</t>
         </is>
       </c>
       <c r="O163" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P163" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>164</t>
+          <t>485</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>محمد يونس عبد الله </t>
+          <t>حسن غالي مهاوي </t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t>Muhammad Younis Abdullah</t>
+          <t>Hasan Ghali Mhawi </t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tsn45a1i9kf_30w.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/46a530i97vfdbhg.jpg</t>
         </is>
       </c>
       <c r="E164" s="1" t="inlineStr">
         <is>
-          <t>1971-04-22</t>
+          <t>1982-03-20</t>
         </is>
       </c>
       <c r="F164" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G164" s="1" t="inlineStr">
         <is>
-          <t>07705526905</t>
+          <t>07706911633 </t>
         </is>
       </c>
       <c r="H164" s="1" t="inlineStr">
         <is>
-          <t>mohammad_yunus@uomisan.edu.iq</t>
+          <t>hassan_gale@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I164" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J164" s="1" t="inlineStr">
         <is>
-          <t>2018-09-18</t>
+          <t>2018-09-10</t>
         </is>
       </c>
       <c r="K164" s="1" t="inlineStr">
         <is>
-          <t>تاريخ حديث ومعاصر</t>
+          <t>التربية البدنية وعلوم الرياضة </t>
         </is>
       </c>
       <c r="L164" s="1" t="inlineStr">
         <is>
-          <t>العلاقات الدولية</t>
+          <t>الإدارة والتنظيم </t>
         </is>
       </c>
       <c r="M164" s="1" t="inlineStr">
         <is>
-          <t>العلاقات السياسية الهندية الصينيه 1947/1964</t>
+          <t>تقويم السلوك الإداري في إدارة وتنظيم المهرجانات الرياضية </t>
         </is>
       </c>
       <c r="N164" s="1" t="inlineStr">
         <is>
-          <t>العلاقات السياسية الهندية الصينية 1964/1976</t>
+          <t>الواقع والرؤية المستقبلية للاستثمار في الأندية الرياضية </t>
         </is>
       </c>
       <c r="O164" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P164" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>164</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>محمد كاظم حمد </t>
+          <t>محمد يونس عبد الله </t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>Mohammed Kazem Hamad </t>
+          <t>Muhammad Younis Abdullah</t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vsjq41mbf0op6k_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tsn45a1i9kf_30w.jpeg</t>
         </is>
       </c>
       <c r="E165" s="1" t="inlineStr">
         <is>
-          <t>1979-02-04</t>
+          <t>1971-04-22</t>
         </is>
       </c>
       <c r="F165" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G165" s="1" t="inlineStr">
         <is>
-          <t>07705544991</t>
+          <t>07705526905</t>
         </is>
       </c>
       <c r="H165" s="1" t="inlineStr">
         <is>
-          <t>mr.mohammed@uomisan.edu.iq</t>
+          <t>mohammad_yunus@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I165" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J165" s="1" t="inlineStr">
         <is>
-          <t>2018-09-25</t>
+          <t>2018-09-18</t>
         </is>
       </c>
       <c r="K165" s="1" t="inlineStr">
         <is>
-          <t>فيزياء </t>
+          <t>تاريخ حديث ومعاصر</t>
         </is>
       </c>
       <c r="L165" s="1" t="inlineStr">
         <is>
-          <t>فيزياء البوليمرات </t>
+          <t>العلاقات الدولية</t>
         </is>
       </c>
       <c r="M165" s="1" t="inlineStr">
         <is>
-          <t>دراسة مصفوفات الهوائيات الشريطية المسطيلة الخطية </t>
+          <t>العلاقات السياسية الهندية الصينيه 1947/1964</t>
         </is>
       </c>
       <c r="N165" s="1" t="inlineStr">
         <is>
-          <t>Fabrication, Characterization And Improvement of Some Solar Cells Based on P3HT Doping with SWCNT</t>
+          <t>العلاقات السياسية الهندية الصينية 1964/1976</t>
         </is>
       </c>
       <c r="O165" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P165" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>521</t>
+          <t>3</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>علاء نجم عبدالله</t>
+          <t>محمد كاظم حمد </t>
         </is>
       </c>
       <c r="C166" s="1" t="inlineStr">
         <is>
-          <t>Ala&amp;#39; Najim Abdullah</t>
+          <t>Mohammed Kazem Hamad </t>
         </is>
       </c>
       <c r="D166" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ap_fsyrh8g1x6zb.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vsjq41mbf0op6k_.jpg</t>
         </is>
       </c>
       <c r="E166" s="1" t="inlineStr">
         <is>
-          <t>1983-12-02</t>
+          <t>1979-02-04</t>
         </is>
       </c>
       <c r="F166" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G166" s="1" t="inlineStr">
         <is>
-          <t>07703126204</t>
+          <t>07705544991</t>
         </is>
       </c>
       <c r="H166" s="1" t="inlineStr">
         <is>
-          <t>mr.ala_najim@unomisan.edu.iq</t>
+          <t>mr.mohammed@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I166" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J166" s="1" t="inlineStr">
         <is>
-          <t>2018-10-18</t>
+          <t>2018-09-25</t>
         </is>
       </c>
       <c r="K166" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>فيزياء </t>
         </is>
       </c>
       <c r="L166" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات الحسابية</t>
+          <t>فيزياء البوليمرات </t>
         </is>
       </c>
       <c r="M166" s="1" t="inlineStr">
         <is>
-          <t>THE STABILITY AND ERROR ANALYSIS OF MIXED FINITE ELEMENT METHOD FOR SOLVING NAVIER-STOKES  PROBLEM </t>
-[...2 lines deleted...]
-      <c r="N166" s="1"/>
+          <t>دراسة مصفوفات الهوائيات الشريطية المسطيلة الخطية </t>
+        </is>
+      </c>
+      <c r="N166" s="1" t="inlineStr">
+        <is>
+          <t>Fabrication, Characterization And Improvement of Some Solar Cells Based on P3HT Doping with SWCNT</t>
+        </is>
+      </c>
       <c r="O166" s="1" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="P166" s="1" t="inlineStr">
         <is>
           <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>407</t>
+          <t>521</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>نسرين عبدالكريم عبدالعالي </t>
+          <t>علاء نجم عبدالله</t>
         </is>
       </c>
       <c r="C167" s="1" t="inlineStr">
         <is>
-          <t>Nisreen Abdulkareem Abdulaali</t>
+          <t>Ala&amp;#39; Najim Abdullah</t>
         </is>
       </c>
       <c r="D167" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7yoe8qtkxd6clwg.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ap_fsyrh8g1x6zb.jpg</t>
         </is>
       </c>
       <c r="E167" s="1" t="inlineStr">
         <is>
-          <t>1978-11-01</t>
+          <t>1983-12-02</t>
         </is>
       </c>
       <c r="F167" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G167" s="1" t="inlineStr">
         <is>
-          <t>٠٧٧٠٣١٩٩٦٤٥</t>
+          <t>07703126204</t>
         </is>
       </c>
       <c r="H167" s="1" t="inlineStr">
         <is>
-          <t>nisreen.abdulkareem@uomisan.edu.iq</t>
+          <t>mr.ala_najim@unomisan.edu.iq</t>
         </is>
       </c>
       <c r="I167" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J167" s="1" t="inlineStr">
         <is>
-          <t>2018-10-22</t>
+          <t>2018-10-18</t>
         </is>
       </c>
       <c r="K167" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء </t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L167" s="1" t="inlineStr">
         <is>
-          <t>الكيمياء التحليلية </t>
+          <t>الرياضيات الحسابية</t>
         </is>
       </c>
       <c r="M167" s="1" t="inlineStr">
         <is>
-          <t>تحضير بعض الراتنجات الكلابيه الجديده المحتويه على عضائد حلقيه غير متجانسه ودراسه تطبيقاتهاالتحليليه في استخلاص بعض الأيونات الفلزيه</t>
-[...6 lines deleted...]
-      </c>
+          <t>THE STABILITY AND ERROR ANALYSIS OF MIXED FINITE ELEMENT METHOD FOR SOLVING NAVIER-STOKES  PROBLEM </t>
+        </is>
+      </c>
+      <c r="N167" s="1"/>
       <c r="O167" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P167" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>79</t>
+          <t>407</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>ايمان حسن مجيسر</t>
+          <t>نسرين عبدالكريم عبدالعالي </t>
         </is>
       </c>
       <c r="C168" s="1" t="inlineStr">
         <is>
-          <t>Eman Hassan  Mjesir</t>
+          <t>Nisreen Abdulkareem Abdulaali</t>
         </is>
       </c>
       <c r="D168" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hjcql6k5u_4af79.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/7yoe8qtkxd6clwg.jpg</t>
         </is>
       </c>
       <c r="E168" s="1" t="inlineStr">
         <is>
-          <t>1981-12-02</t>
+          <t>1978-11-01</t>
         </is>
       </c>
       <c r="F168" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G168" s="1" t="inlineStr">
         <is>
-          <t>07711152442</t>
+          <t>٠٧٧٠٣١٩٩٦٤٥</t>
         </is>
       </c>
       <c r="H168" s="1" t="inlineStr">
         <is>
-          <t>emanhassan@uomisan.edu.iq</t>
+          <t>nisreen.abdulkareem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I168" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J168" s="1" t="inlineStr">
         <is>
-          <t>2018-11-13</t>
+          <t>2018-10-22</t>
         </is>
       </c>
       <c r="K168" s="1" t="inlineStr">
         <is>
-          <t>تاريخ اسلامي</t>
+          <t>الكيمياء </t>
         </is>
       </c>
       <c r="L168" s="1" t="inlineStr">
         <is>
-          <t>السيرة النبوية</t>
+          <t>الكيمياء التحليلية </t>
         </is>
       </c>
       <c r="M168" s="1" t="inlineStr">
         <is>
-          <t>والدا النبي (ص) دراسة تاريخية</t>
+          <t>تحضير بعض الراتنجات الكلابيه الجديده المحتويه على عضائد حلقيه غير متجانسه ودراسه تطبيقاتهاالتحليليه في استخلاص بعض الأيونات الفلزيه</t>
         </is>
       </c>
       <c r="N168" s="1" t="inlineStr">
         <is>
-          <t>الحياة الاقتصادية والمعيشية للرسول الاعظم محمد (ص) دراسة تاريخية</t>
+          <t>تأثير مزيج بيتاسيتوسترول كيتو سان المستخلص من بذور ورد الساعه وقشور الروبيان على نمط الدهون المرتفعه في دم الأرانب  ل</t>
         </is>
       </c>
       <c r="O168" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P168" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>79</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>محمد خليل إبراهيم محمد جواد </t>
+          <t>ايمان حسن مجيسر</t>
         </is>
       </c>
       <c r="C169" s="1" t="inlineStr">
         <is>
-          <t>Muhammad Khalil Ibrahim Muhammad Jawad</t>
+          <t>Eman Hassan  Mjesir</t>
         </is>
       </c>
       <c r="D169" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bdcsa9o4rtqpx81.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/hjcql6k5u_4af79.png</t>
         </is>
       </c>
       <c r="E169" s="1" t="inlineStr">
         <is>
-          <t>1969-03-23</t>
+          <t>1981-12-02</t>
         </is>
       </c>
       <c r="F169" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G169" s="1" t="inlineStr">
         <is>
-          <t>07700256650</t>
+          <t>07711152442</t>
         </is>
       </c>
       <c r="H169" s="1" t="inlineStr">
         <is>
-          <t>dr.mohammed.kh@uomisan.edu.iq</t>
+          <t>emanhassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I169" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J169" s="1" t="inlineStr">
         <is>
-          <t>2018-11-25</t>
+          <t>2018-11-13</t>
         </is>
       </c>
       <c r="K169" s="1" t="inlineStr">
         <is>
-          <t>ادارة اعمال </t>
+          <t>تاريخ اسلامي</t>
         </is>
       </c>
       <c r="L169" s="1" t="inlineStr">
         <is>
-          <t>ادارة استراتيجية </t>
+          <t>السيرة النبوية</t>
         </is>
       </c>
       <c r="M169" s="1" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>والدا النبي (ص) دراسة تاريخية</t>
         </is>
       </c>
       <c r="N169" s="1" t="inlineStr">
         <is>
-          <t>Exploring restructuring choice-making, key drivers, influences, and conditions: A qualitative empirical study of strategic decision-making in the Iraqi Industrial Public Sector Com...</t>
+          <t>الحياة الاقتصادية والمعيشية للرسول الاعظم محمد (ص) دراسة تاريخية</t>
         </is>
       </c>
       <c r="O169" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P169" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>133</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t> مصطفى علي حسين </t>
+          <t>محمد خليل إبراهيم محمد جواد </t>
         </is>
       </c>
       <c r="C170" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ali Hussein</t>
+          <t>Muhammad Khalil Ibrahim Muhammad Jawad</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzhy23ui7wcdkxl.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/bdcsa9o4rtqpx81.jpg</t>
         </is>
       </c>
       <c r="E170" s="1" t="inlineStr">
         <is>
-          <t>1971-07-06</t>
+          <t>1969-03-23</t>
         </is>
       </c>
       <c r="F170" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G170" s="1" t="inlineStr">
         <is>
-          <t>009647811179222</t>
+          <t>07700256650</t>
         </is>
       </c>
       <c r="H170" s="1" t="inlineStr">
         <is>
-          <t>mustafa.ali@uomisan.edu.iq</t>
+          <t>dr.mohammed.kh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I170" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J170" s="1" t="inlineStr">
         <is>
-          <t>2018-12-03</t>
+          <t>2018-11-25</t>
         </is>
       </c>
       <c r="K170" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>ادارة اعمال </t>
         </is>
       </c>
       <c r="L170" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t>ادارة استراتيجية </t>
         </is>
       </c>
       <c r="M170" s="1" t="inlineStr">
         <is>
-          <t>On certain differentiable equivalence of differentiable groupoid </t>
+          <t>-</t>
         </is>
       </c>
       <c r="N170" s="1" t="inlineStr">
         <is>
-          <t>Navier-Stokes equation on beta-plane</t>
+          <t>Exploring restructuring choice-making, key drivers, influences, and conditions: A qualitative empirical study of strategic decision-making in the Iraqi Industrial Public Sector Com...</t>
         </is>
       </c>
       <c r="O170" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P170" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>451</t>
+          <t>7</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>علي خلف علي غضب </t>
+          <t> مصطفى علي حسين </t>
         </is>
       </c>
       <c r="C171" s="1" t="inlineStr">
         <is>
-          <t>Ali Khalaf Ali </t>
+          <t>Mustafa Ali Hussein</t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ptl4h0vkb8wzy2_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/vzhy23ui7wcdkxl.png</t>
         </is>
       </c>
       <c r="E171" s="1" t="inlineStr">
         <is>
-          <t>1975-08-17</t>
+          <t>1971-07-06</t>
         </is>
       </c>
       <c r="F171" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G171" s="1" t="inlineStr">
         <is>
-          <t>07722998090</t>
+          <t>009647811179222</t>
         </is>
       </c>
       <c r="H171" s="1" t="inlineStr">
         <is>
-          <t>dr.alikhalaf@uomisan.edu.iq</t>
+          <t>mustafa.ali@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I171" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J171" s="1" t="inlineStr">
         <is>
-          <t>2018-12-06</t>
+          <t>2018-12-03</t>
         </is>
       </c>
       <c r="K171" s="1" t="inlineStr">
         <is>
-          <t>Biology</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L171" s="1" t="inlineStr">
         <is>
-          <t>Histology</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M171" s="1" t="inlineStr">
         <is>
-          <t>تاثير بعض المعاملات في بعض المتغيرات النسيجية والكيموحيوية في الجرذان المختبرية المزالة المبايض</t>
+          <t>On certain differentiable equivalence of differentiable groupoid </t>
         </is>
       </c>
       <c r="N171" s="1" t="inlineStr">
         <is>
-          <t>تاثير بعض المعاملات في بعض المتغيرات النسيجية والكيموحيوية في الجرذان المختبرية المزالة المبايض</t>
+          <t>Navier-Stokes equation on beta-plane</t>
         </is>
       </c>
       <c r="O171" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P171" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>779</t>
+          <t>451</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>ا.م.د ضرغام صبيح كريم </t>
+          <t>علي خلف علي غضب </t>
         </is>
       </c>
       <c r="C172" s="1" t="inlineStr">
         <is>
-          <t>Dhurgham Sabeeh Kareem</t>
+          <t>Ali Khalaf Ali </t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/pe57_3wh18uk6zm.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/ptl4h0vkb8wzy2_.jpg</t>
         </is>
       </c>
       <c r="E172" s="1" t="inlineStr">
         <is>
-          <t>1984-01-10</t>
+          <t>1975-08-17</t>
         </is>
       </c>
       <c r="F172" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G172" s="1" t="inlineStr">
         <is>
-          <t>07722089881</t>
+          <t>07722998090</t>
         </is>
       </c>
       <c r="H172" s="1" t="inlineStr">
         <is>
-          <t>Dhurgham.sabih@uomisan.edu.iq</t>
+          <t>dr.alikhalaf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I172" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J172" s="1" t="inlineStr">
         <is>
           <t>2018-12-06</t>
         </is>
       </c>
       <c r="K172" s="1" t="inlineStr">
         <is>
-          <t>العلوم الزراعية - محاصيل حقلية </t>
+          <t>Biology</t>
         </is>
       </c>
       <c r="L172" s="1" t="inlineStr">
         <is>
-          <t>محاصيل حقلية </t>
+          <t>Histology</t>
         </is>
       </c>
       <c r="M172" s="1" t="inlineStr">
         <is>
-          <t>تأثير النتروجين والبوتاسيوم والرش بالحديد في نمو وحاصل الماش ومكوناته</t>
+          <t>تاثير بعض المعاملات في بعض المتغيرات النسيجية والكيموحيوية في الجرذان المختبرية المزالة المبايض</t>
         </is>
       </c>
       <c r="N172" s="1" t="inlineStr">
         <is>
-          <t>التقييم الفسيولوجي والمحصولي لبعض أصناف القمح المعاملة بحمض الهيومك والأحماض الأمينية والتسميد النتروجيني تحت ظروف الأراضي الرملية الملحية حديثة الاستصلاح</t>
+          <t>تاثير بعض المعاملات في بعض المتغيرات النسيجية والكيموحيوية في الجرذان المختبرية المزالة المبايض</t>
         </is>
       </c>
       <c r="O172" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P172" s="1" t="inlineStr">
         <is>
-          <t>كلية الزراعة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>779</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>زاهد قاسم بدن </t>
+          <t>ا.م.د ضرغام صبيح كريم </t>
         </is>
       </c>
       <c r="C173" s="1" t="inlineStr">
         <is>
-          <t>Zahid Qasim bedn</t>
+          <t>Dhurgham Sabeeh Kareem</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/losny2qf05hk7ux.jpeg</t>
+          <t>uploads/photos/pe57_3wh18uk6zm.png</t>
         </is>
       </c>
       <c r="E173" s="1" t="inlineStr">
         <is>
-          <t>1975-02-01</t>
+          <t>1984-01-10</t>
         </is>
       </c>
       <c r="F173" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G173" s="1" t="inlineStr">
         <is>
-          <t>07707343848</t>
+          <t>07722089881</t>
         </is>
       </c>
       <c r="H173" s="1" t="inlineStr">
         <is>
-          <t>dr.zahidbadan@gmail.com</t>
+          <t>Dhurgham.sabih@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I173" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J173" s="1" t="inlineStr">
         <is>
-          <t>2018-12-08</t>
+          <t>2018-12-06</t>
         </is>
       </c>
       <c r="K173" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد</t>
+          <t>العلوم الزراعية - محاصيل حقلية </t>
         </is>
       </c>
       <c r="L173" s="1" t="inlineStr">
         <is>
-          <t>الاقتصاد الكلي</t>
+          <t>محاصيل حقلية </t>
         </is>
       </c>
       <c r="M173" s="1" t="inlineStr">
         <is>
-          <t>الامكانيات والانتاج النباتي في محافظة البصرة واجراءات تنميتهما في المستقبل </t>
+          <t>تأثير النتروجين والبوتاسيوم والرش بالحديد في نمو وحاصل الماش ومكوناته</t>
         </is>
       </c>
       <c r="N173" s="1" t="inlineStr">
         <is>
-          <t>التضخم الركودي والاختلالات الهيكلية في الاقتصاد العراقي </t>
+          <t>التقييم الفسيولوجي والمحصولي لبعض أصناف القمح المعاملة بحمض الهيومك والأحماض الأمينية والتسميد النتروجيني تحت ظروف الأراضي الرملية الملحية حديثة الاستصلاح</t>
         </is>
       </c>
       <c r="O173" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>7</t>
         </is>
       </c>
       <c r="P173" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الزراعة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>441</t>
+          <t>121</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>صالح حسن جازع</t>
+          <t>زاهد قاسم بدن </t>
         </is>
       </c>
       <c r="C174" s="1" t="inlineStr">
         <is>
-          <t>Hassan Salih Jazza</t>
+          <t>Zahid Qasim bedn</t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tn5fg_m3dwj64ix.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/losny2qf05hk7ux.jpeg</t>
         </is>
       </c>
       <c r="E174" s="1" t="inlineStr">
         <is>
-          <t>1970-07-01</t>
+          <t>1975-02-01</t>
         </is>
       </c>
       <c r="F174" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G174" s="1" t="inlineStr">
         <is>
-          <t>07718345426</t>
+          <t>07707343848</t>
         </is>
       </c>
       <c r="H174" s="1" t="inlineStr">
         <is>
-          <t>salih-jazza@uomisan.edu.iq</t>
+          <t>dr.zahidbadan@gmail.com</t>
         </is>
       </c>
       <c r="I174" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J174" s="1" t="inlineStr">
         <is>
-          <t>2019-01-31</t>
+          <t>2018-12-08</t>
         </is>
       </c>
       <c r="K174" s="1" t="inlineStr">
         <is>
-          <t>علوم حياة</t>
+          <t>الاقتصاد</t>
         </is>
       </c>
       <c r="L174" s="1" t="inlineStr">
         <is>
-          <t>تلوث بيئي</t>
+          <t>الاقتصاد الكلي</t>
         </is>
       </c>
       <c r="M174" s="1" t="inlineStr">
         <is>
-          <t>دراسة بعض الخصائص الفيزيائية والكيميائية والبكتريولوجيةلمياه نهر الكحلاء في محافظة ميسان-العراق</t>
+          <t>الامكانيات والانتاج النباتي في محافظة البصرة واجراءات تنميتهما في المستقبل </t>
         </is>
       </c>
       <c r="N174" s="1" t="inlineStr">
         <is>
-          <t>The Status of Hydrocarbon Compounds Pollution of Water, Sediments and Some Aquatic Biota in Al - Kahlaa River - Missan Province /Iraq</t>
+          <t>التضخم الركودي والاختلالات الهيكلية في الاقتصاد العراقي </t>
         </is>
       </c>
       <c r="O174" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P174" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>478</t>
+          <t>441</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t> أمير لطيف صالح</t>
+          <t>صالح حسن جازع</t>
         </is>
       </c>
       <c r="C175" s="1" t="inlineStr">
         <is>
-          <t>Ameer Latef Saleh</t>
+          <t>Hassan Salih Jazza</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/61y0i8gp3cst79k.JPG</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/tn5fg_m3dwj64ix.jpg</t>
         </is>
       </c>
       <c r="E175" s="1" t="inlineStr">
         <is>
-          <t>1990-06-26</t>
+          <t>1970-07-01</t>
         </is>
       </c>
       <c r="F175" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G175" s="1" t="inlineStr">
         <is>
-          <t>07707351486</t>
+          <t>07718345426</t>
         </is>
       </c>
       <c r="H175" s="1" t="inlineStr">
         <is>
-          <t>ameer-lateef@uomisan.edu.iq</t>
+          <t>salih-jazza@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I175" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J175" s="1" t="inlineStr">
         <is>
-          <t>2019-03-03</t>
+          <t>2019-01-31</t>
         </is>
       </c>
       <c r="K175" s="1" t="inlineStr">
         <is>
-          <t>هندسة كهربائية</t>
+          <t>علوم حياة</t>
         </is>
       </c>
       <c r="L175" s="1" t="inlineStr">
         <is>
-          <t>قدرة ومكائن</t>
+          <t>تلوث بيئي</t>
         </is>
       </c>
       <c r="M175" s="1" t="inlineStr">
         <is>
-          <t>Speed Control of Brushless DC Motor Based on PID and Wavelet Neural Networks</t>
-[...2 lines deleted...]
-      <c r="N175" s="1"/>
+          <t>دراسة بعض الخصائص الفيزيائية والكيميائية والبكتريولوجيةلمياه نهر الكحلاء في محافظة ميسان-العراق</t>
+        </is>
+      </c>
+      <c r="N175" s="1" t="inlineStr">
+        <is>
+          <t>The Status of Hydrocarbon Compounds Pollution of Water, Sediments and Some Aquatic Biota in Al - Kahlaa River - Missan Province /Iraq</t>
+        </is>
+      </c>
       <c r="O175" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P175" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>464</t>
+          <t>478</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>سامر محمد جاسب</t>
+          <t> أمير لطيف صالح</t>
         </is>
       </c>
       <c r="C176" s="1" t="inlineStr">
         <is>
-          <t> samir Mohammed Chassib</t>
+          <t>Ameer Latef Saleh</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rpw0qvm2bgedyic.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/61y0i8gp3cst79k.JPG</t>
         </is>
       </c>
       <c r="E176" s="1" t="inlineStr">
         <is>
-          <t>1985-01-01</t>
+          <t>1990-06-26</t>
         </is>
       </c>
       <c r="F176" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G176" s="1" t="inlineStr">
         <is>
-          <t>07730555995</t>
+          <t>07707351486</t>
         </is>
       </c>
       <c r="H176" s="1" t="inlineStr">
         <is>
-          <t>eng_samir@uomisan.edu.iq</t>
+          <t>ameer-lateef@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I176" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J176" s="1" t="inlineStr">
         <is>
-          <t>2019-03-21</t>
+          <t>2019-03-03</t>
         </is>
       </c>
       <c r="K176" s="1" t="inlineStr">
         <is>
-          <t>الهندسه المدنيه</t>
+          <t>هندسة كهربائية</t>
         </is>
       </c>
       <c r="L176" s="1" t="inlineStr">
         <is>
-          <t>انشاءات</t>
+          <t>قدرة ومكائن</t>
         </is>
       </c>
       <c r="M176" s="1" t="inlineStr">
         <is>
-          <t>Dynamic Analysis of Cantilever Plate with Variable Thickness under the effect of periodic Loading</t>
-[...6 lines deleted...]
-      </c>
+          <t>Speed Control of Brushless DC Motor Based on PID and Wavelet Neural Networks</t>
+        </is>
+      </c>
+      <c r="N176" s="1"/>
       <c r="O176" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P176" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>258</t>
+          <t>464</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>عمر ناطق يحيى</t>
+          <t>سامر محمد جاسب</t>
         </is>
       </c>
       <c r="C177" s="1" t="inlineStr">
         <is>
-          <t>Omar Natiq Yahya</t>
+          <t> samir Mohammed Chassib</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rmoz65n0e3_g1f7.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rpw0qvm2bgedyic.jpeg</t>
         </is>
       </c>
       <c r="E177" s="1" t="inlineStr">
         <is>
-          <t>1981-01-03</t>
+          <t>1985-01-01</t>
         </is>
       </c>
       <c r="F177" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G177" s="1" t="inlineStr">
         <is>
-          <t>07701821686</t>
+          <t>07730555995</t>
         </is>
       </c>
       <c r="H177" s="1" t="inlineStr">
         <is>
-          <t>omar_natik@uomisan.edu.iq</t>
+          <t>eng_samir@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I177" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J177" s="1" t="inlineStr">
         <is>
-          <t>2019-03-31</t>
+          <t>2019-03-21</t>
         </is>
       </c>
       <c r="K177" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>الهندسه المدنيه</t>
         </is>
       </c>
       <c r="L177" s="1" t="inlineStr">
         <is>
-          <t>القانون التجاري</t>
+          <t>انشاءات</t>
         </is>
       </c>
       <c r="M177" s="1" t="inlineStr">
         <is>
-          <t> الالية القانونية لعمل سوق الاوراق المالية عبر شركات الوساطة </t>
+          <t>Dynamic Analysis of Cantilever Plate with Variable Thickness under the effect of periodic Loading</t>
         </is>
       </c>
       <c r="N177" s="1" t="inlineStr">
         <is>
-          <t>رهن الاوراق المالية في القانون العراقي </t>
+          <t>Punching shear Strength of Reactive Concrete Slabs Reinforced with CFRP Bars Powder</t>
         </is>
       </c>
       <c r="O177" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P177" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>557</t>
+          <t>258</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>مصطفى عبدالزهرة عبود </t>
+          <t>عمر ناطق يحيى</t>
         </is>
       </c>
       <c r="C178" s="1" t="inlineStr">
         <is>
-          <t>Mustafa ABDULZAHRA ABOOD </t>
+          <t>Omar Natiq Yahya</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qcw_nyzki5b0hum.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/rmoz65n0e3_g1f7.jpg</t>
         </is>
       </c>
       <c r="E178" s="1" t="inlineStr">
         <is>
-          <t>1970-03-03</t>
+          <t>1981-01-03</t>
         </is>
       </c>
       <c r="F178" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G178" s="1" t="inlineStr">
         <is>
-          <t>07715881854 </t>
+          <t>07701821686</t>
         </is>
       </c>
       <c r="H178" s="1" t="inlineStr">
         <is>
-          <t>Mustafa-M720@uomisan.edu.iq</t>
+          <t>omar_natik@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I178" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J178" s="1" t="inlineStr">
         <is>
-          <t>2019-04-07</t>
+          <t>2019-03-31</t>
         </is>
       </c>
       <c r="K178" s="1" t="inlineStr">
         <is>
-          <t>التربية البدنية وعلوم الرياضة </t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L178" s="1" t="inlineStr">
         <is>
-          <t>القياس والتقويم</t>
+          <t>القانون التجاري</t>
         </is>
       </c>
       <c r="M178" s="1" t="inlineStr">
         <is>
-          <t>ايجاد درجات ومستويات معيارية للسمنة والنسبة المئوية للشحوم وبعض القدرات البدنية للتلاميذ بعمر ١١_١٢ سنة في مدينة بغداد المركز </t>
+          <t> الالية القانونية لعمل سوق الاوراق المالية عبر شركات الوساطة </t>
         </is>
       </c>
       <c r="N178" s="1" t="inlineStr">
         <is>
-          <t>تصميم وتقنين اختبارات مهارية مركبة (دفاعية هجومية) للتقييم والتنبؤ بفاعلية الأداء وفقا لمؤشر عمل القلب الايسر للاعبي كرة القدم الشباب </t>
+          <t>رهن الاوراق المالية في القانون العراقي </t>
         </is>
       </c>
       <c r="O178" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P178" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>658</t>
+          <t>557</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>خالد عبيد محسن</t>
+          <t>مصطفى عبدالزهرة عبود </t>
         </is>
       </c>
       <c r="C179" s="1" t="inlineStr">
         <is>
-          <t>Khalid Obaid Mohsen</t>
+          <t>Mustafa ABDULZAHRA ABOOD </t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/d0pm6bfka5es_9q.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/qcw_nyzki5b0hum.jpg</t>
         </is>
       </c>
       <c r="E179" s="1" t="inlineStr">
         <is>
-          <t>1954-12-31</t>
+          <t>1970-03-03</t>
         </is>
       </c>
       <c r="F179" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G179" s="1" t="inlineStr">
         <is>
-          <t>07705556641</t>
+          <t>07715881854 </t>
         </is>
       </c>
       <c r="H179" s="1" t="inlineStr">
         <is>
-          <t>khalid.mcm@uomisan.edu.iq</t>
+          <t>Mustafa-M720@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I179" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J179" s="1" t="inlineStr">
         <is>
-          <t>2019-04-15</t>
+          <t>2019-04-07</t>
         </is>
       </c>
       <c r="K179" s="1" t="inlineStr">
         <is>
-          <t>طب وجراحة عامة</t>
+          <t>التربية البدنية وعلوم الرياضة </t>
         </is>
       </c>
       <c r="L179" s="1" t="inlineStr">
         <is>
-          <t>الطب الباطني</t>
+          <t>القياس والتقويم</t>
         </is>
       </c>
       <c r="M179" s="1" t="inlineStr">
         <is>
-          <t>خ</t>
+          <t>ايجاد درجات ومستويات معيارية للسمنة والنسبة المئوية للشحوم وبعض القدرات البدنية للتلاميذ بعمر ١١_١٢ سنة في مدينة بغداد المركز </t>
         </is>
       </c>
       <c r="N179" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>تصميم وتقنين اختبارات مهارية مركبة (دفاعية هجومية) للتقييم والتنبؤ بفاعلية الأداء وفقا لمؤشر عمل القلب الايسر للاعبي كرة القدم الشباب </t>
         </is>
       </c>
       <c r="O179" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P179" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>118</t>
+          <t>658</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>علاء عبدالسلام مصطفى </t>
+          <t>خالد عبيد محسن</t>
         </is>
       </c>
       <c r="C180" s="1" t="inlineStr">
         <is>
-          <t> Alaa Abdulslam Mustafa </t>
+          <t>Khalid Obaid Mohsen</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5wraqcp2dikbf6n.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/d0pm6bfka5es_9q.jpg</t>
         </is>
       </c>
       <c r="E180" s="1" t="inlineStr">
         <is>
-          <t>1984-07-19</t>
+          <t>1954-12-31</t>
         </is>
       </c>
       <c r="F180" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G180" s="1" t="inlineStr">
         <is>
-          <t>+9647701852428</t>
+          <t>07705556641</t>
         </is>
       </c>
       <c r="H180" s="1" t="inlineStr">
         <is>
-          <t>alaa@uomisan.edu.iq</t>
+          <t>khalid.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I180" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J180" s="1" t="inlineStr">
         <is>
           <t>2019-04-15</t>
         </is>
       </c>
       <c r="K180" s="1" t="inlineStr">
         <is>
-          <t>ادارة اعمال</t>
+          <t>طب وجراحة عامة</t>
         </is>
       </c>
       <c r="L180" s="1" t="inlineStr">
         <is>
-          <t>ادارة انتاج وعمليات</t>
+          <t>الطب الباطني</t>
         </is>
       </c>
       <c r="M180" s="1" t="inlineStr">
         <is>
-          <t>المناخ التنظيمي ودوره في أبعاد المنظمة المتعلمة</t>
+          <t>خ</t>
         </is>
       </c>
       <c r="N180" s="1" t="inlineStr">
         <is>
-          <t>تصميم وبناء مستودع بيانات لدعم اداء العمليات وانعكاسها على تطبيق نظام التصنيع بالاستجابة السريعة</t>
+          <t>0</t>
         </is>
       </c>
       <c r="O180" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P180" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>530</t>
+          <t>118</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>رافد دفار عرير </t>
+          <t>علاء عبدالسلام مصطفى </t>
         </is>
       </c>
       <c r="C181" s="1" t="inlineStr">
         <is>
-          <t>Radid dfar urayer</t>
+          <t> Alaa Abdulslam Mustafa </t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iwk8ajhdmbyp7uf.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/5wraqcp2dikbf6n.jpg</t>
         </is>
       </c>
       <c r="E181" s="1" t="inlineStr">
         <is>
-          <t>1983-03-18</t>
+          <t>1984-07-19</t>
         </is>
       </c>
       <c r="F181" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G181" s="1" t="inlineStr">
         <is>
-          <t>077032000353</t>
+          <t>+9647701852428</t>
         </is>
       </c>
       <c r="H181" s="1" t="inlineStr">
         <is>
-          <t>rafdfar@uomisan.edu.iq</t>
+          <t>alaa@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I181" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J181" s="1" t="inlineStr">
         <is>
-          <t>2019-04-18</t>
+          <t>2019-04-15</t>
         </is>
       </c>
       <c r="K181" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>ادارة اعمال</t>
         </is>
       </c>
       <c r="L181" s="1" t="inlineStr">
         <is>
-          <t>اللغة العربية</t>
+          <t>ادارة انتاج وعمليات</t>
         </is>
       </c>
       <c r="M181" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>المناخ التنظيمي ودوره في أبعاد المنظمة المتعلمة</t>
         </is>
       </c>
       <c r="N181" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>تصميم وبناء مستودع بيانات لدعم اداء العمليات وانعكاسها على تطبيق نظام التصنيع بالاستجابة السريعة</t>
         </is>
       </c>
       <c r="O181" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P181" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>408</t>
+          <t>530</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>ميثم عبد الكاظم دراغ</t>
+          <t>رافد دفار عرير </t>
         </is>
       </c>
       <c r="C182" s="1" t="inlineStr">
         <is>
-          <t>Maytham Abdulkhadim Daragh</t>
+          <t>Radid dfar urayer</t>
         </is>
       </c>
       <c r="D182" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mf2t6hid0prs3a9.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/iwk8ajhdmbyp7uf.jpeg</t>
         </is>
       </c>
       <c r="E182" s="1" t="inlineStr">
         <is>
-          <t>1971-04-02</t>
+          <t>1983-03-18</t>
         </is>
       </c>
       <c r="F182" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G182" s="1" t="inlineStr">
         <is>
-          <t>07737232342</t>
+          <t>077032000353</t>
         </is>
       </c>
       <c r="H182" s="1" t="inlineStr">
         <is>
-          <t>maithamdragh@uomisan.edu.iq</t>
+          <t>rafdfar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I182" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J182" s="1" t="inlineStr">
         <is>
-          <t>2019-05-15</t>
+          <t>2019-04-18</t>
         </is>
       </c>
       <c r="K182" s="1" t="inlineStr">
         <is>
-          <t>HUST, University, China /علوم حياة</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="L182" s="1" t="inlineStr">
         <is>
-          <t> HUST, University, China/ هندسة وراثية واشارة خلوية</t>
+          <t>اللغة العربية</t>
         </is>
       </c>
       <c r="M182" s="1" t="inlineStr">
         <is>
-          <t>Genetic diversity and conservation of animal genetic resources in Iraqi buffalo using PCR and microsatellite markers</t>
+          <t>.</t>
         </is>
       </c>
       <c r="N182" s="1" t="inlineStr">
         <is>
-          <t>Vitamin K2 Prevents Lymphoma in Drosophila</t>
+          <t>.</t>
         </is>
       </c>
       <c r="O182" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P182" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>335</t>
+          <t>408</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>خليل ابراهيم حسب </t>
+          <t>ميثم عبد الكاظم دراغ</t>
         </is>
       </c>
       <c r="C183" s="1" t="inlineStr">
         <is>
-          <t>khalil ibraheem hasab</t>
+          <t>Maytham Abdulkhadim Daragh</t>
         </is>
       </c>
       <c r="D183" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l14dtkfphoemsy_.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/mf2t6hid0prs3a9.png</t>
         </is>
       </c>
       <c r="E183" s="1" t="inlineStr">
         <is>
-          <t>1965-07-01</t>
+          <t>1971-04-02</t>
         </is>
       </c>
       <c r="F183" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G183" s="1" t="inlineStr">
         <is>
-          <t>07716439604</t>
+          <t>07737232342</t>
         </is>
       </c>
       <c r="H183" s="1" t="inlineStr">
         <is>
-          <t>sedkhlil_alshawki@uomisan.edu.iq</t>
+          <t>maithamdragh@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I183" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J183" s="1" t="inlineStr">
         <is>
-          <t>2019-06-01</t>
+          <t>2019-05-15</t>
         </is>
       </c>
       <c r="K183" s="1" t="inlineStr">
         <is>
-          <t>الفقه والمعارف الاسلامية</t>
+          <t>HUST, University, China /علوم حياة</t>
         </is>
       </c>
       <c r="L183" s="1" t="inlineStr">
         <is>
-          <t>فقه و اصول</t>
+          <t> HUST, University, China/ هندسة وراثية واشارة خلوية</t>
         </is>
       </c>
       <c r="M183" s="1" t="inlineStr">
         <is>
-          <t>حوار الحقيقة بين المدرسة العدلية ومدرسة الاشاعرة</t>
-[...2 lines deleted...]
-      <c r="N183" s="1"/>
+          <t>Genetic diversity and conservation of animal genetic resources in Iraqi buffalo using PCR and microsatellite markers</t>
+        </is>
+      </c>
+      <c r="N183" s="1" t="inlineStr">
+        <is>
+          <t>Vitamin K2 Prevents Lymphoma in Drosophila</t>
+        </is>
+      </c>
       <c r="O183" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P183" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>338</t>
+          <t>335</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>عمار دعير فالح</t>
+          <t>خليل ابراهيم حسب </t>
         </is>
       </c>
       <c r="C184" s="1" t="inlineStr">
         <is>
-          <t>Ammar Daeir Falih</t>
+          <t>khalil ibraheem hasab</t>
         </is>
       </c>
       <c r="D184" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cmzj3igwq2oa4vf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/l14dtkfphoemsy_.jpg</t>
         </is>
       </c>
       <c r="E184" s="1" t="inlineStr">
         <is>
-          <t>2021-02-15</t>
+          <t>1965-07-01</t>
         </is>
       </c>
       <c r="F184" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G184" s="1" t="inlineStr">
         <is>
-          <t>009647707845820</t>
+          <t>07716439604</t>
         </is>
       </c>
       <c r="H184" s="1" t="inlineStr">
         <is>
-          <t>wayonacenter@gmail.com</t>
+          <t>sedkhlil_alshawki@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I184" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J184" s="1" t="inlineStr">
         <is>
-          <t>2019-06-11</t>
+          <t>2019-06-01</t>
         </is>
       </c>
       <c r="K184" s="1" t="inlineStr">
         <is>
-          <t>قانون عام</t>
+          <t>الفقه والمعارف الاسلامية</t>
         </is>
       </c>
       <c r="L184" s="1" t="inlineStr">
         <is>
-          <t>قانون دولي عام</t>
+          <t>فقه و اصول</t>
         </is>
       </c>
       <c r="M184" s="1" t="inlineStr">
         <is>
-          <t>الحماية القانونية للنازحين داخليا- العراق أنموذجاً</t>
-[...6 lines deleted...]
-      </c>
+          <t>حوار الحقيقة بين المدرسة العدلية ومدرسة الاشاعرة</t>
+        </is>
+      </c>
+      <c r="N184" s="1"/>
       <c r="O184" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P184" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>22</t>
+          <t>338</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>تحسين علي مهودر </t>
+          <t>عمار دعير فالح</t>
         </is>
       </c>
       <c r="C185" s="1" t="inlineStr">
         <is>
-          <t>Tahseen Ali Mohader</t>
+          <t>Ammar Daeir Falih</t>
         </is>
       </c>
       <c r="D185" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ruiyklda5tzb3xf.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/cmzj3igwq2oa4vf.jpg</t>
         </is>
       </c>
       <c r="E185" s="1" t="inlineStr">
         <is>
-          <t>1977-03-01</t>
+          <t>2021-02-15</t>
         </is>
       </c>
       <c r="F185" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G185" s="1" t="inlineStr">
         <is>
-          <t>07739935007</t>
+          <t>009647707845820</t>
         </is>
       </c>
       <c r="H185" s="1" t="inlineStr">
         <is>
-          <t>tahseenali34@yahoo.com</t>
+          <t>wayonacenter@gmail.com</t>
         </is>
       </c>
       <c r="I185" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J185" s="1" t="inlineStr">
         <is>
-          <t>2019-08-19</t>
+          <t>2019-06-11</t>
         </is>
       </c>
       <c r="K185" s="1" t="inlineStr">
         <is>
-          <t>الادب الانكليزي</t>
+          <t>قانون عام</t>
         </is>
       </c>
       <c r="L185" s="1" t="inlineStr">
         <is>
-          <t>الرواية الانكليزية</t>
+          <t>قانون دولي عام</t>
         </is>
       </c>
       <c r="M185" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
+          <t>الحماية القانونية للنازحين داخليا- العراق أنموذجاً</t>
         </is>
       </c>
       <c r="N185" s="1" t="inlineStr">
         <is>
-          <t>OUTSIDE OR INSIDE THE REALISTIC FRAMEWORK IN POST-WAR BRITISH FICTION. FROM J.R.R. TOLKIEN TO GRAHAM GREENE</t>
+          <t>اللاجئون ومبدأ عدم الاعادة القسرية- دراسة مقارنة</t>
         </is>
       </c>
       <c r="O185" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P185" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>266</t>
+          <t>22</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد الزهرة علوان حسان </t>
+          <t>تحسين علي مهودر </t>
         </is>
       </c>
       <c r="C186" s="1" t="inlineStr">
         <is>
-          <t>haydar abd alzahrat eulwan hasaan</t>
+          <t>Tahseen Ali Mohader</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2sck1b0nfe5tm4w.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/ruiyklda5tzb3xf.jpg</t>
         </is>
       </c>
       <c r="E186" s="1" t="inlineStr">
         <is>
-          <t>1982-10-01</t>
+          <t>1977-03-01</t>
         </is>
       </c>
       <c r="F186" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G186" s="1" t="inlineStr">
         <is>
-          <t>009647705558488</t>
+          <t>07739935007</t>
         </is>
       </c>
       <c r="H186" s="1" t="inlineStr">
         <is>
-          <t>haider_als@uomisan.edu.iq</t>
+          <t>tahseenali34@yahoo.com</t>
         </is>
       </c>
       <c r="I186" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J186" s="1" t="inlineStr">
         <is>
-          <t>2019-09-16</t>
+          <t>2019-08-19</t>
         </is>
       </c>
       <c r="K186" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>الادب الانكليزي</t>
         </is>
       </c>
       <c r="L186" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس الرياضيات</t>
+          <t>الرواية الانكليزية</t>
         </is>
       </c>
       <c r="M186" s="1" t="inlineStr">
         <is>
-          <t>مهارات البرهان الرياضي وعلاقتها بالتفكير التحليلي لدى طلبة الصف الثالث المتوسط</t>
-[...2 lines deleted...]
-      <c r="N186" s="1"/>
+          <t>لا توجد- نظام كورسات</t>
+        </is>
+      </c>
+      <c r="N186" s="1" t="inlineStr">
+        <is>
+          <t>OUTSIDE OR INSIDE THE REALISTIC FRAMEWORK IN POST-WAR BRITISH FICTION. FROM J.R.R. TOLKIEN TO GRAHAM GREENE</t>
+        </is>
+      </c>
       <c r="O186" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P186" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>418</t>
+          <t>266</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>جاسم عباس حسين </t>
+          <t>حيدر عبد الزهرة علوان حسان </t>
         </is>
       </c>
       <c r="C187" s="1" t="inlineStr">
         <is>
-          <t>Jassim Abbas Hussein</t>
+          <t>haydar abd alzahrat eulwan hasaan</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/81t709463imk5fr.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2sck1b0nfe5tm4w.jpg</t>
         </is>
       </c>
       <c r="E187" s="1" t="inlineStr">
         <is>
-          <t>1976-02-08</t>
+          <t>1982-10-01</t>
         </is>
       </c>
       <c r="F187" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G187" s="1" t="inlineStr">
         <is>
-          <t>07705500077</t>
+          <t>009647705558488</t>
         </is>
       </c>
       <c r="H187" s="1" t="inlineStr">
         <is>
-          <t>jassimal-hilfi@uomisan.edu.iq</t>
+          <t>haider_als@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I187" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J187" s="1" t="inlineStr">
         <is>
-          <t>2019-10-01</t>
+          <t>2019-09-16</t>
         </is>
       </c>
       <c r="K187" s="1" t="inlineStr">
         <is>
-          <t>علوم كيمياء</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L187" s="1" t="inlineStr">
         <is>
-          <t>كيمياء لا عضوية</t>
+          <t>طرائق تدريس الرياضيات</t>
         </is>
       </c>
       <c r="M187" s="1" t="inlineStr">
         <is>
-          <t>THEORETICAL INVESTIGATION OF MOLECULAR STRUCTURE AND SPECTROSCOPIC PROPERTIES OF SOME PYRAZOLES</t>
-[...6 lines deleted...]
-      </c>
+          <t>مهارات البرهان الرياضي وعلاقتها بالتفكير التحليلي لدى طلبة الصف الثالث المتوسط</t>
+        </is>
+      </c>
+      <c r="N187" s="1"/>
       <c r="O187" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P187" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>295</t>
+          <t>418</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>كاظم جعفر شريف أحمد</t>
+          <t>جاسم عباس حسين </t>
         </is>
       </c>
       <c r="C188" s="1" t="inlineStr">
         <is>
-          <t>Kadhim Jaafar Shareef</t>
+          <t>Jassim Abbas Hussein</t>
         </is>
       </c>
       <c r="D188" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zpq3wie9ty0solx.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/81t709463imk5fr.jpg</t>
         </is>
       </c>
       <c r="E188" s="1" t="inlineStr">
         <is>
-          <t>1979-04-01</t>
+          <t>1976-02-08</t>
         </is>
       </c>
       <c r="F188" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G188" s="1" t="inlineStr">
         <is>
-          <t>07725991466</t>
+          <t>07705500077</t>
         </is>
       </c>
       <c r="H188" s="1" t="inlineStr">
         <is>
-          <t>kadhim_jaafar@uomisan.edu.iq</t>
+          <t>jassimal-hilfi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I188" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J188" s="1" t="inlineStr">
         <is>
-          <t>2019-10-03</t>
+          <t>2019-10-01</t>
         </is>
       </c>
       <c r="K188" s="1" t="inlineStr">
         <is>
-          <t>القانون العام </t>
+          <t>علوم كيمياء</t>
         </is>
       </c>
       <c r="L188" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
+          <t>كيمياء لا عضوية</t>
         </is>
       </c>
       <c r="M188" s="1" t="inlineStr">
         <is>
-          <t>التعويضات عن الاضرار في القانون الدولي العام </t>
+          <t>THEORETICAL INVESTIGATION OF MOLECULAR STRUCTURE AND SPECTROSCOPIC PROPERTIES OF SOME PYRAZOLES</t>
         </is>
       </c>
       <c r="N188" s="1" t="inlineStr">
         <is>
-          <t>not have</t>
+          <t>Structural study of 2-theoyltrifluoroacetone Schiff bases derived from alkyl amines, IR,NMR and there metal complexes	</t>
         </is>
       </c>
       <c r="O188" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>5</t>
         </is>
       </c>
       <c r="P188" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية العلوم</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>166</t>
+          <t>295</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>قيصر عبد الكريم جاسم حمود </t>
+          <t>كاظم جعفر شريف أحمد</t>
         </is>
       </c>
       <c r="C189" s="1" t="inlineStr">
         <is>
-          <t>Qaesar Abdul Karim Jassim Hammoud</t>
+          <t>Kadhim Jaafar Shareef</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/4lj_2iscqfad9ko.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/zpq3wie9ty0solx.jpeg</t>
         </is>
       </c>
       <c r="E189" s="1" t="inlineStr">
         <is>
-          <t>1983-10-04</t>
+          <t>1979-04-01</t>
         </is>
       </c>
       <c r="F189" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G189" s="1" t="inlineStr">
         <is>
-          <t>07708773424 </t>
+          <t>07725991466</t>
         </is>
       </c>
       <c r="H189" s="1" t="inlineStr">
         <is>
-          <t>Khaisarabdal-Kareem@uomisan.edu.iq</t>
+          <t>kadhim_jaafar@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I189" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J189" s="1" t="inlineStr">
         <is>
-          <t>2019-10-10</t>
+          <t>2019-10-03</t>
         </is>
       </c>
       <c r="K189" s="1" t="inlineStr">
         <is>
-          <t>تاريخ إسلامي </t>
+          <t>القانون العام </t>
         </is>
       </c>
       <c r="L189" s="1" t="inlineStr">
         <is>
-          <t>فكر إسلامي </t>
+          <t>القانون الجنائي</t>
         </is>
       </c>
       <c r="M189" s="1" t="inlineStr">
         <is>
-          <t>المعارضة العلوية في العصرين الراشدي والاموي في الروايات التاريخية لعلماء الحلة من خلال مؤلفاتهم في القرنين السابع  والثامن الهجريين</t>
+          <t>التعويضات عن الاضرار في القانون الدولي العام </t>
         </is>
       </c>
       <c r="N189" s="1" t="inlineStr">
         <is>
-          <t>التأسيس الفكري للتعامل مع السلطان الجائر عند أئمة أهل البيت عليهم السلام </t>
+          <t>not have</t>
         </is>
       </c>
       <c r="O189" s="1" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P189" s="1" t="inlineStr">
         <is>
-          <t>العلوم السياسية</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>301</t>
+          <t>166</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t> رجاء سعدون زبون</t>
+          <t>قيصر عبد الكريم جاسم حمود </t>
         </is>
       </c>
       <c r="C190" s="1" t="inlineStr">
         <is>
-          <t>Rajaa Saadoon Zaboon</t>
+          <t>Qaesar Abdul Karim Jassim Hammoud</t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w9yi1_kzfvxasuc.JPG</t>
+          <t>uploads/photos/4lj_2iscqfad9ko.jpg</t>
         </is>
       </c>
       <c r="E190" s="1" t="inlineStr">
         <is>
-          <t>1977-05-21</t>
+          <t>1983-10-04</t>
         </is>
       </c>
       <c r="F190" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G190" s="1" t="inlineStr">
         <is>
-          <t>07711976880</t>
+          <t>07708773424 </t>
         </is>
       </c>
       <c r="H190" s="1" t="inlineStr">
         <is>
-          <t>dr.raja@uomisan.edu.iq</t>
+          <t>Khaisarabdal-Kareem@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I190" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J190" s="1" t="inlineStr">
         <is>
-          <t>2019-10-14</t>
+          <t>2019-10-10</t>
         </is>
       </c>
       <c r="K190" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية</t>
+          <t>تاريخ إسلامي </t>
         </is>
       </c>
       <c r="L190" s="1" t="inlineStr">
         <is>
-          <t>طرائق تدريس اللغة العربية</t>
+          <t>فكر إسلامي </t>
         </is>
       </c>
       <c r="M190" s="1" t="inlineStr">
         <is>
-          <t>اثر استعمال أسلوب المناقشة الثنائية في تحصيل طالبات الصف الرابع العام في مادة الأدب والنصوص</t>
+          <t>المعارضة العلوية في العصرين الراشدي والاموي في الروايات التاريخية لعلماء الحلة من خلال مؤلفاتهم في القرنين السابع  والثامن الهجريين</t>
         </is>
       </c>
       <c r="N190" s="1" t="inlineStr">
         <is>
-          <t>تصميم برنامج معتمد على تمارين اثرائية وصور دلالية في تنمية مهارات التعبير الكتابي لدى تلاميذ الخامس الابتدائي</t>
+          <t>التأسيس الفكري للتعامل مع السلطان الجائر عند أئمة أهل البيت عليهم السلام </t>
         </is>
       </c>
       <c r="O190" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>13</t>
         </is>
       </c>
       <c r="P190" s="1" t="inlineStr">
         <is>
-          <t>التربية الأساسية</t>
+          <t>العلوم السياسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>676</t>
+          <t>301</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>رائد فاضل محمد حاتم </t>
+          <t> رجاء سعدون زبون</t>
         </is>
       </c>
       <c r="C191" s="1" t="inlineStr">
         <is>
-          <t>Raed Fadhil Mohammed</t>
+          <t>Rajaa Saadoon Zaboon</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wfqg3oakyxrb4vc.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/w9yi1_kzfvxasuc.JPG</t>
         </is>
       </c>
       <c r="E191" s="1" t="inlineStr">
         <is>
-          <t>1975-01-25</t>
+          <t>1977-05-21</t>
         </is>
       </c>
       <c r="F191" s="1" t="inlineStr">
         <is>
           <t>Female</t>
         </is>
       </c>
       <c r="G191" s="1" t="inlineStr">
         <is>
-          <t>07710875333</t>
+          <t>07711976880</t>
         </is>
       </c>
       <c r="H191" s="1" t="inlineStr">
         <is>
-          <t>r.f.a@uomisan.edu.iq</t>
+          <t>dr.raja@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I191" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J191" s="1" t="inlineStr">
         <is>
-          <t>2019-10-23</t>
+          <t>2019-10-14</t>
         </is>
       </c>
       <c r="K191" s="1" t="inlineStr">
         <is>
-          <t>علم اللغة</t>
+          <t>طرائق تدريس اللغة العربية</t>
         </is>
       </c>
       <c r="L191" s="1" t="inlineStr">
         <is>
-          <t>اسلوبات </t>
+          <t>طرائق تدريس اللغة العربية</t>
         </is>
       </c>
       <c r="M191" s="1" t="inlineStr">
         <is>
-          <t>دراسة مقارنة بين الطريقة الدلالية التداولية والطريقة التقليدية بتدريس النثر الانكليزي</t>
+          <t>اثر استعمال أسلوب المناقشة الثنائية في تحصيل طالبات الصف الرابع العام في مادة الأدب والنصوص</t>
         </is>
       </c>
       <c r="N191" s="1" t="inlineStr">
         <is>
-          <t>دراسة لغوية لأساليب الاقناع في ثلاث روايات اي ان فولستر </t>
+          <t>تصميم برنامج معتمد على تمارين اثرائية وصور دلالية في تنمية مهارات التعبير الكتابي لدى تلاميذ الخامس الابتدائي</t>
         </is>
       </c>
       <c r="O191" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>12</t>
         </is>
       </c>
       <c r="P191" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الأساسية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>264</t>
+          <t>676</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>حيدر عرس عفن</t>
+          <t>رائد فاضل محمد حاتم </t>
         </is>
       </c>
       <c r="C192" s="1" t="inlineStr">
         <is>
-          <t>Haider Aris Afin</t>
+          <t>Raed Fadhil Mohammed</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/41l2qv7xiwp0so8.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/wfqg3oakyxrb4vc.jpg</t>
         </is>
       </c>
       <c r="E192" s="1" t="inlineStr">
         <is>
-          <t>1985-10-25</t>
+          <t>1975-01-25</t>
         </is>
       </c>
       <c r="F192" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G192" s="1" t="inlineStr">
         <is>
-          <t>07729246764</t>
+          <t>07710875333</t>
         </is>
       </c>
       <c r="H192" s="1" t="inlineStr">
         <is>
-          <t>ms.haidr2015@uomisan.edu.iq</t>
+          <t>r.f.a@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I192" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J192" s="1" t="inlineStr">
         <is>
-          <t>2019-12-12</t>
+          <t>2019-10-23</t>
         </is>
       </c>
       <c r="K192" s="1" t="inlineStr">
         <is>
-          <t>القانون العام</t>
+          <t>علم اللغة</t>
         </is>
       </c>
       <c r="L192" s="1" t="inlineStr">
         <is>
-          <t>القانون الجنائي</t>
+          <t>اسلوبات </t>
         </is>
       </c>
       <c r="M192" s="1" t="inlineStr">
         <is>
-          <t>عينية الدعوى الجزائية -دراسة مقارنة-</t>
-[...2 lines deleted...]
-      <c r="N192" s="1"/>
+          <t>دراسة مقارنة بين الطريقة الدلالية التداولية والطريقة التقليدية بتدريس النثر الانكليزي</t>
+        </is>
+      </c>
+      <c r="N192" s="1" t="inlineStr">
+        <is>
+          <t>دراسة لغوية لأساليب الاقناع في ثلاث روايات اي ان فولستر </t>
+        </is>
+      </c>
       <c r="O192" s="1" t="inlineStr">
         <is>
-          <t>10</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P192" s="1" t="inlineStr">
         <is>
-          <t>كلية القانون</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>280</t>
+          <t>264</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>مثنى عبد الكاظم ماشاف</t>
+          <t>حيدر عرس عفن</t>
         </is>
       </c>
       <c r="C193" s="1" t="inlineStr">
         <is>
-          <t>Muthana Abdulkadhim</t>
+          <t>Haider Aris Afin</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t28rjc1p3ibgmze.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/41l2qv7xiwp0so8.jpg</t>
         </is>
       </c>
       <c r="E193" s="1" t="inlineStr">
         <is>
-          <t>1986-04-25</t>
+          <t>1985-10-25</t>
         </is>
       </c>
       <c r="F193" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G193" s="1" t="inlineStr">
         <is>
-          <t>07727002406</t>
+          <t>07729246764</t>
         </is>
       </c>
       <c r="H193" s="1" t="inlineStr">
         <is>
-          <t>mothanaabdulkademmashaf@uomisan.edu.iq</t>
+          <t>ms.haidr2015@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I193" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J193" s="1" t="inlineStr">
         <is>
-          <t>2019-12-18</t>
+          <t>2019-12-12</t>
         </is>
       </c>
       <c r="K193" s="1" t="inlineStr">
         <is>
-          <t>القانون الخاص</t>
+          <t>القانون العام</t>
         </is>
       </c>
       <c r="L193" s="1" t="inlineStr">
         <is>
-          <t>القانون المدني</t>
+          <t>القانون الجنائي</t>
         </is>
       </c>
       <c r="M193" s="1" t="inlineStr">
         <is>
-          <t>مشروعية بنود الموافقة في العقود واحكام تنفيذها(دراسة مقارنة)</t>
+          <t>عينية الدعوى الجزائية -دراسة مقارنة-</t>
         </is>
       </c>
       <c r="N193" s="1"/>
       <c r="O193" s="1" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="P193" s="1" t="inlineStr">
         <is>
           <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>280</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>  عقيلة حيدر مجيد يحيى</t>
+          <t>مثنى عبد الكاظم ماشاف</t>
         </is>
       </c>
       <c r="C194" s="1" t="inlineStr">
         <is>
-          <t>Aqeela Haider Majeed</t>
+          <t>Muthana Abdulkadhim</t>
         </is>
       </c>
       <c r="D194" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dayunf51e4srq2b.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/t28rjc1p3ibgmze.jpg</t>
         </is>
       </c>
       <c r="E194" s="1" t="inlineStr">
         <is>
-          <t>1972-02-08</t>
+          <t>1986-04-25</t>
         </is>
       </c>
       <c r="F194" s="1" t="inlineStr">
         <is>
-          <t>Female</t>
+          <t>Male</t>
         </is>
       </c>
       <c r="G194" s="1" t="inlineStr">
         <is>
-          <t>009647707365666</t>
+          <t>07727002406</t>
         </is>
       </c>
       <c r="H194" s="1" t="inlineStr">
         <is>
-          <t>aqila.mcm@uomisan.edu.iq</t>
+          <t>mothanaabdulkademmashaf@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I194" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J194" s="1" t="inlineStr">
         <is>
-          <t>2019-12-29</t>
+          <t>2019-12-18</t>
         </is>
       </c>
       <c r="K194" s="1" t="inlineStr">
         <is>
-          <t>CABOG نسائية وتوليد</t>
+          <t>القانون الخاص</t>
         </is>
       </c>
       <c r="L194" s="1" t="inlineStr">
         <is>
-          <t> CABOG نسائية وتوليد</t>
+          <t>القانون المدني</t>
         </is>
       </c>
       <c r="M194" s="1" t="inlineStr">
         <is>
-          <t>لايوجد</t>
-[...6 lines deleted...]
-      </c>
+          <t>مشروعية بنود الموافقة في العقود واحكام تنفيذها(دراسة مقارنة)</t>
+        </is>
+      </c>
+      <c r="N194" s="1"/>
       <c r="O194" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>10</t>
         </is>
       </c>
       <c r="P194" s="1" t="inlineStr">
         <is>
-          <t>كلية الطب</t>
+          <t>كلية القانون</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>691</t>
+          <t>24</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>حيدر عبد راضي </t>
+          <t>احمد حسن موسى </t>
         </is>
       </c>
       <c r="C195" s="1" t="inlineStr">
         <is>
-          <t>Hayder Abed radhi</t>
+          <t>Ahmed Hassan Musa</t>
         </is>
       </c>
       <c r="D195" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/b9kf186_drijg57.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/sc2fxgo5hr1zdlu.jpg</t>
         </is>
       </c>
       <c r="E195" s="1" t="inlineStr">
         <is>
-          <t>1979-01-10</t>
+          <t>1989-01-28</t>
         </is>
       </c>
       <c r="F195" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G195" s="1" t="inlineStr">
         <is>
-          <t>0000000000</t>
+          <t>07732300730</t>
         </is>
       </c>
       <c r="H195" s="1" t="inlineStr">
         <is>
-          <t>hayder_alkhazraji@uomisan.edu.iq</t>
+          <t>ahmed.hassan@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I195" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J195" s="1" t="inlineStr">
         <is>
-          <t>2020-01-09</t>
+          <t>2019-12-26</t>
         </is>
       </c>
       <c r="K195" s="1" t="inlineStr">
         <is>
-          <t>هندسة مدني</t>
+          <t>اللغة الانكليزية</t>
         </is>
       </c>
       <c r="L195" s="1" t="inlineStr">
         <is>
-          <t>مواد بناء</t>
+          <t>الأدب الانجليزي / المسرح</t>
         </is>
       </c>
       <c r="M195" s="1" t="inlineStr">
         <is>
-          <t>Long Term Deflection of High Strength R.C.BEAMS </t>
+          <t>لا توجد- نظام كورسات</t>
         </is>
       </c>
       <c r="N195" s="1" t="inlineStr">
         <is>
-          <t>nce of crack opening, aggregates size and volume fraction on hydro-mechanical properties of concrete in Brazilian s</t>
+          <t>لا توجد</t>
         </is>
       </c>
       <c r="O195" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P195" s="1" t="inlineStr">
         <is>
-          <t>كلية الهندسة</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>673</t>
+          <t>194</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>محمد جبار حواس</t>
+          <t>  عقيلة حيدر مجيد يحيى</t>
         </is>
       </c>
       <c r="C196" s="1" t="inlineStr">
         <is>
-          <t> Mohammed Jabbar Hawas </t>
+          <t>Aqeela Haider Majeed</t>
         </is>
       </c>
       <c r="D196" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n_1jfoh6r8xlc9i.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/dayunf51e4srq2b.jpg</t>
         </is>
       </c>
       <c r="E196" s="1" t="inlineStr">
         <is>
-          <t>1975-09-10</t>
+          <t>1972-02-08</t>
         </is>
       </c>
       <c r="F196" s="1" t="inlineStr">
         <is>
-          <t>Male</t>
+          <t>Female</t>
         </is>
       </c>
       <c r="G196" s="1" t="inlineStr">
         <is>
-          <t>07716448001</t>
+          <t>009647707365666</t>
         </is>
       </c>
       <c r="H196" s="1" t="inlineStr">
         <is>
-          <t>drmjh53@uomisan.edu.iq</t>
+          <t>aqila.mcm@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I196" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J196" s="1" t="inlineStr">
         <is>
-          <t>2020-01-18</t>
+          <t>2019-12-29</t>
         </is>
       </c>
       <c r="K196" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات</t>
+          <t>CABOG نسائية وتوليد</t>
         </is>
       </c>
       <c r="L196" s="1" t="inlineStr">
         <is>
-          <t>الرياضيات التطبيقية</t>
+          <t> CABOG نسائية وتوليد</t>
         </is>
       </c>
       <c r="M196" s="1" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>لايوجد</t>
         </is>
       </c>
       <c r="N196" s="1" t="inlineStr">
         <is>
-          <t>Soliton Equations in Two Spatial Dimensions and Their Solutions</t>
+          <t>RANDOMIZED COMPARISON OF EARLY VERSUS LATE AMINOTOMY FOLLWING CERVICAL RIPENING WITH A FOLEYS CATHETER</t>
         </is>
       </c>
       <c r="O196" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>1</t>
         </is>
       </c>
       <c r="P196" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>كلية الطب</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>125</t>
+          <t>691</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>محسن نجم سريح</t>
+          <t>حيدر عبد راضي </t>
         </is>
       </c>
       <c r="C197" s="1" t="inlineStr">
         <is>
-          <t>Mohsin Najm soraeh</t>
+          <t>Hayder Abed radhi</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6jucq50tmesk8bw.jpeg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/b9kf186_drijg57.jpg</t>
         </is>
       </c>
       <c r="E197" s="1" t="inlineStr">
         <is>
-          <t>1981-05-15</t>
+          <t>1979-01-10</t>
         </is>
       </c>
       <c r="F197" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G197" s="1" t="inlineStr">
         <is>
-          <t>07705505008</t>
+          <t>0000000000</t>
         </is>
       </c>
       <c r="H197" s="1" t="inlineStr">
         <is>
-          <t>muhsen@uomisan.edu.iq</t>
+          <t>hayder_alkhazraji@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I197" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J197" s="1" t="inlineStr">
         <is>
-          <t>2020-02-27</t>
+          <t>2020-01-09</t>
         </is>
       </c>
       <c r="K197" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>هندسة مدني</t>
         </is>
       </c>
       <c r="L197" s="1" t="inlineStr">
         <is>
-          <t>علوم حاسبات</t>
+          <t>مواد بناء</t>
         </is>
       </c>
       <c r="M197" s="1" t="inlineStr">
         <is>
-          <t>Modeling and Simulation of Networks Using Markov Chain </t>
-[...2 lines deleted...]
-      <c r="N197" s="1"/>
+          <t>Long Term Deflection of High Strength R.C.BEAMS </t>
+        </is>
+      </c>
+      <c r="N197" s="1" t="inlineStr">
+        <is>
+          <t>nce of crack opening, aggregates size and volume fraction on hydro-mechanical properties of concrete in Brazilian s</t>
+        </is>
+      </c>
       <c r="O197" s="1" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>4</t>
         </is>
       </c>
       <c r="P197" s="1" t="inlineStr">
         <is>
-          <t>الادارة والاقتصاد</t>
+          <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>538</t>
+          <t>673</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>مصطفى جاسب عبد الزهرة </t>
+          <t>محمد جبار حواس</t>
         </is>
       </c>
       <c r="C198" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Chasib Abdulzahra </t>
+          <t> Mohammed Jabbar Hawas </t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/g028uw9r3n75myz.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/n_1jfoh6r8xlc9i.jpeg</t>
         </is>
       </c>
       <c r="E198" s="1" t="inlineStr">
         <is>
-          <t>1979-04-08</t>
+          <t>1975-09-10</t>
         </is>
       </c>
       <c r="F198" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G198" s="1" t="inlineStr">
         <is>
-          <t>07705575002</t>
+          <t>07716448001</t>
         </is>
       </c>
       <c r="H198" s="1" t="inlineStr">
         <is>
-          <t>mustafafencing@uomisan.edu.iq</t>
+          <t>drmjh53@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I198" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J198" s="1" t="inlineStr">
         <is>
-          <t>2020-03-01</t>
+          <t>2020-01-18</t>
         </is>
       </c>
       <c r="K198" s="1" t="inlineStr">
         <is>
-          <t>تربية بدنية</t>
+          <t>الرياضيات</t>
         </is>
       </c>
       <c r="L198" s="1" t="inlineStr">
         <is>
-          <t>فسيولوجيا التدريب الرياضي / المبارزة</t>
+          <t>الرياضيات التطبيقية</t>
         </is>
       </c>
       <c r="M198" s="1" t="inlineStr">
         <is>
-          <t>تأثير تمرينات خاصة باستخدام وسيلة الحبال المطاطية في بعض القدرات البدنية والحركية والمتغيرات الفسيولوجية للاعبي سلاح الشيش الشباب</t>
+          <t>.</t>
         </is>
       </c>
       <c r="N198" s="1" t="inlineStr">
         <is>
-          <t>الاحمال التدريبية المتباينة الشدة وفقاً لأنظمة الطاقة وتأثيرها على الموت الخلوي المبرمج وبعض المتغيرات البايوكيميائية للرياضيين الشباب</t>
+          <t>Soliton Equations in Two Spatial Dimensions and Their Solutions</t>
         </is>
       </c>
       <c r="O198" s="1" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>11</t>
         </is>
       </c>
       <c r="P198" s="1" t="inlineStr">
         <is>
-          <t>التربية الرياضية</t>
+          <t>كلية التربية</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>476</t>
+          <t>486</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>علي ظاهر محسن</t>
+          <t>علي حسين حسن غافل </t>
         </is>
       </c>
       <c r="C199" s="1" t="inlineStr">
         <is>
-          <t>Ali Dhahir Mohsin</t>
+          <t> Ali Hussein Hasan</t>
         </is>
       </c>
       <c r="D199" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/2gtrs7951m8v_40.png</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/75ofg_0482usqje.png</t>
         </is>
       </c>
       <c r="E199" s="1" t="inlineStr">
         <is>
-          <t>1979-04-10</t>
+          <t>1975-05-09</t>
         </is>
       </c>
       <c r="F199" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G199" s="1" t="inlineStr">
         <is>
-          <t>07729248163</t>
+          <t>+9647702690816</t>
         </is>
       </c>
       <c r="H199" s="1" t="inlineStr">
         <is>
-          <t>alidh11@uomisan.edu.iq</t>
+          <t>al_azzawwi@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I199" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J199" s="1" t="inlineStr">
         <is>
-          <t>2020-05-01</t>
+          <t>2020-02-06</t>
         </is>
       </c>
       <c r="K199" s="1" t="inlineStr">
         <is>
-          <t>علوم الحاسبات</t>
+          <t>هندسة ميكانيك</t>
         </is>
       </c>
       <c r="L199" s="1" t="inlineStr">
         <is>
-          <t>تكنولوجيا المعلومات</t>
+          <t>هندسة المواد</t>
         </is>
       </c>
       <c r="M199" s="1" t="inlineStr">
         <is>
-          <t>using methods of pattern recognition for the analysis of test results </t>
-[...2 lines deleted...]
-      <c r="N199" s="1"/>
+          <t>IMPROVING THE HARDNESS AND WEAR RESISTANCE OF CAST IRON SURFACE BY LASER MELT BEAM INJECTION METHOD (LMI) WITH MECHANICAL ALLOYED POWDER</t>
+        </is>
+      </c>
+      <c r="N199" s="1" t="inlineStr">
+        <is>
+          <t>IMPROVING THE HARDNESS AND WEAR RESISTANCE OF CAST IRON SURFACE BY LASER MELT BEAM INJECTION METHOD (LMI) WITH MECHANICAL ALLOYED POWDER</t>
+        </is>
+      </c>
       <c r="O199" s="1" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="P199" s="1" t="inlineStr">
         <is>
           <t>كلية الهندسة</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>433</t>
+          <t>125</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>باقر عبيد ثعبان</t>
+          <t>محسن نجم سريح</t>
         </is>
       </c>
       <c r="C200" s="1" t="inlineStr">
         <is>
-          <t>baqer obaid thuaban</t>
+          <t>Mohsin Najm soraeh</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/files/u4c2ab1sh57ojqi.jpg</t>
+          <t>https://systems.uomisan.edu.iq/cv/uploads/files/6jucq50tmesk8bw.jpeg</t>
         </is>
       </c>
       <c r="E200" s="1" t="inlineStr">
         <is>
-          <t>2019-01-01</t>
+          <t>1981-05-15</t>
         </is>
       </c>
       <c r="F200" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G200" s="1" t="inlineStr">
         <is>
-          <t>07732201516</t>
+          <t>07705505008</t>
         </is>
       </c>
       <c r="H200" s="1" t="inlineStr">
         <is>
-          <t>baqernano@uomisan.edu.iq</t>
+          <t>muhsen@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I200" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J200" s="1" t="inlineStr">
         <is>
-          <t>2020-05-01</t>
+          <t>2020-02-27</t>
         </is>
       </c>
       <c r="K200" s="1" t="inlineStr">
         <is>
-          <t>nanotechnology</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="L200" s="1" t="inlineStr">
         <is>
-          <t>nano optics</t>
+          <t>علوم حاسبات</t>
         </is>
       </c>
       <c r="M200" s="1" t="inlineStr">
         <is>
-          <t>Static and dynamic characteristics of Sb-based quantum-dot semiconductor optical amplifiers</t>
-[...6 lines deleted...]
-      </c>
+          <t>Modeling and Simulation of Networks Using Markov Chain </t>
+        </is>
+      </c>
+      <c r="N200" s="1"/>
       <c r="O200" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>9</t>
         </is>
       </c>
       <c r="P200" s="1" t="inlineStr">
         <is>
-          <t>كلية العلوم</t>
+          <t>الادارة والاقتصاد</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>29</t>
+          <t>538</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>افراح عبد الجبار عبد الصاحب عزيز</t>
+          <t>مصطفى جاسب عبد الزهرة </t>
         </is>
       </c>
       <c r="C201" s="1" t="inlineStr">
         <is>
-          <t>Afrah AbdulJabbar Abdul Sahib Aziz</t>
+          <t>Mustafa Chasib Abdulzahra </t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
-          <t>https://systems.uomisan.edu.iq/cv/uploads/photos/mzi3rwxk61fv7ah.jpg</t>
+          <t>uploads/photos/g028uw9r3n75myz.jpg</t>
         </is>
       </c>
       <c r="E201" s="1" t="inlineStr">
         <is>
-          <t>1982-04-20</t>
+          <t>1979-04-08</t>
         </is>
       </c>
       <c r="F201" s="1" t="inlineStr">
         <is>
           <t>Male</t>
         </is>
       </c>
       <c r="G201" s="1" t="inlineStr">
         <is>
-          <t>07705595546</t>
+          <t>07705575002</t>
         </is>
       </c>
       <c r="H201" s="1" t="inlineStr">
         <is>
-          <t>afrahaljabar15@gmail.com</t>
+          <t>mustafafencing@uomisan.edu.iq</t>
         </is>
       </c>
       <c r="I201" s="1" t="inlineStr">
         <is>
           <t>استاذ مساعد</t>
         </is>
       </c>
       <c r="J201" s="1" t="inlineStr">
         <is>
-          <t>2020-05-31</t>
+          <t>2020-03-01</t>
         </is>
       </c>
       <c r="K201" s="1" t="inlineStr">
         <is>
-          <t>اللغة الانكليزية</t>
+          <t>تربية بدنية</t>
         </is>
       </c>
       <c r="L201" s="1" t="inlineStr">
         <is>
-          <t>ادب </t>
+          <t>فسيولوجيا التدريب الرياضي / المبارزة</t>
         </is>
       </c>
       <c r="M201" s="1" t="inlineStr">
         <is>
-          <t>لا توجد- نظام كورسات</t>
+          <t>تأثير تمرينات خاصة باستخدام وسيلة الحبال المطاطية في بعض القدرات البدنية والحركية والمتغيرات الفسيولوجية للاعبي سلاح الشيش الشباب</t>
         </is>
       </c>
       <c r="N201" s="1" t="inlineStr">
         <is>
-          <t>لا توجد</t>
+          <t>الاحمال التدريبية المتباينة الشدة وفقاً لأنظمة الطاقة وتأثيرها على الموت الخلوي المبرمج وبعض المتغيرات البايوكيميائية للرياضيين الشباب</t>
         </is>
       </c>
       <c r="O201" s="1" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>8</t>
         </is>
       </c>
       <c r="P201" s="1" t="inlineStr">
         <is>
-          <t>كلية التربية</t>
+          <t>التربية الرياضية</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>